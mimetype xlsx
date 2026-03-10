--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -415,51 +415,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:BE101"/>
+  <dimension ref="A1:BE162"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="20" customWidth="1" min="1" max="1"/>
     <col width="20" customWidth="1" min="2" max="2"/>
     <col width="20" customWidth="1" min="3" max="3"/>
     <col width="20" customWidth="1" min="4" max="4"/>
     <col width="20" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
     <col width="20" customWidth="1" min="8" max="8"/>
     <col width="20" customWidth="1" min="9" max="9"/>
     <col width="20" customWidth="1" min="10" max="10"/>
     <col width="20" customWidth="1" min="11" max="11"/>
     <col width="20" customWidth="1" min="12" max="12"/>
     <col width="20" customWidth="1" min="13" max="13"/>
     <col width="20" customWidth="1" min="14" max="14"/>
     <col width="20" customWidth="1" min="15" max="15"/>
     <col width="20" customWidth="1" min="16" max="16"/>
     <col width="20" customWidth="1" min="17" max="17"/>
     <col width="20" customWidth="1" min="18" max="18"/>
@@ -1036,51 +1036,51 @@
       <c r="AY3" s="3" t="n"/>
       <c r="BB3" s="3" t="n"/>
       <c r="BD3" t="inlineStr"/>
       <c r="BE3" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
     </row>
     <row r="4" ht="40" customHeight="1">
       <c r="A4" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>HFKW</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Siemens Energy</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Vattenfall</t>
+          <t>BEW Berliner Energie und Wärme</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Berlin Potsdamer Platz</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>BE</t>
         </is>
       </c>
       <c r="K4" s="2" t="n">
         <v>52.5096</v>
       </c>
       <c r="L4" s="2" t="n">
         <v>13.3766</v>
       </c>
       <c r="M4" s="1" t="n">
         <v>2022</v>
@@ -1279,51 +1279,51 @@
       </c>
       <c r="BB5" s="3" t="n"/>
       <c r="BD5" t="inlineStr"/>
       <c r="BE5" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
     </row>
     <row r="6" ht="40" customHeight="1">
       <c r="A6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Unbekannt</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Johnson Controls</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Vattenfall</t>
+          <t>BEW Berliner Energie und Wärme</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>Berlin Buch</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>BE</t>
         </is>
       </c>
       <c r="K6" s="2" t="n">
         <v>52.6367</v>
       </c>
       <c r="L6" s="2" t="n">
         <v>13.4869</v>
       </c>
       <c r="M6" s="1" t="n">
         <v>2021</v>
@@ -1542,51 +1542,51 @@
         <is>
           <t>Duisburg-Huckingen</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>NW</t>
         </is>
       </c>
       <c r="K8" s="2" t="n">
         <v>51.3536</v>
       </c>
       <c r="L8" s="2" t="n">
         <v>6.7097</v>
       </c>
       <c r="M8" s="1" t="n">
         <v>2025</v>
       </c>
       <c r="N8" t="inlineStr">
         <is>
-          <t>CO</t>
+          <t>OP</t>
         </is>
       </c>
       <c r="P8" t="inlineStr">
         <is>
           <t>Reinwasser Kläranlage, Volumenstrom stark schwankend, bis zu 520 m³/h</t>
         </is>
       </c>
       <c r="Q8" s="2" t="n">
         <v>10</v>
       </c>
       <c r="R8" s="2" t="n">
         <v>25</v>
       </c>
       <c r="S8" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T8" t="inlineStr"/>
       <c r="U8" s="2" t="n">
         <v>85</v>
       </c>
       <c r="V8" s="2" t="n">
         <v>75</v>
       </c>
@@ -1636,51 +1636,55 @@
       </c>
       <c r="AT8" t="inlineStr">
         <is>
           <t>https://www.energie.de/euroheatpower/news-detailansicht/nsctrl/detail/News/stadtwerke-duisburg-errichten-groesste-ikwk-anlage-deutschlands-an-einer-klaeranlage</t>
         </is>
       </c>
       <c r="AV8" s="3" t="n">
         <v>45192</v>
       </c>
       <c r="AW8" t="inlineStr">
         <is>
           <t>https://www.youtube.com/watch?v=0HtHmZuSakQ</t>
         </is>
       </c>
       <c r="AY8" s="3" t="n">
         <v>45192</v>
       </c>
       <c r="AZ8" t="inlineStr">
         <is>
           <t>https://www.stadtwerke-duisburg.de/presse/medieninformationen/newsdetail/innovative-kwk-anlage-erreicht-naechsten-meilenstein-waermepumpen-eingetroffen</t>
         </is>
       </c>
       <c r="BB8" s="3" t="n">
         <v>45192</v>
       </c>
-      <c r="BD8" t="inlineStr"/>
+      <c r="BD8" t="inlineStr">
+        <is>
+          <t>Weißbach, M.; Tiepelmann, S. (2025) Innovative KWK-Anlage mit einer Abwasser-Wärmepumpe in Duisburg Huckingen. AbwasserwärmeTag Essen 05.11.2025</t>
+        </is>
+      </c>
       <c r="BE8" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
     </row>
     <row r="9" ht="40" customHeight="1">
       <c r="A9" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B9" t="inlineStr"/>
       <c r="D9" t="inlineStr">
         <is>
           <t>Johnson Controls</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Stadtwerke Flensburg</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>Flensburg</t>
         </is>
@@ -3471,51 +3475,51 @@
         <is>
           <t>Neustadt in Holstein</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I22" t="inlineStr">
         <is>
           <t>SH</t>
         </is>
       </c>
       <c r="K22" s="2" t="n">
         <v>54.0936</v>
       </c>
       <c r="L22" s="2" t="n">
         <v>10.8134</v>
       </c>
       <c r="M22" s="1" t="n">
         <v>2025</v>
       </c>
       <c r="N22" t="inlineStr">
         <is>
-          <t>CO</t>
+          <t>OP</t>
         </is>
       </c>
       <c r="P22" t="inlineStr"/>
       <c r="Q22" s="2" t="n">
         <v>4</v>
       </c>
       <c r="R22" s="2" t="n"/>
       <c r="S22" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T22" t="inlineStr"/>
       <c r="U22" s="2" t="n"/>
       <c r="V22" s="2" t="n"/>
       <c r="W22" s="2" t="n"/>
       <c r="X22" s="2" t="n"/>
       <c r="Y22" s="2" t="n"/>
       <c r="Z22" s="2" t="n"/>
       <c r="AA22" s="2" t="n"/>
       <c r="AB22" s="2" t="n"/>
       <c r="AC22" s="2" t="n"/>
       <c r="AD22" s="2" t="n">
         <v>696</v>
       </c>
@@ -3551,6196 +3555,6206 @@
         <is>
           <t>https://www.energate-messenger.de/news/228893/ostsee-soll-waerme-fuer-neues-quartier-liefern</t>
         </is>
       </c>
       <c r="AV22" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AW22" t="inlineStr">
         <is>
           <t>https://www.swnh.de/</t>
         </is>
       </c>
       <c r="AY22" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="BB22" s="3" t="n"/>
       <c r="BD22" t="inlineStr"/>
       <c r="BE22" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
     </row>
     <row r="23" ht="40" customHeight="1">
       <c r="A23" s="1" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B23" t="inlineStr"/>
       <c r="D23" t="inlineStr">
         <is>
           <t>keine Angabe</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>Stadtwerke Münster</t>
+          <t>Hamburger Energiewerke GmbH</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Flusswasserwärmepumpe Billwerdeer Bucht</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>Münster</t>
+          <t>Hamburg</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I23" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>HH</t>
         </is>
       </c>
       <c r="K23" s="2" t="n">
-        <v>51.934309</v>
+        <v>53.530646</v>
       </c>
       <c r="L23" s="2" t="n">
-        <v>7.596623</v>
-[...3 lines deleted...]
-      </c>
+        <v>10.043612</v>
+      </c>
+      <c r="M23" s="1" t="n"/>
       <c r="N23" t="inlineStr">
         <is>
           <t>PL</t>
         </is>
       </c>
       <c r="P23" t="inlineStr"/>
       <c r="Q23" s="2" t="n"/>
       <c r="R23" s="2" t="n"/>
       <c r="S23" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T23" t="inlineStr"/>
       <c r="U23" s="2" t="n"/>
       <c r="V23" s="2" t="n"/>
       <c r="W23" s="2" t="n"/>
       <c r="X23" s="2" t="n"/>
       <c r="Y23" s="2" t="n"/>
       <c r="Z23" s="2" t="n"/>
       <c r="AA23" s="2" t="n"/>
       <c r="AB23" s="2" t="n"/>
       <c r="AC23" s="2" t="n"/>
       <c r="AD23" s="2" t="n">
-        <v>2000</v>
+        <v>60000</v>
       </c>
       <c r="AF23" s="2" t="n"/>
       <c r="AG23" s="2" t="n"/>
-      <c r="AH23" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AH23" s="1" t="n"/>
       <c r="AI23" s="2" t="n"/>
       <c r="AJ23" s="2" t="n"/>
       <c r="AK23" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL23" s="2" t="n"/>
       <c r="AM23" s="2" t="n"/>
       <c r="AN23" s="2" t="n"/>
       <c r="AO23" s="2" t="n"/>
       <c r="AP23" s="2" t="n"/>
-      <c r="AQ23" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AR23" s="2" t="n"/>
       <c r="AT23" t="inlineStr">
         <is>
-          <t>https://www.energate-messenger.de/news/225036/stadtwerke-muenster-bauen-gross-waermepumpe-am-kanal</t>
+          <t>https://www.ndr.de/nachrichten/hamburg/Kohleausstieg-Neues-Konzept-fuer-Hamburger-Heizkraftwerk-Tiefstack,tiefstack112.html</t>
         </is>
       </c>
       <c r="AV23" s="3" t="n">
-        <v>45693</v>
-[...1 lines deleted...]
-      <c r="AY23" s="3" t="n"/>
+        <v>45679</v>
+      </c>
+      <c r="AW23" t="inlineStr">
+        <is>
+          <t>https://www.youtube.com/watch?v=5AMYy5YNeZY</t>
+        </is>
+      </c>
+      <c r="AY23" s="3" t="n">
+        <v>45679</v>
+      </c>
       <c r="BB23" s="3" t="n"/>
       <c r="BD23" t="inlineStr"/>
       <c r="BE23" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
     </row>
     <row r="24" ht="40" customHeight="1">
       <c r="A24" s="1" t="n">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B24" t="inlineStr"/>
       <c r="D24" t="inlineStr">
         <is>
-          <t>keine Angabe</t>
+          <t>Johnson Controls</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>Hamburger Energiewerke GmbH</t>
+          <t>Standtwerke Gotha</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>Flusswasserwärmepumpe Billwerdeer Bucht</t>
+          <t>iKW mit Luftwärmepumpe</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>Hamburg</t>
+          <t>Gotha</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I24" t="inlineStr">
         <is>
-          <t>HH</t>
+          <t>TH</t>
         </is>
       </c>
       <c r="K24" s="2" t="n">
-        <v>53.530646</v>
+        <v>50.9483</v>
       </c>
       <c r="L24" s="2" t="n">
-        <v>10.043612</v>
+        <v>10.701</v>
       </c>
       <c r="M24" s="1" t="n"/>
       <c r="N24" t="inlineStr">
         <is>
-          <t>PL</t>
+          <t>OP</t>
         </is>
       </c>
       <c r="P24" t="inlineStr"/>
       <c r="Q24" s="2" t="n"/>
       <c r="R24" s="2" t="n"/>
       <c r="S24" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T24" t="inlineStr"/>
       <c r="U24" s="2" t="n"/>
       <c r="V24" s="2" t="n"/>
       <c r="W24" s="2" t="n"/>
       <c r="X24" s="2" t="n"/>
       <c r="Y24" s="2" t="n"/>
       <c r="Z24" s="2" t="n"/>
       <c r="AA24" s="2" t="n"/>
       <c r="AB24" s="2" t="n"/>
       <c r="AC24" s="2" t="n"/>
       <c r="AD24" s="2" t="n">
-        <v>60000</v>
+        <v>1300</v>
       </c>
       <c r="AF24" s="2" t="n"/>
       <c r="AG24" s="2" t="n"/>
       <c r="AH24" s="1" t="n"/>
       <c r="AI24" s="2" t="n"/>
       <c r="AJ24" s="2" t="n"/>
       <c r="AK24" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL24" s="2" t="n"/>
-      <c r="AM24" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AP24" s="2" t="n"/>
+      <c r="AM24" s="2" t="n">
+        <v>7000</v>
+      </c>
+      <c r="AN24" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AO24" s="2" t="n">
+        <v>2600</v>
+      </c>
+      <c r="AP24" s="2" t="n">
+        <v>17000</v>
+      </c>
+      <c r="AQ24" t="inlineStr">
+        <is>
+          <t>H2-ready Erdgas BHKW, Power-to-heat Anlage</t>
+        </is>
+      </c>
       <c r="AR24" s="2" t="n"/>
       <c r="AT24" t="inlineStr">
         <is>
-          <t>https://www.ndr.de/nachrichten/hamburg/Kohleausstieg-Neues-Konzept-fuer-Hamburger-Heizkraftwerk-Tiefstack,tiefstack112.html</t>
+          <t>https://www.energate-messenger.de/news/226563/stadtwerke-gotha-pruefen-zwei-optionen-zur-grosswaermepumpe</t>
         </is>
       </c>
       <c r="AV24" s="3" t="n">
         <v>45679</v>
       </c>
       <c r="AW24" t="inlineStr">
         <is>
-          <t>https://www.youtube.com/watch?v=5AMYy5YNeZY</t>
+          <t>https://www.stadtwerke-gotha.de/</t>
         </is>
       </c>
       <c r="AY24" s="3" t="n">
         <v>45679</v>
       </c>
-      <c r="BB24" s="3" t="n"/>
+      <c r="AZ24" t="inlineStr">
+        <is>
+          <t>https://www.thueringer-allgemeine.de/lokales/gotha/article409739090/gothaer-stadtwerke-nehmen-riesige-waermepumpe-in-betrieb.html</t>
+        </is>
+      </c>
+      <c r="BB24" s="3" t="n">
+        <v>46001</v>
+      </c>
       <c r="BD24" t="inlineStr"/>
       <c r="BE24" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="25" ht="40" customHeight="1">
       <c r="A25" s="1" t="n">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B25" t="inlineStr"/>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Johnson Controls</t>
+          <t>keine Angabe</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>Standtwerke Gotha</t>
-[...4 lines deleted...]
-          <t>iKW mit Luftwärmepumpe</t>
+          <t>Stadtwerke Bad Salzuflen</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>Gotha</t>
+          <t>Bad Salzuflen</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I25" t="inlineStr">
         <is>
-          <t>TH</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K25" s="2" t="n">
-        <v>50.9483</v>
+        <v>52.0872</v>
       </c>
       <c r="L25" s="2" t="n">
-        <v>10.701</v>
-[...1 lines deleted...]
-      <c r="M25" s="1" t="n"/>
+        <v>8.7507</v>
+      </c>
+      <c r="M25" s="1" t="n">
+        <v>2025</v>
+      </c>
       <c r="N25" t="inlineStr">
         <is>
           <t>CO</t>
         </is>
       </c>
       <c r="P25" t="inlineStr"/>
       <c r="Q25" s="2" t="n"/>
       <c r="R25" s="2" t="n"/>
       <c r="S25" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T25" t="inlineStr"/>
       <c r="U25" s="2" t="n"/>
       <c r="V25" s="2" t="n"/>
       <c r="W25" s="2" t="n"/>
       <c r="X25" s="2" t="n"/>
       <c r="Y25" s="2" t="n"/>
       <c r="Z25" s="2" t="n"/>
       <c r="AA25" s="2" t="n"/>
       <c r="AB25" s="2" t="n"/>
       <c r="AC25" s="2" t="n"/>
       <c r="AD25" s="2" t="n">
-        <v>1300</v>
+        <v>2000</v>
+      </c>
+      <c r="AE25" t="inlineStr">
+        <is>
+          <t>2 x 500 kW, 1 x 1.000 kW</t>
+        </is>
       </c>
       <c r="AF25" s="2" t="n"/>
       <c r="AG25" s="2" t="n"/>
       <c r="AH25" s="1" t="n"/>
       <c r="AI25" s="2" t="n"/>
       <c r="AJ25" s="2" t="n"/>
       <c r="AK25" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL25" s="2" t="n"/>
-      <c r="AM25" s="2" t="n">
-[...10 lines deleted...]
-      </c>
+      <c r="AM25" s="2" t="n"/>
+      <c r="AN25" s="2" t="n"/>
+      <c r="AO25" s="2" t="n"/>
+      <c r="AP25" s="2" t="n"/>
       <c r="AQ25" t="inlineStr">
         <is>
-          <t>H2-ready Erdgas BHKW, Power-to-heat Anlage</t>
+          <t>BHKW (4,6 MW), Power-to-Heat Anlage (1,7 MW)</t>
         </is>
       </c>
       <c r="AR25" s="2" t="n"/>
       <c r="AT25" t="inlineStr">
         <is>
-          <t>https://www.energate-messenger.de/news/226563/stadtwerke-gotha-pruefen-zwei-optionen-zur-grosswaermepumpe</t>
+          <t>https://www.energate-messenger.de/news/229573/bad-salzuflen-plant-drei-waermepumpen-am-klaerwerk</t>
         </is>
       </c>
       <c r="AV25" s="3" t="n">
-        <v>45679</v>
+        <v>45693</v>
       </c>
       <c r="AW25" t="inlineStr">
         <is>
-          <t>https://www.stadtwerke-gotha.de/</t>
+          <t>https://www.stwbs.de/unternehmen/aktuelles/news/detail/detail/stadtwerke-errichten-innovatives-heizkraft-und-umspannwerk#:~:text=Im%20Fall%20der%20neuen%20Anlagen,sogar%20ausschlie%C3%9Flich%20mit%20%</t>
         </is>
       </c>
       <c r="AY25" s="3" t="n">
-        <v>45679</v>
-[...1 lines deleted...]
-      <c r="BB25" s="3" t="n"/>
+        <v>45693</v>
+      </c>
+      <c r="AZ25" t="inlineStr">
+        <is>
+          <t>https://www.stwbs.de/unternehmen/aktuelles/news/detail/detail/energiezentrale-ziegelstrasse-nimmt-formen-an</t>
+        </is>
+      </c>
+      <c r="BB25" s="3" t="n">
+        <v>46001</v>
+      </c>
       <c r="BD25" t="inlineStr"/>
       <c r="BE25" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="26" ht="40" customHeight="1">
       <c r="A26" s="1" t="n">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="B26" t="inlineStr"/>
+        <v>29</v>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>keine Angabe</t>
+          <t>GEA Refrigeration Germany GmbH</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>Stadtwerke Bad Salzuflen</t>
+          <t>Tivoli Malz GmbH</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>Bad Salzuflen</t>
+          <t>Hamburg</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I26" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>HH</t>
         </is>
       </c>
       <c r="K26" s="2" t="n">
-        <v>52.0872</v>
+        <v>53.530376</v>
       </c>
       <c r="L26" s="2" t="n">
-        <v>8.7507</v>
+        <v>10.066491</v>
       </c>
       <c r="M26" s="1" t="n">
-        <v>2025</v>
+        <v>2010</v>
       </c>
       <c r="N26" t="inlineStr">
         <is>
-          <t>PL</t>
-[...3 lines deleted...]
-      <c r="Q26" s="2" t="n"/>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P26" t="inlineStr">
+        <is>
+          <t>Trocknungsluft</t>
+        </is>
+      </c>
+      <c r="Q26" s="2" t="n">
+        <v>23</v>
+      </c>
       <c r="R26" s="2" t="n"/>
       <c r="S26" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T26" t="inlineStr"/>
-      <c r="U26" s="2" t="n"/>
+      <c r="T26" t="inlineStr">
+        <is>
+          <t>Malzproduktion Erwärmung Trocknungsluft</t>
+        </is>
+      </c>
+      <c r="U26" s="2" t="n">
+        <v>35</v>
+      </c>
       <c r="V26" s="2" t="n"/>
       <c r="W26" s="2" t="n"/>
       <c r="X26" s="2" t="n"/>
       <c r="Y26" s="2" t="n"/>
       <c r="Z26" s="2" t="n"/>
       <c r="AA26" s="2" t="n"/>
       <c r="AB26" s="2" t="n"/>
-      <c r="AC26" s="2" t="n"/>
+      <c r="AC26" s="2" t="n">
+        <v>6.3</v>
+      </c>
       <c r="AD26" s="2" t="n">
-        <v>2000</v>
-[...4 lines deleted...]
-        </is>
+        <v>3250</v>
       </c>
       <c r="AF26" s="2" t="n"/>
       <c r="AG26" s="2" t="n"/>
       <c r="AH26" s="1" t="n"/>
       <c r="AI26" s="2" t="n"/>
       <c r="AJ26" s="2" t="n"/>
       <c r="AK26" t="inlineStr">
         <is>
-          <t>NI</t>
+          <t>SC</t>
         </is>
       </c>
       <c r="AL26" s="2" t="n"/>
       <c r="AM26" s="2" t="n"/>
       <c r="AN26" s="2" t="n"/>
       <c r="AO26" s="2" t="n"/>
       <c r="AP26" s="2" t="n"/>
       <c r="AQ26" t="inlineStr">
         <is>
-          <t>BHKW (4,6 MW), Power-to-Heat Anlage (1,7 MW)</t>
+          <t>Brenner (2 x 4,7 MW), BHKW</t>
         </is>
       </c>
       <c r="AR26" s="2" t="n"/>
       <c r="AT26" t="inlineStr">
         <is>
-          <t>https://www.energate-messenger.de/news/229573/bad-salzuflen-plant-drei-waermepumpen-am-klaerwerk</t>
+          <t>https://waermepumpe-izw.de/wp-content/uploads/2020/05/Germany-2019-2.pdf</t>
         </is>
       </c>
       <c r="AV26" s="3" t="n">
-        <v>45693</v>
-[...8 lines deleted...]
-      </c>
+        <v>45680</v>
+      </c>
+      <c r="AY26" s="3" t="n"/>
       <c r="BB26" s="3" t="n"/>
       <c r="BD26" t="inlineStr"/>
       <c r="BE26" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>39</t>
         </is>
       </c>
     </row>
     <row r="27" ht="40" customHeight="1">
       <c r="A27" s="1" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>R717 (Ammoniak)</t>
+          <t>R1234ze(Z)</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>GEA Refrigeration Germany GmbH</t>
-[...4 lines deleted...]
-          <t>Tivoli Malz GmbH</t>
+          <t>Carrier Klimatechnik GmbH</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>Hamburg</t>
+          <t>München</t>
         </is>
       </c>
       <c r="H27" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I27" t="inlineStr">
         <is>
-          <t>HH</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K27" s="2" t="n">
-        <v>53.530376</v>
+        <v>48.138717</v>
       </c>
       <c r="L27" s="2" t="n">
-        <v>10.066491</v>
+        <v>11.418388</v>
       </c>
       <c r="M27" s="1" t="n">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="N27" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
+      <c r="O27" t="inlineStr">
+        <is>
+          <t>2x AquaForce® 61XWH-ZE 05</t>
+        </is>
+      </c>
       <c r="P27" t="inlineStr">
         <is>
-          <t>Trocknungsluft</t>
+          <t>Oberflächennahe Geothermie und Wärme aus Absorptionskälte</t>
         </is>
       </c>
       <c r="Q27" s="2" t="n">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="R27" s="2" t="n"/>
       <c r="S27" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T27" t="inlineStr">
         <is>
-          <t>Malzproduktion Erwärmung Trocknungsluft</t>
+          <t>Nahwärme Werksviertel München</t>
         </is>
       </c>
       <c r="U27" s="2" t="n">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="V27" s="2" t="n"/>
       <c r="W27" s="2" t="n"/>
       <c r="X27" s="2" t="n"/>
       <c r="Y27" s="2" t="n"/>
       <c r="Z27" s="2" t="n"/>
       <c r="AA27" s="2" t="n"/>
-      <c r="AB27" s="2" t="n"/>
-[...2 lines deleted...]
-      </c>
+      <c r="AB27" s="2" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="AC27" s="2" t="n"/>
       <c r="AD27" s="2" t="n">
-        <v>3250</v>
+        <v>1200</v>
       </c>
       <c r="AF27" s="2" t="n"/>
       <c r="AG27" s="2" t="n"/>
       <c r="AH27" s="1" t="n"/>
       <c r="AI27" s="2" t="n"/>
       <c r="AJ27" s="2" t="n"/>
       <c r="AK27" t="inlineStr">
         <is>
-          <t>SC</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="AL27" s="2" t="n"/>
       <c r="AM27" s="2" t="n"/>
       <c r="AN27" s="2" t="n"/>
       <c r="AO27" s="2" t="n"/>
       <c r="AP27" s="2" t="n"/>
       <c r="AQ27" t="inlineStr">
         <is>
-          <t>Brenner (2 x 4,7 MW), BHKW</t>
+          <t>zwei BHKW</t>
         </is>
       </c>
       <c r="AR27" s="2" t="n"/>
       <c r="AT27" t="inlineStr">
         <is>
-          <t>https://waermepumpe-izw.de/wp-content/uploads/2020/05/Germany-2019-2.pdf</t>
+          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/werksviertel-muenchen/#content</t>
         </is>
       </c>
       <c r="AV27" s="3" t="n">
-        <v>45680</v>
+        <v>45693</v>
       </c>
       <c r="AY27" s="3" t="n"/>
       <c r="BB27" s="3" t="n"/>
       <c r="BD27" t="inlineStr"/>
       <c r="BE27" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="28" ht="40" customHeight="1">
       <c r="A28" s="1" t="n">
-        <v>30</v>
-[...5 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="B28" t="inlineStr"/>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Carrier Klimatechnik GmbH</t>
+          <t>Friotherm Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>Schwaben GmbH</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t>München</t>
+          <t>Königsbrunn</t>
         </is>
       </c>
       <c r="H28" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I28" t="inlineStr">
         <is>
           <t>BY</t>
         </is>
       </c>
       <c r="K28" s="2" t="n">
-        <v>48.138717</v>
+        <v>48.2675</v>
       </c>
       <c r="L28" s="2" t="n">
-        <v>11.418388</v>
-[...3 lines deleted...]
-      </c>
+        <v>10.8892</v>
+      </c>
+      <c r="M28" s="1" t="n"/>
       <c r="N28" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
-      <c r="O28" t="inlineStr">
-[...11 lines deleted...]
-      </c>
+      <c r="P28" t="inlineStr"/>
+      <c r="Q28" s="2" t="n"/>
       <c r="R28" s="2" t="n"/>
       <c r="S28" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T28" t="inlineStr">
         <is>
-          <t>Nahwärme Werksviertel München</t>
-[...4 lines deleted...]
-      </c>
+          <t>Nahwärmenetz Königsbrunn mit 600 Haushalten</t>
+        </is>
+      </c>
+      <c r="U28" s="2" t="n"/>
       <c r="V28" s="2" t="n"/>
       <c r="W28" s="2" t="n"/>
       <c r="X28" s="2" t="n"/>
       <c r="Y28" s="2" t="n"/>
       <c r="Z28" s="2" t="n"/>
       <c r="AA28" s="2" t="n"/>
       <c r="AB28" s="2" t="n">
-        <v>3.6</v>
+        <v>4</v>
       </c>
       <c r="AC28" s="2" t="n"/>
       <c r="AD28" s="2" t="n">
-        <v>1200</v>
+        <v>2000</v>
+      </c>
+      <c r="AE28" t="inlineStr">
+        <is>
+          <t>2 x 1.000 kW</t>
+        </is>
       </c>
       <c r="AF28" s="2" t="n"/>
       <c r="AG28" s="2" t="n"/>
       <c r="AH28" s="1" t="n"/>
       <c r="AI28" s="2" t="n"/>
       <c r="AJ28" s="2" t="n"/>
       <c r="AK28" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL28" s="2" t="n"/>
       <c r="AM28" s="2" t="n"/>
       <c r="AN28" s="2" t="n"/>
       <c r="AO28" s="2" t="n"/>
       <c r="AP28" s="2" t="n"/>
       <c r="AQ28" t="inlineStr">
         <is>
-          <t>zwei BHKW</t>
+          <t>Drei Gaskessel (insgesamt 7,8 MW), BHKW (275 kWth), PtH (600 kW)</t>
         </is>
       </c>
       <c r="AR28" s="2" t="n"/>
       <c r="AT28" t="inlineStr">
         <is>
-          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/werksviertel-muenchen/#content</t>
+          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/waermeversorgung-koenigsbrunn/#content</t>
         </is>
       </c>
       <c r="AV28" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY28" s="3" t="n"/>
       <c r="BB28" s="3" t="n"/>
       <c r="BD28" t="inlineStr"/>
       <c r="BE28" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
     </row>
     <row r="29" ht="40" customHeight="1">
       <c r="A29" s="1" t="n">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B29" t="inlineStr"/>
       <c r="D29" t="inlineStr">
         <is>
-          <t>Friotherm Deutschland GmbH</t>
+          <t>keine Angabe</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>Schwaben GmbH</t>
+          <t>Stadtwerke Stuttgart</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>Königsbrunn</t>
+          <t>Stuttgart</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I29" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>BW</t>
         </is>
       </c>
       <c r="K29" s="2" t="n">
-        <v>48.2675</v>
+        <v>48.749992</v>
       </c>
       <c r="L29" s="2" t="n">
-        <v>10.8892</v>
-[...1 lines deleted...]
-      <c r="M29" s="1" t="n"/>
+        <v>9.14864</v>
+      </c>
+      <c r="M29" s="1" t="n">
+        <v>2020</v>
+      </c>
       <c r="N29" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
       <c r="P29" t="inlineStr"/>
       <c r="Q29" s="2" t="n"/>
       <c r="R29" s="2" t="n"/>
       <c r="S29" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T29" t="inlineStr">
         <is>
-          <t>Nahwärmenetz Königsbrunn mit 600 Haushalten</t>
+          <t>Quartiersversorgung Stuttgart Neckarpark</t>
         </is>
       </c>
       <c r="U29" s="2" t="n"/>
       <c r="V29" s="2" t="n"/>
       <c r="W29" s="2" t="n"/>
       <c r="X29" s="2" t="n"/>
       <c r="Y29" s="2" t="n"/>
       <c r="Z29" s="2" t="n"/>
       <c r="AA29" s="2" t="n"/>
-      <c r="AB29" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AB29" s="2" t="n"/>
       <c r="AC29" s="2" t="n"/>
       <c r="AD29" s="2" t="n">
-        <v>2000</v>
-[...4 lines deleted...]
-        </is>
+        <v>2970</v>
       </c>
       <c r="AF29" s="2" t="n"/>
       <c r="AG29" s="2" t="n"/>
       <c r="AH29" s="1" t="n"/>
       <c r="AI29" s="2" t="n"/>
       <c r="AJ29" s="2" t="n"/>
       <c r="AK29" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL29" s="2" t="n"/>
       <c r="AM29" s="2" t="n"/>
       <c r="AN29" s="2" t="n"/>
       <c r="AO29" s="2" t="n"/>
       <c r="AP29" s="2" t="n"/>
       <c r="AQ29" t="inlineStr">
         <is>
-          <t>Drei Gaskessel (insgesamt 7,8 MW), BHKW (275 kWth), PtH (600 kW)</t>
+          <t>Brennwertkessel (6.300 kW), KWK</t>
         </is>
       </c>
       <c r="AR29" s="2" t="n"/>
       <c r="AT29" t="inlineStr">
         <is>
-          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/waermeversorgung-koenigsbrunn/#content</t>
+          <t>https://www.stadtwerke-stuttgart.de/partner-der-energiewende/neckarpark/</t>
         </is>
       </c>
       <c r="AV29" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY29" s="3" t="n"/>
       <c r="BB29" s="3" t="n"/>
       <c r="BD29" t="inlineStr"/>
       <c r="BE29" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="30" ht="40" customHeight="1">
       <c r="A30" s="1" t="n">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B30" t="inlineStr"/>
       <c r="D30" t="inlineStr">
         <is>
           <t>keine Angabe</t>
         </is>
       </c>
-      <c r="E30" t="inlineStr">
-[...1 lines deleted...]
-          <t>Stadtwerke Stuttgart</t>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Quartier am Henninger Turm</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>Stuttgart</t>
+          <t>Frankfurt</t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I30" t="inlineStr">
         <is>
-          <t>BW</t>
+          <t>HE</t>
         </is>
       </c>
       <c r="K30" s="2" t="n">
-        <v>48.749992</v>
+        <v>50.097033</v>
       </c>
       <c r="L30" s="2" t="n">
-        <v>9.14864</v>
+        <v>8.754181000000001</v>
       </c>
       <c r="M30" s="1" t="n">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="N30" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
-      <c r="P30" t="inlineStr"/>
+      <c r="P30" t="inlineStr">
+        <is>
+          <t>Erdsonden (260 Erdsonden je 100 m), Solarthermie</t>
+        </is>
+      </c>
       <c r="Q30" s="2" t="n"/>
       <c r="R30" s="2" t="n"/>
       <c r="S30" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T30" t="inlineStr">
         <is>
-          <t>Quartiersversorgung Stuttgart Neckarpark</t>
+          <t>Nahwärme für das Quartier am Henninger Turm</t>
         </is>
       </c>
       <c r="U30" s="2" t="n"/>
       <c r="V30" s="2" t="n"/>
       <c r="W30" s="2" t="n"/>
       <c r="X30" s="2" t="n"/>
       <c r="Y30" s="2" t="n"/>
       <c r="Z30" s="2" t="n"/>
       <c r="AA30" s="2" t="n"/>
       <c r="AB30" s="2" t="n"/>
       <c r="AC30" s="2" t="n"/>
       <c r="AD30" s="2" t="n">
-        <v>2970</v>
+        <v>600</v>
       </c>
       <c r="AF30" s="2" t="n"/>
       <c r="AG30" s="2" t="n"/>
       <c r="AH30" s="1" t="n"/>
       <c r="AI30" s="2" t="n"/>
       <c r="AJ30" s="2" t="n"/>
       <c r="AK30" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL30" s="2" t="n"/>
       <c r="AM30" s="2" t="n"/>
       <c r="AN30" s="2" t="n"/>
       <c r="AO30" s="2" t="n"/>
       <c r="AP30" s="2" t="n"/>
       <c r="AQ30" t="inlineStr">
         <is>
-          <t>Brennwertkessel (6.300 kW), KWK</t>
+          <t>Gasbrennwertkessel, BHKW</t>
         </is>
       </c>
       <c r="AR30" s="2" t="n"/>
       <c r="AT30" t="inlineStr">
         <is>
-          <t>https://www.stadtwerke-stuttgart.de/partner-der-energiewende/neckarpark/</t>
+          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/quartier-am-henninger-turm/#content</t>
         </is>
       </c>
       <c r="AV30" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY30" s="3" t="n"/>
       <c r="BB30" s="3" t="n"/>
       <c r="BD30" t="inlineStr"/>
       <c r="BE30" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="31" ht="40" customHeight="1">
       <c r="A31" s="1" t="n">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B31" t="inlineStr"/>
       <c r="D31" t="inlineStr">
         <is>
-          <t>keine Angabe</t>
-[...4 lines deleted...]
-          <t>Quartier am Henninger Turm</t>
+          <t>Viessmann Climate Solutions SE</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>Stadt Duisburg</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t>Frankfurt</t>
+          <t>Duisburg</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I31" t="inlineStr">
         <is>
-          <t>HE</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K31" s="2" t="n">
-        <v>50.097033</v>
+        <v>51.432833</v>
       </c>
       <c r="L31" s="2" t="n">
-        <v>8.754181000000001</v>
+        <v>6.727305</v>
       </c>
       <c r="M31" s="1" t="n">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="N31" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
       <c r="P31" t="inlineStr">
         <is>
-          <t>Erdsonden (260 Erdsonden je 100 m), Solarthermie</t>
+          <t>Erdsonden (12 x 15 Sonden je 135 m)</t>
         </is>
       </c>
       <c r="Q31" s="2" t="n"/>
       <c r="R31" s="2" t="n"/>
       <c r="S31" t="inlineStr">
         <is>
-          <t>DH</t>
+          <t>HSB</t>
         </is>
       </c>
       <c r="T31" t="inlineStr">
         <is>
-          <t>Nahwärme für das Quartier am Henninger Turm</t>
-[...2 lines deleted...]
-      <c r="U31" s="2" t="n"/>
+          <t>Wärmeversorgung Berufskolleg</t>
+        </is>
+      </c>
+      <c r="U31" s="2" t="n">
+        <v>85</v>
+      </c>
       <c r="V31" s="2" t="n"/>
       <c r="W31" s="2" t="n"/>
       <c r="X31" s="2" t="n"/>
       <c r="Y31" s="2" t="n"/>
       <c r="Z31" s="2" t="n"/>
       <c r="AA31" s="2" t="n"/>
-      <c r="AB31" s="2" t="n"/>
+      <c r="AB31" s="2" t="n">
+        <v>4.2</v>
+      </c>
       <c r="AC31" s="2" t="n"/>
       <c r="AD31" s="2" t="n">
-        <v>600</v>
+        <v>1700</v>
       </c>
       <c r="AF31" s="2" t="n"/>
       <c r="AG31" s="2" t="n"/>
       <c r="AH31" s="1" t="n"/>
       <c r="AI31" s="2" t="n"/>
       <c r="AJ31" s="2" t="n"/>
       <c r="AK31" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL31" s="2" t="n"/>
       <c r="AM31" s="2" t="n"/>
       <c r="AN31" s="2" t="n"/>
       <c r="AO31" s="2" t="n"/>
       <c r="AP31" s="2" t="n"/>
-      <c r="AQ31" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AR31" s="2" t="n"/>
       <c r="AT31" t="inlineStr">
         <is>
-          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/quartier-am-henninger-turm/#content</t>
-[...4 lines deleted...]
-      </c>
+          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/kfm-berufskolleg-duisburg-mitte/#content</t>
+        </is>
+      </c>
+      <c r="AV31" s="3" t="n"/>
       <c r="AY31" s="3" t="n"/>
       <c r="BB31" s="3" t="n"/>
       <c r="BD31" t="inlineStr"/>
       <c r="BE31" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
     </row>
     <row r="32" ht="40" customHeight="1">
       <c r="A32" s="1" t="n">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B32" t="inlineStr"/>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Viessmann Climate Solutions SE</t>
-[...4 lines deleted...]
-          <t>Stadt Duisburg</t>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Ordungsamt Frankfurt am Main</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>Duisburg</t>
+          <t>Frankfurt</t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I32" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>HE</t>
         </is>
       </c>
       <c r="K32" s="2" t="n">
-        <v>51.432833</v>
+        <v>50.093985</v>
       </c>
       <c r="L32" s="2" t="n">
-        <v>6.727305</v>
+        <v>8.583594</v>
       </c>
       <c r="M32" s="1" t="n">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="N32" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
       <c r="P32" t="inlineStr">
         <is>
-          <t>Erdsonden (12 x 15 Sonden je 135 m)</t>
+          <t>Erdsonden (122 Erdsonden je 85 m)</t>
         </is>
       </c>
       <c r="Q32" s="2" t="n"/>
       <c r="R32" s="2" t="n"/>
       <c r="S32" t="inlineStr">
         <is>
           <t>HSB</t>
         </is>
       </c>
       <c r="T32" t="inlineStr">
         <is>
-          <t>Wärmeversorgung Berufskolleg</t>
-[...4 lines deleted...]
-      </c>
+          <t>Wärmeversorgung Bürogebäude</t>
+        </is>
+      </c>
+      <c r="U32" s="2" t="n"/>
       <c r="V32" s="2" t="n"/>
       <c r="W32" s="2" t="n"/>
       <c r="X32" s="2" t="n"/>
       <c r="Y32" s="2" t="n"/>
       <c r="Z32" s="2" t="n"/>
       <c r="AA32" s="2" t="n"/>
-      <c r="AB32" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AB32" s="2" t="n"/>
       <c r="AC32" s="2" t="n"/>
       <c r="AD32" s="2" t="n">
-        <v>1700</v>
+        <v>1080</v>
       </c>
       <c r="AF32" s="2" t="n"/>
       <c r="AG32" s="2" t="n"/>
       <c r="AH32" s="1" t="n"/>
       <c r="AI32" s="2" t="n"/>
       <c r="AJ32" s="2" t="n"/>
       <c r="AK32" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL32" s="2" t="n"/>
       <c r="AM32" s="2" t="n"/>
       <c r="AN32" s="2" t="n"/>
       <c r="AO32" s="2" t="n"/>
       <c r="AP32" s="2" t="n"/>
       <c r="AR32" s="2" t="n"/>
       <c r="AT32" t="inlineStr">
         <is>
-          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/kfm-berufskolleg-duisburg-mitte/#content</t>
-[...2 lines deleted...]
-      <c r="AV32" s="3" t="n"/>
+          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/ordnungsamt-frankfurt-am-main/</t>
+        </is>
+      </c>
+      <c r="AV32" s="3" t="n">
+        <v>45693</v>
+      </c>
       <c r="AY32" s="3" t="n"/>
       <c r="BB32" s="3" t="n"/>
       <c r="BD32" t="inlineStr"/>
       <c r="BE32" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
     </row>
     <row r="33" ht="40" customHeight="1">
       <c r="A33" s="1" t="n">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B33" t="inlineStr"/>
       <c r="D33" t="inlineStr">
         <is>
-          <t>Trane Deutschland GmbH</t>
-[...4 lines deleted...]
-          <t>Ordungsamt Frankfurt am Main</t>
+          <t>keine Angabe</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>Frankfurt</t>
+          <t>Augsburg</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I33" t="inlineStr">
         <is>
-          <t>HE</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K33" s="2" t="n">
-        <v>50.093985</v>
+        <v>48.3715</v>
       </c>
       <c r="L33" s="2" t="n">
-        <v>8.583594</v>
+        <v>10.8983</v>
       </c>
       <c r="M33" s="1" t="n">
         <v>2009</v>
       </c>
       <c r="N33" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
       <c r="P33" t="inlineStr">
         <is>
-          <t>Erdsonden (122 Erdsonden je 85 m)</t>
+          <t>(100.000 l/h je WP)</t>
         </is>
       </c>
       <c r="Q33" s="2" t="n"/>
       <c r="R33" s="2" t="n"/>
       <c r="S33" t="inlineStr">
         <is>
-          <t>HSB</t>
+          <t>MISC</t>
         </is>
       </c>
       <c r="T33" t="inlineStr">
         <is>
-          <t>Wärmeversorgung Bürogebäude</t>
+          <t>Rasenheizung, Logen, Umkleidekabinen, Büros</t>
         </is>
       </c>
       <c r="U33" s="2" t="n"/>
       <c r="V33" s="2" t="n"/>
       <c r="W33" s="2" t="n"/>
       <c r="X33" s="2" t="n"/>
       <c r="Y33" s="2" t="n"/>
       <c r="Z33" s="2" t="n"/>
       <c r="AA33" s="2" t="n"/>
       <c r="AB33" s="2" t="n"/>
       <c r="AC33" s="2" t="n"/>
       <c r="AD33" s="2" t="n">
-        <v>1080</v>
+        <v>1290</v>
+      </c>
+      <c r="AE33" t="inlineStr">
+        <is>
+          <t>2 x 645 kW</t>
+        </is>
       </c>
       <c r="AF33" s="2" t="n"/>
       <c r="AG33" s="2" t="n"/>
       <c r="AH33" s="1" t="n"/>
       <c r="AI33" s="2" t="n"/>
       <c r="AJ33" s="2" t="n"/>
       <c r="AK33" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL33" s="2" t="n"/>
       <c r="AM33" s="2" t="n"/>
       <c r="AN33" s="2" t="n"/>
       <c r="AO33" s="2" t="n"/>
       <c r="AP33" s="2" t="n"/>
+      <c r="AQ33" t="inlineStr">
+        <is>
+          <t>2 Gasbrennwertkessel (700 und 900 kW), BHKW (33 kW el)</t>
+        </is>
+      </c>
       <c r="AR33" s="2" t="n"/>
       <c r="AT33" t="inlineStr">
         <is>
-          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/ordnungsamt-frankfurt-am-main/</t>
+          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/fussballstadion-augsburg/#content</t>
         </is>
       </c>
       <c r="AV33" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY33" s="3" t="n"/>
       <c r="BB33" s="3" t="n"/>
       <c r="BD33" t="inlineStr"/>
       <c r="BE33" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
     </row>
     <row r="34" ht="40" customHeight="1">
       <c r="A34" s="1" t="n">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B34" t="inlineStr"/>
       <c r="D34" t="inlineStr">
         <is>
           <t>keine Angabe</t>
         </is>
       </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>Volkswagen AG</t>
+        </is>
+      </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>Augsburg</t>
+          <t>Emden</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I34" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="K34" s="2" t="n">
-        <v>48.3715</v>
+        <v>53.3675</v>
       </c>
       <c r="L34" s="2" t="n">
-        <v>10.8983</v>
+        <v>7.205</v>
       </c>
       <c r="M34" s="1" t="n">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="N34" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
-      <c r="P34" t="inlineStr">
-[...5 lines deleted...]
-      <c r="R34" s="2" t="n"/>
+      <c r="P34" t="inlineStr"/>
+      <c r="Q34" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="R34" s="2" t="n">
+        <v>29</v>
+      </c>
       <c r="S34" t="inlineStr">
         <is>
-          <t>MISC</t>
+          <t>IP</t>
         </is>
       </c>
       <c r="T34" t="inlineStr">
         <is>
-          <t>Rasenheizung, Logen, Umkleidekabinen, Büros</t>
-[...2 lines deleted...]
-      <c r="U34" s="2" t="n"/>
+          <t>Warmwasserversorgung Lackiererei</t>
+        </is>
+      </c>
+      <c r="U34" s="2" t="n">
+        <v>75</v>
+      </c>
       <c r="V34" s="2" t="n"/>
       <c r="W34" s="2" t="n"/>
       <c r="X34" s="2" t="n"/>
       <c r="Y34" s="2" t="n"/>
       <c r="Z34" s="2" t="n"/>
       <c r="AA34" s="2" t="n"/>
       <c r="AB34" s="2" t="n"/>
-      <c r="AC34" s="2" t="n"/>
+      <c r="AC34" s="2" t="n">
+        <v>5.6</v>
+      </c>
       <c r="AD34" s="2" t="n">
-        <v>1290</v>
-[...4 lines deleted...]
-        </is>
+        <v>1683</v>
       </c>
       <c r="AF34" s="2" t="n"/>
       <c r="AG34" s="2" t="n"/>
       <c r="AH34" s="1" t="n"/>
       <c r="AI34" s="2" t="n"/>
       <c r="AJ34" s="2" t="n"/>
       <c r="AK34" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL34" s="2" t="n"/>
       <c r="AM34" s="2" t="n"/>
       <c r="AN34" s="2" t="n"/>
       <c r="AO34" s="2" t="n"/>
       <c r="AP34" s="2" t="n"/>
-      <c r="AQ34" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AR34" s="2" t="n"/>
       <c r="AT34" t="inlineStr">
         <is>
-          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/fussballstadion-augsburg/#content</t>
+          <t>https://waermepumpe-izw.de/wp-content/uploads/2020/01/D-07-VW-Emden.pdf</t>
         </is>
       </c>
       <c r="AV34" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY34" s="3" t="n"/>
       <c r="BB34" s="3" t="n"/>
       <c r="BD34" t="inlineStr"/>
       <c r="BE34" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>46</t>
         </is>
       </c>
     </row>
     <row r="35" ht="40" customHeight="1">
       <c r="A35" s="1" t="n">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="B35" t="inlineStr"/>
+        <v>42</v>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>keine Angabe</t>
+          <t>GEA Refrigeration Germany GmbH</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>Volkswagen AG</t>
+          <t>Swiss Krono Tex GmbH &amp;Co. KG</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>Emden</t>
+          <t>Heiligengrabe</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I35" t="inlineStr">
         <is>
-          <t>NI</t>
+          <t>BB</t>
         </is>
       </c>
       <c r="K35" s="2" t="n">
-        <v>53.3675</v>
+        <v>53.1047</v>
       </c>
       <c r="L35" s="2" t="n">
-        <v>7.205</v>
+        <v>12.4944</v>
       </c>
       <c r="M35" s="1" t="n">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="N35" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
-      <c r="P35" t="inlineStr"/>
+      <c r="P35" t="inlineStr">
+        <is>
+          <t>Abwärme des firmeneigenen Biomasse-Kraftwerks</t>
+        </is>
+      </c>
       <c r="Q35" s="2" t="n">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="R35" s="2" t="n"/>
       <c r="S35" t="inlineStr">
         <is>
           <t>IP</t>
         </is>
       </c>
       <c r="T35" t="inlineStr">
         <is>
-          <t>Warmwasserversorgung Lackiererei</t>
+          <t>Spanplattenhersteller Vortrockung Holzschnitzel</t>
         </is>
       </c>
       <c r="U35" s="2" t="n">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="V35" s="2" t="n"/>
       <c r="W35" s="2" t="n"/>
       <c r="X35" s="2" t="n"/>
       <c r="Y35" s="2" t="n"/>
       <c r="Z35" s="2" t="n"/>
       <c r="AA35" s="2" t="n"/>
-      <c r="AB35" s="2" t="n"/>
-[...2 lines deleted...]
-      </c>
+      <c r="AB35" s="2" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="AC35" s="2" t="n"/>
       <c r="AD35" s="2" t="n">
-        <v>1683</v>
+        <v>10000</v>
+      </c>
+      <c r="AE35" t="inlineStr">
+        <is>
+          <t>2 x 5.000 kW</t>
+        </is>
       </c>
       <c r="AF35" s="2" t="n"/>
       <c r="AG35" s="2" t="n"/>
       <c r="AH35" s="1" t="n"/>
       <c r="AI35" s="2" t="n"/>
       <c r="AJ35" s="2" t="n"/>
       <c r="AK35" t="inlineStr">
         <is>
-          <t>NI</t>
+          <t>SC</t>
         </is>
       </c>
       <c r="AL35" s="2" t="n"/>
-      <c r="AM35" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AO35" s="2" t="n"/>
+      <c r="AM35" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AN35" s="2" t="n">
+        <v>7700</v>
+      </c>
+      <c r="AO35" s="2" t="n">
+        <v>3900</v>
+      </c>
       <c r="AP35" s="2" t="n"/>
+      <c r="AQ35" t="inlineStr">
+        <is>
+          <t>Biomasse-Kraftwerk (2 MW)</t>
+        </is>
+      </c>
       <c r="AR35" s="2" t="n"/>
       <c r="AT35" t="inlineStr">
         <is>
-          <t>https://waermepumpe-izw.de/wp-content/uploads/2020/01/D-07-VW-Emden.pdf</t>
+          <t>https://waermepumpe-izw.de/wp-content/uploads/2020/05/Germany-2019-2.pdf</t>
         </is>
       </c>
       <c r="AV35" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY35" s="3" t="n"/>
       <c r="BB35" s="3" t="n"/>
       <c r="BD35" t="inlineStr"/>
       <c r="BE35" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>39</t>
         </is>
       </c>
     </row>
     <row r="36" ht="40" customHeight="1">
       <c r="A36" s="1" t="n">
-        <v>42</v>
-[...5 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="B36" t="inlineStr"/>
       <c r="D36" t="inlineStr">
         <is>
-          <t>GEA Refrigeration Germany GmbH</t>
+          <t>Engie Refrigeration GmbH</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>Swiss Krono Tex GmbH &amp;Co. KG</t>
+          <t>EnBW</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>Heiligengrabe</t>
+          <t>Waldbronn</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I36" t="inlineStr">
         <is>
-          <t>BB</t>
+          <t>BW</t>
         </is>
       </c>
       <c r="K36" s="2" t="n">
-        <v>53.1047</v>
+        <v>48.9283</v>
       </c>
       <c r="L36" s="2" t="n">
-        <v>12.4944</v>
+        <v>8.5161</v>
       </c>
       <c r="M36" s="1" t="n">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="N36" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
       <c r="P36" t="inlineStr">
         <is>
-          <t>Abwärme des firmeneigenen Biomasse-Kraftwerks</t>
-[...4 lines deleted...]
-      </c>
+          <t>Entzieht dem Kältekreislauf Wärme</t>
+        </is>
+      </c>
+      <c r="Q36" s="2" t="n"/>
       <c r="R36" s="2" t="n"/>
       <c r="S36" t="inlineStr">
         <is>
-          <t>IP</t>
-[...9 lines deleted...]
-      </c>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T36" t="inlineStr"/>
+      <c r="U36" s="2" t="n"/>
       <c r="V36" s="2" t="n"/>
       <c r="W36" s="2" t="n"/>
       <c r="X36" s="2" t="n"/>
       <c r="Y36" s="2" t="n"/>
       <c r="Z36" s="2" t="n"/>
       <c r="AA36" s="2" t="n"/>
-      <c r="AB36" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AB36" s="2" t="n"/>
       <c r="AC36" s="2" t="n"/>
       <c r="AD36" s="2" t="n">
-        <v>10000</v>
-[...4 lines deleted...]
-        </is>
+        <v>500</v>
       </c>
       <c r="AF36" s="2" t="n"/>
       <c r="AG36" s="2" t="n"/>
       <c r="AH36" s="1" t="n"/>
       <c r="AI36" s="2" t="n"/>
       <c r="AJ36" s="2" t="n"/>
       <c r="AK36" t="inlineStr">
         <is>
-          <t>SC</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="AL36" s="2" t="n"/>
-      <c r="AM36" s="2" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="AM36" s="2" t="n"/>
+      <c r="AN36" s="2" t="n"/>
+      <c r="AO36" s="2" t="n"/>
       <c r="AP36" s="2" t="n"/>
       <c r="AQ36" t="inlineStr">
         <is>
-          <t>Biomasse-Kraftwerk (2 MW)</t>
+          <t>BHKW, Brennwertkessel</t>
         </is>
       </c>
       <c r="AR36" s="2" t="n"/>
       <c r="AT36" t="inlineStr">
         <is>
-          <t>https://waermepumpe-izw.de/wp-content/uploads/2020/05/Germany-2019-2.pdf</t>
+          <t>https://www.waermepumpe.de/fileadmin/user_upload/waermepumpe/08_Sonstige/Filedump/BWP_A4_GrossWP_web_mail.pdf</t>
         </is>
       </c>
       <c r="AV36" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY36" s="3" t="n"/>
       <c r="BB36" s="3" t="n"/>
       <c r="BD36" t="inlineStr"/>
       <c r="BE36" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>34</t>
         </is>
       </c>
     </row>
     <row r="37" ht="40" customHeight="1">
       <c r="A37" s="1" t="n">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="B37" t="inlineStr"/>
+        <v>44</v>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Engie Refrigeration GmbH</t>
+          <t>Carrier Klimatechnik GmbH</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>EnBW</t>
+          <t>Stadtwerke Bayreuth</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t>Waldbronn</t>
+          <t>Bayreuth</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I37" t="inlineStr">
         <is>
-          <t>BW</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K37" s="2" t="n">
-        <v>48.9283</v>
+        <v>49.9456</v>
       </c>
       <c r="L37" s="2" t="n">
-        <v>8.5161</v>
+        <v>11.5717</v>
       </c>
       <c r="M37" s="1" t="n">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="N37" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
-      <c r="P37" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O37" t="inlineStr">
+        <is>
+          <t>Carrier 30XWP</t>
+        </is>
+      </c>
+      <c r="P37" t="inlineStr"/>
       <c r="Q37" s="2" t="n"/>
       <c r="R37" s="2" t="n"/>
       <c r="S37" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T37" t="inlineStr"/>
       <c r="U37" s="2" t="n"/>
       <c r="V37" s="2" t="n"/>
       <c r="W37" s="2" t="n"/>
       <c r="X37" s="2" t="n"/>
       <c r="Y37" s="2" t="n"/>
       <c r="Z37" s="2" t="n"/>
       <c r="AA37" s="2" t="n"/>
       <c r="AB37" s="2" t="n"/>
       <c r="AC37" s="2" t="n"/>
       <c r="AD37" s="2" t="n">
-        <v>500</v>
+        <v>1380</v>
+      </c>
+      <c r="AE37" t="inlineStr">
+        <is>
+          <t>2 x 690 kW</t>
+        </is>
       </c>
       <c r="AF37" s="2" t="n"/>
       <c r="AG37" s="2" t="n"/>
       <c r="AH37" s="1" t="n"/>
       <c r="AI37" s="2" t="n"/>
       <c r="AJ37" s="2" t="n"/>
       <c r="AK37" t="inlineStr">
         <is>
-          <t>NI</t>
+          <t>SC</t>
         </is>
       </c>
       <c r="AL37" s="2" t="n"/>
       <c r="AM37" s="2" t="n"/>
       <c r="AN37" s="2" t="n"/>
       <c r="AO37" s="2" t="n"/>
       <c r="AP37" s="2" t="n"/>
       <c r="AQ37" t="inlineStr">
         <is>
-          <t>BHKW, Brennwertkessel</t>
+          <t>BHKW, Elektrodenkessel, Spitzenlast-Gaskessel</t>
         </is>
       </c>
       <c r="AR37" s="2" t="n"/>
+      <c r="AS37" t="inlineStr">
+        <is>
+          <t>vorhanden</t>
+        </is>
+      </c>
       <c r="AT37" t="inlineStr">
         <is>
-          <t>https://www.waermepumpe.de/fileadmin/user_upload/waermepumpe/08_Sonstige/Filedump/BWP_A4_GrossWP_web_mail.pdf</t>
+          <t>https://www.zet.uni-bayreuth.de/de/news/2021/2021_10_06_Startschuss_iKWK/index.html</t>
         </is>
       </c>
       <c r="AV37" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AY37" s="3" t="n"/>
-      <c r="BB37" s="3" t="n"/>
+      <c r="AW37" t="inlineStr">
+        <is>
+          <t>https://www.energie-experten.org/projekte/bhkw-der-universitaet-bayreuth-leistet-pionierarbeit</t>
+        </is>
+      </c>
+      <c r="AY37" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ37" t="inlineStr">
+        <is>
+          <t>https://www.bayern-innovativ.de/de/seite/innovatives-kwk-konzept-universitaet-bayreuth/</t>
+        </is>
+      </c>
+      <c r="BB37" s="3" t="n">
+        <v>45693</v>
+      </c>
       <c r="BD37" t="inlineStr"/>
       <c r="BE37" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="38" ht="40" customHeight="1">
       <c r="A38" s="1" t="n">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>R134a</t>
+          <t>R717 (Ammoniak)</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>Carrier Klimatechnik GmbH</t>
+          <t>AGO GmbH Energie und Anlagen</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>Stadtwerke Bayreuth</t>
+          <t>Stadtwerke Lemgo</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>iKWK - Flusswasserwärmepumpe</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t>Bayreuth</t>
+          <t>Lemgo</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I38" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K38" s="2" t="n">
-        <v>49.9456</v>
+        <v>52.0267</v>
       </c>
       <c r="L38" s="2" t="n">
-        <v>11.5717</v>
+        <v>8.9086</v>
       </c>
       <c r="M38" s="1" t="n">
         <v>2021</v>
       </c>
       <c r="N38" t="inlineStr">
         <is>
           <t>OP</t>
-        </is>
-[...3 lines deleted...]
-          <t>Carrier 30XWP</t>
         </is>
       </c>
       <c r="P38" t="inlineStr"/>
       <c r="Q38" s="2" t="n"/>
       <c r="R38" s="2" t="n"/>
       <c r="S38" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T38" t="inlineStr"/>
       <c r="U38" s="2" t="n"/>
       <c r="V38" s="2" t="n"/>
       <c r="W38" s="2" t="n"/>
       <c r="X38" s="2" t="n"/>
       <c r="Y38" s="2" t="n"/>
       <c r="Z38" s="2" t="n"/>
       <c r="AA38" s="2" t="n"/>
       <c r="AB38" s="2" t="n"/>
       <c r="AC38" s="2" t="n"/>
       <c r="AD38" s="2" t="n">
-        <v>1380</v>
-[...4 lines deleted...]
-        </is>
+        <v>1000</v>
       </c>
       <c r="AF38" s="2" t="n"/>
       <c r="AG38" s="2" t="n"/>
       <c r="AH38" s="1" t="n"/>
       <c r="AI38" s="2" t="n"/>
       <c r="AJ38" s="2" t="n"/>
       <c r="AK38" t="inlineStr">
         <is>
-          <t>SC</t>
+          <t>PC</t>
         </is>
       </c>
       <c r="AL38" s="2" t="n"/>
       <c r="AM38" s="2" t="n"/>
       <c r="AN38" s="2" t="n"/>
       <c r="AO38" s="2" t="n"/>
       <c r="AP38" s="2" t="n"/>
       <c r="AQ38" t="inlineStr">
         <is>
-          <t>BHKW, Elektrodenkessel, Spitzenlast-Gaskessel</t>
+          <t>Solarthermie (5,2 MW Peakleistung), Erdgas BHKW (2 x 2,5 MW),</t>
         </is>
       </c>
       <c r="AR38" s="2" t="n"/>
-      <c r="AS38" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AT38" t="inlineStr">
         <is>
-          <t>https://www.zet.uni-bayreuth.de/de/news/2021/2021_10_06_Startschuss_iKWK/index.html</t>
+          <t>https://www.gruene-fernwaerme.de/praxisbeispiele/lemgo</t>
         </is>
       </c>
       <c r="AV38" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AW38" t="inlineStr">
         <is>
-          <t>https://www.energie-experten.org/projekte/bhkw-der-universitaet-bayreuth-leistet-pionierarbeit</t>
+          <t>https://www.bkwk.de/wp-content/uploads/2023/11/07_2022_Solarthermie-Flusswaerme.pdf</t>
         </is>
       </c>
       <c r="AY38" s="3" t="n">
-        <v>45693</v>
-[...9 lines deleted...]
-      <c r="BD38" t="inlineStr"/>
+        <v>45814</v>
+      </c>
+      <c r="BB38" s="3" t="n"/>
+      <c r="BD38" t="inlineStr">
+        <is>
+          <t>E-Mail Kontakt zwischen AGO GmbH Energie + Anlagen und Fraunhofer IEG am 21.08.2025</t>
+        </is>
+      </c>
       <c r="BE38" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="39" ht="40" customHeight="1">
       <c r="A39" s="1" t="n">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>R717 (Ammoniak)</t>
-[...4 lines deleted...]
-          <t>AGO GmbH Energie und Anlagen</t>
+          <t>Unbekannt</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>Stadtwerke Lemgo</t>
-[...4 lines deleted...]
-          <t>iKWK - Flusswasserwärmepumpe</t>
+          <t>Stadtwerke Bochum</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>Lemgo</t>
+          <t>Bochum</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I39" t="inlineStr">
         <is>
           <t>NW</t>
         </is>
       </c>
       <c r="K39" s="2" t="n">
-        <v>52.0267</v>
+        <v>51.442554</v>
       </c>
       <c r="L39" s="2" t="n">
-        <v>8.9086</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.223489</v>
+      </c>
+      <c r="M39" s="1" t="n"/>
       <c r="N39" t="inlineStr">
         <is>
-          <t>OP</t>
-[...3 lines deleted...]
-      <c r="Q39" s="2" t="n"/>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P39" t="inlineStr">
+        <is>
+          <t>Grubenwasser des geschlossenen Bergwerks der Zeche Dannenbaum</t>
+        </is>
+      </c>
+      <c r="Q39" s="2" t="n">
+        <v>18</v>
+      </c>
       <c r="R39" s="2" t="n"/>
       <c r="S39" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T39" t="inlineStr"/>
-      <c r="U39" s="2" t="n"/>
+      <c r="U39" s="2" t="n">
+        <v>48</v>
+      </c>
       <c r="V39" s="2" t="n"/>
       <c r="W39" s="2" t="n"/>
       <c r="X39" s="2" t="n"/>
       <c r="Y39" s="2" t="n"/>
       <c r="Z39" s="2" t="n"/>
       <c r="AA39" s="2" t="n"/>
       <c r="AB39" s="2" t="n"/>
       <c r="AC39" s="2" t="n"/>
       <c r="AD39" s="2" t="n">
-        <v>1000</v>
+        <v>3000</v>
+      </c>
+      <c r="AE39" t="inlineStr">
+        <is>
+          <t>3 x 1.000 kW</t>
+        </is>
       </c>
       <c r="AF39" s="2" t="n"/>
       <c r="AG39" s="2" t="n"/>
       <c r="AH39" s="1" t="n"/>
       <c r="AI39" s="2" t="n"/>
       <c r="AJ39" s="2" t="n"/>
       <c r="AK39" t="inlineStr">
         <is>
-          <t>PC</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="AL39" s="2" t="n"/>
       <c r="AM39" s="2" t="n"/>
       <c r="AN39" s="2" t="n"/>
       <c r="AO39" s="2" t="n"/>
       <c r="AP39" s="2" t="n"/>
-      <c r="AQ39" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AR39" s="2" t="n"/>
       <c r="AT39" t="inlineStr">
         <is>
-          <t>https://www.gruene-fernwaerme.de/praxisbeispiele/lemgo</t>
+          <t>https://www.ieg.fraunhofer.de/de/presse/pressemitteilungen/2022/erfolgreiche-geothermiebohrungen-auf-mark-51-7.html</t>
         </is>
       </c>
       <c r="AV39" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AW39" t="inlineStr">
         <is>
-          <t>https://www.bkwk.de/wp-content/uploads/2023/11/07_2022_Solarthermie-Flusswaerme.pdf</t>
+          <t>https://www.stadt-und-werk.de/k21-meldungen/96-millionen-euro-fuer-mark-517/</t>
         </is>
       </c>
       <c r="AY39" s="3" t="n">
-        <v>45814</v>
+        <v>45693</v>
+      </c>
+      <c r="AZ39" t="inlineStr">
+        <is>
+          <t>https://www.facility-manager.de/aktuelles/caverion-stattet-energiezentrale-fuer-gewerbegebiet-in-bochum-aus/</t>
+        </is>
       </c>
       <c r="BB39" s="3" t="n"/>
-      <c r="BD39" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BD39" t="inlineStr"/>
       <c r="BE39" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>35</t>
         </is>
       </c>
     </row>
     <row r="40" ht="40" customHeight="1">
       <c r="A40" s="1" t="n">
-        <v>46</v>
-[...3 lines deleted...]
-          <t>Unbekannt</t>
+        <v>48</v>
+      </c>
+      <c r="B40" t="inlineStr"/>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>Stadtwerke Bochum</t>
+          <t>Hamburg Wasser, Hamburg Energiewerke</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Abwasser-Wärmepumpe Hamburg Dradenau</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>Bochum</t>
+          <t>Hamburg</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I40" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>HH</t>
         </is>
       </c>
       <c r="K40" s="2" t="n">
-        <v>51.442554</v>
+        <v>53.5488</v>
       </c>
       <c r="L40" s="2" t="n">
-        <v>7.223489</v>
+        <v>9.960699999999999</v>
       </c>
       <c r="M40" s="1" t="n">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="N40" t="inlineStr">
         <is>
-          <t>PL</t>
+          <t>CO</t>
         </is>
       </c>
       <c r="P40" t="inlineStr">
         <is>
-          <t>Grubenwasser des geschlossenen Bergwerks der Zeche Dannenbaum</t>
+          <t>Reinwasser, Abkühlung um 4 K, Volumenstrom 2,67 m³/s</t>
         </is>
       </c>
       <c r="Q40" s="2" t="n">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="R40" s="2" t="n"/>
+        <v>10</v>
+      </c>
+      <c r="R40" s="2" t="n">
+        <v>20</v>
+      </c>
       <c r="S40" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T40" t="inlineStr"/>
       <c r="U40" s="2" t="n">
-        <v>48</v>
+        <v>95</v>
       </c>
       <c r="V40" s="2" t="n"/>
       <c r="W40" s="2" t="n"/>
       <c r="X40" s="2" t="n"/>
       <c r="Y40" s="2" t="n"/>
       <c r="Z40" s="2" t="n"/>
       <c r="AA40" s="2" t="n"/>
       <c r="AB40" s="2" t="n"/>
-      <c r="AC40" s="2" t="n"/>
+      <c r="AC40" s="2" t="n">
+        <v>3</v>
+      </c>
       <c r="AD40" s="2" t="n">
-        <v>3000</v>
+        <v>60000</v>
       </c>
       <c r="AE40" t="inlineStr">
         <is>
-          <t>3 x 1.000 kW</t>
+          <t>4 x 15.000 kW</t>
         </is>
       </c>
       <c r="AF40" s="2" t="n"/>
-      <c r="AG40" s="2" t="n"/>
+      <c r="AG40" s="2" t="n">
+        <v>20000</v>
+      </c>
       <c r="AH40" s="1" t="n"/>
       <c r="AI40" s="2" t="n"/>
       <c r="AJ40" s="2" t="n"/>
       <c r="AK40" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL40" s="2" t="n"/>
       <c r="AM40" s="2" t="n"/>
       <c r="AN40" s="2" t="n"/>
       <c r="AO40" s="2" t="n"/>
       <c r="AP40" s="2" t="n"/>
       <c r="AR40" s="2" t="n"/>
       <c r="AT40" t="inlineStr">
         <is>
-          <t>https://www.ieg.fraunhofer.de/de/presse/pressemitteilungen/2022/erfolgreiche-geothermiebohrungen-auf-mark-51-7.html</t>
+          <t>https://vimeo.com/774694914</t>
         </is>
       </c>
       <c r="AV40" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AW40" t="inlineStr">
         <is>
-          <t>https://www.stadt-und-werk.de/k21-meldungen/96-millionen-euro-fuer-mark-517/</t>
+          <t>https://www.johnsoncontrols.ch/de/mediathek/news/2023/press-release/hamburg-wasser</t>
         </is>
       </c>
       <c r="AY40" s="3" t="n">
         <v>45693</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="BB40" s="3" t="n"/>
       <c r="BD40" t="inlineStr"/>
       <c r="BE40" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="41" ht="40" customHeight="1">
       <c r="A41" s="1" t="n">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B41" t="inlineStr"/>
-      <c r="D41" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>Hamburg Wasser, Hamburg Energiewerke</t>
-[...4 lines deleted...]
-          <t>Abwasser-Wärmepumpe Hamburg Dradenau</t>
+          <t>Stadtwerke Kiel</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>Hamburg</t>
+          <t>Kiel</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I41" t="inlineStr">
         <is>
-          <t>HH</t>
+          <t>SH</t>
         </is>
       </c>
       <c r="K41" s="2" t="n">
-        <v>53.5488</v>
+        <v>54.3233</v>
       </c>
       <c r="L41" s="2" t="n">
-        <v>9.960699999999999</v>
+        <v>10.1228</v>
       </c>
       <c r="M41" s="1" t="n">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="N41" t="inlineStr">
         <is>
-          <t>CO</t>
-[...6 lines deleted...]
-      </c>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P41" t="inlineStr"/>
       <c r="Q41" s="2" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="R41" s="2" t="n">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="S41" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T41" t="inlineStr"/>
       <c r="U41" s="2" t="n">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="V41" s="2" t="n"/>
+        <v>115</v>
+      </c>
+      <c r="V41" s="2" t="n">
+        <v>80</v>
+      </c>
       <c r="W41" s="2" t="n"/>
       <c r="X41" s="2" t="n"/>
       <c r="Y41" s="2" t="n"/>
       <c r="Z41" s="2" t="n"/>
       <c r="AA41" s="2" t="n"/>
       <c r="AB41" s="2" t="n"/>
-      <c r="AC41" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AC41" s="2" t="n"/>
       <c r="AD41" s="2" t="n">
-        <v>60000</v>
-[...4 lines deleted...]
-        </is>
+        <v>50000</v>
       </c>
       <c r="AF41" s="2" t="n"/>
-      <c r="AG41" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AG41" s="2" t="n"/>
       <c r="AH41" s="1" t="n"/>
       <c r="AI41" s="2" t="n"/>
       <c r="AJ41" s="2" t="n"/>
       <c r="AK41" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL41" s="2" t="n"/>
       <c r="AM41" s="2" t="n"/>
       <c r="AN41" s="2" t="n"/>
       <c r="AO41" s="2" t="n"/>
       <c r="AP41" s="2" t="n"/>
       <c r="AR41" s="2" t="n"/>
+      <c r="AS41" t="inlineStr">
+        <is>
+          <t>in Planung: 2-Zonen-WSP mit ca. 1.500 MWh (analog bestehendem WSP)</t>
+        </is>
+      </c>
       <c r="AT41" t="inlineStr">
         <is>
-          <t>https://vimeo.com/774694914</t>
+          <t>https://www.stadtwerke-kiel.de/privatkunden/angebote-tarife/waerme/waermewende-kiel/dekarbonisierung-der-kieler-fernwaerme</t>
         </is>
       </c>
       <c r="AV41" s="3" t="n">
-        <v>45693</v>
+        <v>45206</v>
       </c>
       <c r="AW41" t="inlineStr">
         <is>
-          <t>https://www.johnsoncontrols.ch/de/mediathek/news/2023/press-release/hamburg-wasser</t>
+          <t>https://www.kn-online.de/wirtschaft/regional/grosswaermepumpe-kiel-kommunale-waermeplanung-mit-millionen-investition-AFIAPUC7OVEFZHW7HB3FHJGOXI.html</t>
         </is>
       </c>
       <c r="AY41" s="3" t="n">
-        <v>45693</v>
+        <v>45206</v>
       </c>
       <c r="BB41" s="3" t="n"/>
       <c r="BD41" t="inlineStr"/>
       <c r="BE41" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>38</t>
         </is>
       </c>
     </row>
     <row r="42" ht="40" customHeight="1">
       <c r="A42" s="1" t="n">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="B42" t="inlineStr"/>
+        <v>50</v>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>AGO GmbH Energie und Anlagen</t>
+        </is>
+      </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>Stadtwerke Kiel</t>
+          <t>Stadtwerke Münster</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>Kiel</t>
+          <t>Münster</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I42" t="inlineStr">
         <is>
-          <t>SH</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K42" s="2" t="n">
-        <v>54.3233</v>
+        <v>51.9607</v>
       </c>
       <c r="L42" s="2" t="n">
-        <v>10.1228</v>
+        <v>7.6261</v>
       </c>
       <c r="M42" s="1" t="n">
-        <v>2026</v>
+        <v>2023</v>
       </c>
       <c r="N42" t="inlineStr">
         <is>
-          <t>PL</t>
-[...8 lines deleted...]
-      </c>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="O42" t="inlineStr">
+        <is>
+          <t>AGO Caldora</t>
+        </is>
+      </c>
+      <c r="P42" t="inlineStr">
+        <is>
+          <t>Kühlwasser GuD-Kraftwerk</t>
+        </is>
+      </c>
+      <c r="Q42" s="2" t="n"/>
+      <c r="R42" s="2" t="n"/>
       <c r="S42" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T42" t="inlineStr"/>
       <c r="U42" s="2" t="n">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="V42" s="2" t="n"/>
       <c r="W42" s="2" t="n"/>
       <c r="X42" s="2" t="n"/>
       <c r="Y42" s="2" t="n"/>
       <c r="Z42" s="2" t="n"/>
       <c r="AA42" s="2" t="n"/>
       <c r="AB42" s="2" t="n"/>
       <c r="AC42" s="2" t="n"/>
       <c r="AD42" s="2" t="n">
-        <v>50000</v>
+        <v>2000</v>
       </c>
       <c r="AF42" s="2" t="n"/>
       <c r="AG42" s="2" t="n"/>
       <c r="AH42" s="1" t="n"/>
       <c r="AI42" s="2" t="n"/>
       <c r="AJ42" s="2" t="n"/>
       <c r="AK42" t="inlineStr">
         <is>
-          <t>NI</t>
+          <t>PC</t>
         </is>
       </c>
       <c r="AL42" s="2" t="n"/>
       <c r="AM42" s="2" t="n"/>
       <c r="AN42" s="2" t="n"/>
       <c r="AO42" s="2" t="n"/>
       <c r="AP42" s="2" t="n"/>
       <c r="AR42" s="2" t="n"/>
-      <c r="AS42" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AT42" t="inlineStr">
         <is>
-          <t>https://www.stadtwerke-kiel.de/privatkunden/angebote-tarife/waerme/waermewende-kiel/dekarbonisierung-der-kieler-fernwaerme</t>
+          <t>https://www.stadtwerke-muenster.de/presse/pressemeldungen/gesamt/nachricht/artikel/stadtwerke-vergeben-auftrag-fuer-grosswaermepumpe-im-hafenkraftwerk.html</t>
         </is>
       </c>
       <c r="AV42" s="3" t="n">
-        <v>45206</v>
+        <v>45693</v>
       </c>
       <c r="AW42" t="inlineStr">
         <is>
-          <t>https://www.kn-online.de/wirtschaft/regional/grosswaermepumpe-kiel-kommunale-waermeplanung-mit-millionen-investition-AFIAPUC7OVEFZHW7HB3FHJGOXI.html</t>
+          <t>https://www.stadt-und-werk.de/meldung_42223_Neue+Gro%C3%9Fw%C3%A4rmepumpe.html</t>
         </is>
       </c>
       <c r="AY42" s="3" t="n">
-        <v>45206</v>
-[...2 lines deleted...]
-      <c r="BD42" t="inlineStr"/>
+        <v>45237</v>
+      </c>
+      <c r="AZ42" t="inlineStr">
+        <is>
+          <t>https://www.stadtwerke-muenster.de/presse/pressemeldungen/gesamt/nachricht/artikel/neuste-grosswaermepumpe-in-muenster-angeliefert.html</t>
+        </is>
+      </c>
+      <c r="BB42" s="3" t="n">
+        <v>45237</v>
+      </c>
+      <c r="BD42" t="inlineStr">
+        <is>
+          <t>E-Mail Kontakt zwischen Ago GmbH Energie + Anlagen und Fraunhofer IEG am 21.08.2025</t>
+        </is>
+      </c>
       <c r="BE42" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="43" ht="40" customHeight="1">
       <c r="A43" s="1" t="n">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>R717 (Ammoniak)</t>
+          <t>Unbekannt</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>AGO GmbH Energie und Anlagen</t>
+          <t>Friotherm Deutschland GmbH</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>Stadtwerke Münster</t>
+          <t>BTB Blockheizkraftwerks- Träger- und Betreibergesellschaft mbH Berlin</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t>Münster</t>
+          <t>Berlin Schöneweide</t>
         </is>
       </c>
       <c r="H43" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I43" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="K43" s="2" t="n">
-        <v>51.9607</v>
+        <v>52.4558</v>
       </c>
       <c r="L43" s="2" t="n">
-        <v>7.6261</v>
+        <v>13.5005</v>
       </c>
       <c r="M43" s="1" t="n">
         <v>2023</v>
       </c>
       <c r="N43" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
-      <c r="O43" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P43" t="inlineStr">
         <is>
-          <t>Kühlwasser GuD-Kraftwerk</t>
-[...2 lines deleted...]
-      <c r="Q43" s="2" t="n"/>
+          <t>Flusswasser (Spreewasser), 700 m³/h</t>
+        </is>
+      </c>
+      <c r="Q43" s="2" t="n">
+        <v>8</v>
+      </c>
       <c r="R43" s="2" t="n"/>
       <c r="S43" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T43" t="inlineStr"/>
       <c r="U43" s="2" t="n">
-        <v>120</v>
+        <v>95</v>
       </c>
       <c r="V43" s="2" t="n"/>
       <c r="W43" s="2" t="n"/>
       <c r="X43" s="2" t="n"/>
       <c r="Y43" s="2" t="n"/>
       <c r="Z43" s="2" t="n"/>
       <c r="AA43" s="2" t="n"/>
       <c r="AB43" s="2" t="n"/>
-      <c r="AC43" s="2" t="n"/>
+      <c r="AC43" s="2" t="n">
+        <v>2.5</v>
+      </c>
       <c r="AD43" s="2" t="n">
-        <v>2000</v>
+        <v>7000</v>
+      </c>
+      <c r="AE43" t="inlineStr">
+        <is>
+          <t>2 x 3.500 kW</t>
+        </is>
       </c>
       <c r="AF43" s="2" t="n"/>
       <c r="AG43" s="2" t="n"/>
       <c r="AH43" s="1" t="n"/>
       <c r="AI43" s="2" t="n"/>
       <c r="AJ43" s="2" t="n"/>
       <c r="AK43" t="inlineStr">
         <is>
-          <t>PC</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="AL43" s="2" t="n"/>
       <c r="AM43" s="2" t="n"/>
       <c r="AN43" s="2" t="n"/>
       <c r="AO43" s="2" t="n"/>
       <c r="AP43" s="2" t="n"/>
       <c r="AR43" s="2" t="n"/>
       <c r="AT43" t="inlineStr">
         <is>
-          <t>https://www.stadtwerke-muenster.de/presse/pressemeldungen/gesamt/nachricht/artikel/stadtwerke-vergeben-auftrag-fuer-grosswaermepumpe-im-hafenkraftwerk.html</t>
+          <t>https://www.energie-experten.org/projekte/berlin-waermepumpen-beziehen-energie-aus-der-spree</t>
         </is>
       </c>
       <c r="AV43" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AW43" t="inlineStr">
         <is>
-          <t>https://www.stadt-und-werk.de/meldung_42223_Neue+Gro%C3%9Fw%C3%A4rmepumpe.html</t>
+          <t>https://www.btb-berlin.de/aktuelles/detail/aus-spree-wird-energie-ikwk-einweihung-bei-der-btb/</t>
         </is>
       </c>
       <c r="AY43" s="3" t="n">
         <v>45237</v>
       </c>
-      <c r="AZ43" t="inlineStr">
-[...11 lines deleted...]
-      </c>
+      <c r="BB43" s="3" t="n"/>
+      <c r="BD43" t="inlineStr"/>
       <c r="BE43" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="44" ht="40" customHeight="1">
       <c r="A44" s="1" t="n">
-        <v>51</v>
-[...5 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="B44" t="inlineStr"/>
       <c r="D44" t="inlineStr">
         <is>
-          <t>Friotherm Deutschland GmbH</t>
+          <t>keine Angabe</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>BTB Blockheizkraftwerks- Träger- und Betreibergesellschaft mbH Berlin</t>
+          <t>enercity</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Flusswasserwärmepumpe am Kraftwerk Herrenhausen</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
-          <t>Berlin Schöneweide</t>
+          <t>Hannover</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I44" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="K44" s="2" t="n">
-        <v>52.4558</v>
+        <v>52.3759</v>
       </c>
       <c r="L44" s="2" t="n">
-        <v>13.5005</v>
-[...3 lines deleted...]
-      </c>
+        <v>9.731999999999999</v>
+      </c>
+      <c r="M44" s="1" t="n"/>
       <c r="N44" t="inlineStr">
         <is>
-          <t>OP</t>
-[...9 lines deleted...]
-      </c>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P44" t="inlineStr"/>
+      <c r="Q44" s="2" t="n"/>
       <c r="R44" s="2" t="n"/>
       <c r="S44" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T44" t="inlineStr"/>
       <c r="U44" s="2" t="n">
         <v>95</v>
       </c>
       <c r="V44" s="2" t="n"/>
       <c r="W44" s="2" t="n"/>
       <c r="X44" s="2" t="n"/>
       <c r="Y44" s="2" t="n"/>
       <c r="Z44" s="2" t="n"/>
       <c r="AA44" s="2" t="n"/>
       <c r="AB44" s="2" t="n"/>
-      <c r="AC44" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AC44" s="2" t="n"/>
       <c r="AD44" s="2" t="n">
-        <v>7000</v>
-[...4 lines deleted...]
-        </is>
+        <v>60000</v>
       </c>
       <c r="AF44" s="2" t="n"/>
       <c r="AG44" s="2" t="n"/>
-      <c r="AH44" s="1" t="n"/>
+      <c r="AH44" s="1" t="n">
+        <v>4000</v>
+      </c>
       <c r="AI44" s="2" t="n"/>
-      <c r="AJ44" s="2" t="n"/>
+      <c r="AJ44" s="2" t="n">
+        <v>235000000</v>
+      </c>
       <c r="AK44" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL44" s="2" t="n"/>
       <c r="AM44" s="2" t="n"/>
       <c r="AN44" s="2" t="n"/>
       <c r="AO44" s="2" t="n"/>
       <c r="AP44" s="2" t="n"/>
       <c r="AR44" s="2" t="n"/>
       <c r="AT44" t="inlineStr">
         <is>
-          <t>https://www.energie-experten.org/projekte/berlin-waermepumpen-beziehen-energie-aus-der-spree</t>
+          <t>https://www.youtube.com/watch?v=Bm5S0oJ-lZc</t>
         </is>
       </c>
       <c r="AV44" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AW44" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="AY44" s="3" t="n"/>
       <c r="BB44" s="3" t="n"/>
       <c r="BD44" t="inlineStr"/>
       <c r="BE44" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
     </row>
     <row r="45" ht="40" customHeight="1">
       <c r="A45" s="1" t="n">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="B45" t="inlineStr"/>
+        <v>54</v>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>keine Angabe</t>
+          <t>AGO GmbH Energie und Anlagen</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>enercity</t>
-[...4 lines deleted...]
-          <t>Flusswasserwärmepumpe am Kraftwerk Herrenhausen</t>
+          <t>Stadtwerke Neuburg</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t>Hannover</t>
+          <t>Neuburg an der Donau</t>
         </is>
       </c>
       <c r="H45" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I45" t="inlineStr">
         <is>
-          <t>NI</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K45" s="2" t="n">
-        <v>52.3759</v>
+        <v>48.7348</v>
       </c>
       <c r="L45" s="2" t="n">
-        <v>9.731999999999999</v>
-[...1 lines deleted...]
-      <c r="M45" s="1" t="n"/>
+        <v>11.1865</v>
+      </c>
+      <c r="M45" s="1" t="n">
+        <v>2022</v>
+      </c>
       <c r="N45" t="inlineStr">
         <is>
-          <t>PL</t>
-[...3 lines deleted...]
-      <c r="Q45" s="2" t="n"/>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P45" t="inlineStr">
+        <is>
+          <t>BHKW-Abwärme wird in ein Niedertemperaturwärmenetz eingespeist. Dieses dienst der Wärmepumpe als Wärmequelle. In Zukunft soll als Wärmequelle für die Wärmepumpe anstatt des BHKWs Abwärme aus der Glasindustrie dienen.</t>
+        </is>
+      </c>
+      <c r="Q45" s="2" t="n">
+        <v>86</v>
+      </c>
       <c r="R45" s="2" t="n"/>
       <c r="S45" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T45" t="inlineStr"/>
+      <c r="T45" t="inlineStr">
+        <is>
+          <t>Versorgung Bundeswehrkaserne und industrielle Verbraucher, inkl. Donau-Malz-Werk (für Trocknungsprozess bei 100 °C)</t>
+        </is>
+      </c>
       <c r="U45" s="2" t="n">
-        <v>95</v>
+        <v>125</v>
       </c>
       <c r="V45" s="2" t="n"/>
       <c r="W45" s="2" t="n"/>
       <c r="X45" s="2" t="n"/>
       <c r="Y45" s="2" t="n"/>
       <c r="Z45" s="2" t="n"/>
       <c r="AA45" s="2" t="n"/>
       <c r="AB45" s="2" t="n"/>
       <c r="AC45" s="2" t="n"/>
       <c r="AD45" s="2" t="n">
-        <v>60000</v>
+        <v>1100</v>
       </c>
       <c r="AF45" s="2" t="n"/>
       <c r="AG45" s="2" t="n"/>
-      <c r="AH45" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AH45" s="1" t="n"/>
       <c r="AI45" s="2" t="n"/>
-      <c r="AJ45" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AJ45" s="2" t="n"/>
       <c r="AK45" t="inlineStr">
         <is>
-          <t>NI</t>
+          <t>PC</t>
         </is>
       </c>
       <c r="AL45" s="2" t="n"/>
       <c r="AM45" s="2" t="n"/>
       <c r="AN45" s="2" t="n"/>
       <c r="AO45" s="2" t="n"/>
       <c r="AP45" s="2" t="n"/>
       <c r="AR45" s="2" t="n"/>
       <c r="AT45" t="inlineStr">
         <is>
-          <t>https://www.youtube.com/watch?v=Bm5S0oJ-lZc</t>
+          <t>https://www.dena.de/energy-efficiency-award/good-practice/neuburg-donau-stadtwerke-ago-gea/</t>
         </is>
       </c>
       <c r="AV45" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AY45" s="3" t="n"/>
+      <c r="AW45" t="inlineStr">
+        <is>
+          <t>https://www.ago-energie.de/projekte/ago-calora-stadtwerke-neuburg-an-der-donau/</t>
+        </is>
+      </c>
+      <c r="AY45" s="3" t="n">
+        <v>45693</v>
+      </c>
       <c r="BB45" s="3" t="n"/>
-      <c r="BD45" t="inlineStr"/>
+      <c r="BD45" t="inlineStr">
+        <is>
+          <t>E-Mail Kontakt zwischen AGO GmbH Energie + Anlagen und Fraunhofer IEG am 21.08.2025</t>
+        </is>
+      </c>
       <c r="BE45" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="46" ht="40" customHeight="1">
       <c r="A46" s="1" t="n">
-        <v>54</v>
-[...5 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="B46" t="inlineStr"/>
       <c r="D46" t="inlineStr">
         <is>
-          <t>AGO GmbH Energie und Anlagen</t>
+          <t>keine Angabe</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>Stadtwerke Neuburg</t>
+          <t>Duisburger Versorgungs- und Verkehrsgesellschaft mbH</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>Neuburg an der Donau</t>
+          <t>Duisburg</t>
         </is>
       </c>
       <c r="H46" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I46" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K46" s="2" t="n">
-        <v>48.7348</v>
+        <v>51.4344</v>
       </c>
       <c r="L46" s="2" t="n">
-        <v>11.1865</v>
+        <v>6.7623</v>
       </c>
       <c r="M46" s="1" t="n">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="N46" t="inlineStr">
         <is>
-          <t>OP</t>
+          <t>PL</t>
         </is>
       </c>
       <c r="P46" t="inlineStr">
         <is>
-          <t>BHKW-Abwärme wird in ein Niedertemperaturwärmenetz eingespeist. Dieses dienst der Wärmepumpe als Wärmequelle. In Zukunft soll als Wärmequelle für die Wärmepumpe anstatt des BHKWs Abwärme aus der Glasindustrie dienen.</t>
+          <t>Rechenzentrum</t>
         </is>
       </c>
       <c r="Q46" s="2" t="n">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="R46" s="2" t="n"/>
       <c r="S46" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T46" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T46" t="inlineStr"/>
       <c r="U46" s="2" t="n">
-        <v>125</v>
+        <v>85</v>
       </c>
       <c r="V46" s="2" t="n"/>
       <c r="W46" s="2" t="n"/>
       <c r="X46" s="2" t="n"/>
       <c r="Y46" s="2" t="n"/>
       <c r="Z46" s="2" t="n"/>
       <c r="AA46" s="2" t="n"/>
-      <c r="AB46" s="2" t="n"/>
+      <c r="AB46" s="2" t="n">
+        <v>5</v>
+      </c>
       <c r="AC46" s="2" t="n"/>
       <c r="AD46" s="2" t="n">
-        <v>1100</v>
+        <v>1224</v>
+      </c>
+      <c r="AE46" t="inlineStr">
+        <is>
+          <t>2 x 612 kW</t>
+        </is>
       </c>
       <c r="AF46" s="2" t="n"/>
       <c r="AG46" s="2" t="n"/>
       <c r="AH46" s="1" t="n"/>
       <c r="AI46" s="2" t="n"/>
       <c r="AJ46" s="2" t="n"/>
       <c r="AK46" t="inlineStr">
         <is>
-          <t>PC</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="AL46" s="2" t="n"/>
       <c r="AM46" s="2" t="n"/>
       <c r="AN46" s="2" t="n"/>
       <c r="AO46" s="2" t="n"/>
       <c r="AP46" s="2" t="n"/>
       <c r="AR46" s="2" t="n"/>
-      <c r="AT46" t="inlineStr">
-[...14 lines deleted...]
-      </c>
+      <c r="AV46" s="3" t="n"/>
+      <c r="AY46" s="3" t="n"/>
       <c r="BB46" s="3" t="n"/>
       <c r="BD46" t="inlineStr">
         <is>
-          <t>E-Mail Kontakt zwischen AGO GmbH Energie + Anlagen und Fraunhofer IEG am 21.08.2025</t>
+          <t>Persönliche Korrespondenz Fraunhofer IEG und Duisburger Versorgungs- und Verkehrsgesellschaft mbH (08.03.2023)</t>
         </is>
       </c>
       <c r="BE46" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="47" ht="40" customHeight="1">
       <c r="A47" s="1" t="n">
-        <v>56</v>
-[...4 lines deleted...]
-          <t>keine Angabe</t>
+        <v>57</v>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>Natürlich</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>Duisburger Versorgungs- und Verkehrsgesellschaft mbH</t>
+          <t>EWE</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>Luft-Wärmepumpenkaskade</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>Duisburg</t>
+          <t>Erkner</t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I47" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>BB</t>
         </is>
       </c>
       <c r="K47" s="2" t="n">
-        <v>51.4344</v>
+        <v>52.4343</v>
       </c>
       <c r="L47" s="2" t="n">
-        <v>6.7623</v>
+        <v>13.7681</v>
       </c>
       <c r="M47" s="1" t="n">
         <v>2025</v>
       </c>
       <c r="N47" t="inlineStr">
         <is>
-          <t>PL</t>
-[...9 lines deleted...]
-      </c>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P47" t="inlineStr"/>
+      <c r="Q47" s="2" t="n"/>
       <c r="R47" s="2" t="n"/>
       <c r="S47" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T47" t="inlineStr"/>
+      <c r="T47" t="inlineStr">
+        <is>
+          <t>Erste Stufe 30 °C Vorlauftemperatur, Zweite Stufe 70 °C Vorlauftemperatur und Anhebung auf 80 °C durch Abwärme BHKW</t>
+        </is>
+      </c>
       <c r="U47" s="2" t="n">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="V47" s="2" t="n"/>
-      <c r="W47" s="2" t="n"/>
+      <c r="W47" s="2" t="n">
+        <v>80</v>
+      </c>
       <c r="X47" s="2" t="n"/>
       <c r="Y47" s="2" t="n"/>
       <c r="Z47" s="2" t="n"/>
       <c r="AA47" s="2" t="n"/>
-      <c r="AB47" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AB47" s="2" t="n"/>
       <c r="AC47" s="2" t="n"/>
       <c r="AD47" s="2" t="n">
-        <v>1224</v>
-[...4 lines deleted...]
-        </is>
+        <v>600</v>
       </c>
       <c r="AF47" s="2" t="n"/>
       <c r="AG47" s="2" t="n"/>
       <c r="AH47" s="1" t="n"/>
       <c r="AI47" s="2" t="n"/>
       <c r="AJ47" s="2" t="n"/>
       <c r="AK47" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL47" s="2" t="n"/>
       <c r="AM47" s="2" t="n"/>
       <c r="AN47" s="2" t="n"/>
       <c r="AO47" s="2" t="n"/>
       <c r="AP47" s="2" t="n"/>
+      <c r="AQ47" t="inlineStr">
+        <is>
+          <t>Biomethan BHKW (360 kW_el), Wärmespeicher</t>
+        </is>
+      </c>
       <c r="AR47" s="2" t="n"/>
-      <c r="AV47" s="3" t="n"/>
-      <c r="AY47" s="3" t="n"/>
+      <c r="AT47" t="inlineStr">
+        <is>
+          <t>https://www.ewe.com/de/media-center/pressemitteilungen/2023/04/herzstck-fr-grne-wrmeversorgung-des-bildungszentrums-erkner-geliefert-ewe-ag</t>
+        </is>
+      </c>
+      <c r="AV47" s="3" t="n">
+        <v>45041</v>
+      </c>
+      <c r="AW47" t="inlineStr">
+        <is>
+          <t>https://wohnungswirtschaft-heute.de/erkner-umbau-der-fernwaerme-kommt-voran-600-kilowatt-grosswaermepumpe-kommt-in-2025/</t>
+        </is>
+      </c>
+      <c r="AY47" s="3" t="n">
+        <v>46014</v>
+      </c>
       <c r="BB47" s="3" t="n"/>
-      <c r="BD47" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BD47" t="inlineStr"/>
       <c r="BE47" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="48" ht="40" customHeight="1">
       <c r="A48" s="1" t="n">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B48" t="inlineStr"/>
-      <c r="D48" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>Bildungszentrum Erkner e.V.</t>
+          <t>Stadtwerke Neuruppin</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t>Erkner</t>
+          <t>Neuruppin</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I48" t="inlineStr">
         <is>
           <t>BB</t>
         </is>
       </c>
       <c r="K48" s="2" t="n">
-        <v>52.4343</v>
+        <v>52.9181</v>
       </c>
       <c r="L48" s="2" t="n">
-        <v>13.7681</v>
+        <v>12.8001</v>
       </c>
       <c r="M48" s="1" t="n">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="N48" t="inlineStr">
         <is>
-          <t>OP</t>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="O48" t="inlineStr">
+        <is>
+          <t>5 in Kaskade geschaltete WP</t>
         </is>
       </c>
       <c r="P48" t="inlineStr"/>
-      <c r="Q48" s="2" t="n"/>
+      <c r="Q48" s="2" t="n">
+        <v>70</v>
+      </c>
       <c r="R48" s="2" t="n"/>
       <c r="S48" t="inlineStr">
         <is>
-          <t>HSB</t>
-[...7 lines deleted...]
-      <c r="U48" s="2" t="n"/>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T48" t="inlineStr"/>
+      <c r="U48" s="2" t="n">
+        <v>90</v>
+      </c>
       <c r="V48" s="2" t="n"/>
       <c r="W48" s="2" t="n"/>
       <c r="X48" s="2" t="n"/>
       <c r="Y48" s="2" t="n"/>
       <c r="Z48" s="2" t="n"/>
       <c r="AA48" s="2" t="n"/>
       <c r="AB48" s="2" t="n"/>
       <c r="AC48" s="2" t="n"/>
       <c r="AD48" s="2" t="n">
-        <v>575</v>
+        <v>3300</v>
       </c>
       <c r="AF48" s="2" t="n"/>
       <c r="AG48" s="2" t="n"/>
       <c r="AH48" s="1" t="n"/>
       <c r="AI48" s="2" t="n"/>
-      <c r="AJ48" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AJ48" s="2" t="n"/>
       <c r="AK48" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL48" s="2" t="n"/>
-      <c r="AM48" s="2" t="n">
-[...15 lines deleted...]
-      </c>
+      <c r="AM48" s="2" t="n"/>
+      <c r="AN48" s="2" t="n"/>
+      <c r="AO48" s="2" t="n"/>
+      <c r="AP48" s="2" t="n"/>
       <c r="AR48" s="2" t="n"/>
       <c r="AT48" t="inlineStr">
         <is>
-          <t>https://www.ewe.com/de/media-center/pressemitteilungen/2023/04/herzstck-fr-grne-wrmeversorgung-des-bildungszentrums-erkner-geliefert-ewe-ag</t>
+          <t>https://www.energate-messenger.de/news/231603/stadtwerke-neuruppin-setzen-auf-erdwaerme</t>
         </is>
       </c>
       <c r="AV48" s="3" t="n">
-        <v>45041</v>
-[...2 lines deleted...]
-      <c r="BB48" s="3" t="n"/>
+        <v>45693</v>
+      </c>
+      <c r="AW48" t="inlineStr">
+        <is>
+          <t>https://www.tagesschau.de/inland/regional/brandenburg/rbb-geothermie-neuruppin-heizt-kuenftig-mit-thermalwasser-100.html</t>
+        </is>
+      </c>
+      <c r="AY48" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ48" t="inlineStr">
+        <is>
+          <t>https://www.uni-weimar.de/fileadmin/user/fak/bauing/professuren_institute/Infrastrukturwirtschaft_und-management/Tagungen/2024_12_03-Tagung_waermeplanung/2024_12_03-ew-k2-tagung---vortrag_Retzlaff---W</t>
+        </is>
+      </c>
+      <c r="BB48" s="3" t="n">
+        <v>45214</v>
+      </c>
       <c r="BD48" t="inlineStr"/>
       <c r="BE48" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="49" ht="40" customHeight="1">
       <c r="A49" s="1" t="n">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B49" t="inlineStr"/>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>MAN Energy Solutions, Schweiz AG</t>
+        </is>
+      </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>Stadtwerke Neuruppin</t>
+          <t>Rheinenergie</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>Neuruppin</t>
+          <t>Köln - Niehler Kraftwerksgelände</t>
         </is>
       </c>
       <c r="H49" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I49" t="inlineStr">
         <is>
-          <t>BB</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K49" s="2" t="n">
-        <v>52.9181</v>
+        <v>50.9987</v>
       </c>
       <c r="L49" s="2" t="n">
-        <v>12.8001</v>
+        <v>6.9874</v>
       </c>
       <c r="M49" s="1" t="n">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="N49" t="inlineStr">
         <is>
-          <t>CO</t>
-[...4 lines deleted...]
-          <t>5 in Kaskade geschaltete WP</t>
+          <t>PL</t>
         </is>
       </c>
       <c r="P49" t="inlineStr"/>
-      <c r="Q49" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Q49" s="2" t="n"/>
       <c r="R49" s="2" t="n"/>
       <c r="S49" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T49" t="inlineStr"/>
       <c r="U49" s="2" t="n">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="V49" s="2" t="n"/>
       <c r="W49" s="2" t="n"/>
       <c r="X49" s="2" t="n"/>
       <c r="Y49" s="2" t="n"/>
       <c r="Z49" s="2" t="n"/>
       <c r="AA49" s="2" t="n"/>
       <c r="AB49" s="2" t="n"/>
       <c r="AC49" s="2" t="n"/>
       <c r="AD49" s="2" t="n">
-        <v>3300</v>
+        <v>150000</v>
       </c>
       <c r="AF49" s="2" t="n"/>
       <c r="AG49" s="2" t="n"/>
       <c r="AH49" s="1" t="n"/>
       <c r="AI49" s="2" t="n"/>
       <c r="AJ49" s="2" t="n"/>
       <c r="AK49" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL49" s="2" t="n"/>
       <c r="AM49" s="2" t="n"/>
       <c r="AN49" s="2" t="n"/>
       <c r="AO49" s="2" t="n"/>
       <c r="AP49" s="2" t="n"/>
       <c r="AR49" s="2" t="n"/>
       <c r="AT49" t="inlineStr">
         <is>
-          <t>https://www.energate-messenger.de/news/231603/stadtwerke-neuruppin-setzen-auf-erdwaerme</t>
+          <t>https://www.rheinenergie.com/de/unternehmen/newsroom/nachrichten/news_70213.html</t>
         </is>
       </c>
       <c r="AV49" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AW49" t="inlineStr">
         <is>
-          <t>https://www.tagesschau.de/inland/regional/brandenburg/rbb-geothermie-neuruppin-heizt-kuenftig-mit-thermalwasser-100.html</t>
+          <t>https://www.man-es.com/de/unternehmen/pressemitteilungen/press-details/2024/12/16/man-energy-solutions-liefert-europas-gr%C3%B6%C3%9Fte-flusswasser-w%C3%A4rmepumpe-f%C3%BCr-rheinenergie-heizkraftwerk-</t>
         </is>
       </c>
       <c r="AY49" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AZ49" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="BB49" s="3" t="n"/>
       <c r="BD49" t="inlineStr"/>
       <c r="BE49" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="50" ht="40" customHeight="1">
       <c r="A50" s="1" t="n">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B50" t="inlineStr"/>
-      <c r="D50" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>Rheinenergie</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>Köln - Niehler Kraftwerksgelände</t>
+          <t>Köln - Merkenich</t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I50" t="inlineStr">
         <is>
           <t>NW</t>
         </is>
       </c>
       <c r="K50" s="2" t="n">
-        <v>50.9987</v>
+        <v>50.9975</v>
       </c>
       <c r="L50" s="2" t="n">
-        <v>6.9874</v>
-[...3 lines deleted...]
-      </c>
+        <v>6.9904</v>
+      </c>
+      <c r="M50" s="1" t="n"/>
       <c r="N50" t="inlineStr">
         <is>
-          <t>PL</t>
+          <t>AN</t>
         </is>
       </c>
       <c r="P50" t="inlineStr"/>
       <c r="Q50" s="2" t="n"/>
       <c r="R50" s="2" t="n"/>
       <c r="S50" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T50" t="inlineStr"/>
-      <c r="U50" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="U50" s="2" t="n"/>
       <c r="V50" s="2" t="n"/>
       <c r="W50" s="2" t="n"/>
       <c r="X50" s="2" t="n"/>
       <c r="Y50" s="2" t="n"/>
       <c r="Z50" s="2" t="n"/>
       <c r="AA50" s="2" t="n"/>
       <c r="AB50" s="2" t="n"/>
       <c r="AC50" s="2" t="n"/>
       <c r="AD50" s="2" t="n">
-        <v>150000</v>
+        <v>50000</v>
       </c>
       <c r="AF50" s="2" t="n"/>
       <c r="AG50" s="2" t="n"/>
       <c r="AH50" s="1" t="n"/>
       <c r="AI50" s="2" t="n"/>
       <c r="AJ50" s="2" t="n"/>
       <c r="AK50" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL50" s="2" t="n"/>
       <c r="AM50" s="2" t="n"/>
       <c r="AN50" s="2" t="n"/>
       <c r="AO50" s="2" t="n"/>
       <c r="AP50" s="2" t="n"/>
       <c r="AR50" s="2" t="n"/>
       <c r="AT50" t="inlineStr">
         <is>
           <t>https://www.rheinenergie.com/de/unternehmen/newsroom/nachrichten/news_70213.html</t>
         </is>
       </c>
       <c r="AV50" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AW50" t="inlineStr">
         <is>
-          <t>https://www.man-es.com/de/unternehmen/pressemitteilungen/press-details/2024/12/16/man-energy-solutions-liefert-europas-gr%C3%B6%C3%9Fte-flusswasser-w%C3%A4rmepumpe-f%C3%BCr-rheinenergie-heizkraftwerk-</t>
+          <t>https://www.rheinische-anzeigenblaetter.de/chorweiler/c-nachrichten/heizkraftwerk-merkenich-wird-modernisiert_a291986</t>
         </is>
       </c>
       <c r="AY50" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="BB50" s="3" t="n"/>
       <c r="BD50" t="inlineStr"/>
       <c r="BE50" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
     </row>
     <row r="51" ht="40" customHeight="1">
       <c r="A51" s="1" t="n">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B51" t="inlineStr"/>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
       <c r="E51" t="inlineStr">
         <is>
-          <t>Rheinenergie</t>
+          <t>Hafenwärme GmbH &amp; Co. KG</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>iKWK - Papenburg</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t>Köln - Merkenich</t>
+          <t>Papenburg</t>
         </is>
       </c>
       <c r="H51" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I51" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="K51" s="2" t="n">
-        <v>50.9975</v>
+        <v>53.0767</v>
       </c>
       <c r="L51" s="2" t="n">
-        <v>6.9904</v>
-[...1 lines deleted...]
-      <c r="M51" s="1" t="n"/>
+        <v>7.3926</v>
+      </c>
+      <c r="M51" s="1" t="n">
+        <v>2024</v>
+      </c>
       <c r="N51" t="inlineStr">
         <is>
-          <t>AN</t>
+          <t>OP</t>
         </is>
       </c>
       <c r="P51" t="inlineStr"/>
       <c r="Q51" s="2" t="n"/>
       <c r="R51" s="2" t="n"/>
       <c r="S51" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T51" t="inlineStr"/>
-      <c r="U51" s="2" t="n"/>
+      <c r="T51" t="inlineStr">
+        <is>
+          <t>Nahwärme in Papenburg</t>
+        </is>
+      </c>
+      <c r="U51" s="2" t="n">
+        <v>95</v>
+      </c>
       <c r="V51" s="2" t="n"/>
       <c r="W51" s="2" t="n"/>
       <c r="X51" s="2" t="n"/>
-      <c r="Y51" s="2" t="n"/>
+      <c r="Y51" s="2" t="n">
+        <v>45</v>
+      </c>
       <c r="Z51" s="2" t="n"/>
       <c r="AA51" s="2" t="n"/>
       <c r="AB51" s="2" t="n"/>
       <c r="AC51" s="2" t="n"/>
       <c r="AD51" s="2" t="n">
-        <v>50000</v>
+        <v>2800</v>
+      </c>
+      <c r="AE51" t="inlineStr">
+        <is>
+          <t>4 x 700 kW</t>
+        </is>
       </c>
       <c r="AF51" s="2" t="n"/>
       <c r="AG51" s="2" t="n"/>
       <c r="AH51" s="1" t="n"/>
       <c r="AI51" s="2" t="n"/>
       <c r="AJ51" s="2" t="n"/>
       <c r="AK51" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL51" s="2" t="n"/>
       <c r="AM51" s="2" t="n"/>
       <c r="AN51" s="2" t="n"/>
       <c r="AO51" s="2" t="n"/>
       <c r="AP51" s="2" t="n"/>
+      <c r="AQ51" t="inlineStr">
+        <is>
+          <t>BHKW, Power-to-heat-Anlage (2,75 MW)</t>
+        </is>
+      </c>
       <c r="AR51" s="2" t="n"/>
+      <c r="AS51" t="inlineStr">
+        <is>
+          <t>5 Mio. Liter; 300.0000 kWh Wärme</t>
+        </is>
+      </c>
       <c r="AT51" t="inlineStr">
         <is>
-          <t>https://www.rheinenergie.com/de/unternehmen/newsroom/nachrichten/news_70213.html</t>
+          <t>https://www.energate-messenger.de/news/233654/biokraeuterzucht-mit-hilfe-innovativer-kwk</t>
         </is>
       </c>
       <c r="AV51" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AW51" t="inlineStr">
         <is>
-          <t>https://www.rheinische-anzeigenblaetter.de/chorweiler/c-nachrichten/heizkraftwerk-merkenich-wird-modernisiert_a291986</t>
+          <t>https://www.iwr.de/ticker/waermewende-innovatives-kwk-projekt-hafenwaerme-papenburg-erhaelt-bafa-zulassung-artikel4747</t>
         </is>
       </c>
       <c r="AY51" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="BB51" s="3" t="n"/>
+      <c r="AZ51" t="inlineStr">
+        <is>
+          <t>https://www.bkwk.de/wp-content/uploads/2024/06/BHKW-des-Monats-Papenburg-2024-Juni.pdf</t>
+        </is>
+      </c>
+      <c r="BB51" s="3" t="n">
+        <v>45814</v>
+      </c>
       <c r="BD51" t="inlineStr"/>
       <c r="BE51" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="52" ht="40" customHeight="1">
       <c r="A52" s="1" t="n">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B52" t="inlineStr"/>
-      <c r="D52" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E52" t="inlineStr">
         <is>
-          <t>Hafenwärme GmbH &amp; Co. KG</t>
-[...4 lines deleted...]
-          <t>iKWK - Papenburg</t>
+          <t>Stadtwerke Trier</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>Papenburg</t>
+          <t>Trier</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I52" t="inlineStr">
         <is>
-          <t>NI</t>
+          <t>RP</t>
         </is>
       </c>
       <c r="K52" s="2" t="n">
-        <v>53.0767</v>
+        <v>49.7596</v>
       </c>
       <c r="L52" s="2" t="n">
-        <v>7.3926</v>
-[...3 lines deleted...]
-      </c>
+        <v>6.6441</v>
+      </c>
+      <c r="M52" s="1" t="n"/>
       <c r="N52" t="inlineStr">
         <is>
-          <t>OP</t>
+          <t>AN</t>
         </is>
       </c>
       <c r="P52" t="inlineStr"/>
       <c r="Q52" s="2" t="n"/>
       <c r="R52" s="2" t="n"/>
       <c r="S52" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T52" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="T52" t="inlineStr"/>
+      <c r="U52" s="2" t="n"/>
       <c r="V52" s="2" t="n"/>
       <c r="W52" s="2" t="n"/>
       <c r="X52" s="2" t="n"/>
-      <c r="Y52" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Y52" s="2" t="n"/>
       <c r="Z52" s="2" t="n"/>
       <c r="AA52" s="2" t="n"/>
       <c r="AB52" s="2" t="n"/>
       <c r="AC52" s="2" t="n"/>
-      <c r="AD52" s="2" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="AD52" s="2" t="n"/>
       <c r="AF52" s="2" t="n"/>
       <c r="AG52" s="2" t="n"/>
       <c r="AH52" s="1" t="n"/>
       <c r="AI52" s="2" t="n"/>
       <c r="AJ52" s="2" t="n"/>
       <c r="AK52" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL52" s="2" t="n"/>
       <c r="AM52" s="2" t="n"/>
       <c r="AN52" s="2" t="n"/>
       <c r="AO52" s="2" t="n"/>
       <c r="AP52" s="2" t="n"/>
-      <c r="AQ52" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AR52" s="2" t="n"/>
-      <c r="AS52" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AT52" t="inlineStr">
         <is>
-          <t>https://www.energate-messenger.de/news/233654/biokraeuterzucht-mit-hilfe-innovativer-kwk</t>
+          <t>https://www.energate-messenger.at/news/233882/wir-werden-das-gasnetz-weiter-als-speicher-benoetigen</t>
         </is>
       </c>
       <c r="AV52" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AW52" t="inlineStr">
-[...14 lines deleted...]
-      </c>
+      <c r="AY52" s="3" t="n"/>
+      <c r="BB52" s="3" t="n"/>
       <c r="BD52" t="inlineStr"/>
       <c r="BE52" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="53" ht="40" customHeight="1">
       <c r="A53" s="1" t="n">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
-          <t>Stadtwerke Trier</t>
+          <t>Dortmunder Energie- und Wasserversorgung</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
-          <t>Trier</t>
+          <t>Dortmund</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I53" t="inlineStr">
         <is>
-          <t>RP</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K53" s="2" t="n">
-        <v>49.7596</v>
+        <v>51.5136</v>
       </c>
       <c r="L53" s="2" t="n">
-        <v>6.6441</v>
+        <v>7.4653</v>
       </c>
       <c r="M53" s="1" t="n"/>
       <c r="N53" t="inlineStr">
         <is>
           <t>AN</t>
         </is>
       </c>
       <c r="P53" t="inlineStr"/>
       <c r="Q53" s="2" t="n"/>
       <c r="R53" s="2" t="n"/>
       <c r="S53" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T53" t="inlineStr"/>
       <c r="U53" s="2" t="n"/>
       <c r="V53" s="2" t="n"/>
       <c r="W53" s="2" t="n"/>
       <c r="X53" s="2" t="n"/>
       <c r="Y53" s="2" t="n"/>
       <c r="Z53" s="2" t="n"/>
       <c r="AA53" s="2" t="n"/>
       <c r="AB53" s="2" t="n"/>
       <c r="AC53" s="2" t="n"/>
       <c r="AD53" s="2" t="n"/>
       <c r="AF53" s="2" t="n"/>
       <c r="AG53" s="2" t="n"/>
       <c r="AH53" s="1" t="n"/>
       <c r="AI53" s="2" t="n"/>
       <c r="AJ53" s="2" t="n"/>
       <c r="AK53" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL53" s="2" t="n"/>
       <c r="AM53" s="2" t="n"/>
       <c r="AN53" s="2" t="n"/>
       <c r="AO53" s="2" t="n"/>
       <c r="AP53" s="2" t="n"/>
       <c r="AR53" s="2" t="n"/>
       <c r="AT53" t="inlineStr">
         <is>
-          <t>https://www.energate-messenger.at/news/233882/wir-werden-das-gasnetz-weiter-als-speicher-benoetigen</t>
+          <t>https://www.energate-messenger.de/news/234739/12-9-mio.-euro-fuer-dortmunder-fernwaermeausbau</t>
         </is>
       </c>
       <c r="AV53" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY53" s="3" t="n"/>
       <c r="BB53" s="3" t="n"/>
       <c r="BD53" t="inlineStr"/>
       <c r="BE53" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>23</t>
         </is>
       </c>
     </row>
     <row r="54" ht="40" customHeight="1">
       <c r="A54" s="1" t="n">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
-          <t>Dortmunder Energie- und Wasserversorgung</t>
+          <t>ProTherm</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>Dortmund</t>
+          <t>Mertingen</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I54" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K54" s="2" t="n">
-        <v>51.5136</v>
+        <v>48.5835</v>
       </c>
       <c r="L54" s="2" t="n">
-        <v>7.4653</v>
-[...1 lines deleted...]
-      <c r="M54" s="1" t="n"/>
+        <v>10.7829</v>
+      </c>
+      <c r="M54" s="1" t="n">
+        <v>2023</v>
+      </c>
       <c r="N54" t="inlineStr">
         <is>
-          <t>AN</t>
-[...2 lines deleted...]
-      <c r="P54" t="inlineStr"/>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P54" t="inlineStr">
+        <is>
+          <t>Nahwärme Mertingen</t>
+        </is>
+      </c>
       <c r="Q54" s="2" t="n"/>
       <c r="R54" s="2" t="n"/>
       <c r="S54" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T54" t="inlineStr"/>
-      <c r="U54" s="2" t="n"/>
+      <c r="U54" s="2" t="n">
+        <v>80</v>
+      </c>
       <c r="V54" s="2" t="n"/>
       <c r="W54" s="2" t="n"/>
       <c r="X54" s="2" t="n"/>
       <c r="Y54" s="2" t="n"/>
       <c r="Z54" s="2" t="n"/>
       <c r="AA54" s="2" t="n"/>
       <c r="AB54" s="2" t="n"/>
       <c r="AC54" s="2" t="n"/>
-      <c r="AD54" s="2" t="n"/>
+      <c r="AD54" s="2" t="n">
+        <v>700</v>
+      </c>
       <c r="AF54" s="2" t="n"/>
       <c r="AG54" s="2" t="n"/>
       <c r="AH54" s="1" t="n"/>
       <c r="AI54" s="2" t="n"/>
       <c r="AJ54" s="2" t="n"/>
       <c r="AK54" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL54" s="2" t="n"/>
       <c r="AM54" s="2" t="n"/>
       <c r="AN54" s="2" t="n"/>
       <c r="AO54" s="2" t="n"/>
       <c r="AP54" s="2" t="n"/>
       <c r="AR54" s="2" t="n"/>
+      <c r="AS54" t="inlineStr">
+        <is>
+          <t>2 x 84.000 Liter</t>
+        </is>
+      </c>
       <c r="AT54" t="inlineStr">
         <is>
-          <t>https://www.energate-messenger.de/news/234739/12-9-mio.-euro-fuer-dortmunder-fernwaermeausbau</t>
+          <t>https://www.b4bschwaben.de/b4b-nachrichten/donau-ries_artikel,-gp-joule-baut-in-mertingen-deutschlands-groesste-luftwaermepumpe-mit-pvstrom-_arid,270203.html</t>
         </is>
       </c>
       <c r="AV54" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY54" s="3" t="n"/>
       <c r="BB54" s="3" t="n"/>
       <c r="BD54" t="inlineStr"/>
       <c r="BE54" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="55" ht="40" customHeight="1">
       <c r="A55" s="1" t="n">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
-          <t>ProTherm</t>
+          <t>Stadtwerk am See</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t>Mertingen</t>
+          <t>Meersburg</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I55" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>BW</t>
         </is>
       </c>
       <c r="K55" s="2" t="n">
-        <v>48.5835</v>
+        <v>47.6942</v>
       </c>
       <c r="L55" s="2" t="n">
-        <v>10.7829</v>
+        <v>9.2761</v>
       </c>
       <c r="M55" s="1" t="n">
-        <v>2023</v>
+        <v>2033</v>
       </c>
       <c r="N55" t="inlineStr">
         <is>
-          <t>OP</t>
+          <t>AN</t>
         </is>
       </c>
       <c r="P55" t="inlineStr">
         <is>
-          <t>Nahwärme Mertingen</t>
+          <t>Bodensee</t>
         </is>
       </c>
       <c r="Q55" s="2" t="n"/>
       <c r="R55" s="2" t="n"/>
       <c r="S55" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T55" t="inlineStr"/>
-[...2 lines deleted...]
-      </c>
+      <c r="T55" t="inlineStr">
+        <is>
+          <t>Nahwärme für 150 Wohngebäude</t>
+        </is>
+      </c>
+      <c r="U55" s="2" t="n"/>
       <c r="V55" s="2" t="n"/>
       <c r="W55" s="2" t="n"/>
       <c r="X55" s="2" t="n"/>
       <c r="Y55" s="2" t="n"/>
       <c r="Z55" s="2" t="n"/>
       <c r="AA55" s="2" t="n"/>
       <c r="AB55" s="2" t="n"/>
       <c r="AC55" s="2" t="n"/>
-      <c r="AD55" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AD55" s="2" t="n"/>
       <c r="AF55" s="2" t="n"/>
       <c r="AG55" s="2" t="n"/>
       <c r="AH55" s="1" t="n"/>
       <c r="AI55" s="2" t="n"/>
       <c r="AJ55" s="2" t="n"/>
       <c r="AK55" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL55" s="2" t="n"/>
       <c r="AM55" s="2" t="n"/>
       <c r="AN55" s="2" t="n"/>
       <c r="AO55" s="2" t="n"/>
       <c r="AP55" s="2" t="n"/>
+      <c r="AQ55" t="inlineStr">
+        <is>
+          <t>BHKW, Spitzenlastkessel</t>
+        </is>
+      </c>
       <c r="AR55" s="2" t="n"/>
-      <c r="AS55" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AT55" t="inlineStr">
         <is>
-          <t>https://www.b4bschwaben.de/b4b-nachrichten/donau-ries_artikel,-gp-joule-baut-in-mertingen-deutschlands-groesste-luftwaermepumpe-mit-pvstrom-_arid,270203.html</t>
+          <t>https://www.stadtwerk-am-see.de/de/Ueber-uns/Medien/Meldungen-20231/Stadtwerk-am-See-und-Stadt-Meersburg-bringen-Seewaerme-auf-den-Weg.html?ConsentReferrer=https%3A%2F%2Fwww.google.com%2F</t>
         </is>
       </c>
       <c r="AV55" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY55" s="3" t="n"/>
       <c r="BB55" s="3" t="n"/>
       <c r="BD55" t="inlineStr"/>
       <c r="BE55" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>36</t>
         </is>
       </c>
     </row>
     <row r="56" ht="40" customHeight="1">
       <c r="A56" s="1" t="n">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="B56" t="inlineStr"/>
+        <v>68</v>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>Carrier Klimatechnik GmbH</t>
+        </is>
+      </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>Stadtwerk am See</t>
+          <t>Thüringer Wärme Service GmbH</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>iKWK mit zweistufiger Wärmepumpe</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t>Meersburg</t>
+          <t>Gera Langenberg</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I56" t="inlineStr">
         <is>
-          <t>BW</t>
+          <t>TH</t>
         </is>
       </c>
       <c r="K56" s="2" t="n">
-        <v>47.6942</v>
+        <v>50.8835</v>
       </c>
       <c r="L56" s="2" t="n">
-        <v>9.2761</v>
+        <v>12.0763</v>
       </c>
       <c r="M56" s="1" t="n">
-        <v>2033</v>
+        <v>2025</v>
       </c>
       <c r="N56" t="inlineStr">
         <is>
-          <t>AN</t>
-[...7 lines deleted...]
-      <c r="Q56" s="2" t="n"/>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="O56" t="inlineStr">
+        <is>
+          <t>Luft-Wasser-Wärmepumpe 30RQP1040, AquaForce 61XWHZE,</t>
+        </is>
+      </c>
+      <c r="P56" t="inlineStr"/>
+      <c r="Q56" s="2" t="n">
+        <v>-15</v>
+      </c>
       <c r="R56" s="2" t="n"/>
       <c r="S56" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T56" t="inlineStr">
         <is>
-          <t>Nahwärme für 150 Wohngebäude</t>
-[...2 lines deleted...]
-      <c r="U56" s="2" t="n"/>
+          <t>Nahwärmenetz von Gera Langenberg</t>
+        </is>
+      </c>
+      <c r="U56" s="2" t="n">
+        <v>85</v>
+      </c>
       <c r="V56" s="2" t="n"/>
       <c r="W56" s="2" t="n"/>
       <c r="X56" s="2" t="n"/>
       <c r="Y56" s="2" t="n"/>
       <c r="Z56" s="2" t="n"/>
       <c r="AA56" s="2" t="n"/>
       <c r="AB56" s="2" t="n"/>
       <c r="AC56" s="2" t="n"/>
-      <c r="AD56" s="2" t="n"/>
+      <c r="AD56" s="2" t="n">
+        <v>1100</v>
+      </c>
       <c r="AF56" s="2" t="n"/>
       <c r="AG56" s="2" t="n"/>
       <c r="AH56" s="1" t="n"/>
       <c r="AI56" s="2" t="n"/>
       <c r="AJ56" s="2" t="n"/>
       <c r="AK56" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL56" s="2" t="n"/>
       <c r="AM56" s="2" t="n"/>
       <c r="AN56" s="2" t="n"/>
       <c r="AO56" s="2" t="n"/>
       <c r="AP56" s="2" t="n"/>
-      <c r="AQ56" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AR56" s="2" t="n"/>
       <c r="AT56" t="inlineStr">
         <is>
-          <t>https://www.stadtwerk-am-see.de/de/Ueber-uns/Medien/Meldungen-20231/Stadtwerk-am-See-und-Stadt-Meersburg-bringen-Seewaerme-auf-den-Weg.html?ConsentReferrer=https%3A%2F%2Fwww.google.com%2F</t>
+          <t>https://www.carrier.com/commercial/de/de/news/news-article/mit-ikwk-und-carrier-w-rmepumpen-reduziert-th-ringer-w-rme-service--tws--in-gera-den-co2-aussto--bei-der-geb-udeheizung.html</t>
         </is>
       </c>
       <c r="AV56" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AY56" s="3" t="n"/>
+      <c r="AW56" t="inlineStr">
+        <is>
+          <t>https://www.otz.de/regionen/gera/article241949628/Das-Fernwaermenetz-in-Gera-Langenberg-erhaelt-sein-Herz.html</t>
+        </is>
+      </c>
+      <c r="AY56" s="3" t="n">
+        <v>46001</v>
+      </c>
       <c r="BB56" s="3" t="n"/>
       <c r="BD56" t="inlineStr"/>
       <c r="BE56" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="57" ht="40" customHeight="1">
       <c r="A57" s="1" t="n">
-        <v>68</v>
-[...10 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="B57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
-          <t>Thüringer Wärme Service GmbH</t>
+          <t>BEW Berliner Energie und Wärme</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>iKWK mit zweistufiger Wärmepumpe</t>
+          <t>Großwärmepumpe Reuter West</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>Gera Langenberg</t>
+          <t>Berlin Spandau</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I57" t="inlineStr">
         <is>
-          <t>TH</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="K57" s="2" t="n">
-        <v>50.8835</v>
+        <v>52.5328</v>
       </c>
       <c r="L57" s="2" t="n">
-        <v>12.0763</v>
+        <v>13.2585</v>
       </c>
       <c r="M57" s="1" t="n">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="N57" t="inlineStr">
         <is>
           <t>CO</t>
         </is>
       </c>
-      <c r="O57" t="inlineStr">
-[...4 lines deleted...]
-      <c r="P57" t="inlineStr"/>
+      <c r="P57" t="inlineStr">
+        <is>
+          <t>Abkühlung im Durchschnitt um 5 K</t>
+        </is>
+      </c>
       <c r="Q57" s="2" t="n">
-        <v>-15</v>
-[...1 lines deleted...]
-      <c r="R57" s="2" t="n"/>
+        <v>12</v>
+      </c>
+      <c r="R57" s="2" t="n">
+        <v>27</v>
+      </c>
       <c r="S57" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T57" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T57" t="inlineStr"/>
       <c r="U57" s="2" t="n">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="V57" s="2" t="n"/>
       <c r="W57" s="2" t="n"/>
       <c r="X57" s="2" t="n"/>
       <c r="Y57" s="2" t="n"/>
       <c r="Z57" s="2" t="n"/>
       <c r="AA57" s="2" t="n"/>
       <c r="AB57" s="2" t="n"/>
       <c r="AC57" s="2" t="n"/>
       <c r="AD57" s="2" t="n">
-        <v>1100</v>
+        <v>75000</v>
       </c>
       <c r="AF57" s="2" t="n"/>
       <c r="AG57" s="2" t="n"/>
       <c r="AH57" s="1" t="n"/>
       <c r="AI57" s="2" t="n"/>
       <c r="AJ57" s="2" t="n"/>
       <c r="AK57" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL57" s="2" t="n"/>
       <c r="AM57" s="2" t="n"/>
       <c r="AN57" s="2" t="n"/>
       <c r="AO57" s="2" t="n"/>
       <c r="AP57" s="2" t="n"/>
       <c r="AR57" s="2" t="n"/>
       <c r="AT57" t="inlineStr">
         <is>
-          <t>https://www.carrier.com/commercial/de/de/news/news-article/mit-ikwk-und-carrier-w-rmepumpen-reduziert-th-ringer-w-rme-service--tws--in-gera-den-co2-aussto--bei-der-geb-udeheizung.html</t>
+          <t>https://xn--wrme-loa.vattenfall.de/energie-news/abwasserwaermenutzung/</t>
         </is>
       </c>
       <c r="AV57" s="3" t="n">
-        <v>45693</v>
-[...1 lines deleted...]
-      <c r="AY57" s="3" t="n"/>
+        <v>45187</v>
+      </c>
+      <c r="AW57" t="inlineStr">
+        <is>
+          <t>https://www.bew.berlin/fernwaermesystem/waermewende/abwaerme-und-grosswaermepumpen/</t>
+        </is>
+      </c>
+      <c r="AY57" s="3" t="n">
+        <v>45944</v>
+      </c>
       <c r="BB57" s="3" t="n"/>
       <c r="BD57" t="inlineStr"/>
       <c r="BE57" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="58" ht="40" customHeight="1">
       <c r="A58" s="1" t="n">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B58" t="inlineStr"/>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>keine Angabe</t>
+        </is>
+      </c>
       <c r="E58" t="inlineStr">
         <is>
-          <t>Vattenfall</t>
-[...4 lines deleted...]
-          <t>Großwärmepumpe Reuter West</t>
+          <t>badenova</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t>Berlin Spandau</t>
+          <t>Freiburg im Breisgau</t>
         </is>
       </c>
       <c r="H58" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I58" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>BW</t>
         </is>
       </c>
       <c r="K58" s="2" t="n">
-        <v>52.5328</v>
+        <v>47.999</v>
       </c>
       <c r="L58" s="2" t="n">
-        <v>13.2585</v>
+        <v>7.8421</v>
       </c>
       <c r="M58" s="1" t="n">
-        <v>2026</v>
+        <v>2024</v>
       </c>
       <c r="N58" t="inlineStr">
         <is>
-          <t>CO</t>
+          <t>OP</t>
         </is>
       </c>
       <c r="P58" t="inlineStr">
         <is>
-          <t>Abkühlung im Durchschnitt um 5 K</t>
-[...7 lines deleted...]
-      </c>
+          <t>Wärmepumpe nutzt Rückkühlwärme der Prozesskälte und Abwasser der Molkerei Schwarzwaldmilch</t>
+        </is>
+      </c>
+      <c r="Q58" s="2" t="n"/>
+      <c r="R58" s="2" t="n"/>
       <c r="S58" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T58" t="inlineStr"/>
+      <c r="T58" t="inlineStr">
+        <is>
+          <t>Fernwärme für die Freiburger Stadtteile Haslach und Vauban</t>
+        </is>
+      </c>
       <c r="U58" s="2" t="n">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="V58" s="2" t="n"/>
       <c r="W58" s="2" t="n"/>
       <c r="X58" s="2" t="n"/>
       <c r="Y58" s="2" t="n"/>
       <c r="Z58" s="2" t="n"/>
       <c r="AA58" s="2" t="n"/>
       <c r="AB58" s="2" t="n"/>
       <c r="AC58" s="2" t="n"/>
       <c r="AD58" s="2" t="n">
-        <v>75000</v>
+        <v>3750</v>
       </c>
       <c r="AF58" s="2" t="n"/>
       <c r="AG58" s="2" t="n"/>
       <c r="AH58" s="1" t="n"/>
       <c r="AI58" s="2" t="n"/>
       <c r="AJ58" s="2" t="n"/>
       <c r="AK58" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL58" s="2" t="n"/>
       <c r="AM58" s="2" t="n"/>
       <c r="AN58" s="2" t="n"/>
       <c r="AO58" s="2" t="n"/>
       <c r="AP58" s="2" t="n"/>
       <c r="AR58" s="2" t="n"/>
       <c r="AT58" t="inlineStr">
         <is>
-          <t>https://xn--wrme-loa.vattenfall.de/energie-news/abwasserwaermenutzung/</t>
+          <t>https://www.energie-experten.org/projekte/waermepumpen-nutzen-molkerei-abwaerme-fuer-haslach-und-vauban</t>
         </is>
       </c>
       <c r="AV58" s="3" t="n">
-        <v>45187</v>
+        <v>45693</v>
       </c>
       <c r="AW58" t="inlineStr">
         <is>
-          <t>https://www.bew.berlin/fernwaermesystem/waermewende/abwaerme-und-grosswaermepumpen/</t>
+          <t>https://www.wir-leben-genossenschaft.de/de/Schwarzwaldmilch-liefert-kuenftig-Abwaerme-fuer-Freiburg-Sued-10694.htm</t>
         </is>
       </c>
       <c r="AY58" s="3" t="n">
-        <v>45944</v>
+        <v>45693</v>
       </c>
       <c r="BB58" s="3" t="n"/>
       <c r="BD58" t="inlineStr"/>
       <c r="BE58" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>39</t>
         </is>
       </c>
     </row>
     <row r="59" ht="40" customHeight="1">
       <c r="A59" s="1" t="n">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B59" t="inlineStr"/>
-      <c r="D59" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>badenova</t>
+          <t>SWRiesa</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t>Freiburg im Breisgau</t>
+          <t>Riesa</t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I59" t="inlineStr">
         <is>
-          <t>BW</t>
+          <t>SN</t>
         </is>
       </c>
       <c r="K59" s="2" t="n">
-        <v>47.999</v>
+        <v>51.2937</v>
       </c>
       <c r="L59" s="2" t="n">
-        <v>7.8421</v>
+        <v>13.291</v>
       </c>
       <c r="M59" s="1" t="n">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="N59" t="inlineStr">
         <is>
-          <t>OP</t>
-[...7 lines deleted...]
-      <c r="Q59" s="2" t="n"/>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P59" t="inlineStr"/>
+      <c r="Q59" s="2" t="n">
+        <v>10</v>
+      </c>
       <c r="R59" s="2" t="n"/>
       <c r="S59" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T59" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="T59" t="inlineStr"/>
+      <c r="U59" s="2" t="n"/>
       <c r="V59" s="2" t="n"/>
       <c r="W59" s="2" t="n"/>
       <c r="X59" s="2" t="n"/>
       <c r="Y59" s="2" t="n"/>
       <c r="Z59" s="2" t="n"/>
       <c r="AA59" s="2" t="n"/>
       <c r="AB59" s="2" t="n"/>
       <c r="AC59" s="2" t="n"/>
       <c r="AD59" s="2" t="n">
-        <v>3750</v>
+        <v>500</v>
       </c>
       <c r="AF59" s="2" t="n"/>
       <c r="AG59" s="2" t="n"/>
       <c r="AH59" s="1" t="n"/>
       <c r="AI59" s="2" t="n"/>
       <c r="AJ59" s="2" t="n"/>
       <c r="AK59" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL59" s="2" t="n"/>
       <c r="AM59" s="2" t="n"/>
       <c r="AN59" s="2" t="n"/>
       <c r="AO59" s="2" t="n"/>
       <c r="AP59" s="2" t="n"/>
       <c r="AR59" s="2" t="n"/>
       <c r="AT59" t="inlineStr">
         <is>
-          <t>https://www.energie-experten.org/projekte/waermepumpen-nutzen-molkerei-abwaerme-fuer-haslach-und-vauban</t>
+          <t>https://www.stw-riesa.de/stadtwerke-riesa/nachrichten/aktuelles/2023/heizkraftwerk-bebelstrasse-erhaelt-grosswaermepumpe/</t>
         </is>
       </c>
       <c r="AV59" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AW59" t="inlineStr">
         <is>
-          <t>https://www.wir-leben-genossenschaft.de/de/Schwarzwaldmilch-liefert-kuenftig-Abwaerme-fuer-Freiburg-Sued-10694.htm</t>
+          <t>https://www.saechsische.de/riesa/heizkraftwerk-nahe-dem-krankenhaus-bekommt-grosswaermepumpe-5883628-plus.html</t>
         </is>
       </c>
       <c r="AY59" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="BB59" s="3" t="n"/>
+      <c r="AZ59" t="inlineStr">
+        <is>
+          <t>https://www.stw-riesa.de/stadtwerke-riesa/nachrichten/aktuelles/2024/bauvorhaben-2024/</t>
+        </is>
+      </c>
+      <c r="BB59" s="3" t="n">
+        <v>45693</v>
+      </c>
       <c r="BD59" t="inlineStr"/>
       <c r="BE59" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="60" ht="40" customHeight="1">
       <c r="A60" s="1" t="n">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
-          <t>SWRiesa</t>
+          <t>Stadtwerke Meiningen</t>
+        </is>
+      </c>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>iKWK - Flusswasserwärmepumpe</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>Riesa</t>
+          <t>Meiningen</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I60" t="inlineStr">
         <is>
-          <t>SN</t>
+          <t>TH</t>
         </is>
       </c>
       <c r="K60" s="2" t="n">
-        <v>51.2937</v>
+        <v>50.5675</v>
       </c>
       <c r="L60" s="2" t="n">
-        <v>13.291</v>
+        <v>10.4162</v>
       </c>
       <c r="M60" s="1" t="n">
         <v>2025</v>
       </c>
       <c r="N60" t="inlineStr">
         <is>
-          <t>PL</t>
-[...5 lines deleted...]
-      </c>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="P60" t="inlineStr">
+        <is>
+          <t>Fluss Werra; 100 Liter pro Sekunde</t>
+        </is>
+      </c>
+      <c r="Q60" s="2" t="n"/>
       <c r="R60" s="2" t="n"/>
       <c r="S60" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T60" t="inlineStr"/>
       <c r="U60" s="2" t="n"/>
       <c r="V60" s="2" t="n"/>
       <c r="W60" s="2" t="n"/>
       <c r="X60" s="2" t="n"/>
       <c r="Y60" s="2" t="n"/>
       <c r="Z60" s="2" t="n"/>
       <c r="AA60" s="2" t="n"/>
       <c r="AB60" s="2" t="n"/>
       <c r="AC60" s="2" t="n"/>
       <c r="AD60" s="2" t="n">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="AF60" s="2" t="n"/>
       <c r="AG60" s="2" t="n"/>
       <c r="AH60" s="1" t="n"/>
       <c r="AI60" s="2" t="n"/>
       <c r="AJ60" s="2" t="n"/>
       <c r="AK60" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL60" s="2" t="n"/>
       <c r="AM60" s="2" t="n"/>
       <c r="AN60" s="2" t="n"/>
       <c r="AO60" s="2" t="n"/>
       <c r="AP60" s="2" t="n"/>
       <c r="AR60" s="2" t="n"/>
       <c r="AT60" t="inlineStr">
         <is>
-          <t>https://www.stw-riesa.de/stadtwerke-riesa/nachrichten/aktuelles/2023/heizkraftwerk-bebelstrasse-erhaelt-grosswaermepumpe/</t>
+          <t>https://www.stadtwerke-meiningen.blog/projekt-innovative-waerme-der-stadtwerke-meiningen/</t>
         </is>
       </c>
       <c r="AV60" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AW60" t="inlineStr">
-[...14 lines deleted...]
-      </c>
+      <c r="AY60" s="3" t="n"/>
+      <c r="BB60" s="3" t="n"/>
       <c r="BD60" t="inlineStr"/>
       <c r="BE60" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="61" ht="40" customHeight="1">
       <c r="A61" s="1" t="n">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B61" t="inlineStr"/>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>Engie Refrigeration GmbH</t>
+        </is>
+      </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>Stadtwerke Meiningen</t>
-[...4 lines deleted...]
-          <t>iKWK - Flusswasserwärmepumpe</t>
+          <t>Daimler AG</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t>Meiningen</t>
+          <t>Rastatt</t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I61" t="inlineStr">
         <is>
-          <t>TH</t>
+          <t>BW</t>
         </is>
       </c>
       <c r="K61" s="2" t="n">
-        <v>50.5675</v>
+        <v>48.8566</v>
       </c>
       <c r="L61" s="2" t="n">
-        <v>10.4162</v>
-[...3 lines deleted...]
-      </c>
+        <v>8.207599999999999</v>
+      </c>
+      <c r="M61" s="1" t="n"/>
       <c r="N61" t="inlineStr">
         <is>
-          <t>CO</t>
+          <t>OP</t>
         </is>
       </c>
       <c r="P61" t="inlineStr">
         <is>
-          <t>Fluss Werra; 100 Liter pro Sekunde</t>
-[...3 lines deleted...]
-      <c r="R61" s="2" t="n"/>
+          <t>11 Brunnen</t>
+        </is>
+      </c>
+      <c r="Q61" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="R61" s="2" t="n">
+        <v>20</v>
+      </c>
       <c r="S61" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T61" t="inlineStr"/>
+      <c r="T61" t="inlineStr">
+        <is>
+          <t>Wärmeversorgung Produktionshalle Daimler</t>
+        </is>
+      </c>
       <c r="U61" s="2" t="n"/>
       <c r="V61" s="2" t="n"/>
       <c r="W61" s="2" t="n"/>
       <c r="X61" s="2" t="n"/>
       <c r="Y61" s="2" t="n"/>
       <c r="Z61" s="2" t="n"/>
       <c r="AA61" s="2" t="n"/>
-      <c r="AB61" s="2" t="n"/>
+      <c r="AB61" s="2" t="n">
+        <v>5</v>
+      </c>
       <c r="AC61" s="2" t="n"/>
       <c r="AD61" s="2" t="n">
-        <v>2000</v>
+        <v>3614</v>
       </c>
       <c r="AF61" s="2" t="n"/>
       <c r="AG61" s="2" t="n"/>
       <c r="AH61" s="1" t="n"/>
       <c r="AI61" s="2" t="n"/>
       <c r="AJ61" s="2" t="n"/>
       <c r="AK61" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL61" s="2" t="n"/>
       <c r="AM61" s="2" t="n"/>
       <c r="AN61" s="2" t="n"/>
       <c r="AO61" s="2" t="n"/>
       <c r="AP61" s="2" t="n"/>
       <c r="AR61" s="2" t="n"/>
       <c r="AT61" t="inlineStr">
         <is>
-          <t>https://www.stadtwerke-meiningen.blog/projekt-innovative-waerme-der-stadtwerke-meiningen/</t>
+          <t>https://www.engie-refrigeration.de/de/referenzen/daimler-ag-rastatt</t>
         </is>
       </c>
       <c r="AV61" s="3" t="n">
-        <v>45693</v>
+        <v>45238</v>
       </c>
       <c r="AY61" s="3" t="n"/>
       <c r="BB61" s="3" t="n"/>
       <c r="BD61" t="inlineStr"/>
       <c r="BE61" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>30</t>
         </is>
       </c>
     </row>
     <row r="62" ht="40" customHeight="1">
       <c r="A62" s="1" t="n">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B62" t="inlineStr"/>
-      <c r="D62" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E62" t="inlineStr">
         <is>
-          <t>Daimler AG</t>
+          <t>Sachsen-Energie</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t>Rastatt</t>
+          <t>Dresden</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I62" t="inlineStr">
         <is>
-          <t>BW</t>
+          <t>SN</t>
         </is>
       </c>
       <c r="K62" s="2" t="n">
-        <v>48.8566</v>
+        <v>51.0509</v>
       </c>
       <c r="L62" s="2" t="n">
-        <v>8.207599999999999</v>
+        <v>13.7383</v>
       </c>
       <c r="M62" s="1" t="n"/>
       <c r="N62" t="inlineStr">
         <is>
-          <t>OP</t>
-[...12 lines deleted...]
-      </c>
+          <t>AN</t>
+        </is>
+      </c>
+      <c r="P62" t="inlineStr"/>
+      <c r="Q62" s="2" t="n"/>
+      <c r="R62" s="2" t="n"/>
       <c r="S62" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T62" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T62" t="inlineStr"/>
       <c r="U62" s="2" t="n"/>
       <c r="V62" s="2" t="n"/>
       <c r="W62" s="2" t="n"/>
       <c r="X62" s="2" t="n"/>
       <c r="Y62" s="2" t="n"/>
       <c r="Z62" s="2" t="n"/>
       <c r="AA62" s="2" t="n"/>
-      <c r="AB62" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AB62" s="2" t="n"/>
       <c r="AC62" s="2" t="n"/>
       <c r="AD62" s="2" t="n">
-        <v>3614</v>
+        <v>12000</v>
       </c>
       <c r="AF62" s="2" t="n"/>
       <c r="AG62" s="2" t="n"/>
       <c r="AH62" s="1" t="n"/>
       <c r="AI62" s="2" t="n"/>
       <c r="AJ62" s="2" t="n"/>
       <c r="AK62" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL62" s="2" t="n"/>
       <c r="AM62" s="2" t="n"/>
       <c r="AN62" s="2" t="n"/>
       <c r="AO62" s="2" t="n"/>
       <c r="AP62" s="2" t="n"/>
       <c r="AR62" s="2" t="n"/>
       <c r="AT62" t="inlineStr">
         <is>
-          <t>https://www.engie-refrigeration.de/de/referenzen/daimler-ag-rastatt</t>
+          <t>https://oiger.de/2023/10/10/sachsenenergie-will-waermeversorgung-fuer-15-milliarden-euro-erdgasfrei-machen/188518</t>
         </is>
       </c>
       <c r="AV62" s="3" t="n">
-        <v>45238</v>
+        <v>45179</v>
       </c>
       <c r="AY62" s="3" t="n"/>
       <c r="BB62" s="3" t="n"/>
       <c r="BD62" t="inlineStr"/>
       <c r="BE62" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="63" ht="40" customHeight="1">
       <c r="A63" s="1" t="n">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>Sachsen-Energie</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>Dresden</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I63" t="inlineStr">
         <is>
           <t>SN</t>
         </is>
       </c>
       <c r="K63" s="2" t="n">
-        <v>51.0509</v>
+        <v>51.022661</v>
       </c>
       <c r="L63" s="2" t="n">
-        <v>13.7383</v>
+        <v>13.822367</v>
       </c>
       <c r="M63" s="1" t="n"/>
       <c r="N63" t="inlineStr">
         <is>
           <t>AN</t>
         </is>
       </c>
-      <c r="P63" t="inlineStr"/>
+      <c r="P63" t="inlineStr">
+        <is>
+          <t>Pieschen</t>
+        </is>
+      </c>
       <c r="Q63" s="2" t="n"/>
       <c r="R63" s="2" t="n"/>
       <c r="S63" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T63" t="inlineStr"/>
       <c r="U63" s="2" t="n"/>
       <c r="V63" s="2" t="n"/>
       <c r="W63" s="2" t="n"/>
       <c r="X63" s="2" t="n"/>
       <c r="Y63" s="2" t="n"/>
       <c r="Z63" s="2" t="n"/>
       <c r="AA63" s="2" t="n"/>
       <c r="AB63" s="2" t="n"/>
       <c r="AC63" s="2" t="n"/>
       <c r="AD63" s="2" t="n">
-        <v>12000</v>
+        <v>42000</v>
       </c>
       <c r="AF63" s="2" t="n"/>
       <c r="AG63" s="2" t="n"/>
       <c r="AH63" s="1" t="n"/>
       <c r="AI63" s="2" t="n"/>
       <c r="AJ63" s="2" t="n"/>
       <c r="AK63" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL63" s="2" t="n"/>
       <c r="AM63" s="2" t="n"/>
       <c r="AN63" s="2" t="n"/>
       <c r="AO63" s="2" t="n"/>
       <c r="AP63" s="2" t="n"/>
       <c r="AR63" s="2" t="n"/>
       <c r="AT63" t="inlineStr">
         <is>
-          <t>https://oiger.de/2023/10/10/sachsenenergie-will-waermeversorgung-fuer-15-milliarden-euro-erdgasfrei-machen/188518</t>
+          <t>https://oiger.de/2023/10/10/sachsenenergie-will-waermeversorgung-fuer-15-milliarden-euro-erdgasfrei-machen/188519</t>
         </is>
       </c>
       <c r="AV63" s="3" t="n">
-        <v>45179</v>
+        <v>45178</v>
       </c>
       <c r="AY63" s="3" t="n"/>
       <c r="BB63" s="3" t="n"/>
       <c r="BD63" t="inlineStr"/>
       <c r="BE63" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="64" ht="40" customHeight="1">
       <c r="A64" s="1" t="n">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="B64" t="inlineStr"/>
+        <v>78</v>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Sachsen-Energie</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>Dresden</t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I64" t="inlineStr">
         <is>
           <t>SN</t>
         </is>
       </c>
       <c r="K64" s="2" t="n">
-        <v>51.022661</v>
+        <v>51.097752</v>
       </c>
       <c r="L64" s="2" t="n">
-        <v>13.822367</v>
+        <v>13.713878</v>
       </c>
       <c r="M64" s="1" t="n"/>
       <c r="N64" t="inlineStr">
         <is>
-          <t>AN</t>
-[...6 lines deleted...]
-      </c>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P64" t="inlineStr"/>
       <c r="Q64" s="2" t="n"/>
-      <c r="R64" s="2" t="n"/>
+      <c r="R64" s="2" t="n">
+        <v>50</v>
+      </c>
       <c r="S64" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T64" t="inlineStr"/>
-      <c r="U64" s="2" t="n"/>
+      <c r="U64" s="2" t="n">
+        <v>90</v>
+      </c>
       <c r="V64" s="2" t="n"/>
       <c r="W64" s="2" t="n"/>
       <c r="X64" s="2" t="n"/>
       <c r="Y64" s="2" t="n"/>
       <c r="Z64" s="2" t="n"/>
       <c r="AA64" s="2" t="n"/>
       <c r="AB64" s="2" t="n"/>
       <c r="AC64" s="2" t="n"/>
       <c r="AD64" s="2" t="n">
-        <v>42000</v>
+        <v>3000</v>
       </c>
       <c r="AF64" s="2" t="n"/>
       <c r="AG64" s="2" t="n"/>
       <c r="AH64" s="1" t="n"/>
       <c r="AI64" s="2" t="n"/>
-      <c r="AJ64" s="2" t="n"/>
+      <c r="AJ64" s="2" t="n">
+        <v>24000</v>
+      </c>
       <c r="AK64" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL64" s="2" t="n"/>
       <c r="AM64" s="2" t="n"/>
       <c r="AN64" s="2" t="n"/>
       <c r="AO64" s="2" t="n"/>
       <c r="AP64" s="2" t="n"/>
       <c r="AR64" s="2" t="n"/>
       <c r="AT64" t="inlineStr">
         <is>
-          <t>https://oiger.de/2023/10/10/sachsenenergie-will-waermeversorgung-fuer-15-milliarden-euro-erdgasfrei-machen/188519</t>
+          <t>https://oiger.de/2023/10/10/sachsenenergie-will-waermeversorgung-fuer-15-milliarden-euro-erdgasfrei-machen/188520</t>
         </is>
       </c>
       <c r="AV64" s="3" t="n">
-        <v>45178</v>
-[...1 lines deleted...]
-      <c r="AY64" s="3" t="n"/>
+        <v>45197</v>
+      </c>
+      <c r="AW64" t="inlineStr">
+        <is>
+          <t>https://www.mdr.de/nachrichten/sachsen/dresden/dresden-radebeul/waermepumpe-rechenzentrum-einbau-tu-100.html</t>
+        </is>
+      </c>
+      <c r="AY64" s="3" t="n">
+        <v>45177</v>
+      </c>
+      <c r="AZ64" t="inlineStr">
+        <is>
+          <t>https://www.dena.de/energy-efficiency-award/nominierte/nominierte-2024/sachsenenergie-tu-dresden-sib-sachsen/</t>
+        </is>
+      </c>
       <c r="BB64" s="3" t="n"/>
       <c r="BD64" t="inlineStr"/>
       <c r="BE64" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>10</t>
         </is>
       </c>
     </row>
     <row r="65" ht="40" customHeight="1">
       <c r="A65" s="1" t="n">
-        <v>78</v>
-[...3 lines deleted...]
-          <t>R717 (Ammoniak)</t>
+        <v>79</v>
+      </c>
+      <c r="B65" t="inlineStr"/>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>Viessmann Climate Solutions SE</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
-          <t>Sachsen-Energie</t>
+          <t>Kiesel Mitte GmbH</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
-          <t>Dresden</t>
+          <t>Stockstadt</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I65" t="inlineStr">
         <is>
-          <t>SN</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K65" s="2" t="n">
-        <v>51.097752</v>
+        <v>49.8821</v>
       </c>
       <c r="L65" s="2" t="n">
-        <v>13.713878</v>
-[...1 lines deleted...]
-      <c r="M65" s="1" t="n"/>
+        <v>9.017899999999999</v>
+      </c>
+      <c r="M65" s="1" t="n">
+        <v>2012</v>
+      </c>
       <c r="N65" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
       <c r="P65" t="inlineStr"/>
       <c r="Q65" s="2" t="n"/>
-      <c r="R65" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="R65" s="2" t="n"/>
       <c r="S65" t="inlineStr">
         <is>
-          <t>DH</t>
-[...2 lines deleted...]
-      <c r="T65" t="inlineStr"/>
+          <t>HSB</t>
+        </is>
+      </c>
+      <c r="T65" t="inlineStr">
+        <is>
+          <t>Wärmeversorgung Logistikzentrum</t>
+        </is>
+      </c>
       <c r="U65" s="2" t="n">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="V65" s="2" t="n"/>
       <c r="W65" s="2" t="n"/>
       <c r="X65" s="2" t="n"/>
       <c r="Y65" s="2" t="n"/>
       <c r="Z65" s="2" t="n"/>
       <c r="AA65" s="2" t="n"/>
       <c r="AB65" s="2" t="n"/>
       <c r="AC65" s="2" t="n"/>
       <c r="AD65" s="2" t="n">
-        <v>24000</v>
+        <v>520</v>
       </c>
       <c r="AF65" s="2" t="n"/>
       <c r="AG65" s="2" t="n"/>
       <c r="AH65" s="1" t="n"/>
       <c r="AI65" s="2" t="n"/>
       <c r="AJ65" s="2" t="n"/>
       <c r="AK65" t="inlineStr">
         <is>
-          <t>NI</t>
+          <t>SC</t>
         </is>
       </c>
       <c r="AL65" s="2" t="n"/>
       <c r="AM65" s="2" t="n"/>
       <c r="AN65" s="2" t="n"/>
       <c r="AO65" s="2" t="n"/>
       <c r="AP65" s="2" t="n"/>
       <c r="AR65" s="2" t="n"/>
       <c r="AT65" t="inlineStr">
         <is>
-          <t>https://oiger.de/2023/10/10/sachsenenergie-will-waermeversorgung-fuer-15-milliarden-euro-erdgasfrei-machen/188520</t>
+          <t>https://www.waermepumpe-regional.de/stockstadt-am-rhein/luft-grosswaermepumpe-heizt-und-kuehlt-logistikzentrum-in-stockstadt</t>
         </is>
       </c>
       <c r="AV65" s="3" t="n">
-        <v>45197</v>
-[...13 lines deleted...]
-      </c>
+        <v>45693</v>
+      </c>
+      <c r="AY65" s="3" t="n"/>
       <c r="BB65" s="3" t="n"/>
       <c r="BD65" t="inlineStr"/>
       <c r="BE65" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="66" ht="40" customHeight="1">
       <c r="A66" s="1" t="n">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B66" t="inlineStr"/>
       <c r="D66" t="inlineStr">
         <is>
-          <t>Viessmann Climate Solutions SE</t>
+          <t>Johnson Controls</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>Kiesel Mitte GmbH</t>
+          <t>Iqony Energies GmbH</t>
+        </is>
+      </c>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>iKWK mit Grubenwasser-Wärmepumpe</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
-          <t>Stockstadt</t>
+          <t>Sulzbach; Camphausen</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I66" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>SL</t>
         </is>
       </c>
       <c r="K66" s="2" t="n">
-        <v>49.8821</v>
+        <v>49.2986</v>
       </c>
       <c r="L66" s="2" t="n">
-        <v>9.017899999999999</v>
+        <v>7.0007</v>
       </c>
       <c r="M66" s="1" t="n">
-        <v>2012</v>
+        <v>2025</v>
       </c>
       <c r="N66" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
       <c r="P66" t="inlineStr"/>
-      <c r="Q66" s="2" t="n"/>
+      <c r="Q66" s="2" t="n">
+        <v>36</v>
+      </c>
       <c r="R66" s="2" t="n"/>
       <c r="S66" t="inlineStr">
         <is>
-          <t>HSB</t>
-[...9 lines deleted...]
-      </c>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T66" t="inlineStr"/>
+      <c r="U66" s="2" t="n"/>
       <c r="V66" s="2" t="n"/>
       <c r="W66" s="2" t="n"/>
       <c r="X66" s="2" t="n"/>
       <c r="Y66" s="2" t="n"/>
       <c r="Z66" s="2" t="n"/>
       <c r="AA66" s="2" t="n"/>
       <c r="AB66" s="2" t="n"/>
       <c r="AC66" s="2" t="n"/>
       <c r="AD66" s="2" t="n">
-        <v>520</v>
+        <v>900</v>
       </c>
       <c r="AF66" s="2" t="n"/>
       <c r="AG66" s="2" t="n"/>
       <c r="AH66" s="1" t="n"/>
       <c r="AI66" s="2" t="n"/>
-      <c r="AJ66" s="2" t="n"/>
+      <c r="AJ66" s="2" t="n">
+        <v>4050000</v>
+      </c>
       <c r="AK66" t="inlineStr">
         <is>
-          <t>SC</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="AL66" s="2" t="n"/>
       <c r="AM66" s="2" t="n"/>
       <c r="AN66" s="2" t="n"/>
       <c r="AO66" s="2" t="n"/>
       <c r="AP66" s="2" t="n"/>
+      <c r="AQ66" t="inlineStr">
+        <is>
+          <t>Grubengas befeuertes BHKW 3.100 kW, Kesselanlage 2 x 4.000 kW</t>
+        </is>
+      </c>
       <c r="AR66" s="2" t="n"/>
       <c r="AT66" t="inlineStr">
         <is>
-          <t>https://www.waermepumpe-regional.de/stockstadt-am-rhein/luft-grosswaermepumpe-heizt-und-kuehlt-logistikzentrum-in-stockstadt</t>
+          <t>https://www.zfk.de/energie/waerme/saarland-zeche-camphausen-liefert-kuenftig-gruene-waerme-aus-der-grube</t>
         </is>
       </c>
       <c r="AV66" s="3" t="n">
-        <v>45693</v>
-[...1 lines deleted...]
-      <c r="AY66" s="3" t="n"/>
+        <v>45814</v>
+      </c>
+      <c r="AW66" t="inlineStr">
+        <is>
+          <t>https://www.bkwk.de/wp-content/uploads/2025/04/BHKW_EM2025_04.pdf</t>
+        </is>
+      </c>
+      <c r="AY66" s="3" t="n">
+        <v>45814</v>
+      </c>
       <c r="BB66" s="3" t="n"/>
       <c r="BD66" t="inlineStr"/>
       <c r="BE66" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>35</t>
         </is>
       </c>
     </row>
     <row r="67" ht="40" customHeight="1">
       <c r="A67" s="1" t="n">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B67" t="inlineStr"/>
-      <c r="D67" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>Iqony Energies GmbH</t>
-[...4 lines deleted...]
-          <t>iKWK mit Grubenwasser-Wärmepumpe</t>
+          <t>Liebherr-Aerospace Lindenberg GmbH</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
-          <t>Sulzbach; Camphausen</t>
+          <t>Lindenberg im Allgäu</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I67" t="inlineStr">
         <is>
-          <t>SL</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K67" s="2" t="n">
-        <v>49.2986</v>
+        <v>47.601278</v>
       </c>
       <c r="L67" s="2" t="n">
-        <v>7.0007</v>
+        <v>9.885557</v>
       </c>
       <c r="M67" s="1" t="n">
-        <v>2025</v>
+        <v>2014</v>
       </c>
       <c r="N67" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
-      <c r="P67" t="inlineStr"/>
-[...2 lines deleted...]
-      </c>
+      <c r="P67" t="inlineStr">
+        <is>
+          <t>Abwärme aus dem Produktionsprozess</t>
+        </is>
+      </c>
+      <c r="Q67" s="2" t="n"/>
       <c r="R67" s="2" t="n"/>
       <c r="S67" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T67" t="inlineStr"/>
+      <c r="T67" t="inlineStr">
+        <is>
+          <t>Wärmeversorgung Produktionshalle, Lager, Büroräume</t>
+        </is>
+      </c>
       <c r="U67" s="2" t="n"/>
       <c r="V67" s="2" t="n"/>
       <c r="W67" s="2" t="n"/>
       <c r="X67" s="2" t="n"/>
       <c r="Y67" s="2" t="n"/>
       <c r="Z67" s="2" t="n"/>
       <c r="AA67" s="2" t="n"/>
       <c r="AB67" s="2" t="n"/>
       <c r="AC67" s="2" t="n"/>
       <c r="AD67" s="2" t="n">
-        <v>900</v>
+        <v>500</v>
       </c>
       <c r="AF67" s="2" t="n"/>
       <c r="AG67" s="2" t="n"/>
       <c r="AH67" s="1" t="n"/>
       <c r="AI67" s="2" t="n"/>
-      <c r="AJ67" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AJ67" s="2" t="n"/>
       <c r="AK67" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL67" s="2" t="n"/>
       <c r="AM67" s="2" t="n"/>
       <c r="AN67" s="2" t="n"/>
       <c r="AO67" s="2" t="n"/>
       <c r="AP67" s="2" t="n"/>
-      <c r="AQ67" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AR67" s="2" t="n"/>
       <c r="AT67" t="inlineStr">
         <is>
-          <t>https://www.zfk.de/energie/waerme/saarland-zeche-camphausen-liefert-kuenftig-gruene-waerme-aus-der-grube</t>
+          <t>https://www.energie-experten.org/projekte/liebherr-aerospace-lindenberg-nutzt-prozesswaerme-mit-waermepumpe</t>
         </is>
       </c>
       <c r="AV67" s="3" t="n">
-        <v>45814</v>
-[...8 lines deleted...]
-      </c>
+        <v>45693</v>
+      </c>
+      <c r="AY67" s="3" t="n"/>
       <c r="BB67" s="3" t="n"/>
       <c r="BD67" t="inlineStr"/>
       <c r="BE67" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>39</t>
         </is>
       </c>
     </row>
     <row r="68" ht="40" customHeight="1">
       <c r="A68" s="1" t="n">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
-          <t>Liebherr-Aerospace Lindenberg GmbH</t>
+          <t>Neuhaus GmbH</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>Lindenberg im Allgäu</t>
+          <t>Neuhaus am Rennweg</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I68" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>TH</t>
         </is>
       </c>
       <c r="K68" s="2" t="n">
-        <v>47.601278</v>
+        <v>50.509739</v>
       </c>
       <c r="L68" s="2" t="n">
-        <v>9.885557</v>
+        <v>11.139313</v>
       </c>
       <c r="M68" s="1" t="n">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="N68" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
-      <c r="P68" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P68" t="inlineStr"/>
       <c r="Q68" s="2" t="n"/>
       <c r="R68" s="2" t="n"/>
       <c r="S68" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T68" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T68" t="inlineStr"/>
       <c r="U68" s="2" t="n"/>
       <c r="V68" s="2" t="n"/>
       <c r="W68" s="2" t="n"/>
       <c r="X68" s="2" t="n"/>
       <c r="Y68" s="2" t="n"/>
       <c r="Z68" s="2" t="n"/>
       <c r="AA68" s="2" t="n"/>
       <c r="AB68" s="2" t="n"/>
       <c r="AC68" s="2" t="n"/>
       <c r="AD68" s="2" t="n">
-        <v>500</v>
+        <v>543</v>
       </c>
       <c r="AF68" s="2" t="n"/>
       <c r="AG68" s="2" t="n"/>
       <c r="AH68" s="1" t="n"/>
       <c r="AI68" s="2" t="n"/>
       <c r="AJ68" s="2" t="n"/>
       <c r="AK68" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL68" s="2" t="n"/>
       <c r="AM68" s="2" t="n"/>
       <c r="AN68" s="2" t="n"/>
       <c r="AO68" s="2" t="n"/>
       <c r="AP68" s="2" t="n"/>
       <c r="AR68" s="2" t="n"/>
       <c r="AT68" t="inlineStr">
         <is>
-          <t>https://www.energie-experten.org/projekte/liebherr-aerospace-lindenberg-nutzt-prozesswaerme-mit-waermepumpe</t>
+          <t>https://www.energie-experten.org/projekte/neuhaus-am-rennweg-waermetrans-anlage-verbessert-fernwaerme-effizienz</t>
         </is>
       </c>
       <c r="AV68" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY68" s="3" t="n"/>
       <c r="BB68" s="3" t="n"/>
       <c r="BD68" t="inlineStr"/>
       <c r="BE68" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="69" ht="40" customHeight="1">
       <c r="A69" s="1" t="n">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
-          <t>Neuhaus GmbH</t>
+          <t>Steag New Energies GmbH</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>Neuhaus am Rennweg</t>
+          <t>Erding</t>
         </is>
       </c>
       <c r="H69" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I69" t="inlineStr">
         <is>
-          <t>TH</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K69" s="2" t="n">
-        <v>50.509739</v>
+        <v>48.3064</v>
       </c>
       <c r="L69" s="2" t="n">
-        <v>11.139313</v>
+        <v>11.912</v>
       </c>
       <c r="M69" s="1" t="n">
-        <v>2004</v>
+        <v>2020</v>
       </c>
       <c r="N69" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
       <c r="P69" t="inlineStr"/>
       <c r="Q69" s="2" t="n"/>
       <c r="R69" s="2" t="n"/>
       <c r="S69" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T69" t="inlineStr"/>
       <c r="U69" s="2" t="n"/>
       <c r="V69" s="2" t="n"/>
       <c r="W69" s="2" t="n"/>
       <c r="X69" s="2" t="n"/>
       <c r="Y69" s="2" t="n"/>
       <c r="Z69" s="2" t="n"/>
       <c r="AA69" s="2" t="n"/>
       <c r="AB69" s="2" t="n"/>
       <c r="AC69" s="2" t="n"/>
       <c r="AD69" s="2" t="n">
-        <v>543</v>
+        <v>1000</v>
       </c>
       <c r="AF69" s="2" t="n"/>
       <c r="AG69" s="2" t="n"/>
       <c r="AH69" s="1" t="n"/>
       <c r="AI69" s="2" t="n"/>
       <c r="AJ69" s="2" t="n"/>
       <c r="AK69" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL69" s="2" t="n"/>
       <c r="AM69" s="2" t="n"/>
       <c r="AN69" s="2" t="n"/>
       <c r="AO69" s="2" t="n"/>
       <c r="AP69" s="2" t="n"/>
       <c r="AR69" s="2" t="n"/>
       <c r="AT69" t="inlineStr">
         <is>
-          <t>https://www.energie-experten.org/projekte/neuhaus-am-rennweg-waermetrans-anlage-verbessert-fernwaerme-effizienz</t>
+          <t>https://www.geothermie.de/bibliothek/lexikon-der-geothermie/e/erding-geothermieanlage.html</t>
         </is>
       </c>
       <c r="AV69" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY69" s="3" t="n"/>
       <c r="BB69" s="3" t="n"/>
       <c r="BD69" t="inlineStr"/>
       <c r="BE69" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="70" ht="40" customHeight="1">
       <c r="A70" s="1" t="n">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
-          <t>Steag New Energies GmbH</t>
+          <t>Stadtwerke Ahrensburg</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>Erding</t>
+          <t>Ahrensburg</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I70" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>SH</t>
         </is>
       </c>
       <c r="K70" s="2" t="n">
-        <v>48.3064</v>
+        <v>53.6784</v>
       </c>
       <c r="L70" s="2" t="n">
-        <v>11.912</v>
-[...3 lines deleted...]
-      </c>
+        <v>10.2381</v>
+      </c>
+      <c r="M70" s="1" t="n"/>
       <c r="N70" t="inlineStr">
         <is>
-          <t>OP</t>
+          <t>PL</t>
         </is>
       </c>
       <c r="P70" t="inlineStr"/>
-      <c r="Q70" s="2" t="n"/>
-      <c r="R70" s="2" t="n"/>
+      <c r="Q70" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="R70" s="2" t="n">
+        <v>15</v>
+      </c>
       <c r="S70" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T70" t="inlineStr"/>
       <c r="U70" s="2" t="n"/>
       <c r="V70" s="2" t="n"/>
       <c r="W70" s="2" t="n"/>
       <c r="X70" s="2" t="n"/>
       <c r="Y70" s="2" t="n"/>
       <c r="Z70" s="2" t="n"/>
       <c r="AA70" s="2" t="n"/>
       <c r="AB70" s="2" t="n"/>
       <c r="AC70" s="2" t="n"/>
-      <c r="AD70" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AD70" s="2" t="n"/>
       <c r="AF70" s="2" t="n"/>
       <c r="AG70" s="2" t="n"/>
       <c r="AH70" s="1" t="n"/>
       <c r="AI70" s="2" t="n"/>
-      <c r="AJ70" s="2" t="n"/>
+      <c r="AJ70" s="2" t="n">
+        <v>20000</v>
+      </c>
       <c r="AK70" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL70" s="2" t="n"/>
       <c r="AM70" s="2" t="n"/>
       <c r="AN70" s="2" t="n"/>
       <c r="AO70" s="2" t="n"/>
       <c r="AP70" s="2" t="n"/>
       <c r="AR70" s="2" t="n"/>
       <c r="AT70" t="inlineStr">
         <is>
-          <t>https://www.geothermie.de/bibliothek/lexikon-der-geothermie/e/erding-geothermieanlage.html</t>
+          <t>https://www.kreis-stormarn.de/service/lvw/leistungen/index.html?lid=581</t>
         </is>
       </c>
       <c r="AV70" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AY70" s="3" t="n"/>
+      <c r="AW70" t="inlineStr">
+        <is>
+          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/?tx_bwprefobjdb_house%5Baction%5D=show&amp;tx_bwprefobjdb_house%5Bcontroller%5D=House&amp;tx_bwprefobjdb_house%5Bdetailid%5D=238&amp;cHash=f8e6f8566</t>
+        </is>
+      </c>
+      <c r="AY70" s="3" t="n">
+        <v>45258</v>
+      </c>
       <c r="BB70" s="3" t="n"/>
       <c r="BD70" t="inlineStr"/>
       <c r="BE70" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="71" ht="40" customHeight="1">
       <c r="A71" s="1" t="n">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
-          <t>Stadtwerke Ahrensburg</t>
+          <t>Bayernwerk</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t>Ahrensburg</t>
+          <t>Poing</t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I71" t="inlineStr">
         <is>
-          <t>SH</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K71" s="2" t="n">
-        <v>53.6784</v>
+        <v>48.1578</v>
       </c>
       <c r="L71" s="2" t="n">
-        <v>10.2381</v>
-[...1 lines deleted...]
-      <c r="M71" s="1" t="n"/>
+        <v>11.7117</v>
+      </c>
+      <c r="M71" s="1" t="n">
+        <v>2023</v>
+      </c>
       <c r="N71" t="inlineStr">
         <is>
-          <t>PL</t>
-[...8 lines deleted...]
-      </c>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P71" t="inlineStr">
+        <is>
+          <t>Teufe von 3.300 m</t>
+        </is>
+      </c>
+      <c r="Q71" s="2" t="n"/>
+      <c r="R71" s="2" t="n"/>
       <c r="S71" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T71" t="inlineStr"/>
       <c r="U71" s="2" t="n"/>
       <c r="V71" s="2" t="n"/>
       <c r="W71" s="2" t="n"/>
       <c r="X71" s="2" t="n"/>
       <c r="Y71" s="2" t="n"/>
       <c r="Z71" s="2" t="n"/>
       <c r="AA71" s="2" t="n"/>
       <c r="AB71" s="2" t="n"/>
       <c r="AC71" s="2" t="n"/>
-      <c r="AD71" s="2" t="n"/>
+      <c r="AD71" s="2" t="n">
+        <v>2500</v>
+      </c>
       <c r="AF71" s="2" t="n"/>
       <c r="AG71" s="2" t="n"/>
       <c r="AH71" s="1" t="n"/>
       <c r="AI71" s="2" t="n"/>
-      <c r="AJ71" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AJ71" s="2" t="n"/>
       <c r="AK71" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL71" s="2" t="n"/>
       <c r="AM71" s="2" t="n"/>
       <c r="AN71" s="2" t="n"/>
       <c r="AO71" s="2" t="n"/>
       <c r="AP71" s="2" t="n"/>
+      <c r="AQ71" t="inlineStr">
+        <is>
+          <t>Geothermieförderung (9600 kW); BHKW (85 kWth), 3 Erdgaskessel (4000+18000+7500 kW)</t>
+        </is>
+      </c>
       <c r="AR71" s="2" t="n"/>
       <c r="AT71" t="inlineStr">
         <is>
-          <t>https://www.kreis-stormarn.de/service/lvw/leistungen/index.html?lid=581</t>
+          <t>https://xn--ig-fernwrme-poing-xqb.de/data/files/20230516_Sitzung_26.05.2023_Poing.pdf</t>
         </is>
       </c>
       <c r="AV71" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AW71" t="inlineStr">
         <is>
-          <t>https://www.waermepumpe.de/presse/referenzobjekte/bwp-datenbank/?tx_bwprefobjdb_house%5Baction%5D=show&amp;tx_bwprefobjdb_house%5Bcontroller%5D=House&amp;tx_bwprefobjdb_house%5Bdetailid%5D=238&amp;cHash=f8e6f8566</t>
+          <t>https://www.energie-experten.org/projekte/arzberg-solarpark-versorgt-fernwaerme-waermepumpe-in-poing</t>
         </is>
       </c>
       <c r="AY71" s="3" t="n">
-        <v>45258</v>
+        <v>45693</v>
       </c>
       <c r="BB71" s="3" t="n"/>
       <c r="BD71" t="inlineStr"/>
       <c r="BE71" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="72" ht="40" customHeight="1">
       <c r="A72" s="1" t="n">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
-          <t>Bayernwerk</t>
+          <t>Stadtwerke Flensburg</t>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>Erweiterung zu erster Großwärmepumpe</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>Poing</t>
+          <t>Flensburg</t>
         </is>
       </c>
       <c r="H72" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I72" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>SH</t>
         </is>
       </c>
       <c r="K72" s="2" t="n">
-        <v>48.1578</v>
+        <v>54.80481</v>
       </c>
       <c r="L72" s="2" t="n">
-        <v>11.7117</v>
-[...3 lines deleted...]
-      </c>
+        <v>9.452852</v>
+      </c>
+      <c r="M72" s="1" t="n"/>
       <c r="N72" t="inlineStr">
         <is>
-          <t>OP</t>
-[...6 lines deleted...]
-      </c>
+          <t>AN</t>
+        </is>
+      </c>
+      <c r="P72" t="inlineStr"/>
       <c r="Q72" s="2" t="n"/>
       <c r="R72" s="2" t="n"/>
       <c r="S72" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T72" t="inlineStr"/>
       <c r="U72" s="2" t="n"/>
       <c r="V72" s="2" t="n"/>
       <c r="W72" s="2" t="n"/>
       <c r="X72" s="2" t="n"/>
       <c r="Y72" s="2" t="n"/>
       <c r="Z72" s="2" t="n"/>
       <c r="AA72" s="2" t="n"/>
       <c r="AB72" s="2" t="n"/>
       <c r="AC72" s="2" t="n"/>
       <c r="AD72" s="2" t="n">
-        <v>2500</v>
+        <v>60000</v>
       </c>
       <c r="AF72" s="2" t="n"/>
-      <c r="AG72" s="2" t="n"/>
+      <c r="AG72" s="2" t="n">
+        <v>21000</v>
+      </c>
       <c r="AH72" s="1" t="n"/>
       <c r="AI72" s="2" t="n"/>
       <c r="AJ72" s="2" t="n"/>
       <c r="AK72" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL72" s="2" t="n"/>
       <c r="AM72" s="2" t="n"/>
       <c r="AN72" s="2" t="n"/>
       <c r="AO72" s="2" t="n"/>
       <c r="AP72" s="2" t="n"/>
-      <c r="AQ72" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AR72" s="2" t="n"/>
       <c r="AT72" t="inlineStr">
         <is>
-          <t>https://xn--ig-fernwrme-poing-xqb.de/data/files/20230516_Sitzung_26.05.2023_Poing.pdf</t>
+          <t>https://www.energie-und-management.de/nachrichten/suche/detail/flensburg-mit-fahrplan-in-die-klimaneutralitaet-201515</t>
         </is>
       </c>
       <c r="AV72" s="3" t="n">
-        <v>45693</v>
-[...8 lines deleted...]
-      </c>
+        <v>45679</v>
+      </c>
+      <c r="AY72" s="3" t="n"/>
       <c r="BB72" s="3" t="n"/>
       <c r="BD72" t="inlineStr"/>
       <c r="BE72" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>38</t>
         </is>
       </c>
     </row>
     <row r="73" ht="40" customHeight="1">
       <c r="A73" s="1" t="n">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
-          <t>Stadtwerke Flensburg</t>
-[...4 lines deleted...]
-          <t>Erweiterung zu erster Großwärmepumpe</t>
+          <t>Stadtwerke Neustrelitz</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t>Flensburg</t>
+          <t>Neustrelitz</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I73" t="inlineStr">
         <is>
-          <t>SH</t>
+          <t>MV</t>
         </is>
       </c>
       <c r="K73" s="2" t="n">
-        <v>54.80481</v>
+        <v>53.35456</v>
       </c>
       <c r="L73" s="2" t="n">
-        <v>9.452852</v>
+        <v>13.0789</v>
       </c>
       <c r="M73" s="1" t="n"/>
       <c r="N73" t="inlineStr">
         <is>
           <t>AN</t>
         </is>
       </c>
       <c r="P73" t="inlineStr"/>
       <c r="Q73" s="2" t="n"/>
       <c r="R73" s="2" t="n"/>
       <c r="S73" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T73" t="inlineStr"/>
       <c r="U73" s="2" t="n"/>
       <c r="V73" s="2" t="n"/>
       <c r="W73" s="2" t="n"/>
       <c r="X73" s="2" t="n"/>
       <c r="Y73" s="2" t="n"/>
       <c r="Z73" s="2" t="n"/>
       <c r="AA73" s="2" t="n"/>
       <c r="AB73" s="2" t="n"/>
       <c r="AC73" s="2" t="n"/>
-      <c r="AD73" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AD73" s="2" t="n"/>
       <c r="AF73" s="2" t="n"/>
-      <c r="AG73" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AG73" s="2" t="n"/>
       <c r="AH73" s="1" t="n"/>
       <c r="AI73" s="2" t="n"/>
       <c r="AJ73" s="2" t="n"/>
       <c r="AK73" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL73" s="2" t="n"/>
       <c r="AM73" s="2" t="n"/>
       <c r="AN73" s="2" t="n"/>
       <c r="AO73" s="2" t="n"/>
       <c r="AP73" s="2" t="n"/>
       <c r="AR73" s="2" t="n"/>
       <c r="AT73" t="inlineStr">
         <is>
-          <t>https://www.energie-und-management.de/nachrichten/suche/detail/flensburg-mit-fahrplan-in-die-klimaneutralitaet-201515</t>
+          <t>https://www.nordkurier.de/regional/neustrelitz/enthuellt-neustrelitz-forciert-den-fernwaermeausbau-2049051</t>
         </is>
       </c>
       <c r="AV73" s="3" t="n">
-        <v>45679</v>
-[...1 lines deleted...]
-      <c r="AY73" s="3" t="n"/>
+        <v>45693</v>
+      </c>
+      <c r="AW73" t="inlineStr">
+        <is>
+          <t>https://strelitzius.com/2024/11/21/seewasser-waermepumpe-und-tiefengeothermie-mit-vorrang-stadtwerke-neustrelitz-praesentieren-transformationsplan-zum-klimafreundlichen-waermenetz/</t>
+        </is>
+      </c>
+      <c r="AY73" s="3" t="n">
+        <v>45693</v>
+      </c>
       <c r="BB73" s="3" t="n"/>
       <c r="BD73" t="inlineStr"/>
       <c r="BE73" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>36</t>
         </is>
       </c>
     </row>
     <row r="74" ht="40" customHeight="1">
       <c r="A74" s="1" t="n">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
-          <t>Stadtwerke Neustrelitz</t>
+          <t>Eins</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>Neustrelitz</t>
+          <t>Chemnitz</t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I74" t="inlineStr">
         <is>
-          <t>MV</t>
+          <t>SN</t>
         </is>
       </c>
       <c r="K74" s="2" t="n">
-        <v>53.35456</v>
+        <v>50.822832</v>
       </c>
       <c r="L74" s="2" t="n">
-        <v>13.0789</v>
+        <v>12.912777</v>
       </c>
       <c r="M74" s="1" t="n"/>
       <c r="N74" t="inlineStr">
         <is>
           <t>AN</t>
         </is>
       </c>
       <c r="P74" t="inlineStr"/>
       <c r="Q74" s="2" t="n"/>
       <c r="R74" s="2" t="n"/>
       <c r="S74" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T74" t="inlineStr"/>
       <c r="U74" s="2" t="n"/>
       <c r="V74" s="2" t="n"/>
       <c r="W74" s="2" t="n"/>
       <c r="X74" s="2" t="n"/>
       <c r="Y74" s="2" t="n"/>
       <c r="Z74" s="2" t="n"/>
       <c r="AA74" s="2" t="n"/>
       <c r="AB74" s="2" t="n"/>
       <c r="AC74" s="2" t="n"/>
       <c r="AD74" s="2" t="n"/>
       <c r="AF74" s="2" t="n"/>
       <c r="AG74" s="2" t="n"/>
       <c r="AH74" s="1" t="n"/>
       <c r="AI74" s="2" t="n"/>
       <c r="AJ74" s="2" t="n"/>
       <c r="AK74" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL74" s="2" t="n"/>
       <c r="AM74" s="2" t="n"/>
       <c r="AN74" s="2" t="n"/>
       <c r="AO74" s="2" t="n"/>
       <c r="AP74" s="2" t="n"/>
       <c r="AR74" s="2" t="n"/>
       <c r="AT74" t="inlineStr">
         <is>
-          <t>https://www.nordkurier.de/regional/neustrelitz/enthuellt-neustrelitz-forciert-den-fernwaermeausbau-2049051</t>
+          <t>https://www.energie-und-management.de/nachrichten/suche/detail/die-eins-zieht-ihren-kohleausstieg-vor-196018</t>
         </is>
       </c>
       <c r="AV74" s="3" t="n">
-        <v>45693</v>
-[...8 lines deleted...]
-      </c>
+        <v>45251</v>
+      </c>
+      <c r="AY74" s="3" t="n"/>
       <c r="BB74" s="3" t="n"/>
       <c r="BD74" t="inlineStr"/>
       <c r="BE74" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>23</t>
         </is>
       </c>
     </row>
     <row r="75" ht="40" customHeight="1">
       <c r="A75" s="1" t="n">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
-          <t>Eins</t>
+          <t>Geovol</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t>Chemnitz</t>
+          <t>Unterföhring</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I75" t="inlineStr">
         <is>
-          <t>SN</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K75" s="2" t="n">
-        <v>50.822832</v>
+        <v>48.193142</v>
       </c>
       <c r="L75" s="2" t="n">
-        <v>12.912777</v>
+        <v>11.646071</v>
       </c>
       <c r="M75" s="1" t="n"/>
       <c r="N75" t="inlineStr">
         <is>
           <t>AN</t>
         </is>
       </c>
       <c r="P75" t="inlineStr"/>
       <c r="Q75" s="2" t="n"/>
       <c r="R75" s="2" t="n"/>
       <c r="S75" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T75" t="inlineStr"/>
       <c r="U75" s="2" t="n"/>
       <c r="V75" s="2" t="n"/>
       <c r="W75" s="2" t="n"/>
       <c r="X75" s="2" t="n"/>
       <c r="Y75" s="2" t="n"/>
       <c r="Z75" s="2" t="n"/>
       <c r="AA75" s="2" t="n"/>
       <c r="AB75" s="2" t="n"/>
       <c r="AC75" s="2" t="n"/>
       <c r="AD75" s="2" t="n"/>
       <c r="AF75" s="2" t="n"/>
       <c r="AG75" s="2" t="n"/>
       <c r="AH75" s="1" t="n"/>
       <c r="AI75" s="2" t="n"/>
       <c r="AJ75" s="2" t="n"/>
       <c r="AK75" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL75" s="2" t="n"/>
       <c r="AM75" s="2" t="n"/>
       <c r="AN75" s="2" t="n"/>
       <c r="AO75" s="2" t="n"/>
       <c r="AP75" s="2" t="n"/>
       <c r="AR75" s="2" t="n"/>
       <c r="AT75" t="inlineStr">
         <is>
-          <t>https://www.energie-und-management.de/nachrichten/suche/detail/die-eins-zieht-ihren-kohleausstieg-vor-196018</t>
+          <t>https://www.energie-und-management.de/nachrichten/suche/detail/geovol-zeigt-wie-waermwende-funktioniert-189060</t>
         </is>
       </c>
       <c r="AV75" s="3" t="n">
-        <v>45251</v>
+        <v>45693</v>
       </c>
       <c r="AY75" s="3" t="n"/>
       <c r="BB75" s="3" t="n"/>
       <c r="BD75" t="inlineStr"/>
       <c r="BE75" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
     </row>
     <row r="76" ht="40" customHeight="1">
       <c r="A76" s="1" t="n">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B76" t="inlineStr"/>
-      <c r="E76" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>Unterföhring</t>
+          <t>Detmold</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I76" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K76" s="2" t="n">
-        <v>48.193142</v>
+        <v>51.943138</v>
       </c>
       <c r="L76" s="2" t="n">
-        <v>11.646071</v>
+        <v>8.869303</v>
       </c>
       <c r="M76" s="1" t="n"/>
       <c r="N76" t="inlineStr">
         <is>
           <t>AN</t>
         </is>
       </c>
       <c r="P76" t="inlineStr"/>
       <c r="Q76" s="2" t="n"/>
       <c r="R76" s="2" t="n"/>
       <c r="S76" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T76" t="inlineStr"/>
       <c r="U76" s="2" t="n"/>
       <c r="V76" s="2" t="n"/>
       <c r="W76" s="2" t="n"/>
       <c r="X76" s="2" t="n"/>
       <c r="Y76" s="2" t="n"/>
       <c r="Z76" s="2" t="n"/>
       <c r="AA76" s="2" t="n"/>
       <c r="AB76" s="2" t="n"/>
       <c r="AC76" s="2" t="n"/>
       <c r="AD76" s="2" t="n"/>
       <c r="AF76" s="2" t="n"/>
       <c r="AG76" s="2" t="n"/>
       <c r="AH76" s="1" t="n"/>
       <c r="AI76" s="2" t="n"/>
       <c r="AJ76" s="2" t="n"/>
       <c r="AK76" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL76" s="2" t="n"/>
       <c r="AM76" s="2" t="n"/>
       <c r="AN76" s="2" t="n"/>
       <c r="AO76" s="2" t="n"/>
       <c r="AP76" s="2" t="n"/>
       <c r="AR76" s="2" t="n"/>
       <c r="AT76" t="inlineStr">
         <is>
-          <t>https://www.energie-und-management.de/nachrichten/suche/detail/geovol-zeigt-wie-waermwende-funktioniert-189060</t>
+          <t>https://www.zfk.de/unternehmen/nachrichten/detmold-neue-imagekampagne-betont-kundennaehe-und-versorgungssicherheit</t>
         </is>
       </c>
       <c r="AV76" s="3" t="n">
-        <v>45693</v>
+        <v>45260</v>
       </c>
       <c r="AY76" s="3" t="n"/>
       <c r="BB76" s="3" t="n"/>
       <c r="BD76" t="inlineStr"/>
       <c r="BE76" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
     </row>
     <row r="77" ht="40" customHeight="1">
       <c r="A77" s="1" t="n">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B77" t="inlineStr"/>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>Stadtwerke Neumünster</t>
+        </is>
+      </c>
       <c r="G77" t="inlineStr">
         <is>
-          <t>Detmold</t>
+          <t>Neumünster</t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I77" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>SH</t>
         </is>
       </c>
       <c r="K77" s="2" t="n">
-        <v>51.943138</v>
+        <v>54.068993</v>
       </c>
       <c r="L77" s="2" t="n">
-        <v>8.869303</v>
+        <v>9.986357</v>
       </c>
       <c r="M77" s="1" t="n"/>
       <c r="N77" t="inlineStr">
         <is>
           <t>AN</t>
+        </is>
+      </c>
+      <c r="O77" t="inlineStr">
+        <is>
+          <t>'-</t>
         </is>
       </c>
       <c r="P77" t="inlineStr"/>
       <c r="Q77" s="2" t="n"/>
       <c r="R77" s="2" t="n"/>
       <c r="S77" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T77" t="inlineStr"/>
       <c r="U77" s="2" t="n"/>
       <c r="V77" s="2" t="n"/>
       <c r="W77" s="2" t="n"/>
       <c r="X77" s="2" t="n"/>
       <c r="Y77" s="2" t="n"/>
       <c r="Z77" s="2" t="n"/>
       <c r="AA77" s="2" t="n"/>
       <c r="AB77" s="2" t="n"/>
       <c r="AC77" s="2" t="n"/>
       <c r="AD77" s="2" t="n"/>
       <c r="AF77" s="2" t="n"/>
       <c r="AG77" s="2" t="n"/>
       <c r="AH77" s="1" t="n"/>
       <c r="AI77" s="2" t="n"/>
       <c r="AJ77" s="2" t="n"/>
       <c r="AK77" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL77" s="2" t="n"/>
       <c r="AM77" s="2" t="n"/>
       <c r="AN77" s="2" t="n"/>
       <c r="AO77" s="2" t="n"/>
       <c r="AP77" s="2" t="n"/>
       <c r="AR77" s="2" t="n"/>
       <c r="AT77" t="inlineStr">
         <is>
-          <t>https://www.zfk.de/unternehmen/nachrichten/detmold-neue-imagekampagne-betont-kundennaehe-und-versorgungssicherheit</t>
+          <t>https://www.zfk.de/unternehmen/nachrichten/so-wollen-die-stadtwerke-neumuenster-bis-2035-klimaneutral-sein</t>
         </is>
       </c>
       <c r="AV77" s="3" t="n">
-        <v>45260</v>
+        <v>45693</v>
       </c>
       <c r="AY77" s="3" t="n"/>
       <c r="BB77" s="3" t="n"/>
       <c r="BD77" t="inlineStr"/>
       <c r="BE77" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="78" ht="40" customHeight="1">
       <c r="A78" s="1" t="n">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
-          <t>Stadtwerke Neumünster</t>
+          <t>Stadtwerke Rostock</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>Neumünster</t>
+          <t>Rostock</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I78" t="inlineStr">
         <is>
-          <t>SH</t>
+          <t>MV</t>
         </is>
       </c>
       <c r="K78" s="2" t="n">
-        <v>54.068993</v>
+        <v>54.149629</v>
       </c>
       <c r="L78" s="2" t="n">
-        <v>9.986357</v>
+        <v>12.060481</v>
       </c>
       <c r="M78" s="1" t="n"/>
       <c r="N78" t="inlineStr">
         <is>
           <t>AN</t>
-        </is>
-[...3 lines deleted...]
-          <t>'-</t>
         </is>
       </c>
       <c r="P78" t="inlineStr"/>
       <c r="Q78" s="2" t="n"/>
       <c r="R78" s="2" t="n"/>
       <c r="S78" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T78" t="inlineStr"/>
       <c r="U78" s="2" t="n"/>
       <c r="V78" s="2" t="n"/>
       <c r="W78" s="2" t="n"/>
       <c r="X78" s="2" t="n"/>
       <c r="Y78" s="2" t="n"/>
       <c r="Z78" s="2" t="n"/>
       <c r="AA78" s="2" t="n"/>
       <c r="AB78" s="2" t="n"/>
       <c r="AC78" s="2" t="n"/>
       <c r="AD78" s="2" t="n"/>
       <c r="AF78" s="2" t="n"/>
       <c r="AG78" s="2" t="n"/>
       <c r="AH78" s="1" t="n"/>
       <c r="AI78" s="2" t="n"/>
       <c r="AJ78" s="2" t="n"/>
       <c r="AK78" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL78" s="2" t="n"/>
       <c r="AM78" s="2" t="n"/>
       <c r="AN78" s="2" t="n"/>
       <c r="AO78" s="2" t="n"/>
       <c r="AP78" s="2" t="n"/>
       <c r="AR78" s="2" t="n"/>
       <c r="AT78" t="inlineStr">
         <is>
-          <t>https://www.zfk.de/unternehmen/nachrichten/so-wollen-die-stadtwerke-neumuenster-bis-2035-klimaneutral-sein</t>
+          <t>https://www.swrag.de/aktuelles/presse/presse-2022/waermespeicher-im-regelbetrieb</t>
         </is>
       </c>
       <c r="AV78" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY78" s="3" t="n"/>
       <c r="BB78" s="3" t="n"/>
       <c r="BD78" t="inlineStr"/>
       <c r="BE78" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>46</t>
         </is>
       </c>
     </row>
     <row r="79" ht="40" customHeight="1">
       <c r="A79" s="1" t="n">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>Stadtwerke Rostock</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>Rostock</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I79" t="inlineStr">
         <is>
           <t>MV</t>
         </is>
       </c>
       <c r="K79" s="2" t="n">
-        <v>54.149629</v>
+        <v>54.113514</v>
       </c>
       <c r="L79" s="2" t="n">
-        <v>12.060481</v>
+        <v>12.084797</v>
       </c>
       <c r="M79" s="1" t="n"/>
       <c r="N79" t="inlineStr">
         <is>
           <t>AN</t>
         </is>
       </c>
       <c r="P79" t="inlineStr"/>
       <c r="Q79" s="2" t="n"/>
       <c r="R79" s="2" t="n"/>
       <c r="S79" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T79" t="inlineStr"/>
       <c r="U79" s="2" t="n"/>
       <c r="V79" s="2" t="n"/>
       <c r="W79" s="2" t="n"/>
       <c r="X79" s="2" t="n"/>
       <c r="Y79" s="2" t="n"/>
       <c r="Z79" s="2" t="n"/>
       <c r="AA79" s="2" t="n"/>
       <c r="AB79" s="2" t="n"/>
       <c r="AC79" s="2" t="n"/>
@@ -9752,2321 +9766,8696 @@
       <c r="AJ79" s="2" t="n"/>
       <c r="AK79" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL79" s="2" t="n"/>
       <c r="AM79" s="2" t="n"/>
       <c r="AN79" s="2" t="n"/>
       <c r="AO79" s="2" t="n"/>
       <c r="AP79" s="2" t="n"/>
       <c r="AR79" s="2" t="n"/>
       <c r="AT79" t="inlineStr">
         <is>
           <t>https://www.swrag.de/aktuelles/presse/presse-2022/waermespeicher-im-regelbetrieb</t>
         </is>
       </c>
       <c r="AV79" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY79" s="3" t="n"/>
       <c r="BB79" s="3" t="n"/>
       <c r="BD79" t="inlineStr"/>
       <c r="BE79" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="80" ht="40" customHeight="1">
       <c r="A80" s="1" t="n">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B80" t="inlineStr"/>
-      <c r="E80" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>Rostock</t>
+          <t>Herford</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I80" t="inlineStr">
         <is>
-          <t>MV</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K80" s="2" t="n">
-        <v>54.113514</v>
+        <v>52.116837</v>
       </c>
       <c r="L80" s="2" t="n">
-        <v>12.084797</v>
+        <v>8.67286</v>
       </c>
       <c r="M80" s="1" t="n"/>
       <c r="N80" t="inlineStr">
         <is>
           <t>AN</t>
         </is>
       </c>
       <c r="P80" t="inlineStr"/>
       <c r="Q80" s="2" t="n"/>
       <c r="R80" s="2" t="n"/>
       <c r="S80" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T80" t="inlineStr"/>
       <c r="U80" s="2" t="n"/>
       <c r="V80" s="2" t="n"/>
       <c r="W80" s="2" t="n"/>
       <c r="X80" s="2" t="n"/>
       <c r="Y80" s="2" t="n"/>
       <c r="Z80" s="2" t="n"/>
       <c r="AA80" s="2" t="n"/>
       <c r="AB80" s="2" t="n"/>
       <c r="AC80" s="2" t="n"/>
       <c r="AD80" s="2" t="n"/>
       <c r="AF80" s="2" t="n"/>
       <c r="AG80" s="2" t="n"/>
       <c r="AH80" s="1" t="n"/>
       <c r="AI80" s="2" t="n"/>
       <c r="AJ80" s="2" t="n"/>
       <c r="AK80" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL80" s="2" t="n"/>
       <c r="AM80" s="2" t="n"/>
       <c r="AN80" s="2" t="n"/>
       <c r="AO80" s="2" t="n"/>
       <c r="AP80" s="2" t="n"/>
       <c r="AR80" s="2" t="n"/>
       <c r="AT80" t="inlineStr">
         <is>
-          <t>https://www.swrag.de/aktuelles/presse/presse-2022/waermespeicher-im-regelbetrieb</t>
+          <t>https://www.westfalen-blatt.de/owl/kreis-herford/herford/herford-gross-waermepumpe-werre-aa-2779357?pid=true&amp;npg</t>
         </is>
       </c>
       <c r="AV80" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY80" s="3" t="n"/>
       <c r="BB80" s="3" t="n"/>
       <c r="BD80" t="inlineStr"/>
       <c r="BE80" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="81" ht="40" customHeight="1">
       <c r="A81" s="1" t="n">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B81" t="inlineStr"/>
       <c r="G81" t="inlineStr">
         <is>
-          <t>Herford</t>
+          <t>Duisburg-Hochfeld</t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I81" t="inlineStr">
         <is>
           <t>NW</t>
         </is>
       </c>
       <c r="K81" s="2" t="n">
-        <v>52.116837</v>
+        <v>51.422056</v>
       </c>
       <c r="L81" s="2" t="n">
-        <v>8.67286</v>
-[...1 lines deleted...]
-      <c r="M81" s="1" t="n"/>
+        <v>6.744819</v>
+      </c>
+      <c r="M81" s="1" t="n">
+        <v>2024</v>
+      </c>
       <c r="N81" t="inlineStr">
         <is>
-          <t>AN</t>
-[...3 lines deleted...]
-      <c r="Q81" s="2" t="n"/>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P81" t="inlineStr">
+        <is>
+          <t>BHKW mit 31,5 MW</t>
+        </is>
+      </c>
+      <c r="Q81" s="2" t="n">
+        <v>45</v>
+      </c>
       <c r="R81" s="2" t="n"/>
       <c r="S81" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T81" t="inlineStr"/>
-      <c r="U81" s="2" t="n"/>
+      <c r="U81" s="2" t="n">
+        <v>65</v>
+      </c>
       <c r="V81" s="2" t="n"/>
       <c r="W81" s="2" t="n"/>
       <c r="X81" s="2" t="n"/>
       <c r="Y81" s="2" t="n"/>
       <c r="Z81" s="2" t="n"/>
       <c r="AA81" s="2" t="n"/>
       <c r="AB81" s="2" t="n"/>
       <c r="AC81" s="2" t="n"/>
-      <c r="AD81" s="2" t="n"/>
+      <c r="AD81" s="2" t="n">
+        <v>1900</v>
+      </c>
       <c r="AF81" s="2" t="n"/>
       <c r="AG81" s="2" t="n"/>
       <c r="AH81" s="1" t="n"/>
       <c r="AI81" s="2" t="n"/>
       <c r="AJ81" s="2" t="n"/>
       <c r="AK81" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL81" s="2" t="n"/>
       <c r="AM81" s="2" t="n"/>
       <c r="AN81" s="2" t="n"/>
       <c r="AO81" s="2" t="n"/>
       <c r="AP81" s="2" t="n"/>
       <c r="AR81" s="2" t="n"/>
       <c r="AT81" t="inlineStr">
         <is>
-          <t>https://www.westfalen-blatt.de/owl/kreis-herford/herford/herford-gross-waermepumpe-werre-aa-2779357?pid=true&amp;npg</t>
+          <t>https://www.stadtwerke-duisburg.de/presse/medieninformationen/newsdetail/stadtwerke-duisburg-nehmen-erste-grosswaermepumpe-in-betrieb</t>
         </is>
       </c>
       <c r="AV81" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY81" s="3" t="n"/>
       <c r="BB81" s="3" t="n"/>
       <c r="BD81" t="inlineStr"/>
       <c r="BE81" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="82" ht="40" customHeight="1">
       <c r="A82" s="1" t="n">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B82" t="inlineStr"/>
       <c r="G82" t="inlineStr">
         <is>
-          <t>Duisburg-Hochfeld</t>
+          <t>Frankenthal</t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I82" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>RP</t>
         </is>
       </c>
       <c r="K82" s="2" t="n">
-        <v>51.422056</v>
+        <v>49.530009</v>
       </c>
       <c r="L82" s="2" t="n">
-        <v>6.744819</v>
+        <v>8.29175</v>
       </c>
       <c r="M82" s="1" t="n">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="N82" t="inlineStr">
         <is>
-          <t>OP</t>
+          <t>AN</t>
         </is>
       </c>
       <c r="P82" t="inlineStr">
         <is>
-          <t>BHKW mit 31,5 MW</t>
+          <t>90 Mio. m³ industrielle Abwässer von BASF und 20 Mio. kommunale Abwässer</t>
         </is>
       </c>
       <c r="Q82" s="2" t="n">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="R82" s="2" t="n"/>
       <c r="S82" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T82" t="inlineStr"/>
-[...2 lines deleted...]
-      </c>
+      <c r="T82" t="inlineStr">
+        <is>
+          <t>Fernwärme für 18.000 Haushalte in Frankenthal</t>
+        </is>
+      </c>
+      <c r="U82" s="2" t="n"/>
       <c r="V82" s="2" t="n"/>
       <c r="W82" s="2" t="n"/>
       <c r="X82" s="2" t="n"/>
       <c r="Y82" s="2" t="n"/>
       <c r="Z82" s="2" t="n"/>
       <c r="AA82" s="2" t="n"/>
       <c r="AB82" s="2" t="n"/>
       <c r="AC82" s="2" t="n"/>
       <c r="AD82" s="2" t="n">
-        <v>1900</v>
+        <v>50000</v>
       </c>
       <c r="AF82" s="2" t="n"/>
       <c r="AG82" s="2" t="n"/>
       <c r="AH82" s="1" t="n"/>
       <c r="AI82" s="2" t="n"/>
       <c r="AJ82" s="2" t="n"/>
       <c r="AK82" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL82" s="2" t="n"/>
       <c r="AM82" s="2" t="n"/>
       <c r="AN82" s="2" t="n"/>
       <c r="AO82" s="2" t="n"/>
       <c r="AP82" s="2" t="n"/>
       <c r="AR82" s="2" t="n"/>
       <c r="AT82" t="inlineStr">
         <is>
-          <t>https://www.stadtwerke-duisburg.de/presse/medieninformationen/newsdetail/stadtwerke-duisburg-nehmen-erste-grosswaermepumpe-in-betrieb</t>
+          <t>https://www.energie-und-management.de/nachrichten/technik/detail/grosswaermepumpe-am-basf-klaerwerk-frankenthal-geplant-208239#:~:text=Mit%20dem%20Bau%20einer%20Gro%C3%9Fw%C3%A4rmepumpe,Langefeld%2C%2</t>
         </is>
       </c>
       <c r="AV82" s="3" t="n">
+        <v>45376</v>
+      </c>
+      <c r="AW82" t="inlineStr">
+        <is>
+          <t>https://www.swr.de/swraktuell/rheinland-pfalz/ludwigshafen/grosswaermepumpe-basf-frankenthal-emissionsfrei-geplant-100.html</t>
+        </is>
+      </c>
+      <c r="AY82" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AY82" s="3" t="n"/>
       <c r="BB82" s="3" t="n"/>
       <c r="BD82" t="inlineStr"/>
       <c r="BE82" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="83" ht="40" customHeight="1">
       <c r="A83" s="1" t="n">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="B83" t="inlineStr"/>
+        <v>100</v>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>Stadtwerke Stralsund</t>
+        </is>
+      </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t>Frankenthal</t>
+          <t>Stralsund</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I83" t="inlineStr">
         <is>
-          <t>RP</t>
+          <t>MV</t>
         </is>
       </c>
       <c r="K83" s="2" t="n">
-        <v>49.530009</v>
+        <v>54.309537</v>
       </c>
       <c r="L83" s="2" t="n">
-        <v>8.29175</v>
+        <v>13.105449</v>
       </c>
       <c r="M83" s="1" t="n">
-        <v>2027</v>
+        <v>2023</v>
       </c>
       <c r="N83" t="inlineStr">
         <is>
-          <t>AN</t>
+          <t>OP</t>
         </is>
       </c>
       <c r="P83" t="inlineStr">
         <is>
-          <t>90 Mio. m³ industrielle Abwässer von BASF und 20 Mio. kommunale Abwässer</t>
-[...4 lines deleted...]
-      </c>
+          <t>BHKW-Abwärme. Wärmepumpen nutzen Brennwertwärme als auch Generatorenwärme.</t>
+        </is>
+      </c>
+      <c r="Q83" s="2" t="n"/>
       <c r="R83" s="2" t="n"/>
       <c r="S83" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T83" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T83" t="inlineStr"/>
       <c r="U83" s="2" t="n"/>
       <c r="V83" s="2" t="n"/>
       <c r="W83" s="2" t="n"/>
       <c r="X83" s="2" t="n"/>
       <c r="Y83" s="2" t="n"/>
       <c r="Z83" s="2" t="n"/>
       <c r="AA83" s="2" t="n"/>
       <c r="AB83" s="2" t="n"/>
       <c r="AC83" s="2" t="n"/>
       <c r="AD83" s="2" t="n">
-        <v>50000</v>
+        <v>2110</v>
+      </c>
+      <c r="AE83" t="inlineStr">
+        <is>
+          <t>2 x 1.055 kW</t>
+        </is>
       </c>
       <c r="AF83" s="2" t="n"/>
       <c r="AG83" s="2" t="n"/>
       <c r="AH83" s="1" t="n"/>
       <c r="AI83" s="2" t="n"/>
       <c r="AJ83" s="2" t="n"/>
       <c r="AK83" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL83" s="2" t="n"/>
       <c r="AM83" s="2" t="n"/>
       <c r="AN83" s="2" t="n"/>
       <c r="AO83" s="2" t="n"/>
       <c r="AP83" s="2" t="n"/>
+      <c r="AQ83" t="inlineStr">
+        <is>
+          <t>2 BHKWs mit je 4,8 MW thermischer Leistung, Power-to-heat Anlage mit 6 MW</t>
+        </is>
+      </c>
       <c r="AR83" s="2" t="n"/>
+      <c r="AS83" t="inlineStr">
+        <is>
+          <t>vier Wärmespeicher mit insgesamt 600 m³</t>
+        </is>
+      </c>
       <c r="AT83" t="inlineStr">
         <is>
-          <t>https://www.energie-und-management.de/nachrichten/technik/detail/grosswaermepumpe-am-basf-klaerwerk-frankenthal-geplant-208239#:~:text=Mit%20dem%20Bau%20einer%20Gro%C3%9Fw%C3%A4rmepumpe,Langefeld%2C%2</t>
+          <t>https://www.innio.com/de/news-media/magazin/article/bhkw-des-jahres-2023-innovative-energiezentrale-in-stralsund-setzt-wichtigen-akzent-fuer-die-energiewende</t>
         </is>
       </c>
       <c r="AV83" s="3" t="n">
-        <v>45376</v>
+        <v>45693</v>
       </c>
       <c r="AW83" t="inlineStr">
         <is>
-          <t>https://www.swr.de/swraktuell/rheinland-pfalz/ludwigshafen/grosswaermepumpe-basf-frankenthal-emissionsfrei-geplant-100.html</t>
+          <t>https://www.bkwk.de/wp-content/uploads/2023/10/173349.BHKW_.des_.Monats.Ohne_.Umwege.zu_.hoechster.Effizienz.pdf</t>
         </is>
       </c>
       <c r="AY83" s="3" t="n">
-        <v>45693</v>
+        <v>45814</v>
       </c>
       <c r="BB83" s="3" t="n"/>
       <c r="BD83" t="inlineStr"/>
       <c r="BE83" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="84" ht="40" customHeight="1">
       <c r="A84" s="1" t="n">
-        <v>100</v>
-[...5 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="B84" t="inlineStr"/>
       <c r="D84" t="inlineStr">
         <is>
-          <t>Johnson Controls</t>
-[...4 lines deleted...]
-          <t>Stadtwerke Stralsund</t>
+          <t>Carrier Klimatechnik GmbH</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t>Stralsund</t>
+          <t>Köln - Ehrenfeld</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I84" t="inlineStr">
         <is>
-          <t>MV</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K84" s="2" t="n">
-        <v>54.309537</v>
+        <v>50.95941</v>
       </c>
       <c r="L84" s="2" t="n">
-        <v>13.105449</v>
+        <v>6.90802</v>
       </c>
       <c r="M84" s="1" t="n">
         <v>2023</v>
       </c>
       <c r="N84" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
+      <c r="O84" t="inlineStr">
+        <is>
+          <t>30XWHPZE 0401 B</t>
+        </is>
+      </c>
       <c r="P84" t="inlineStr">
         <is>
-          <t>BHKW-Abwärme. Wärmepumpen nutzen Brennwertwärme als auch Generatorenwärme.</t>
-[...3 lines deleted...]
-      <c r="R84" s="2" t="n"/>
+          <t>Kanalwärmeübertrager</t>
+        </is>
+      </c>
+      <c r="Q84" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="R84" s="2" t="n">
+        <v>12</v>
+      </c>
       <c r="S84" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T84" t="inlineStr"/>
+      <c r="T84" t="inlineStr">
+        <is>
+          <t>Wärmeversorgung Quartier</t>
+        </is>
+      </c>
       <c r="U84" s="2" t="n"/>
       <c r="V84" s="2" t="n"/>
       <c r="W84" s="2" t="n"/>
       <c r="X84" s="2" t="n"/>
       <c r="Y84" s="2" t="n"/>
       <c r="Z84" s="2" t="n"/>
       <c r="AA84" s="2" t="n"/>
       <c r="AB84" s="2" t="n"/>
       <c r="AC84" s="2" t="n"/>
       <c r="AD84" s="2" t="n">
-        <v>2110</v>
-[...4 lines deleted...]
-        </is>
+        <v>660</v>
       </c>
       <c r="AF84" s="2" t="n"/>
       <c r="AG84" s="2" t="n"/>
       <c r="AH84" s="1" t="n"/>
       <c r="AI84" s="2" t="n"/>
       <c r="AJ84" s="2" t="n"/>
       <c r="AK84" t="inlineStr">
         <is>
-          <t>NI</t>
+          <t>SC</t>
         </is>
       </c>
       <c r="AL84" s="2" t="n"/>
       <c r="AM84" s="2" t="n"/>
       <c r="AN84" s="2" t="n"/>
       <c r="AO84" s="2" t="n"/>
       <c r="AP84" s="2" t="n"/>
-      <c r="AQ84" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AR84" s="2" t="n"/>
-      <c r="AS84" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AT84" t="inlineStr">
         <is>
-          <t>https://www.innio.com/de/news-media/magazin/article/bhkw-des-jahres-2023-innovative-energiezentrale-in-stralsund-setzt-wichtigen-akzent-fuer-die-energiewende</t>
+          <t>http://waermepumpe.de/presse/referenzobjekte/bwp-datenbank/lueck/#content</t>
         </is>
       </c>
       <c r="AV84" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AW84" t="inlineStr">
         <is>
-          <t>https://www.bkwk.de/wp-content/uploads/2023/10/173349.BHKW_.des_.Monats.Ohne_.Umwege.zu_.hoechster.Effizienz.pdf</t>
+          <t>http://carrier.com/commercial/de/de/produkte/klimatisierung-und-heizung/wasser-wasser-waermepumpen/30xwhpze/</t>
         </is>
       </c>
       <c r="AY84" s="3" t="n">
-        <v>45814</v>
-[...1 lines deleted...]
-      <c r="BB84" s="3" t="n"/>
+        <v>45693</v>
+      </c>
+      <c r="AZ84" t="inlineStr">
+        <is>
+          <t>https://www.pv-magazine.de/2024/08/23/koelner-quartier-setzt-auf-abwasser-als-waermequelle/</t>
+        </is>
+      </c>
+      <c r="BB84" s="3" t="n">
+        <v>45693</v>
+      </c>
       <c r="BD84" t="inlineStr"/>
       <c r="BE84" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="85" ht="40" customHeight="1">
       <c r="A85" s="1" t="n">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B85" t="inlineStr"/>
-      <c r="D85" t="inlineStr">
-[...1 lines deleted...]
-          <t>Carrier Klimatechnik GmbH</t>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>Großwärmepumpe an der Ernst-Walz-Brücke</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t>Köln - Ehrenfeld</t>
+          <t>Heidelberg</t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I85" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>BW</t>
         </is>
       </c>
       <c r="K85" s="2" t="n">
-        <v>50.95941</v>
+        <v>49.40932</v>
       </c>
       <c r="L85" s="2" t="n">
-        <v>6.90802</v>
+        <v>8.677670000000001</v>
       </c>
       <c r="M85" s="1" t="n">
-        <v>2023</v>
+        <v>2029</v>
       </c>
       <c r="N85" t="inlineStr">
         <is>
-          <t>OP</t>
-[...17 lines deleted...]
-      </c>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P85" t="inlineStr"/>
+      <c r="Q85" s="2" t="n"/>
+      <c r="R85" s="2" t="n"/>
       <c r="S85" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T85" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T85" t="inlineStr"/>
       <c r="U85" s="2" t="n"/>
       <c r="V85" s="2" t="n"/>
       <c r="W85" s="2" t="n"/>
       <c r="X85" s="2" t="n"/>
       <c r="Y85" s="2" t="n"/>
       <c r="Z85" s="2" t="n"/>
       <c r="AA85" s="2" t="n"/>
       <c r="AB85" s="2" t="n"/>
       <c r="AC85" s="2" t="n"/>
       <c r="AD85" s="2" t="n">
-        <v>660</v>
+        <v>30000</v>
+      </c>
+      <c r="AE85" t="inlineStr">
+        <is>
+          <t>2 x 15.000 kW</t>
+        </is>
       </c>
       <c r="AF85" s="2" t="n"/>
       <c r="AG85" s="2" t="n"/>
       <c r="AH85" s="1" t="n"/>
       <c r="AI85" s="2" t="n"/>
       <c r="AJ85" s="2" t="n"/>
       <c r="AK85" t="inlineStr">
         <is>
-          <t>SC</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="AL85" s="2" t="n"/>
       <c r="AM85" s="2" t="n"/>
       <c r="AN85" s="2" t="n"/>
       <c r="AO85" s="2" t="n"/>
       <c r="AP85" s="2" t="n"/>
       <c r="AR85" s="2" t="n"/>
       <c r="AT85" t="inlineStr">
         <is>
-          <t>http://waermepumpe.de/presse/referenzobjekte/bwp-datenbank/lueck/#content</t>
+          <t>http://heidelberg.de/HD/Presse/15_11_2024+flusswaermepumpe+an+der+ernst-walz-bruecke.html</t>
         </is>
       </c>
       <c r="AV85" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AW85" t="inlineStr">
-[...14 lines deleted...]
-      </c>
+      <c r="AY85" s="3" t="n"/>
+      <c r="BB85" s="3" t="n"/>
       <c r="BD85" t="inlineStr"/>
       <c r="BE85" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="86" ht="40" customHeight="1">
       <c r="A86" s="1" t="n">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B86" t="inlineStr"/>
-      <c r="F86" t="inlineStr">
-[...1 lines deleted...]
-          <t>Großwärmepumpe an der Ernst-Walz-Brücke</t>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>Stadtwerke Günzburg</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
-          <t>Heidelberg</t>
+          <t>Günzburg</t>
         </is>
       </c>
       <c r="H86" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I86" t="inlineStr">
         <is>
-          <t>BW</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K86" s="2" t="n">
-        <v>49.40932</v>
+        <v>48.4638</v>
       </c>
       <c r="L86" s="2" t="n">
-        <v>8.677670000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>10.28732</v>
+      </c>
+      <c r="M86" s="1" t="n"/>
       <c r="N86" t="inlineStr">
         <is>
-          <t>PL</t>
+          <t>OP</t>
         </is>
       </c>
       <c r="P86" t="inlineStr"/>
       <c r="Q86" s="2" t="n"/>
       <c r="R86" s="2" t="n"/>
       <c r="S86" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T86" t="inlineStr"/>
       <c r="U86" s="2" t="n"/>
       <c r="V86" s="2" t="n"/>
       <c r="W86" s="2" t="n"/>
       <c r="X86" s="2" t="n"/>
       <c r="Y86" s="2" t="n"/>
       <c r="Z86" s="2" t="n"/>
       <c r="AA86" s="2" t="n"/>
       <c r="AB86" s="2" t="n"/>
       <c r="AC86" s="2" t="n"/>
       <c r="AD86" s="2" t="n">
-        <v>30000</v>
-[...4 lines deleted...]
-        </is>
+        <v>650</v>
       </c>
       <c r="AF86" s="2" t="n"/>
       <c r="AG86" s="2" t="n"/>
       <c r="AH86" s="1" t="n"/>
       <c r="AI86" s="2" t="n"/>
       <c r="AJ86" s="2" t="n"/>
       <c r="AK86" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL86" s="2" t="n"/>
       <c r="AM86" s="2" t="n"/>
       <c r="AN86" s="2" t="n"/>
       <c r="AO86" s="2" t="n"/>
       <c r="AP86" s="2" t="n"/>
       <c r="AR86" s="2" t="n"/>
       <c r="AT86" t="inlineStr">
         <is>
-          <t>http://heidelberg.de/HD/Presse/15_11_2024+flusswaermepumpe+an+der+ernst-walz-bruecke.html</t>
+          <t>https://www.ibs-ing.com/index.php?stadtwerke-guenzburg-erweitern-waermeversorgung-mit-abwasserwaermepumpen</t>
         </is>
       </c>
       <c r="AV86" s="3" t="n">
-        <v>45693</v>
-[...1 lines deleted...]
-      <c r="AY86" s="3" t="n"/>
+        <v>45624</v>
+      </c>
+      <c r="AW86" t="inlineStr">
+        <is>
+          <t>https://stadtwerke-guenzburg.de/abwasser-wird-energielieferant/</t>
+        </is>
+      </c>
+      <c r="AY86" s="3" t="n">
+        <v>45624</v>
+      </c>
       <c r="BB86" s="3" t="n"/>
       <c r="BD86" t="inlineStr"/>
       <c r="BE86" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="87" ht="40" customHeight="1">
       <c r="A87" s="1" t="n">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
-          <t>Stadtwerke Günzburg</t>
+          <t>Stadtwerke Straubing</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t>Günzburg</t>
+          <t>Straubing</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I87" t="inlineStr">
         <is>
           <t>BY</t>
         </is>
       </c>
       <c r="K87" s="2" t="n">
-        <v>48.4638</v>
+        <v>48.880229</v>
       </c>
       <c r="L87" s="2" t="n">
-        <v>10.28732</v>
-[...1 lines deleted...]
-      <c r="M87" s="1" t="n"/>
+        <v>12.582236</v>
+      </c>
+      <c r="M87" s="1" t="n">
+        <v>2016</v>
+      </c>
       <c r="N87" t="inlineStr">
         <is>
-          <t>PL</t>
-[...3 lines deleted...]
-      <c r="Q87" s="2" t="n"/>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P87" t="inlineStr">
+        <is>
+          <t>Thermalwasser</t>
+        </is>
+      </c>
+      <c r="Q87" s="2" t="n">
+        <v>36</v>
+      </c>
       <c r="R87" s="2" t="n"/>
       <c r="S87" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T87" t="inlineStr"/>
-      <c r="U87" s="2" t="n"/>
+      <c r="U87" s="2" t="n">
+        <v>72</v>
+      </c>
       <c r="V87" s="2" t="n"/>
-      <c r="W87" s="2" t="n"/>
+      <c r="W87" s="2" t="n">
+        <v>70</v>
+      </c>
       <c r="X87" s="2" t="n"/>
       <c r="Y87" s="2" t="n"/>
       <c r="Z87" s="2" t="n"/>
       <c r="AA87" s="2" t="n"/>
       <c r="AB87" s="2" t="n"/>
       <c r="AC87" s="2" t="n"/>
       <c r="AD87" s="2" t="n">
-        <v>650</v>
+        <v>1200</v>
       </c>
       <c r="AF87" s="2" t="n"/>
       <c r="AG87" s="2" t="n"/>
       <c r="AH87" s="1" t="n"/>
       <c r="AI87" s="2" t="n"/>
       <c r="AJ87" s="2" t="n"/>
       <c r="AK87" t="inlineStr">
         <is>
-          <t>NI</t>
-[...2 lines deleted...]
-      <c r="AL87" s="2" t="n"/>
+          <t>SC</t>
+        </is>
+      </c>
+      <c r="AL87" s="2" t="n">
+        <v>260</v>
+      </c>
       <c r="AM87" s="2" t="n"/>
       <c r="AN87" s="2" t="n"/>
       <c r="AO87" s="2" t="n"/>
       <c r="AP87" s="2" t="n"/>
       <c r="AR87" s="2" t="n"/>
       <c r="AT87" t="inlineStr">
         <is>
-          <t>https://www.ibs-ing.com/index.php?stadtwerke-guenzburg-erweitern-waermeversorgung-mit-abwasserwaermepumpen</t>
+          <t>https://www.srm-germany.de/applikationen/</t>
         </is>
       </c>
       <c r="AV87" s="3" t="n">
-        <v>45624</v>
-[...8 lines deleted...]
-      </c>
+        <v>45693</v>
+      </c>
+      <c r="AY87" s="3" t="n"/>
       <c r="BB87" s="3" t="n"/>
       <c r="BD87" t="inlineStr"/>
       <c r="BE87" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="88" ht="40" customHeight="1">
       <c r="A88" s="1" t="n">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="B88" t="inlineStr"/>
+        <v>107</v>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>Carrier Klimatechnik GmbH</t>
+        </is>
+      </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>Stadtwerke Straubing</t>
+          <t>Thüringer Wärme Service GmbH</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t>Straubing</t>
+          <t>Weida</t>
         </is>
       </c>
       <c r="H88" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I88" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>TH</t>
         </is>
       </c>
       <c r="K88" s="2" t="n">
-        <v>48.880229</v>
+        <v>50.773961</v>
       </c>
       <c r="L88" s="2" t="n">
-        <v>12.582236</v>
+        <v>12.058519</v>
       </c>
       <c r="M88" s="1" t="n">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="N88" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
+      <c r="O88" t="inlineStr">
+        <is>
+          <t>61XWH-ZE 05</t>
+        </is>
+      </c>
       <c r="P88" t="inlineStr">
         <is>
-          <t>Thermalwasser</t>
-[...4 lines deleted...]
-      </c>
+          <t>Im Sommer dient Luft als Wärmequelle, im Winter Erdwärme.</t>
+        </is>
+      </c>
+      <c r="Q88" s="2" t="n"/>
       <c r="R88" s="2" t="n"/>
       <c r="S88" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T88" t="inlineStr"/>
-      <c r="U88" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="U88" s="2" t="n"/>
       <c r="V88" s="2" t="n"/>
-      <c r="W88" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="W88" s="2" t="n"/>
       <c r="X88" s="2" t="n"/>
       <c r="Y88" s="2" t="n"/>
       <c r="Z88" s="2" t="n"/>
       <c r="AA88" s="2" t="n"/>
       <c r="AB88" s="2" t="n"/>
       <c r="AC88" s="2" t="n"/>
       <c r="AD88" s="2" t="n">
-        <v>1200</v>
+        <v>1100</v>
       </c>
       <c r="AF88" s="2" t="n"/>
       <c r="AG88" s="2" t="n"/>
       <c r="AH88" s="1" t="n"/>
       <c r="AI88" s="2" t="n"/>
       <c r="AJ88" s="2" t="n"/>
       <c r="AK88" t="inlineStr">
         <is>
           <t>SC</t>
         </is>
       </c>
-      <c r="AL88" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AL88" s="2" t="n"/>
       <c r="AM88" s="2" t="n"/>
       <c r="AN88" s="2" t="n"/>
       <c r="AO88" s="2" t="n"/>
       <c r="AP88" s="2" t="n"/>
       <c r="AR88" s="2" t="n"/>
       <c r="AT88" t="inlineStr">
         <is>
-          <t>https://www.srm-germany.de/applikationen/</t>
+          <t>http://carrier.com/commercial/de/de/ueber-carrier/referenzen/tws-weida/</t>
         </is>
       </c>
       <c r="AV88" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY88" s="3" t="n"/>
       <c r="BB88" s="3" t="n"/>
       <c r="BD88" t="inlineStr"/>
       <c r="BE88" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>26</t>
         </is>
       </c>
     </row>
     <row r="89" ht="40" customHeight="1">
       <c r="A89" s="1" t="n">
-        <v>107</v>
-[...10 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="B89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
-          <t>Thüringer Wärme Service GmbH</t>
+          <t>Stadtwerke Bamberg</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>Weida</t>
+          <t>Bamberg</t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I89" t="inlineStr">
         <is>
-          <t>TH</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K89" s="2" t="n">
-        <v>50.773961</v>
+        <v>49.901206</v>
       </c>
       <c r="L89" s="2" t="n">
-        <v>12.058519</v>
+        <v>10.899952</v>
       </c>
       <c r="M89" s="1" t="n">
-        <v>2024</v>
+        <v>2028</v>
       </c>
       <c r="N89" t="inlineStr">
         <is>
-          <t>OP</t>
-[...4 lines deleted...]
-          <t>61XWH-ZE 05</t>
+          <t>PL</t>
         </is>
       </c>
       <c r="P89" t="inlineStr">
         <is>
-          <t>Im Sommer dient Luft als Wärmequelle, im Winter Erdwärme.</t>
+          <t>300 Liter pro Sekunde</t>
         </is>
       </c>
       <c r="Q89" s="2" t="n"/>
       <c r="R89" s="2" t="n"/>
       <c r="S89" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T89" t="inlineStr"/>
       <c r="U89" s="2" t="n"/>
       <c r="V89" s="2" t="n"/>
       <c r="W89" s="2" t="n"/>
       <c r="X89" s="2" t="n"/>
       <c r="Y89" s="2" t="n"/>
       <c r="Z89" s="2" t="n"/>
       <c r="AA89" s="2" t="n"/>
       <c r="AB89" s="2" t="n"/>
       <c r="AC89" s="2" t="n"/>
       <c r="AD89" s="2" t="n">
-        <v>1100</v>
+        <v>10000</v>
+      </c>
+      <c r="AE89" t="inlineStr">
+        <is>
+          <t>2 x 5.000 kW</t>
+        </is>
       </c>
       <c r="AF89" s="2" t="n"/>
       <c r="AG89" s="2" t="n"/>
       <c r="AH89" s="1" t="n"/>
       <c r="AI89" s="2" t="n"/>
       <c r="AJ89" s="2" t="n"/>
       <c r="AK89" t="inlineStr">
         <is>
-          <t>SC</t>
+          <t>NI</t>
         </is>
       </c>
       <c r="AL89" s="2" t="n"/>
       <c r="AM89" s="2" t="n"/>
       <c r="AN89" s="2" t="n"/>
       <c r="AO89" s="2" t="n"/>
       <c r="AP89" s="2" t="n"/>
+      <c r="AQ89" t="inlineStr">
+        <is>
+          <t>Hackschnitzelheizung zur Spitzenlastdeckung</t>
+        </is>
+      </c>
       <c r="AR89" s="2" t="n"/>
       <c r="AT89" t="inlineStr">
         <is>
-          <t>http://carrier.com/commercial/de/de/ueber-carrier/referenzen/tws-weida/</t>
+          <t>http://energate-messenger.de/news/249250/stadtwerke-bamberg-errichten-flusswärmepumpen</t>
         </is>
       </c>
       <c r="AV89" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AY89" s="3" t="n"/>
+      <c r="AW89" t="inlineStr">
+        <is>
+          <t>https://www.stadt-und-werk.de/k21-meldungen/zwei-flusswaermepumpen-in-planung/</t>
+        </is>
+      </c>
+      <c r="AY89" s="3" t="n">
+        <v>45693</v>
+      </c>
       <c r="BB89" s="3" t="n"/>
       <c r="BD89" t="inlineStr"/>
       <c r="BE89" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="90" ht="40" customHeight="1">
       <c r="A90" s="1" t="n">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
-          <t>Stadtwerke Bamberg</t>
+          <t>Stadtwerke Wittenberge</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
-          <t>Bamberg</t>
+          <t>Wittenberge</t>
         </is>
       </c>
       <c r="H90" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I90" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>BB</t>
         </is>
       </c>
       <c r="K90" s="2" t="n">
-        <v>49.901206</v>
+        <v>52.997721</v>
       </c>
       <c r="L90" s="2" t="n">
-        <v>10.899952</v>
+        <v>11.75244</v>
       </c>
       <c r="M90" s="1" t="n">
-        <v>2028</v>
+        <v>2024</v>
       </c>
       <c r="N90" t="inlineStr">
         <is>
-          <t>PL</t>
-[...6 lines deleted...]
-      </c>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P90" t="inlineStr"/>
       <c r="Q90" s="2" t="n"/>
       <c r="R90" s="2" t="n"/>
       <c r="S90" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T90" t="inlineStr"/>
       <c r="U90" s="2" t="n"/>
       <c r="V90" s="2" t="n"/>
       <c r="W90" s="2" t="n"/>
       <c r="X90" s="2" t="n"/>
       <c r="Y90" s="2" t="n"/>
       <c r="Z90" s="2" t="n"/>
       <c r="AA90" s="2" t="n"/>
       <c r="AB90" s="2" t="n"/>
       <c r="AC90" s="2" t="n"/>
       <c r="AD90" s="2" t="n">
-        <v>10000</v>
-[...4 lines deleted...]
-        </is>
+        <v>1100</v>
       </c>
       <c r="AF90" s="2" t="n"/>
       <c r="AG90" s="2" t="n"/>
       <c r="AH90" s="1" t="n"/>
       <c r="AI90" s="2" t="n"/>
       <c r="AJ90" s="2" t="n"/>
       <c r="AK90" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL90" s="2" t="n"/>
       <c r="AM90" s="2" t="n"/>
       <c r="AN90" s="2" t="n"/>
       <c r="AO90" s="2" t="n"/>
       <c r="AP90" s="2" t="n"/>
-      <c r="AQ90" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AR90" s="2" t="n"/>
       <c r="AT90" t="inlineStr">
         <is>
-          <t>http://energate-messenger.de/news/249250/stadtwerke-bamberg-errichten-flusswärmepumpen</t>
+          <t>https://www.energate-messenger.de/news/248224/innovatives-flusswaermeprojekt-in-wittenberge</t>
         </is>
       </c>
       <c r="AV90" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AW90" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="AY90" s="3" t="n"/>
       <c r="BB90" s="3" t="n"/>
       <c r="BD90" t="inlineStr"/>
       <c r="BE90" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
     </row>
     <row r="91" ht="40" customHeight="1">
       <c r="A91" s="1" t="n">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
-          <t>Stadtwerke Wittenberge</t>
+          <t>Stadtwerke Gießen</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t>Wittenberge</t>
+          <t>Gießen</t>
         </is>
       </c>
       <c r="H91" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I91" t="inlineStr">
         <is>
-          <t>BB</t>
+          <t>HE</t>
         </is>
       </c>
       <c r="K91" s="2" t="n">
-        <v>52.997721</v>
+        <v>50.580979</v>
       </c>
       <c r="L91" s="2" t="n">
-        <v>11.75244</v>
+        <v>8.674702999999999</v>
       </c>
       <c r="M91" s="1" t="n">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="N91" t="inlineStr">
         <is>
-          <t>OP</t>
-[...2 lines deleted...]
-      <c r="P91" t="inlineStr"/>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="P91" t="inlineStr">
+        <is>
+          <t>Betrieb der Wärmepumpen voraussichtlich zwischen April und Oktober</t>
+        </is>
+      </c>
       <c r="Q91" s="2" t="n"/>
       <c r="R91" s="2" t="n"/>
       <c r="S91" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T91" t="inlineStr"/>
-      <c r="U91" s="2" t="n"/>
+      <c r="U91" s="2" t="n">
+        <v>80</v>
+      </c>
       <c r="V91" s="2" t="n"/>
       <c r="W91" s="2" t="n"/>
       <c r="X91" s="2" t="n"/>
       <c r="Y91" s="2" t="n"/>
       <c r="Z91" s="2" t="n"/>
       <c r="AA91" s="2" t="n"/>
       <c r="AB91" s="2" t="n"/>
       <c r="AC91" s="2" t="n"/>
       <c r="AD91" s="2" t="n">
-        <v>1100</v>
+        <v>5310</v>
+      </c>
+      <c r="AE91" t="inlineStr">
+        <is>
+          <t>3 x 1.770 kW</t>
+        </is>
       </c>
       <c r="AF91" s="2" t="n"/>
       <c r="AG91" s="2" t="n"/>
       <c r="AH91" s="1" t="n"/>
       <c r="AI91" s="2" t="n"/>
       <c r="AJ91" s="2" t="n"/>
       <c r="AK91" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL91" s="2" t="n"/>
       <c r="AM91" s="2" t="n"/>
       <c r="AN91" s="2" t="n"/>
       <c r="AO91" s="2" t="n"/>
       <c r="AP91" s="2" t="n"/>
       <c r="AR91" s="2" t="n"/>
       <c r="AT91" t="inlineStr">
         <is>
-          <t>https://www.energate-messenger.de/news/248224/innovatives-flusswaermeprojekt-in-wittenberge</t>
+          <t>https://www.energie-und-management.de/nachrichten/energieerzeugung/detail/stadtwerke-giessen-setzen-auf-ikwk-220715</t>
         </is>
       </c>
       <c r="AV91" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AY91" s="3" t="n"/>
+      <c r="AW91" t="inlineStr">
+        <is>
+          <t>https://www.hessenschau.de/wirtschaft/powerlahn-giessen-baut-erste-flusswaermepumpen-an-die-lahn-v1,giessen-flusswaermepumpen-power-lahn-100.html</t>
+        </is>
+      </c>
+      <c r="AY91" s="3" t="n">
+        <v>45693</v>
+      </c>
       <c r="BB91" s="3" t="n"/>
       <c r="BD91" t="inlineStr"/>
       <c r="BE91" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
     </row>
     <row r="92" ht="40" customHeight="1">
       <c r="A92" s="1" t="n">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
-          <t>Stadtwerke Gießen</t>
+          <t>Stadtwerke Tübingen</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>Gießen</t>
+          <t>Tübingen</t>
         </is>
       </c>
       <c r="H92" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I92" t="inlineStr">
         <is>
-          <t>HE</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K92" s="2" t="n">
-        <v>50.580979</v>
+        <v>48.521629</v>
       </c>
       <c r="L92" s="2" t="n">
-        <v>8.674702999999999</v>
+        <v>9.055071</v>
       </c>
       <c r="M92" s="1" t="n">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="N92" t="inlineStr">
         <is>
-          <t>CO</t>
-[...6 lines deleted...]
-      </c>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P92" t="inlineStr"/>
       <c r="Q92" s="2" t="n"/>
       <c r="R92" s="2" t="n"/>
       <c r="S92" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T92" t="inlineStr"/>
-      <c r="U92" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="U92" s="2" t="n"/>
       <c r="V92" s="2" t="n"/>
       <c r="W92" s="2" t="n"/>
       <c r="X92" s="2" t="n"/>
       <c r="Y92" s="2" t="n"/>
       <c r="Z92" s="2" t="n"/>
       <c r="AA92" s="2" t="n"/>
       <c r="AB92" s="2" t="n"/>
       <c r="AC92" s="2" t="n"/>
       <c r="AD92" s="2" t="n">
-        <v>5310</v>
-[...4 lines deleted...]
-        </is>
+        <v>3000</v>
       </c>
       <c r="AF92" s="2" t="n"/>
       <c r="AG92" s="2" t="n"/>
       <c r="AH92" s="1" t="n"/>
       <c r="AI92" s="2" t="n"/>
-      <c r="AJ92" s="2" t="n"/>
+      <c r="AJ92" s="2" t="n">
+        <v>95000000</v>
+      </c>
       <c r="AK92" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL92" s="2" t="n"/>
       <c r="AM92" s="2" t="n"/>
       <c r="AN92" s="2" t="n"/>
       <c r="AO92" s="2" t="n"/>
       <c r="AP92" s="2" t="n"/>
       <c r="AR92" s="2" t="n"/>
       <c r="AT92" t="inlineStr">
         <is>
-          <t>https://www.energie-und-management.de/nachrichten/energieerzeugung/detail/stadtwerke-giessen-setzen-auf-ikwk-220715</t>
+          <t>https://www.swtue.de/energie/fernwaerme/tuebingen-machts-einfach.html#:~:text=So%20wird%20das%20Kl%C3%A4rwerk%20zum,mehr%20als%2011.500%2070m%C2%B2%2DHaushalte!</t>
         </is>
       </c>
       <c r="AV92" s="3" t="n">
         <v>45693</v>
       </c>
-      <c r="AW92" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="AY92" s="3" t="n"/>
       <c r="BB92" s="3" t="n"/>
       <c r="BD92" t="inlineStr"/>
       <c r="BE92" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="93" ht="40" customHeight="1">
       <c r="A93" s="1" t="n">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
-          <t>Stadtwerke Tübingen</t>
+          <t>Stadtwerke Nürnberg</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>Tübingen</t>
+          <t>Nürnberg</t>
         </is>
       </c>
       <c r="H93" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I93" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>BY</t>
         </is>
       </c>
       <c r="K93" s="2" t="n">
-        <v>48.521629</v>
+        <v>49.447215</v>
       </c>
       <c r="L93" s="2" t="n">
-        <v>9.055071</v>
-[...3 lines deleted...]
-      </c>
+        <v>11.074568</v>
+      </c>
+      <c r="M93" s="1" t="n"/>
       <c r="N93" t="inlineStr">
         <is>
           <t>PL</t>
         </is>
       </c>
       <c r="P93" t="inlineStr"/>
-      <c r="Q93" s="2" t="n"/>
+      <c r="Q93" s="2" t="n">
+        <v>8</v>
+      </c>
       <c r="R93" s="2" t="n"/>
       <c r="S93" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T93" t="inlineStr"/>
       <c r="U93" s="2" t="n"/>
       <c r="V93" s="2" t="n"/>
       <c r="W93" s="2" t="n"/>
       <c r="X93" s="2" t="n"/>
       <c r="Y93" s="2" t="n"/>
       <c r="Z93" s="2" t="n"/>
       <c r="AA93" s="2" t="n"/>
       <c r="AB93" s="2" t="n"/>
       <c r="AC93" s="2" t="n"/>
       <c r="AD93" s="2" t="n">
-        <v>3000</v>
+        <v>5200</v>
       </c>
       <c r="AF93" s="2" t="n"/>
       <c r="AG93" s="2" t="n"/>
       <c r="AH93" s="1" t="n"/>
       <c r="AI93" s="2" t="n"/>
-      <c r="AJ93" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AJ93" s="2" t="n"/>
       <c r="AK93" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL93" s="2" t="n"/>
       <c r="AM93" s="2" t="n"/>
       <c r="AN93" s="2" t="n"/>
       <c r="AO93" s="2" t="n"/>
       <c r="AP93" s="2" t="n"/>
       <c r="AR93" s="2" t="n"/>
       <c r="AT93" t="inlineStr">
         <is>
-          <t>https://www.swtue.de/energie/fernwaerme/tuebingen-machts-einfach.html#:~:text=So%20wird%20das%20Kl%C3%A4rwerk%20zum,mehr%20als%2011.500%2070m%C2%B2%2DHaushalte!</t>
+          <t>https://www.stadt-und-werk.de/k21-meldungen/76554/</t>
         </is>
       </c>
       <c r="AV93" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY93" s="3" t="n"/>
       <c r="BB93" s="3" t="n"/>
       <c r="BD93" t="inlineStr"/>
       <c r="BE93" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="94" ht="40" customHeight="1">
       <c r="A94" s="1" t="n">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B94" t="inlineStr"/>
-      <c r="E94" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>Nürnberg</t>
+          <t>Nürnberg - Gebersdorf</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I94" t="inlineStr">
         <is>
           <t>BY</t>
         </is>
       </c>
       <c r="K94" s="2" t="n">
-        <v>49.447215</v>
+        <v>49.43164</v>
       </c>
       <c r="L94" s="2" t="n">
-        <v>11.074568</v>
+        <v>11.004736</v>
       </c>
       <c r="M94" s="1" t="n"/>
       <c r="N94" t="inlineStr">
         <is>
-          <t>PL</t>
+          <t>AN</t>
         </is>
       </c>
       <c r="P94" t="inlineStr"/>
-      <c r="Q94" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Q94" s="2" t="n"/>
       <c r="R94" s="2" t="n"/>
       <c r="S94" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T94" t="inlineStr"/>
       <c r="U94" s="2" t="n"/>
       <c r="V94" s="2" t="n"/>
       <c r="W94" s="2" t="n"/>
       <c r="X94" s="2" t="n"/>
       <c r="Y94" s="2" t="n"/>
       <c r="Z94" s="2" t="n"/>
       <c r="AA94" s="2" t="n"/>
       <c r="AB94" s="2" t="n"/>
       <c r="AC94" s="2" t="n"/>
       <c r="AD94" s="2" t="n">
-        <v>5200</v>
+        <v>30000</v>
       </c>
       <c r="AF94" s="2" t="n"/>
       <c r="AG94" s="2" t="n"/>
       <c r="AH94" s="1" t="n"/>
       <c r="AI94" s="2" t="n"/>
       <c r="AJ94" s="2" t="n"/>
       <c r="AK94" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL94" s="2" t="n"/>
       <c r="AM94" s="2" t="n"/>
       <c r="AN94" s="2" t="n"/>
       <c r="AO94" s="2" t="n"/>
       <c r="AP94" s="2" t="n"/>
       <c r="AR94" s="2" t="n"/>
       <c r="AT94" t="inlineStr">
         <is>
-          <t>https://www.stadt-und-werk.de/k21-meldungen/76554/</t>
+          <t>https://www.br.de/nachrichten/bayern/heizen-mit-waerme-aus-dem-fluss-nuernberg-will-rednitz-anzapfen,UIKBrGJ</t>
         </is>
       </c>
       <c r="AV94" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY94" s="3" t="n"/>
       <c r="BB94" s="3" t="n"/>
       <c r="BD94" t="inlineStr"/>
       <c r="BE94" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>27</t>
         </is>
       </c>
     </row>
     <row r="95" ht="40" customHeight="1">
       <c r="A95" s="1" t="n">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B95" t="inlineStr"/>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>Stadtwerke Lemgo</t>
+        </is>
+      </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>Nürnberg - Gebersdorf</t>
+          <t>Lemgo</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I95" t="inlineStr">
         <is>
-          <t>BY</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K95" s="2" t="n">
-        <v>49.43164</v>
+        <v>52.033728</v>
       </c>
       <c r="L95" s="2" t="n">
-        <v>11.004736</v>
-[...1 lines deleted...]
-      <c r="M95" s="1" t="n"/>
+        <v>8.890131</v>
+      </c>
+      <c r="M95" s="1" t="n">
+        <v>2026</v>
+      </c>
       <c r="N95" t="inlineStr">
         <is>
-          <t>AN</t>
+          <t>PL</t>
         </is>
       </c>
       <c r="P95" t="inlineStr"/>
       <c r="Q95" s="2" t="n"/>
       <c r="R95" s="2" t="n"/>
       <c r="S95" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T95" t="inlineStr"/>
       <c r="U95" s="2" t="n"/>
       <c r="V95" s="2" t="n"/>
       <c r="W95" s="2" t="n"/>
       <c r="X95" s="2" t="n"/>
       <c r="Y95" s="2" t="n"/>
       <c r="Z95" s="2" t="n"/>
       <c r="AA95" s="2" t="n"/>
       <c r="AB95" s="2" t="n"/>
       <c r="AC95" s="2" t="n"/>
       <c r="AD95" s="2" t="n">
-        <v>30000</v>
+        <v>2500</v>
       </c>
       <c r="AF95" s="2" t="n"/>
       <c r="AG95" s="2" t="n"/>
       <c r="AH95" s="1" t="n"/>
       <c r="AI95" s="2" t="n"/>
       <c r="AJ95" s="2" t="n"/>
       <c r="AK95" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL95" s="2" t="n"/>
       <c r="AM95" s="2" t="n"/>
       <c r="AN95" s="2" t="n"/>
       <c r="AO95" s="2" t="n"/>
       <c r="AP95" s="2" t="n"/>
       <c r="AR95" s="2" t="n"/>
       <c r="AT95" t="inlineStr">
         <is>
-          <t>https://www.br.de/nachrichten/bayern/heizen-mit-waerme-aus-dem-fluss-nuernberg-will-rednitz-anzapfen,UIKBrGJ</t>
+          <t>https://www.zfk.de/energie/waerme/lemgo-investiert-in-drei-neue-waerme-erzeuger-inklusive-speicher</t>
         </is>
       </c>
       <c r="AV95" s="3" t="n">
         <v>45693</v>
       </c>
       <c r="AY95" s="3" t="n"/>
       <c r="BB95" s="3" t="n"/>
       <c r="BD95" t="inlineStr"/>
       <c r="BE95" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>32</t>
         </is>
       </c>
     </row>
     <row r="96" ht="40" customHeight="1">
       <c r="A96" s="1" t="n">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="B96" t="inlineStr"/>
+        <v>115</v>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>Stadtwerke Lemgo</t>
+          <t>Stadtwerke Marburg</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
-          <t>Lemgo</t>
+          <t>Marburg</t>
         </is>
       </c>
       <c r="H96" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I96" t="inlineStr">
         <is>
-          <t>NW</t>
+          <t>HE</t>
         </is>
       </c>
       <c r="K96" s="2" t="n">
-        <v>52.033728</v>
+        <v>50.816075</v>
       </c>
       <c r="L96" s="2" t="n">
-        <v>8.890131</v>
+        <v>8.780352000000001</v>
       </c>
       <c r="M96" s="1" t="n">
-        <v>2026</v>
+        <v>2023</v>
       </c>
       <c r="N96" t="inlineStr">
         <is>
-          <t>PL</t>
+          <t>OP</t>
         </is>
       </c>
       <c r="P96" t="inlineStr"/>
       <c r="Q96" s="2" t="n"/>
-      <c r="R96" s="2" t="n"/>
+      <c r="R96" s="2" t="n">
+        <v>30</v>
+      </c>
       <c r="S96" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T96" t="inlineStr"/>
-      <c r="U96" s="2" t="n"/>
+      <c r="U96" s="2" t="n">
+        <v>90</v>
+      </c>
       <c r="V96" s="2" t="n"/>
-      <c r="W96" s="2" t="n"/>
+      <c r="W96" s="2" t="n">
+        <v>90</v>
+      </c>
       <c r="X96" s="2" t="n"/>
-      <c r="Y96" s="2" t="n"/>
+      <c r="Y96" s="2" t="n">
+        <v>70</v>
+      </c>
       <c r="Z96" s="2" t="n"/>
       <c r="AA96" s="2" t="n"/>
       <c r="AB96" s="2" t="n"/>
       <c r="AC96" s="2" t="n"/>
       <c r="AD96" s="2" t="n">
-        <v>2500</v>
+        <v>420</v>
+      </c>
+      <c r="AE96" t="inlineStr">
+        <is>
+          <t>200 kW / 200 kW (2-Stufig)</t>
+        </is>
       </c>
       <c r="AF96" s="2" t="n"/>
       <c r="AG96" s="2" t="n"/>
-      <c r="AH96" s="1" t="n"/>
+      <c r="AH96" s="1" t="n">
+        <v>4200</v>
+      </c>
       <c r="AI96" s="2" t="n"/>
-      <c r="AJ96" s="2" t="n"/>
+      <c r="AJ96" s="2" t="n">
+        <v>1800000</v>
+      </c>
       <c r="AK96" t="inlineStr">
         <is>
-          <t>NI</t>
-[...6 lines deleted...]
-      <c r="AP96" s="2" t="n"/>
+          <t>SC</t>
+        </is>
+      </c>
+      <c r="AL96" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="AM96" s="2" t="n">
+        <v>3630</v>
+      </c>
+      <c r="AN96" s="2" t="n">
+        <v>1070</v>
+      </c>
+      <c r="AO96" s="2" t="n">
+        <v>1440</v>
+      </c>
+      <c r="AP96" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AQ96" t="inlineStr">
+        <is>
+          <t>Gaskessel</t>
+        </is>
+      </c>
       <c r="AR96" s="2" t="n"/>
-      <c r="AT96" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="AV96" s="3" t="n"/>
       <c r="AY96" s="3" t="n"/>
       <c r="BB96" s="3" t="n"/>
-      <c r="BD96" t="inlineStr"/>
+      <c r="BD96" t="inlineStr">
+        <is>
+          <t>E-Mail Korrespondenz zwischen Stadtwerke Marburg an Landesenergieagentur Hessen. 27.01.2025</t>
+        </is>
+      </c>
       <c r="BE96" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>33</t>
         </is>
       </c>
     </row>
     <row r="97" ht="40" customHeight="1">
       <c r="A97" s="1" t="n">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>R1233zd(E)</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Ochsner Energie Technik</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>Stadtwerke Marburg</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <t>Marburg</t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I97" t="inlineStr">
         <is>
           <t>HE</t>
         </is>
       </c>
       <c r="K97" s="2" t="n">
-        <v>50.816075</v>
+        <v>50.7931</v>
       </c>
       <c r="L97" s="2" t="n">
-        <v>8.780352000000001</v>
+        <v>8.767633</v>
       </c>
       <c r="M97" s="1" t="n">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="N97" t="inlineStr">
         <is>
           <t>OP</t>
         </is>
       </c>
       <c r="P97" t="inlineStr"/>
-      <c r="Q97" s="2" t="n"/>
+      <c r="Q97" s="2" t="n">
+        <v>30</v>
+      </c>
       <c r="R97" s="2" t="n">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="S97" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T97" t="inlineStr"/>
       <c r="U97" s="2" t="n">
         <v>90</v>
       </c>
       <c r="V97" s="2" t="n"/>
       <c r="W97" s="2" t="n">
         <v>90</v>
       </c>
       <c r="X97" s="2" t="n"/>
       <c r="Y97" s="2" t="n">
         <v>70</v>
       </c>
       <c r="Z97" s="2" t="n"/>
       <c r="AA97" s="2" t="n"/>
       <c r="AB97" s="2" t="n"/>
       <c r="AC97" s="2" t="n"/>
       <c r="AD97" s="2" t="n">
-        <v>420</v>
+        <v>460</v>
       </c>
       <c r="AE97" t="inlineStr">
         <is>
-          <t>200 kW / 200 kW (2-Stufig)</t>
+          <t>220 kW / 240 kW (2-Stufig)</t>
         </is>
       </c>
       <c r="AF97" s="2" t="n"/>
-      <c r="AG97" s="2" t="n"/>
+      <c r="AG97" s="2" t="n">
+        <v>100</v>
+      </c>
       <c r="AH97" s="1" t="n">
-        <v>4200</v>
+        <v>6900</v>
       </c>
       <c r="AI97" s="2" t="n"/>
       <c r="AJ97" s="2" t="n">
-        <v>1800000</v>
+        <v>3200000</v>
       </c>
       <c r="AK97" t="inlineStr">
         <is>
           <t>SC</t>
         </is>
       </c>
       <c r="AL97" s="2" t="n">
         <v>74</v>
       </c>
       <c r="AM97" s="2" t="n">
         <v>3630</v>
       </c>
       <c r="AN97" s="2" t="n">
         <v>1070</v>
       </c>
       <c r="AO97" s="2" t="n">
         <v>1440</v>
       </c>
       <c r="AP97" s="2" t="n">
-        <v>1800</v>
-[...4 lines deleted...]
-        </is>
+        <v>1.8</v>
       </c>
       <c r="AR97" s="2" t="n"/>
       <c r="AV97" s="3" t="n"/>
       <c r="AY97" s="3" t="n"/>
       <c r="BB97" s="3" t="n"/>
       <c r="BD97" t="inlineStr">
         <is>
           <t>E-Mail Korrespondenz zwischen Stadtwerke Marburg an Landesenergieagentur Hessen. 27.01.2025</t>
         </is>
       </c>
       <c r="BE97" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
     </row>
     <row r="98" ht="40" customHeight="1">
       <c r="A98" s="1" t="n">
-        <v>116</v>
-[...15 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="B98" t="inlineStr"/>
       <c r="G98" t="inlineStr">
         <is>
-          <t>Marburg</t>
+          <t>Cottbus</t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I98" t="inlineStr">
         <is>
-          <t>HE</t>
+          <t>BB</t>
         </is>
       </c>
       <c r="K98" s="2" t="n">
-        <v>50.7931</v>
+        <v>51.7568</v>
       </c>
       <c r="L98" s="2" t="n">
-        <v>8.767633</v>
-[...3 lines deleted...]
-      </c>
+        <v>14.3325</v>
+      </c>
+      <c r="M98" s="1" t="n"/>
       <c r="N98" t="inlineStr">
         <is>
-          <t>OP</t>
-[...2 lines deleted...]
-      <c r="P98" t="inlineStr"/>
+          <t>AN</t>
+        </is>
+      </c>
+      <c r="P98" t="inlineStr">
+        <is>
+          <t>Cottbuser Ostsee, gefluteter Tagebausee, Entnahme von ca. 4.000 m³/h</t>
+        </is>
+      </c>
       <c r="Q98" s="2" t="n">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="R98" s="2" t="n">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="S98" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T98" t="inlineStr"/>
-      <c r="U98" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="U98" s="2" t="n"/>
       <c r="V98" s="2" t="n"/>
       <c r="W98" s="2" t="n">
-        <v>90</v>
-[...4 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="X98" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="Y98" s="2" t="n"/>
       <c r="Z98" s="2" t="n"/>
       <c r="AA98" s="2" t="n"/>
       <c r="AB98" s="2" t="n"/>
       <c r="AC98" s="2" t="n"/>
       <c r="AD98" s="2" t="n">
-        <v>460</v>
-[...4 lines deleted...]
-        </is>
+        <v>35000</v>
       </c>
       <c r="AF98" s="2" t="n"/>
-      <c r="AG98" s="2" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="AG98" s="2" t="n"/>
+      <c r="AH98" s="1" t="n"/>
       <c r="AI98" s="2" t="n"/>
-      <c r="AJ98" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AJ98" s="2" t="n"/>
       <c r="AK98" t="inlineStr">
         <is>
-          <t>SC</t>
-[...16 lines deleted...]
-      </c>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL98" s="2" t="n"/>
+      <c r="AM98" s="2" t="n"/>
+      <c r="AN98" s="2" t="n"/>
+      <c r="AO98" s="2" t="n"/>
+      <c r="AP98" s="2" t="n"/>
       <c r="AR98" s="2" t="n"/>
-      <c r="AV98" s="3" t="n"/>
+      <c r="AT98" t="inlineStr">
+        <is>
+          <t>https://cottbuser-ostsee.de/wp-content/uploads/sites/8/2022/06/TOP-5-Seewasserwaermepumpe.pdf</t>
+        </is>
+      </c>
+      <c r="AV98" s="3" t="n">
+        <v>45189</v>
+      </c>
       <c r="AY98" s="3" t="n"/>
       <c r="BB98" s="3" t="n"/>
-      <c r="BD98" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BD98" t="inlineStr"/>
       <c r="BE98" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>36</t>
         </is>
       </c>
     </row>
     <row r="99" ht="40" customHeight="1">
       <c r="A99" s="1" t="n">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B99" t="inlineStr"/>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>Stadtwerke Flensburg</t>
+        </is>
+      </c>
+      <c r="F99" t="inlineStr">
+        <is>
+          <t>Hochtemperaturwärmepumpe</t>
+        </is>
+      </c>
       <c r="G99" t="inlineStr">
         <is>
-          <t>Cottbus</t>
+          <t>Flensburg</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I99" t="inlineStr">
         <is>
-          <t>BB</t>
+          <t>SH</t>
         </is>
       </c>
       <c r="K99" s="2" t="n">
-        <v>51.7568</v>
+        <v>54.777884</v>
       </c>
       <c r="L99" s="2" t="n">
-        <v>14.3325</v>
-[...1 lines deleted...]
-      <c r="M99" s="1" t="n"/>
+        <v>9.421094</v>
+      </c>
+      <c r="M99" s="1" t="n">
+        <v>2035</v>
+      </c>
       <c r="N99" t="inlineStr">
         <is>
           <t>AN</t>
         </is>
       </c>
-      <c r="P99" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="P99" t="inlineStr"/>
+      <c r="Q99" s="2" t="n"/>
+      <c r="R99" s="2" t="n"/>
       <c r="S99" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T99" t="inlineStr"/>
       <c r="U99" s="2" t="n"/>
       <c r="V99" s="2" t="n"/>
-      <c r="W99" s="2" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="W99" s="2" t="n"/>
+      <c r="X99" s="2" t="n"/>
       <c r="Y99" s="2" t="n"/>
       <c r="Z99" s="2" t="n"/>
       <c r="AA99" s="2" t="n"/>
       <c r="AB99" s="2" t="n"/>
       <c r="AC99" s="2" t="n"/>
-      <c r="AD99" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AD99" s="2" t="n"/>
       <c r="AF99" s="2" t="n"/>
       <c r="AG99" s="2" t="n"/>
       <c r="AH99" s="1" t="n"/>
       <c r="AI99" s="2" t="n"/>
       <c r="AJ99" s="2" t="n"/>
       <c r="AK99" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL99" s="2" t="n"/>
       <c r="AM99" s="2" t="n"/>
       <c r="AN99" s="2" t="n"/>
       <c r="AO99" s="2" t="n"/>
       <c r="AP99" s="2" t="n"/>
       <c r="AR99" s="2" t="n"/>
       <c r="AT99" t="inlineStr">
         <is>
-          <t>https://cottbuser-ostsee.de/wp-content/uploads/sites/8/2022/06/TOP-5-Seewasserwaermepumpe.pdf</t>
+          <t>https://www.stadtwerke-flensburg.de/unternehmen/nachhaltigkeit/transformationsplan/vier-phasen-zur-klimaneutralitaet-2035</t>
         </is>
       </c>
       <c r="AV99" s="3" t="n">
-        <v>45189</v>
+        <v>45679</v>
       </c>
       <c r="AY99" s="3" t="n"/>
       <c r="BB99" s="3" t="n"/>
       <c r="BD99" t="inlineStr"/>
       <c r="BE99" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>38</t>
         </is>
       </c>
     </row>
     <row r="100" ht="40" customHeight="1">
       <c r="A100" s="1" t="n">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>Stadtwerke Flensburg</t>
         </is>
       </c>
-      <c r="F100" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>Flensburg</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I100" t="inlineStr">
         <is>
           <t>SH</t>
         </is>
       </c>
       <c r="K100" s="2" t="n">
-        <v>54.777884</v>
+        <v>54.807475</v>
       </c>
       <c r="L100" s="2" t="n">
-        <v>9.421094</v>
+        <v>9.454053</v>
       </c>
       <c r="M100" s="1" t="n">
-        <v>2035</v>
+        <v>2031</v>
       </c>
       <c r="N100" t="inlineStr">
         <is>
           <t>AN</t>
         </is>
       </c>
-      <c r="P100" t="inlineStr"/>
+      <c r="P100" t="inlineStr">
+        <is>
+          <t>Reinwasser des Klärwerks</t>
+        </is>
+      </c>
       <c r="Q100" s="2" t="n"/>
       <c r="R100" s="2" t="n"/>
       <c r="S100" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
       <c r="T100" t="inlineStr"/>
       <c r="U100" s="2" t="n"/>
       <c r="V100" s="2" t="n"/>
       <c r="W100" s="2" t="n"/>
       <c r="X100" s="2" t="n"/>
       <c r="Y100" s="2" t="n"/>
       <c r="Z100" s="2" t="n"/>
       <c r="AA100" s="2" t="n"/>
       <c r="AB100" s="2" t="n"/>
       <c r="AC100" s="2" t="n"/>
       <c r="AD100" s="2" t="n"/>
       <c r="AF100" s="2" t="n"/>
       <c r="AG100" s="2" t="n"/>
       <c r="AH100" s="1" t="n"/>
       <c r="AI100" s="2" t="n"/>
       <c r="AJ100" s="2" t="n"/>
       <c r="AK100" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL100" s="2" t="n"/>
       <c r="AM100" s="2" t="n"/>
       <c r="AN100" s="2" t="n"/>
       <c r="AO100" s="2" t="n"/>
       <c r="AP100" s="2" t="n"/>
       <c r="AR100" s="2" t="n"/>
       <c r="AT100" t="inlineStr">
         <is>
           <t>https://www.stadtwerke-flensburg.de/unternehmen/nachhaltigkeit/transformationsplan/vier-phasen-zur-klimaneutralitaet-2035</t>
         </is>
       </c>
       <c r="AV100" s="3" t="n">
         <v>45679</v>
       </c>
       <c r="AY100" s="3" t="n"/>
       <c r="BB100" s="3" t="n"/>
       <c r="BD100" t="inlineStr"/>
       <c r="BE100" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>29</t>
         </is>
       </c>
     </row>
     <row r="101" ht="40" customHeight="1">
       <c r="A101" s="1" t="n">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>Stadtwerke Flensburg</t>
         </is>
       </c>
+      <c r="F101" t="inlineStr">
+        <is>
+          <t>Hafen Ost</t>
+        </is>
+      </c>
       <c r="G101" t="inlineStr">
         <is>
           <t>Flensburg</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="I101" t="inlineStr">
         <is>
-          <t>SH</t>
+          <t>NW</t>
         </is>
       </c>
       <c r="K101" s="2" t="n">
-        <v>54.807475</v>
+        <v>54.783134</v>
       </c>
       <c r="L101" s="2" t="n">
-        <v>9.454053</v>
-[...3 lines deleted...]
-      </c>
+        <v>9.433332999999999</v>
+      </c>
+      <c r="M101" s="1" t="n"/>
       <c r="N101" t="inlineStr">
         <is>
           <t>AN</t>
         </is>
       </c>
       <c r="P101" t="inlineStr">
         <is>
-          <t>Reinwasser des Klärwerks</t>
+          <t>Reinwasser</t>
         </is>
       </c>
       <c r="Q101" s="2" t="n"/>
       <c r="R101" s="2" t="n"/>
       <c r="S101" t="inlineStr">
         <is>
           <t>DH</t>
         </is>
       </c>
-      <c r="T101" t="inlineStr"/>
-      <c r="U101" s="2" t="n"/>
+      <c r="T101" t="inlineStr">
+        <is>
+          <t>Niedertemperatur Nahwärmenetz des Quartiers Hafen Ost</t>
+        </is>
+      </c>
+      <c r="U101" s="2" t="n">
+        <v>55</v>
+      </c>
       <c r="V101" s="2" t="n"/>
-      <c r="W101" s="2" t="n"/>
+      <c r="W101" s="2" t="n">
+        <v>55</v>
+      </c>
       <c r="X101" s="2" t="n"/>
-      <c r="Y101" s="2" t="n"/>
+      <c r="Y101" s="2" t="n">
+        <v>35</v>
+      </c>
       <c r="Z101" s="2" t="n"/>
       <c r="AA101" s="2" t="n"/>
       <c r="AB101" s="2" t="n"/>
       <c r="AC101" s="2" t="n"/>
-      <c r="AD101" s="2" t="n"/>
+      <c r="AD101" s="2" t="n">
+        <v>8000</v>
+      </c>
       <c r="AF101" s="2" t="n"/>
       <c r="AG101" s="2" t="n"/>
       <c r="AH101" s="1" t="n"/>
       <c r="AI101" s="2" t="n"/>
-      <c r="AJ101" s="2" t="n"/>
+      <c r="AJ101" s="2" t="n">
+        <v>15000</v>
+      </c>
       <c r="AK101" t="inlineStr">
         <is>
           <t>NI</t>
         </is>
       </c>
       <c r="AL101" s="2" t="n"/>
       <c r="AM101" s="2" t="n"/>
       <c r="AN101" s="2" t="n"/>
       <c r="AO101" s="2" t="n"/>
       <c r="AP101" s="2" t="n"/>
       <c r="AR101" s="2" t="n"/>
       <c r="AT101" t="inlineStr">
         <is>
-          <t>https://www.stadtwerke-flensburg.de/unternehmen/nachhaltigkeit/transformationsplan/vier-phasen-zur-klimaneutralitaet-2035</t>
+          <t>https://www.stadtwerke-flensburg.de/unternehmen/nachhaltigkeit/transformationsplan/vier-phasen-zur-klimaneutralitaet-2036</t>
         </is>
       </c>
       <c r="AV101" s="3" t="n">
         <v>45679</v>
       </c>
-      <c r="AY101" s="3" t="n"/>
+      <c r="AW101" t="inlineStr">
+        <is>
+          <t>https://www.energie-und-management.de/nachrichten/energieerzeugung/detail/flensburg-setzt-auf-grosswaermepumpen-148019</t>
+        </is>
+      </c>
+      <c r="AY101" s="3" t="n">
+        <v>45679</v>
+      </c>
       <c r="BB101" s="3" t="n"/>
       <c r="BD101" t="inlineStr"/>
       <c r="BE101" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="40" customHeight="1">
+      <c r="A102" s="1" t="n">
+        <v>121</v>
+      </c>
+      <c r="B102" t="inlineStr"/>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>Hamburger Energiewerke GmbH</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>Flusswasserwärmepumpe Norderelbe</t>
+        </is>
+      </c>
+      <c r="G102" t="inlineStr">
+        <is>
+          <t>Hamburg</t>
+        </is>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I102" t="inlineStr">
+        <is>
+          <t>HH</t>
+        </is>
+      </c>
+      <c r="K102" s="2" t="n">
+        <v>53.5511</v>
+      </c>
+      <c r="L102" s="2" t="n">
+        <v>9.9937</v>
+      </c>
+      <c r="M102" s="1" t="n"/>
+      <c r="N102" t="inlineStr">
+        <is>
+          <t>AN</t>
+        </is>
+      </c>
+      <c r="P102" t="inlineStr"/>
+      <c r="Q102" s="2" t="n"/>
+      <c r="R102" s="2" t="n"/>
+      <c r="S102" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T102" t="inlineStr"/>
+      <c r="U102" s="2" t="n"/>
+      <c r="V102" s="2" t="n"/>
+      <c r="W102" s="2" t="n"/>
+      <c r="X102" s="2" t="n"/>
+      <c r="Y102" s="2" t="n"/>
+      <c r="Z102" s="2" t="n"/>
+      <c r="AA102" s="2" t="n"/>
+      <c r="AB102" s="2" t="n"/>
+      <c r="AC102" s="2" t="n"/>
+      <c r="AD102" s="2" t="n">
+        <v>200000</v>
+      </c>
+      <c r="AF102" s="2" t="n"/>
+      <c r="AG102" s="2" t="n"/>
+      <c r="AH102" s="1" t="n"/>
+      <c r="AI102" s="2" t="n"/>
+      <c r="AJ102" s="2" t="n"/>
+      <c r="AK102" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL102" s="2" t="n"/>
+      <c r="AM102" s="2" t="n"/>
+      <c r="AN102" s="2" t="n"/>
+      <c r="AO102" s="2" t="n"/>
+      <c r="AP102" s="2" t="n"/>
+      <c r="AR102" s="2" t="n"/>
+      <c r="AT102" t="inlineStr">
+        <is>
+          <t>https://www.youtube.com/watch?v=5AMYy5YNeZY</t>
+        </is>
+      </c>
+      <c r="AV102" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AY102" s="3" t="n"/>
+      <c r="BB102" s="3" t="n"/>
+      <c r="BD102" t="inlineStr"/>
+      <c r="BE102" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" ht="40" customHeight="1">
+      <c r="A103" s="1" t="n">
+        <v>122</v>
+      </c>
+      <c r="B103" t="inlineStr"/>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>Deutsche Bahn AG</t>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>ICE Instandhaltungswerk</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
+        <is>
+          <t>Köln</t>
+        </is>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I103" t="inlineStr">
+        <is>
+          <t>NW</t>
+        </is>
+      </c>
+      <c r="K103" s="2" t="n">
+        <v>50.881536</v>
+      </c>
+      <c r="L103" s="2" t="n">
+        <v>7.001233</v>
+      </c>
+      <c r="M103" s="1" t="n">
+        <v>2018</v>
+      </c>
+      <c r="N103" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P103" t="inlineStr">
+        <is>
+          <t>5 Förder- und Schluckbrunnen mit einer Förderleistung von insgesamt 600 m³ pro Stunde; Betonkernaktivierung</t>
+        </is>
+      </c>
+      <c r="Q103" s="2" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="R103" s="2" t="n"/>
+      <c r="S103" t="inlineStr">
+        <is>
+          <t>HSB</t>
+        </is>
+      </c>
+      <c r="T103" t="inlineStr">
+        <is>
+          <t>ICE-Instandhaltungswerk</t>
+        </is>
+      </c>
+      <c r="U103" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="V103" s="2" t="n"/>
+      <c r="W103" s="2" t="n"/>
+      <c r="X103" s="2" t="n"/>
+      <c r="Y103" s="2" t="n"/>
+      <c r="Z103" s="2" t="n"/>
+      <c r="AA103" s="2" t="n"/>
+      <c r="AB103" s="2" t="n"/>
+      <c r="AC103" s="2" t="n"/>
+      <c r="AD103" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AE103" t="inlineStr">
+        <is>
+          <t>3 Wärmepumpen</t>
+        </is>
+      </c>
+      <c r="AF103" s="2" t="n"/>
+      <c r="AG103" s="2" t="n"/>
+      <c r="AH103" s="1" t="n"/>
+      <c r="AI103" s="2" t="n"/>
+      <c r="AJ103" s="2" t="n"/>
+      <c r="AK103" t="inlineStr">
+        <is>
+          <t>SC</t>
+        </is>
+      </c>
+      <c r="AL103" s="2" t="n"/>
+      <c r="AM103" s="2" t="n"/>
+      <c r="AN103" s="2" t="n"/>
+      <c r="AO103" s="2" t="n"/>
+      <c r="AP103" s="2" t="n"/>
+      <c r="AR103" s="2" t="n"/>
+      <c r="AT103" t="inlineStr">
+        <is>
+          <t>https://www.waermepumpe.de/fileadmin/user_upload/waermepumpe/07_Publikationen/Publikationen/BWP_Gewerbe-mit-WP_WEB.pdf</t>
+        </is>
+      </c>
+      <c r="AV103" s="3" t="n"/>
+      <c r="AW103" t="inlineStr">
+        <is>
+          <t>https://die-gebaeudetechnik.de/erstes-klimaneutrales-ice-instandhaltungswerk/</t>
+        </is>
+      </c>
+      <c r="AY103" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="BB103" s="3" t="n"/>
+      <c r="BD103" t="inlineStr"/>
+      <c r="BE103" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" ht="40" customHeight="1">
+      <c r="A104" s="1" t="n">
+        <v>123</v>
+      </c>
+      <c r="B104" t="inlineStr"/>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>EnBW AG</t>
+        </is>
+      </c>
+      <c r="G104" t="inlineStr">
+        <is>
+          <t>Stuttgart</t>
+        </is>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I104" t="inlineStr">
+        <is>
+          <t>BW</t>
+        </is>
+      </c>
+      <c r="K104" s="2" t="n">
+        <v>48.788712</v>
+      </c>
+      <c r="L104" s="2" t="n">
+        <v>9.266132000000001</v>
+      </c>
+      <c r="M104" s="1" t="n">
+        <v>2008</v>
+      </c>
+      <c r="N104" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="O104" t="inlineStr">
+        <is>
+          <t>Airwell SWS 3012 STD</t>
+        </is>
+      </c>
+      <c r="P104" t="inlineStr">
+        <is>
+          <t>Erdsonden (96 Sonden je 130 m)</t>
+        </is>
+      </c>
+      <c r="Q104" s="2" t="n"/>
+      <c r="R104" s="2" t="n"/>
+      <c r="S104" t="inlineStr">
+        <is>
+          <t>HSB</t>
+        </is>
+      </c>
+      <c r="T104" t="inlineStr">
+        <is>
+          <t>Bürogebäude EnBW</t>
+        </is>
+      </c>
+      <c r="U104" s="2" t="n"/>
+      <c r="V104" s="2" t="n"/>
+      <c r="W104" s="2" t="n"/>
+      <c r="X104" s="2" t="n"/>
+      <c r="Y104" s="2" t="n"/>
+      <c r="Z104" s="2" t="n"/>
+      <c r="AA104" s="2" t="n"/>
+      <c r="AB104" s="2" t="n"/>
+      <c r="AC104" s="2" t="n"/>
+      <c r="AD104" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AE104" t="inlineStr">
+        <is>
+          <t>Anlage besteht aus zwei Wärmepumpen</t>
+        </is>
+      </c>
+      <c r="AF104" s="2" t="n"/>
+      <c r="AG104" s="2" t="n"/>
+      <c r="AH104" s="1" t="n"/>
+      <c r="AI104" s="2" t="n"/>
+      <c r="AJ104" s="2" t="n"/>
+      <c r="AK104" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL104" s="2" t="n"/>
+      <c r="AM104" s="2" t="n"/>
+      <c r="AN104" s="2" t="n"/>
+      <c r="AO104" s="2" t="n"/>
+      <c r="AP104" s="2" t="n"/>
+      <c r="AR104" s="2" t="n"/>
+      <c r="AT104" t="inlineStr">
+        <is>
+          <t>https://www.waermepumpe.de/uploads/media/03_EnBW.pdf</t>
+        </is>
+      </c>
+      <c r="AV104" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AY104" s="3" t="n"/>
+      <c r="BB104" s="3" t="n"/>
+      <c r="BD104" t="inlineStr"/>
+      <c r="BE104" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" ht="40" customHeight="1">
+      <c r="A105" s="1" t="n">
+        <v>124</v>
+      </c>
+      <c r="B105" t="inlineStr"/>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>BASF</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr">
+        <is>
+          <t>Ludwigshafen</t>
+        </is>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I105" t="inlineStr">
+        <is>
+          <t>RP</t>
+        </is>
+      </c>
+      <c r="K105" s="2" t="n">
+        <v>49.524732</v>
+      </c>
+      <c r="L105" s="2" t="n">
+        <v>8.419551999999999</v>
+      </c>
+      <c r="M105" s="1" t="n"/>
+      <c r="N105" t="inlineStr">
+        <is>
+          <t>AN</t>
+        </is>
+      </c>
+      <c r="P105" t="inlineStr"/>
+      <c r="Q105" s="2" t="n"/>
+      <c r="R105" s="2" t="n"/>
+      <c r="S105" t="inlineStr">
+        <is>
+          <t>IP</t>
+        </is>
+      </c>
+      <c r="T105" t="inlineStr">
+        <is>
+          <t>Dampferzeugung</t>
+        </is>
+      </c>
+      <c r="U105" s="2" t="n"/>
+      <c r="V105" s="2" t="n"/>
+      <c r="W105" s="2" t="n"/>
+      <c r="X105" s="2" t="n"/>
+      <c r="Y105" s="2" t="n"/>
+      <c r="Z105" s="2" t="n"/>
+      <c r="AA105" s="2" t="n"/>
+      <c r="AB105" s="2" t="n"/>
+      <c r="AC105" s="2" t="n"/>
+      <c r="AD105" s="2" t="n"/>
+      <c r="AF105" s="2" t="n"/>
+      <c r="AG105" s="2" t="n"/>
+      <c r="AH105" s="1" t="n"/>
+      <c r="AI105" s="2" t="n"/>
+      <c r="AJ105" s="2" t="n"/>
+      <c r="AK105" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL105" s="2" t="n"/>
+      <c r="AM105" s="2" t="n"/>
+      <c r="AN105" s="2" t="n"/>
+      <c r="AO105" s="2" t="n"/>
+      <c r="AP105" s="2" t="n"/>
+      <c r="AR105" s="2" t="n"/>
+      <c r="AT105" t="inlineStr">
+        <is>
+          <t>https://www.basf.com/global/de/media/news-releases/2024/11/p-24-324</t>
+        </is>
+      </c>
+      <c r="AV105" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AY105" s="3" t="n"/>
+      <c r="BB105" s="3" t="n"/>
+      <c r="BD105" t="inlineStr"/>
+      <c r="BE105" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" ht="40" customHeight="1">
+      <c r="A106" s="1" t="n">
+        <v>125</v>
+      </c>
+      <c r="B106" t="inlineStr"/>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>BASF</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>Ludwigshafen</t>
+        </is>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I106" t="inlineStr">
+        <is>
+          <t>RP</t>
+        </is>
+      </c>
+      <c r="K106" s="2" t="n">
+        <v>49.524732</v>
+      </c>
+      <c r="L106" s="2" t="n">
+        <v>8.419551999999999</v>
+      </c>
+      <c r="M106" s="1" t="n">
+        <v>2027</v>
+      </c>
+      <c r="N106" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="P106" t="inlineStr">
+        <is>
+          <t>Abwärme aus Steamcracker</t>
+        </is>
+      </c>
+      <c r="Q106" s="2" t="n"/>
+      <c r="R106" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="S106" t="inlineStr">
+        <is>
+          <t>IP</t>
+        </is>
+      </c>
+      <c r="T106" t="inlineStr">
+        <is>
+          <t>Dampfbereitstellung für Ameisensäureproduktion, 500.000 Tonnen Dampf pro Jahr</t>
+        </is>
+      </c>
+      <c r="U106" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="V106" s="2" t="n"/>
+      <c r="W106" s="2" t="n"/>
+      <c r="X106" s="2" t="n"/>
+      <c r="Y106" s="2" t="n"/>
+      <c r="Z106" s="2" t="n"/>
+      <c r="AA106" s="2" t="n"/>
+      <c r="AB106" s="2" t="n"/>
+      <c r="AC106" s="2" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="AD106" s="2" t="n">
+        <v>50000</v>
+      </c>
+      <c r="AF106" s="2" t="n"/>
+      <c r="AG106" s="2" t="n"/>
+      <c r="AH106" s="1" t="n"/>
+      <c r="AI106" s="2" t="n"/>
+      <c r="AJ106" s="2" t="n">
+        <v>360000000</v>
+      </c>
+      <c r="AK106" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL106" s="2" t="n"/>
+      <c r="AM106" s="2" t="n"/>
+      <c r="AN106" s="2" t="n"/>
+      <c r="AO106" s="2" t="n"/>
+      <c r="AP106" s="2" t="n"/>
+      <c r="AR106" s="2" t="n"/>
+      <c r="AT106" t="inlineStr">
+        <is>
+          <t>https://www.basf.com/global/de/media/news-releases/2024/10/p-24-300</t>
+        </is>
+      </c>
+      <c r="AV106" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AY106" s="3" t="n"/>
+      <c r="BB106" s="3" t="n"/>
+      <c r="BD106" t="inlineStr">
+        <is>
+          <t>Lerch, Tim: Heat Pump Steamcracker 2. Präsentation auf der VDI-Fachtagung „Großwärmepumpen in der Industrie“, 17.09.2025, Berlin.</t>
+        </is>
+      </c>
+      <c r="BE106" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="40" customHeight="1">
+      <c r="A107" s="1" t="n">
+        <v>126</v>
+      </c>
+      <c r="B107" t="inlineStr"/>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>Quartier "Franky"</t>
+        </is>
+      </c>
+      <c r="G107" t="inlineStr">
+        <is>
+          <t>Frankfurt</t>
+        </is>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I107" t="inlineStr">
+        <is>
+          <t>HE</t>
+        </is>
+      </c>
+      <c r="K107" s="2" t="n">
+        <v>50.103319</v>
+      </c>
+      <c r="L107" s="2" t="n">
+        <v>8.631152999999999</v>
+      </c>
+      <c r="M107" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="N107" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P107" t="inlineStr">
+        <is>
+          <t>Rechenzentrum Telehouse</t>
+        </is>
+      </c>
+      <c r="Q107" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="R107" s="2" t="n"/>
+      <c r="S107" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T107" t="inlineStr">
+        <is>
+          <t>Nahwärme Quartier "Franky"</t>
+        </is>
+      </c>
+      <c r="U107" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="V107" s="2" t="n"/>
+      <c r="W107" s="2" t="n"/>
+      <c r="X107" s="2" t="n"/>
+      <c r="Y107" s="2" t="n"/>
+      <c r="Z107" s="2" t="n"/>
+      <c r="AA107" s="2" t="n"/>
+      <c r="AB107" s="2" t="n"/>
+      <c r="AC107" s="2" t="n"/>
+      <c r="AD107" s="2" t="n">
+        <v>640</v>
+      </c>
+      <c r="AE107" t="inlineStr">
+        <is>
+          <t>2 x 320 kW</t>
+        </is>
+      </c>
+      <c r="AF107" s="2" t="n"/>
+      <c r="AG107" s="2" t="n"/>
+      <c r="AH107" s="1" t="n"/>
+      <c r="AI107" s="2" t="n"/>
+      <c r="AJ107" s="2" t="n"/>
+      <c r="AK107" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL107" s="2" t="n"/>
+      <c r="AM107" s="2" t="n"/>
+      <c r="AN107" s="2" t="n"/>
+      <c r="AO107" s="2" t="n"/>
+      <c r="AP107" s="2" t="n"/>
+      <c r="AR107" s="2" t="n"/>
+      <c r="AT107" t="inlineStr">
+        <is>
+          <t>https://www.mainova.de/de/fuer-unternehmen/loesungen/referenzen/flexible-contracting-pakete/referenz-quartier-westville-waerme-aus-der-nachbarschaft-mainova</t>
+        </is>
+      </c>
+      <c r="AV107" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AY107" s="3" t="n"/>
+      <c r="BB107" s="3" t="n"/>
+      <c r="BD107" t="inlineStr"/>
+      <c r="BE107" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="40" customHeight="1">
+      <c r="A108" s="1" t="n">
+        <v>127</v>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>Carrier Klimatechnik GmbH</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>Mainova</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr">
+        <is>
+          <t>Frankfurt</t>
+        </is>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I108" t="inlineStr">
+        <is>
+          <t>HE</t>
+        </is>
+      </c>
+      <c r="K108" s="2" t="n">
+        <v>50.1109</v>
+      </c>
+      <c r="L108" s="2" t="n">
+        <v>8.6821</v>
+      </c>
+      <c r="M108" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="N108" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="O108" t="inlineStr">
+        <is>
+          <t>2 AquaForce, 61XWH-ZE</t>
+        </is>
+      </c>
+      <c r="P108" t="inlineStr"/>
+      <c r="Q108" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="R108" s="2" t="n"/>
+      <c r="S108" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T108" t="inlineStr">
+        <is>
+          <t>Nahwärmenetz "Batschkapp"</t>
+        </is>
+      </c>
+      <c r="U108" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="V108" s="2" t="n"/>
+      <c r="W108" s="2" t="n"/>
+      <c r="X108" s="2" t="n"/>
+      <c r="Y108" s="2" t="n"/>
+      <c r="Z108" s="2" t="n"/>
+      <c r="AA108" s="2" t="n"/>
+      <c r="AB108" s="2" t="n"/>
+      <c r="AC108" s="2" t="n"/>
+      <c r="AD108" s="2" t="n">
+        <v>715</v>
+      </c>
+      <c r="AE108" t="inlineStr">
+        <is>
+          <t>2 x 390 kW</t>
+        </is>
+      </c>
+      <c r="AF108" s="2" t="n"/>
+      <c r="AG108" s="2" t="n"/>
+      <c r="AH108" s="1" t="n"/>
+      <c r="AI108" s="2" t="n"/>
+      <c r="AJ108" s="2" t="n"/>
+      <c r="AK108" t="inlineStr">
+        <is>
+          <t>SC</t>
+        </is>
+      </c>
+      <c r="AL108" s="2" t="n"/>
+      <c r="AM108" s="2" t="n"/>
+      <c r="AN108" s="2" t="n"/>
+      <c r="AO108" s="2" t="n"/>
+      <c r="AP108" s="2" t="n"/>
+      <c r="AR108" s="2" t="n"/>
+      <c r="AV108" s="3" t="n"/>
+      <c r="AY108" s="3" t="n"/>
+      <c r="BB108" s="3" t="n"/>
+      <c r="BD108" t="inlineStr">
+        <is>
+          <t>Carrier (2023). Abwärmenutzung in Rechenzentren. LüKK in Rechenzentren 21.-22. November 2023 in Königstein</t>
+        </is>
+      </c>
+      <c r="BE108" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" ht="40" customHeight="1">
+      <c r="A109" s="1" t="n">
+        <v>128</v>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>Carrier Klimatechnik GmbH</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>Technische Universität Darmstadt - Dezernat V - Baumanagement und Technischer Betrieb</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr">
+        <is>
+          <t>Darmstadt</t>
+        </is>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I109" t="inlineStr">
+        <is>
+          <t>HE</t>
+        </is>
+      </c>
+      <c r="K109" s="2" t="n">
+        <v>49.863251</v>
+      </c>
+      <c r="L109" s="2" t="n">
+        <v>8.6793</v>
+      </c>
+      <c r="M109" s="1" t="n">
+        <v>2021</v>
+      </c>
+      <c r="N109" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="O109" t="inlineStr">
+        <is>
+          <t>61XWHZE</t>
+        </is>
+      </c>
+      <c r="P109" t="inlineStr">
+        <is>
+          <t>Abwärme Hochleistungsrechner TU Darmstadt, Warmwasserkühlung der CPUs wird als Abwärme nachgenutzt</t>
+        </is>
+      </c>
+      <c r="Q109" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="R109" s="2" t="n"/>
+      <c r="S109" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T109" t="inlineStr">
+        <is>
+          <t>Nahwärmenetz TU Darmstadt, Weitere Temperaturanhebung durch zentrales Heizkraftwerk am Campus Lichtwiese</t>
+        </is>
+      </c>
+      <c r="U109" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="V109" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="W109" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="X109" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="Y109" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="Z109" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA109" s="2" t="n"/>
+      <c r="AB109" s="2" t="n"/>
+      <c r="AC109" s="2" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="AD109" s="2" t="n">
+        <v>557</v>
+      </c>
+      <c r="AF109" s="2" t="n">
+        <v>464</v>
+      </c>
+      <c r="AG109" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="AH109" s="1" t="n"/>
+      <c r="AI109" s="2" t="n"/>
+      <c r="AJ109" s="2" t="n">
+        <v>101700</v>
+      </c>
+      <c r="AK109" t="inlineStr">
+        <is>
+          <t>SC</t>
+        </is>
+      </c>
+      <c r="AL109" s="2" t="n"/>
+      <c r="AM109" s="2" t="n">
+        <v>2724</v>
+      </c>
+      <c r="AN109" s="2" t="n">
+        <v>981</v>
+      </c>
+      <c r="AO109" s="2" t="n">
+        <v>1594</v>
+      </c>
+      <c r="AP109" s="2" t="n">
+        <v>2.25</v>
+      </c>
+      <c r="AQ109" t="inlineStr">
+        <is>
+          <t>zentrales Heizkraftwerk</t>
+        </is>
+      </c>
+      <c r="AR109" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AS109" t="inlineStr">
+        <is>
+          <t>Hydraulische Weiche 6 m³</t>
+        </is>
+      </c>
+      <c r="AV109" s="3" t="n"/>
+      <c r="AY109" s="3" t="n"/>
+      <c r="BB109" s="3" t="n"/>
+      <c r="BD109" t="inlineStr">
+        <is>
+          <t>E-Mail zwischen Fraunhofer IEG und LandesEnergieAgentur Hessen am 22.04.2025</t>
+        </is>
+      </c>
+      <c r="BE109" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" ht="40" customHeight="1">
+      <c r="A110" s="1" t="n">
+        <v>129</v>
+      </c>
+      <c r="B110" t="inlineStr"/>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>Kraftwerke Mainz-Wiesbaden AG</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr">
+        <is>
+          <t>Mainz</t>
+        </is>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I110" t="inlineStr">
+        <is>
+          <t>RP</t>
+        </is>
+      </c>
+      <c r="K110" s="2" t="n">
+        <v>49.989203</v>
+      </c>
+      <c r="L110" s="2" t="n">
+        <v>8.251111</v>
+      </c>
+      <c r="M110" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N110" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="P110" t="inlineStr">
+        <is>
+          <t>Abwärme Green Mountain KMW Data Center</t>
+        </is>
+      </c>
+      <c r="Q110" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="R110" s="2" t="n"/>
+      <c r="S110" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T110" t="inlineStr"/>
+      <c r="U110" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="V110" s="2" t="n"/>
+      <c r="W110" s="2" t="n"/>
+      <c r="X110" s="2" t="n"/>
+      <c r="Y110" s="2" t="n"/>
+      <c r="Z110" s="2" t="n"/>
+      <c r="AA110" s="2" t="n"/>
+      <c r="AB110" s="2" t="n"/>
+      <c r="AC110" s="2" t="n"/>
+      <c r="AD110" s="2" t="n">
+        <v>54000</v>
+      </c>
+      <c r="AF110" s="2" t="n"/>
+      <c r="AG110" s="2" t="n"/>
+      <c r="AH110" s="1" t="n"/>
+      <c r="AI110" s="2" t="n"/>
+      <c r="AJ110" s="2" t="n"/>
+      <c r="AK110" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL110" s="2" t="n"/>
+      <c r="AM110" s="2" t="n"/>
+      <c r="AN110" s="2" t="n"/>
+      <c r="AO110" s="2" t="n"/>
+      <c r="AP110" s="2" t="n"/>
+      <c r="AR110" s="2" t="n"/>
+      <c r="AT110" t="inlineStr">
+        <is>
+          <t>https://www.swr.de/swraktuell/rheinland-pfalz/mainz/kmw-baut-in-mainz-grosses-gruenes-rechenzentrum-100.html</t>
+        </is>
+      </c>
+      <c r="AV110" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AW110" t="inlineStr">
+        <is>
+          <t>https://www.energieagentur.rlp.de/info/die-energieagentur-informiert/aktuelle-meldungen/aktuelles-detail/rechenzentrum-hilft-beim-heizen/#:~:text=Zum%20einen%20stellt%20der%20Rhein,von%20etwa%2020.000</t>
+        </is>
+      </c>
+      <c r="AY110" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="BB110" s="3" t="n"/>
+      <c r="BD110" t="inlineStr"/>
+      <c r="BE110" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" ht="40" customHeight="1">
+      <c r="A111" s="1" t="n">
+        <v>130</v>
+      </c>
+      <c r="B111" t="inlineStr"/>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>EnBW AG</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr">
+        <is>
+          <t>Waldbronn</t>
+        </is>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I111" t="inlineStr">
+        <is>
+          <t>NW</t>
+        </is>
+      </c>
+      <c r="K111" s="2" t="n">
+        <v>48.92771</v>
+      </c>
+      <c r="L111" s="2" t="n">
+        <v>8.475849999999999</v>
+      </c>
+      <c r="M111" s="1" t="n"/>
+      <c r="N111" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P111" t="inlineStr">
+        <is>
+          <t>Abwärme der Kalt- und Kühlwassererzeugung von Agilent Technologies Deutschland GmbH.</t>
+        </is>
+      </c>
+      <c r="Q111" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="R111" s="2" t="n"/>
+      <c r="S111" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T111" t="inlineStr"/>
+      <c r="U111" s="2" t="n"/>
+      <c r="V111" s="2" t="n"/>
+      <c r="W111" s="2" t="n"/>
+      <c r="X111" s="2" t="n"/>
+      <c r="Y111" s="2" t="n"/>
+      <c r="Z111" s="2" t="n"/>
+      <c r="AA111" s="2" t="n"/>
+      <c r="AB111" s="2" t="n"/>
+      <c r="AC111" s="2" t="n"/>
+      <c r="AD111" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AF111" s="2" t="n"/>
+      <c r="AG111" s="2" t="n"/>
+      <c r="AH111" s="1" t="n"/>
+      <c r="AI111" s="2" t="n"/>
+      <c r="AJ111" s="2" t="n"/>
+      <c r="AK111" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL111" s="2" t="n"/>
+      <c r="AM111" s="2" t="n"/>
+      <c r="AN111" s="2" t="n"/>
+      <c r="AO111" s="2" t="n"/>
+      <c r="AP111" s="2" t="n"/>
+      <c r="AR111" s="2" t="n"/>
+      <c r="AT111" t="inlineStr">
+        <is>
+          <t>https://www.stadt-und-werk.de/k21-meldungen/grosswaermepumpe-nutzt-abwaerme/</t>
+        </is>
+      </c>
+      <c r="AV111" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AY111" s="3" t="n"/>
+      <c r="BB111" s="3" t="n"/>
+      <c r="BD111" t="inlineStr"/>
+      <c r="BE111" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" ht="40" customHeight="1">
+      <c r="A112" s="1" t="n">
+        <v>131</v>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>Hochschule Zittau Görlitz; Fraunhofer IEG; ILK Dresden</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>AQVA HEAT</t>
+        </is>
+      </c>
+      <c r="G112" t="inlineStr">
+        <is>
+          <t>Zittau</t>
+        </is>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I112" t="inlineStr">
+        <is>
+          <t>SN</t>
+        </is>
+      </c>
+      <c r="K112" s="2" t="n">
+        <v>50.8879</v>
+      </c>
+      <c r="L112" s="2" t="n">
+        <v>14.8163</v>
+      </c>
+      <c r="M112" s="1" t="n">
+        <v>2026</v>
+      </c>
+      <c r="N112" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="P112" t="inlineStr">
+        <is>
+          <t>Vakuum-Flüssigeiserzeuger zur ganzjährigen Nutzung von Oberflächengewässern</t>
+        </is>
+      </c>
+      <c r="Q112" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="R112" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="S112" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T112" t="inlineStr"/>
+      <c r="U112" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="V112" s="2" t="n"/>
+      <c r="W112" s="2" t="n"/>
+      <c r="X112" s="2" t="n"/>
+      <c r="Y112" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z112" s="2" t="n"/>
+      <c r="AA112" s="2" t="n"/>
+      <c r="AB112" s="2" t="n"/>
+      <c r="AC112" s="2" t="n"/>
+      <c r="AD112" s="2" t="n">
+        <v>500</v>
+      </c>
+      <c r="AF112" s="2" t="n"/>
+      <c r="AG112" s="2" t="n"/>
+      <c r="AH112" s="1" t="n"/>
+      <c r="AI112" s="2" t="n"/>
+      <c r="AJ112" s="2" t="n"/>
+      <c r="AK112" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL112" s="2" t="n"/>
+      <c r="AM112" s="2" t="n"/>
+      <c r="AN112" s="2" t="n"/>
+      <c r="AO112" s="2" t="n"/>
+      <c r="AP112" s="2" t="n"/>
+      <c r="AR112" s="2" t="n"/>
+      <c r="AT112" t="inlineStr">
+        <is>
+          <t>https://fis.hszg.de/1170.html</t>
+        </is>
+      </c>
+      <c r="AV112" s="3" t="n">
+        <v>45712</v>
+      </c>
+      <c r="AY112" s="3" t="n"/>
+      <c r="BB112" s="3" t="n"/>
+      <c r="BD112" t="inlineStr">
+        <is>
+          <t>Fraunhofer IEG</t>
+        </is>
+      </c>
+      <c r="BE112" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" ht="40" customHeight="1">
+      <c r="A113" s="1" t="n">
+        <v>132</v>
+      </c>
+      <c r="B113" t="inlineStr"/>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>Renergiewerke Rantrum GmbH</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr">
+        <is>
+          <t>Rantrum</t>
+        </is>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I113" t="inlineStr">
+        <is>
+          <t>SH</t>
+        </is>
+      </c>
+      <c r="K113" s="2" t="n">
+        <v>54.438297</v>
+      </c>
+      <c r="L113" s="2" t="n">
+        <v>9.128242</v>
+      </c>
+      <c r="M113" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N113" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="P113" t="inlineStr"/>
+      <c r="Q113" s="2" t="n"/>
+      <c r="R113" s="2" t="n"/>
+      <c r="S113" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T113" t="inlineStr">
+        <is>
+          <t>Nahwärme Rantrum</t>
+        </is>
+      </c>
+      <c r="U113" s="2" t="n"/>
+      <c r="V113" s="2" t="n"/>
+      <c r="W113" s="2" t="n"/>
+      <c r="X113" s="2" t="n"/>
+      <c r="Y113" s="2" t="n"/>
+      <c r="Z113" s="2" t="n"/>
+      <c r="AA113" s="2" t="n"/>
+      <c r="AB113" s="2" t="n"/>
+      <c r="AC113" s="2" t="n"/>
+      <c r="AD113" s="2" t="n"/>
+      <c r="AF113" s="2" t="n"/>
+      <c r="AG113" s="2" t="n"/>
+      <c r="AH113" s="1" t="n"/>
+      <c r="AI113" s="2" t="n"/>
+      <c r="AJ113" s="2" t="n"/>
+      <c r="AK113" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL113" s="2" t="n"/>
+      <c r="AM113" s="2" t="n"/>
+      <c r="AN113" s="2" t="n"/>
+      <c r="AO113" s="2" t="n"/>
+      <c r="AP113" s="2" t="n"/>
+      <c r="AR113" s="2" t="n"/>
+      <c r="AT113" t="inlineStr">
+        <is>
+          <t>https://www.gp-joule.com/de/newsroom/detail/es-geht-los-regenerative-waermeversorgung-fuer-rantrum/</t>
+        </is>
+      </c>
+      <c r="AV113" s="3" t="n">
+        <v>45712</v>
+      </c>
+      <c r="AY113" s="3" t="n"/>
+      <c r="BB113" s="3" t="n"/>
+      <c r="BD113" t="inlineStr"/>
+      <c r="BE113" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" ht="40" customHeight="1">
+      <c r="A114" s="1" t="n">
+        <v>133</v>
+      </c>
+      <c r="B114" t="inlineStr"/>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>Renergiewerke Schuby GmbH</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr">
+        <is>
+          <t>Schuby</t>
+        </is>
+      </c>
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I114" t="inlineStr">
+        <is>
+          <t>SH</t>
+        </is>
+      </c>
+      <c r="K114" s="2" t="n">
+        <v>54.515286</v>
+      </c>
+      <c r="L114" s="2" t="n">
+        <v>9.475396</v>
+      </c>
+      <c r="M114" s="1" t="n">
+        <v>2026</v>
+      </c>
+      <c r="N114" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P114" t="inlineStr"/>
+      <c r="Q114" s="2" t="n"/>
+      <c r="R114" s="2" t="n"/>
+      <c r="S114" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T114" t="inlineStr">
+        <is>
+          <t>Nahwärme Schuby</t>
+        </is>
+      </c>
+      <c r="U114" s="2" t="n"/>
+      <c r="V114" s="2" t="n"/>
+      <c r="W114" s="2" t="n"/>
+      <c r="X114" s="2" t="n"/>
+      <c r="Y114" s="2" t="n"/>
+      <c r="Z114" s="2" t="n"/>
+      <c r="AA114" s="2" t="n"/>
+      <c r="AB114" s="2" t="n"/>
+      <c r="AC114" s="2" t="n"/>
+      <c r="AD114" s="2" t="n"/>
+      <c r="AF114" s="2" t="n"/>
+      <c r="AG114" s="2" t="n"/>
+      <c r="AH114" s="1" t="n"/>
+      <c r="AI114" s="2" t="n"/>
+      <c r="AJ114" s="2" t="n"/>
+      <c r="AK114" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL114" s="2" t="n"/>
+      <c r="AM114" s="2" t="n"/>
+      <c r="AN114" s="2" t="n"/>
+      <c r="AO114" s="2" t="n"/>
+      <c r="AP114" s="2" t="n"/>
+      <c r="AR114" s="2" t="n"/>
+      <c r="AT114" t="inlineStr">
+        <is>
+          <t>https://www.gp-joule.com/de/newsroom/detail/heizen-mit-nachhaltiger-waerme-schuby-startet-in-ein-neues-energiezeitalter/</t>
+        </is>
+      </c>
+      <c r="AV114" s="3" t="n">
+        <v>45712</v>
+      </c>
+      <c r="AY114" s="3" t="n"/>
+      <c r="BB114" s="3" t="n"/>
+      <c r="BD114" t="inlineStr"/>
+      <c r="BE114" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" ht="40" customHeight="1">
+      <c r="A115" s="1" t="n">
+        <v>134</v>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>Carrier Klimatechnik GmbH</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>InterXion Real Estate XXII B.V.</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>Pilotprojekt Abwärmenutzung durch Wasserkreislauf aus Rechenzentrum</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr">
+        <is>
+          <t>Frankfurt</t>
+        </is>
+      </c>
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I115" t="inlineStr">
+        <is>
+          <t>HE</t>
+        </is>
+      </c>
+      <c r="K115" s="2" t="n">
+        <v>50.125826</v>
+      </c>
+      <c r="L115" s="2" t="n">
+        <v>8.751215</v>
+      </c>
+      <c r="M115" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N115" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="O115" t="inlineStr">
+        <is>
+          <t>61XWH-ZE07</t>
+        </is>
+      </c>
+      <c r="P115" t="inlineStr">
+        <is>
+          <t>Abwärme Wasserkreislauf aus Rechenzentrum</t>
+        </is>
+      </c>
+      <c r="Q115" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="R115" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="S115" t="inlineStr">
+        <is>
+          <t>HSB</t>
+        </is>
+      </c>
+      <c r="T115" t="inlineStr"/>
+      <c r="U115" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="V115" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="W115" s="2" t="n"/>
+      <c r="X115" s="2" t="n"/>
+      <c r="Y115" s="2" t="n"/>
+      <c r="Z115" s="2" t="n"/>
+      <c r="AA115" s="2" t="n"/>
+      <c r="AB115" s="2" t="n"/>
+      <c r="AC115" s="2" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="AD115" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AE115" t="inlineStr">
+        <is>
+          <t>3 x 850 kW</t>
+        </is>
+      </c>
+      <c r="AF115" s="2" t="n"/>
+      <c r="AG115" s="2" t="n"/>
+      <c r="AH115" s="1" t="n"/>
+      <c r="AI115" s="2" t="n"/>
+      <c r="AJ115" s="2" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="AK115" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL115" s="2" t="n"/>
+      <c r="AM115" s="2" t="n">
+        <v>3290</v>
+      </c>
+      <c r="AN115" s="2" t="n">
+        <v>1079</v>
+      </c>
+      <c r="AO115" s="2" t="n">
+        <v>1968</v>
+      </c>
+      <c r="AP115" s="2" t="n">
+        <v>4147</v>
+      </c>
+      <c r="AR115" s="2" t="n">
+        <v>97.7</v>
+      </c>
+      <c r="AS115" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
+      <c r="AV115" s="3" t="n"/>
+      <c r="AY115" s="3" t="n"/>
+      <c r="BB115" s="3" t="n"/>
+      <c r="BD115" t="inlineStr">
+        <is>
+          <t>E-Mail Korrespondenz zwischen LandesEnergieAgentur Hessen GmbH und Fraunhofer IEG am 07.03.2025</t>
+        </is>
+      </c>
+      <c r="BE115" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" ht="40" customHeight="1">
+      <c r="A116" s="1" t="n">
+        <v>135</v>
+      </c>
+      <c r="B116" t="inlineStr"/>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>Projektbeteiligte: Stadtentwässerung und Umweltanalytik Nürnberg, N-ergie</t>
+        </is>
+      </c>
+      <c r="G116" t="inlineStr">
+        <is>
+          <t>Nürnberg</t>
+        </is>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I116" t="inlineStr">
+        <is>
+          <t>BY</t>
+        </is>
+      </c>
+      <c r="K116" s="2" t="n">
+        <v>49.4652</v>
+      </c>
+      <c r="L116" s="2" t="n">
+        <v>11.0249</v>
+      </c>
+      <c r="M116" s="1" t="n">
+        <v>2028</v>
+      </c>
+      <c r="N116" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P116" t="inlineStr"/>
+      <c r="Q116" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="R116" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="S116" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T116" t="inlineStr"/>
+      <c r="U116" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="V116" s="2" t="n"/>
+      <c r="W116" s="2" t="n"/>
+      <c r="X116" s="2" t="n"/>
+      <c r="Y116" s="2" t="n"/>
+      <c r="Z116" s="2" t="n"/>
+      <c r="AA116" s="2" t="n"/>
+      <c r="AB116" s="2" t="n"/>
+      <c r="AC116" s="2" t="n"/>
+      <c r="AD116" s="2" t="n">
+        <v>15000</v>
+      </c>
+      <c r="AF116" s="2" t="n"/>
+      <c r="AG116" s="2" t="n">
+        <v>7000</v>
+      </c>
+      <c r="AH116" s="1" t="n"/>
+      <c r="AI116" s="2" t="n"/>
+      <c r="AJ116" s="2" t="n"/>
+      <c r="AK116" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL116" s="2" t="n"/>
+      <c r="AM116" s="2" t="n"/>
+      <c r="AN116" s="2" t="n"/>
+      <c r="AO116" s="2" t="n"/>
+      <c r="AP116" s="2" t="n"/>
+      <c r="AR116" s="2" t="n"/>
+      <c r="AT116" t="inlineStr">
+        <is>
+          <t>https://www.t-online.de/region/nuernberg/id_100674730/nuernberg-will-aus-abwasser-waerme-gewinnen-mit-grosswaermepumpe.html</t>
+        </is>
+      </c>
+      <c r="AV116" s="3" t="n">
+        <v>45800</v>
+      </c>
+      <c r="AW116" t="inlineStr">
+        <is>
+          <t>https://www.sweco-gmbh.de/aktuelles/news/hochtemperatur-waermepumpe/</t>
+        </is>
+      </c>
+      <c r="AY116" s="3" t="n">
+        <v>46001</v>
+      </c>
+      <c r="BB116" s="3" t="n"/>
+      <c r="BD116" t="inlineStr"/>
+      <c r="BE116" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" ht="40" customHeight="1">
+      <c r="A117" s="1" t="n">
+        <v>136</v>
+      </c>
+      <c r="B117" t="inlineStr"/>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>enercity</t>
+        </is>
+      </c>
+      <c r="G117" t="inlineStr">
+        <is>
+          <t>Hannover</t>
+        </is>
+      </c>
+      <c r="H117" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I117" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="K117" s="2" t="n">
+        <v>52.3948</v>
+      </c>
+      <c r="L117" s="2" t="n">
+        <v>9.672000000000001</v>
+      </c>
+      <c r="M117" s="1" t="n">
+        <v>2027</v>
+      </c>
+      <c r="N117" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="P117" t="inlineStr">
+        <is>
+          <t>12 - 16 °C im Winter</t>
+        </is>
+      </c>
+      <c r="Q117" s="2" t="n"/>
+      <c r="R117" s="2" t="n"/>
+      <c r="S117" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T117" t="inlineStr"/>
+      <c r="U117" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="V117" s="2" t="n"/>
+      <c r="W117" s="2" t="n"/>
+      <c r="X117" s="2" t="n"/>
+      <c r="Y117" s="2" t="n"/>
+      <c r="Z117" s="2" t="n"/>
+      <c r="AA117" s="2" t="n"/>
+      <c r="AB117" s="2" t="n"/>
+      <c r="AC117" s="2" t="n"/>
+      <c r="AD117" s="2" t="n">
+        <v>30000</v>
+      </c>
+      <c r="AF117" s="2" t="n"/>
+      <c r="AG117" s="2" t="n"/>
+      <c r="AH117" s="1" t="n"/>
+      <c r="AI117" s="2" t="n"/>
+      <c r="AJ117" s="2" t="n"/>
+      <c r="AK117" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL117" s="2" t="n"/>
+      <c r="AM117" s="2" t="n"/>
+      <c r="AN117" s="2" t="n"/>
+      <c r="AO117" s="2" t="n"/>
+      <c r="AP117" s="2" t="n"/>
+      <c r="AR117" s="2" t="n"/>
+      <c r="AT117" t="inlineStr">
+        <is>
+          <t>https://www.enercity-contracting.de/referenzen/grosswaermepumpe-klaerwerk-herrenhausen</t>
+        </is>
+      </c>
+      <c r="AV117" s="3" t="n">
+        <v>45800</v>
+      </c>
+      <c r="AY117" s="3" t="n"/>
+      <c r="BB117" s="3" t="n"/>
+      <c r="BD117" t="inlineStr"/>
+      <c r="BE117" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" ht="40" customHeight="1">
+      <c r="A118" s="1" t="n">
+        <v>137</v>
+      </c>
+      <c r="B118" t="inlineStr"/>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>Projektbeteiligte: Einkaufszentrum Schenefeld; HanseWerk Natur</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr">
+        <is>
+          <t>Schenefeld</t>
+        </is>
+      </c>
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I118" t="inlineStr">
+        <is>
+          <t>SH</t>
+        </is>
+      </c>
+      <c r="K118" s="2" t="n">
+        <v>53.6009</v>
+      </c>
+      <c r="L118" s="2" t="n">
+        <v>9.837899999999999</v>
+      </c>
+      <c r="M118" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N118" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P118" t="inlineStr"/>
+      <c r="Q118" s="2" t="n"/>
+      <c r="R118" s="2" t="n"/>
+      <c r="S118" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T118" t="inlineStr">
+        <is>
+          <t>Einkaufszentrum und Nahwärmenetz</t>
+        </is>
+      </c>
+      <c r="U118" s="2" t="n"/>
+      <c r="V118" s="2" t="n"/>
+      <c r="W118" s="2" t="n"/>
+      <c r="X118" s="2" t="n"/>
+      <c r="Y118" s="2" t="n"/>
+      <c r="Z118" s="2" t="n"/>
+      <c r="AA118" s="2" t="n"/>
+      <c r="AB118" s="2" t="n"/>
+      <c r="AC118" s="2" t="n"/>
+      <c r="AD118" s="2" t="n">
+        <v>500</v>
+      </c>
+      <c r="AF118" s="2" t="n"/>
+      <c r="AG118" s="2" t="n"/>
+      <c r="AH118" s="1" t="n"/>
+      <c r="AI118" s="2" t="n"/>
+      <c r="AJ118" s="2" t="n"/>
+      <c r="AK118" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL118" s="2" t="n"/>
+      <c r="AM118" s="2" t="n">
+        <v>12000</v>
+      </c>
+      <c r="AN118" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AO118" s="2" t="n"/>
+      <c r="AP118" s="2" t="n">
+        <v>25000</v>
+      </c>
+      <c r="AR118" s="2" t="n"/>
+      <c r="AT118" t="inlineStr">
+        <is>
+          <t>https://www.mynewsdesk.com/de/hansewerk/pressreleases/groesste-waermepumpe-in-schenefeld-steht-auf-dem-einkaufszentrum-kran-stellt-25-tonnen-anlage-3384431</t>
+        </is>
+      </c>
+      <c r="AV118" s="3" t="n">
+        <v>45800</v>
+      </c>
+      <c r="AY118" s="3" t="n"/>
+      <c r="BB118" s="3" t="n"/>
+      <c r="BD118" t="inlineStr"/>
+      <c r="BE118" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" ht="40" customHeight="1">
+      <c r="A119" s="1" t="n">
+        <v>138</v>
+      </c>
+      <c r="B119" t="inlineStr"/>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>MVV AG</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr">
+        <is>
+          <t>Mannheim</t>
+        </is>
+      </c>
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I119" t="inlineStr">
+        <is>
+          <t>BW</t>
+        </is>
+      </c>
+      <c r="K119" s="2" t="n">
+        <v>49.4465</v>
+      </c>
+      <c r="L119" s="2" t="n">
+        <v>8.513400000000001</v>
+      </c>
+      <c r="M119" s="1" t="n">
+        <v>2028</v>
+      </c>
+      <c r="N119" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P119" t="inlineStr"/>
+      <c r="Q119" s="2" t="n"/>
+      <c r="R119" s="2" t="n"/>
+      <c r="S119" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T119" t="inlineStr"/>
+      <c r="U119" s="2" t="n"/>
+      <c r="V119" s="2" t="n"/>
+      <c r="W119" s="2" t="n"/>
+      <c r="X119" s="2" t="n"/>
+      <c r="Y119" s="2" t="n"/>
+      <c r="Z119" s="2" t="n"/>
+      <c r="AA119" s="2" t="n"/>
+      <c r="AB119" s="2" t="n"/>
+      <c r="AC119" s="2" t="n"/>
+      <c r="AD119" s="2" t="n">
+        <v>150000</v>
+      </c>
+      <c r="AF119" s="2" t="n"/>
+      <c r="AG119" s="2" t="n"/>
+      <c r="AH119" s="1" t="n"/>
+      <c r="AI119" s="2" t="n"/>
+      <c r="AJ119" s="2" t="n"/>
+      <c r="AK119" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL119" s="2" t="n"/>
+      <c r="AM119" s="2" t="n"/>
+      <c r="AN119" s="2" t="n"/>
+      <c r="AO119" s="2" t="n"/>
+      <c r="AP119" s="2" t="n"/>
+      <c r="AR119" s="2" t="n"/>
+      <c r="AT119" t="inlineStr">
+        <is>
+          <t>https://www.iwr.de/news/mvv-baut-neue-rekord-flusswaermepumpe-mit-150-mw-leistung-hoehere-dividende-news39067</t>
+        </is>
+      </c>
+      <c r="AV119" s="3" t="n">
+        <v>45800</v>
+      </c>
+      <c r="AW119" t="inlineStr">
+        <is>
+          <t>https://www.energie-und-management.de/nachrichten/suche/detail/mvv-baut-zweite-grosswaermepumpe-256952</t>
+        </is>
+      </c>
+      <c r="AY119" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="BB119" s="3" t="n"/>
+      <c r="BD119" t="inlineStr"/>
+      <c r="BE119" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" ht="40" customHeight="1">
+      <c r="A120" s="1" t="n">
+        <v>139</v>
+      </c>
+      <c r="B120" t="inlineStr"/>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>Stadtwerke Jena-Pößneck Energie GmbH</t>
+        </is>
+      </c>
+      <c r="G120" t="inlineStr">
+        <is>
+          <t>Jena</t>
+        </is>
+      </c>
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I120" t="inlineStr">
+        <is>
+          <t>TH</t>
+        </is>
+      </c>
+      <c r="K120" s="2" t="n">
+        <v>50.9307</v>
+      </c>
+      <c r="L120" s="2" t="n">
+        <v>11.5959</v>
+      </c>
+      <c r="M120" s="1" t="n"/>
+      <c r="N120" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P120" t="inlineStr">
+        <is>
+          <t>Abkühlung um 3 Kelvin.</t>
+        </is>
+      </c>
+      <c r="Q120" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="R120" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="S120" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T120" t="inlineStr"/>
+      <c r="U120" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="V120" s="2" t="n"/>
+      <c r="W120" s="2" t="n"/>
+      <c r="X120" s="2" t="n"/>
+      <c r="Y120" s="2" t="n"/>
+      <c r="Z120" s="2" t="n"/>
+      <c r="AA120" s="2" t="n"/>
+      <c r="AB120" s="2" t="n"/>
+      <c r="AC120" s="2" t="n"/>
+      <c r="AD120" s="2" t="n"/>
+      <c r="AF120" s="2" t="n"/>
+      <c r="AG120" s="2" t="n"/>
+      <c r="AH120" s="1" t="n"/>
+      <c r="AI120" s="2" t="n"/>
+      <c r="AJ120" s="2" t="n"/>
+      <c r="AK120" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL120" s="2" t="n"/>
+      <c r="AM120" s="2" t="n"/>
+      <c r="AN120" s="2" t="n"/>
+      <c r="AO120" s="2" t="n"/>
+      <c r="AP120" s="2" t="n"/>
+      <c r="AR120" s="2" t="n"/>
+      <c r="AT120" t="inlineStr">
+        <is>
+          <t>https://www.stadtwerke-jena.de/waermewende/gruene-nahwaerme.html</t>
+        </is>
+      </c>
+      <c r="AV120" s="3" t="n">
+        <v>45800</v>
+      </c>
+      <c r="AW120" t="inlineStr">
+        <is>
+          <t>https://www.mdr.de/nachrichten/thueringen/ost-thueringen/jena/energie-fernwaerme-kraftwerk-wasser-saale-flussthermie-102.html</t>
+        </is>
+      </c>
+      <c r="AY120" s="3" t="n">
+        <v>45944</v>
+      </c>
+      <c r="BB120" s="3" t="n"/>
+      <c r="BD120" t="inlineStr"/>
+      <c r="BE120" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" ht="40" customHeight="1">
+      <c r="A121" s="1" t="n">
+        <v>140</v>
+      </c>
+      <c r="B121" t="inlineStr"/>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>Stadtwerke Düsseldorf</t>
+        </is>
+      </c>
+      <c r="G121" t="inlineStr">
+        <is>
+          <t>Düsseldorf</t>
+        </is>
+      </c>
+      <c r="H121" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I121" t="inlineStr">
+        <is>
+          <t>NW</t>
+        </is>
+      </c>
+      <c r="K121" s="2" t="n">
+        <v>51.2118</v>
+      </c>
+      <c r="L121" s="2" t="n">
+        <v>6.8129</v>
+      </c>
+      <c r="M121" s="1" t="n"/>
+      <c r="N121" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P121" t="inlineStr"/>
+      <c r="Q121" s="2" t="n"/>
+      <c r="R121" s="2" t="n"/>
+      <c r="S121" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T121" t="inlineStr"/>
+      <c r="U121" s="2" t="n"/>
+      <c r="V121" s="2" t="n"/>
+      <c r="W121" s="2" t="n"/>
+      <c r="X121" s="2" t="n"/>
+      <c r="Y121" s="2" t="n"/>
+      <c r="Z121" s="2" t="n"/>
+      <c r="AA121" s="2" t="n"/>
+      <c r="AB121" s="2" t="n"/>
+      <c r="AC121" s="2" t="n"/>
+      <c r="AD121" s="2" t="n"/>
+      <c r="AF121" s="2" t="n"/>
+      <c r="AG121" s="2" t="n"/>
+      <c r="AH121" s="1" t="n"/>
+      <c r="AI121" s="2" t="n"/>
+      <c r="AJ121" s="2" t="n"/>
+      <c r="AK121" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL121" s="2" t="n"/>
+      <c r="AM121" s="2" t="n"/>
+      <c r="AN121" s="2" t="n"/>
+      <c r="AO121" s="2" t="n"/>
+      <c r="AP121" s="2" t="n"/>
+      <c r="AR121" s="2" t="n"/>
+      <c r="AT121" t="inlineStr">
+        <is>
+          <t>https://app.policylead.eu/storage/pmg/1886037255_09-09-24_07-57-3020/article_8/artikel.pdf</t>
+        </is>
+      </c>
+      <c r="AV121" s="3" t="n">
+        <v>45800</v>
+      </c>
+      <c r="AY121" s="3" t="n"/>
+      <c r="BB121" s="3" t="n"/>
+      <c r="BD121" t="inlineStr"/>
+      <c r="BE121" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" ht="40" customHeight="1">
+      <c r="A122" s="1" t="n">
+        <v>141</v>
+      </c>
+      <c r="B122" t="inlineStr"/>
+      <c r="G122" t="inlineStr">
+        <is>
+          <t>Düsseldorf EUREF-Campus</t>
+        </is>
+      </c>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I122" t="inlineStr">
+        <is>
+          <t>NW</t>
+        </is>
+      </c>
+      <c r="K122" s="2" t="n">
+        <v>51.2904</v>
+      </c>
+      <c r="L122" s="2" t="n">
+        <v>6.7889</v>
+      </c>
+      <c r="M122" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N122" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P122" t="inlineStr">
+        <is>
+          <t>Lichtenbroicher Baggersee</t>
+        </is>
+      </c>
+      <c r="Q122" s="2" t="n"/>
+      <c r="R122" s="2" t="n"/>
+      <c r="S122" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T122" t="inlineStr">
+        <is>
+          <t>Nahwärme EUREF-Campus</t>
+        </is>
+      </c>
+      <c r="U122" s="2" t="n"/>
+      <c r="V122" s="2" t="n"/>
+      <c r="W122" s="2" t="n"/>
+      <c r="X122" s="2" t="n"/>
+      <c r="Y122" s="2" t="n"/>
+      <c r="Z122" s="2" t="n"/>
+      <c r="AA122" s="2" t="n"/>
+      <c r="AB122" s="2" t="n"/>
+      <c r="AC122" s="2" t="n"/>
+      <c r="AD122" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AF122" s="2" t="n"/>
+      <c r="AG122" s="2" t="n"/>
+      <c r="AH122" s="1" t="n"/>
+      <c r="AI122" s="2" t="n"/>
+      <c r="AJ122" s="2" t="n"/>
+      <c r="AK122" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL122" s="2" t="n"/>
+      <c r="AM122" s="2" t="n"/>
+      <c r="AN122" s="2" t="n"/>
+      <c r="AO122" s="2" t="n"/>
+      <c r="AP122" s="2" t="n"/>
+      <c r="AR122" s="2" t="n"/>
+      <c r="AT122" t="inlineStr">
+        <is>
+          <t>https://www.gruene-duesseldorf.de/flusswaerme-als-klimaneutrale-waermequelle/</t>
+        </is>
+      </c>
+      <c r="AV122" s="3" t="n">
+        <v>45800</v>
+      </c>
+      <c r="AY122" s="3" t="n"/>
+      <c r="BB122" s="3" t="n"/>
+      <c r="BD122" t="inlineStr"/>
+      <c r="BE122" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" ht="40" customHeight="1">
+      <c r="A123" s="1" t="n">
+        <v>142</v>
+      </c>
+      <c r="B123" t="inlineStr"/>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>Carrier Klimatechnik GmbH</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>Stadtwerke Bietingheim-Bissingen</t>
+        </is>
+      </c>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>Bietigheim-Bissingen</t>
+        </is>
+      </c>
+      <c r="G123" t="inlineStr">
+        <is>
+          <t>Bietigheim-Bissingen</t>
+        </is>
+      </c>
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I123" t="inlineStr">
+        <is>
+          <t>BW</t>
+        </is>
+      </c>
+      <c r="K123" s="2" t="n">
+        <v>48.9439</v>
+      </c>
+      <c r="L123" s="2" t="n">
+        <v>9.103400000000001</v>
+      </c>
+      <c r="M123" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="N123" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P123" t="inlineStr">
+        <is>
+          <t>Umgebungsluft und BHKW-Abwärme</t>
+        </is>
+      </c>
+      <c r="Q123" s="2" t="n"/>
+      <c r="R123" s="2" t="n"/>
+      <c r="S123" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T123" t="inlineStr"/>
+      <c r="U123" s="2" t="n"/>
+      <c r="V123" s="2" t="n"/>
+      <c r="W123" s="2" t="n"/>
+      <c r="X123" s="2" t="n"/>
+      <c r="Y123" s="2" t="n"/>
+      <c r="Z123" s="2" t="n"/>
+      <c r="AA123" s="2" t="n"/>
+      <c r="AB123" s="2" t="n"/>
+      <c r="AC123" s="2" t="n"/>
+      <c r="AD123" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AE123" t="inlineStr">
+        <is>
+          <t>2 Wärmepumpen</t>
+        </is>
+      </c>
+      <c r="AF123" s="2" t="n"/>
+      <c r="AG123" s="2" t="n"/>
+      <c r="AH123" s="1" t="n"/>
+      <c r="AI123" s="2" t="n"/>
+      <c r="AJ123" s="2" t="n"/>
+      <c r="AK123" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL123" s="2" t="n"/>
+      <c r="AM123" s="2" t="n"/>
+      <c r="AN123" s="2" t="n"/>
+      <c r="AO123" s="2" t="n"/>
+      <c r="AP123" s="2" t="n"/>
+      <c r="AQ123" t="inlineStr">
+        <is>
+          <t>iKWK System. 2 BHKW mit 669 kW und 2.363 kW thermischer Leistung, Elektrokessel,</t>
+        </is>
+      </c>
+      <c r="AR123" s="2" t="n"/>
+      <c r="AS123" t="inlineStr">
+        <is>
+          <t>3 x 200 m³ Hochtemperatur-Pufferspeicher</t>
+        </is>
+      </c>
+      <c r="AT123" t="inlineStr">
+        <is>
+          <t>https://www.bkwk.de/wp-content/uploads/2025/05/BHKW_EM2025_05.pdf</t>
+        </is>
+      </c>
+      <c r="AV123" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AW123" t="inlineStr">
+        <is>
+          <t>https://www.bietigheimerzeitung.de/inhalt.bietigheim-bissingen-fernwaerme-aus-innovativen-quellen.0349b211-fc06-4a54-8eaf-7691f36ee14e.html</t>
+        </is>
+      </c>
+      <c r="AY123" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ123" t="inlineStr">
+        <is>
+          <t>https://www.energie-und-management.de/nachrichten/energieerzeugung/detail/flexible-waermeerzeugung-im-stadtzentrum-realisiert-255555#:~:text=Das%20iKWK%2DSystem%20in%20Bietigheim,Blockheizkraftwerk%2C</t>
+        </is>
+      </c>
+      <c r="BB123" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="BD123" t="inlineStr"/>
+      <c r="BE123" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" ht="40" customHeight="1">
+      <c r="A124" s="1" t="n">
+        <v>143</v>
+      </c>
+      <c r="B124" t="inlineStr"/>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>Stadtwerke Norderstedt</t>
+        </is>
+      </c>
+      <c r="G124" t="inlineStr">
+        <is>
+          <t>Norderstedt</t>
+        </is>
+      </c>
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I124" t="inlineStr">
+        <is>
+          <t>SH</t>
+        </is>
+      </c>
+      <c r="K124" s="2" t="n">
+        <v>53.7063</v>
+      </c>
+      <c r="L124" s="2" t="n">
+        <v>10.0159</v>
+      </c>
+      <c r="M124" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N124" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P124" t="inlineStr">
+        <is>
+          <t>Umschaltbare Wärmepumpenquelle. Umgebungsluft  (1.310 kW thermische Leistung). Motorenabwärme (840 kW thermische Leistung).</t>
+        </is>
+      </c>
+      <c r="Q124" s="2" t="n"/>
+      <c r="R124" s="2" t="n"/>
+      <c r="S124" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T124" t="inlineStr"/>
+      <c r="U124" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="V124" s="2" t="n"/>
+      <c r="W124" s="2" t="n"/>
+      <c r="X124" s="2" t="n"/>
+      <c r="Y124" s="2" t="n"/>
+      <c r="Z124" s="2" t="n"/>
+      <c r="AA124" s="2" t="n"/>
+      <c r="AB124" s="2" t="n"/>
+      <c r="AC124" s="2" t="n">
+        <v>2.66</v>
+      </c>
+      <c r="AD124" s="2" t="n">
+        <v>1310</v>
+      </c>
+      <c r="AE124" t="inlineStr">
+        <is>
+          <t>840 kW bei Nutzung Motorenabwärme</t>
+        </is>
+      </c>
+      <c r="AF124" s="2" t="n"/>
+      <c r="AG124" s="2" t="n"/>
+      <c r="AH124" s="1" t="n"/>
+      <c r="AI124" s="2" t="n"/>
+      <c r="AJ124" s="2" t="n"/>
+      <c r="AK124" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL124" s="2" t="n"/>
+      <c r="AM124" s="2" t="n"/>
+      <c r="AN124" s="2" t="n"/>
+      <c r="AO124" s="2" t="n"/>
+      <c r="AP124" s="2" t="n"/>
+      <c r="AQ124" t="inlineStr">
+        <is>
+          <t>2-MW-BHKW mit MTU-Motoren</t>
+        </is>
+      </c>
+      <c r="AR124" s="2" t="n"/>
+      <c r="AT124" t="inlineStr">
+        <is>
+          <t>https://www.bkwk.de/wp-content/uploads/2025/03/BHKW_EM2025_3_Hoechste-Effizienz-mit-umschaltbarer-Quelle.pdf</t>
+        </is>
+      </c>
+      <c r="AV124" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AY124" s="3" t="n"/>
+      <c r="BB124" s="3" t="n"/>
+      <c r="BD124" t="inlineStr"/>
+      <c r="BE124" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" ht="40" customHeight="1">
+      <c r="A125" s="1" t="n">
+        <v>144</v>
+      </c>
+      <c r="B125" t="inlineStr"/>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>Danpower Biomasse GmbH</t>
+        </is>
+      </c>
+      <c r="G125" t="inlineStr">
+        <is>
+          <t>Pfaffenhofen</t>
+        </is>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I125" t="inlineStr">
+        <is>
+          <t>BY</t>
+        </is>
+      </c>
+      <c r="K125" s="2" t="n">
+        <v>48.5255</v>
+      </c>
+      <c r="L125" s="2" t="n">
+        <v>11.5068</v>
+      </c>
+      <c r="M125" s="1" t="n">
+        <v>2026</v>
+      </c>
+      <c r="N125" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P125" t="inlineStr">
+        <is>
+          <t>Durchfluss 100 l/s, Abkühlung um bis zu 8 °C</t>
+        </is>
+      </c>
+      <c r="Q125" s="2" t="n"/>
+      <c r="R125" s="2" t="n"/>
+      <c r="S125" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T125" t="inlineStr"/>
+      <c r="U125" s="2" t="n"/>
+      <c r="V125" s="2" t="n"/>
+      <c r="W125" s="2" t="n"/>
+      <c r="X125" s="2" t="n"/>
+      <c r="Y125" s="2" t="n"/>
+      <c r="Z125" s="2" t="n"/>
+      <c r="AA125" s="2" t="n"/>
+      <c r="AB125" s="2" t="n"/>
+      <c r="AC125" s="2" t="n"/>
+      <c r="AD125" s="2" t="n"/>
+      <c r="AF125" s="2" t="n"/>
+      <c r="AG125" s="2" t="n"/>
+      <c r="AH125" s="1" t="n"/>
+      <c r="AI125" s="2" t="n"/>
+      <c r="AJ125" s="2" t="n"/>
+      <c r="AK125" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL125" s="2" t="n"/>
+      <c r="AM125" s="2" t="n"/>
+      <c r="AN125" s="2" t="n"/>
+      <c r="AO125" s="2" t="n"/>
+      <c r="AP125" s="2" t="n"/>
+      <c r="AR125" s="2" t="n"/>
+      <c r="AT125" t="inlineStr">
+        <is>
+          <t>https://www.energie-und-management.de/nachrichten/suche/detail/abwasser-liefert-waerme-fuer-pfaffenhofen-263363</t>
+        </is>
+      </c>
+      <c r="AV125" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AY125" s="3" t="n"/>
+      <c r="BB125" s="3" t="n"/>
+      <c r="BD125" t="inlineStr"/>
+      <c r="BE125" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" ht="40" customHeight="1">
+      <c r="A126" s="1" t="n">
+        <v>145</v>
+      </c>
+      <c r="B126" t="inlineStr"/>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>Econ AG</t>
+        </is>
+      </c>
+      <c r="G126" t="inlineStr">
+        <is>
+          <t>Memmingen</t>
+        </is>
+      </c>
+      <c r="H126" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I126" t="inlineStr">
+        <is>
+          <t>BY</t>
+        </is>
+      </c>
+      <c r="K126" s="2" t="n">
+        <v>47.9907</v>
+      </c>
+      <c r="L126" s="2" t="n">
+        <v>10.1755</v>
+      </c>
+      <c r="M126" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N126" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="P126" t="inlineStr">
+        <is>
+          <t>Niedrig-Temperatur-Abwärme aus Kühlprozessen von Industriekunden dient als Wärmequelle</t>
+        </is>
+      </c>
+      <c r="Q126" s="2" t="n"/>
+      <c r="R126" s="2" t="n"/>
+      <c r="S126" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T126" t="inlineStr"/>
+      <c r="U126" s="2" t="n"/>
+      <c r="V126" s="2" t="n"/>
+      <c r="W126" s="2" t="n"/>
+      <c r="X126" s="2" t="n"/>
+      <c r="Y126" s="2" t="n"/>
+      <c r="Z126" s="2" t="n"/>
+      <c r="AA126" s="2" t="n"/>
+      <c r="AB126" s="2" t="n"/>
+      <c r="AC126" s="2" t="n"/>
+      <c r="AD126" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AF126" s="2" t="n"/>
+      <c r="AG126" s="2" t="n"/>
+      <c r="AH126" s="1" t="n"/>
+      <c r="AI126" s="2" t="n"/>
+      <c r="AJ126" s="2" t="n"/>
+      <c r="AK126" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL126" s="2" t="n"/>
+      <c r="AM126" s="2" t="n"/>
+      <c r="AN126" s="2" t="n"/>
+      <c r="AO126" s="2" t="n"/>
+      <c r="AP126" s="2" t="n"/>
+      <c r="AQ126" t="inlineStr">
+        <is>
+          <t>Hackschnitzelkessel 5 MW</t>
+        </is>
+      </c>
+      <c r="AR126" s="2" t="n"/>
+      <c r="AS126" t="inlineStr">
+        <is>
+          <t>Heißwasserpufferspeicher mit 240 m³</t>
+        </is>
+      </c>
+      <c r="AT126" t="inlineStr">
+        <is>
+          <t>https://www.energie-und-management.de/nachrichten/suche/detail/regeneratives-heizwerk-im-allgaeu-entsteht-246654</t>
+        </is>
+      </c>
+      <c r="AV126" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AY126" s="3" t="n"/>
+      <c r="BB126" s="3" t="n"/>
+      <c r="BD126" t="inlineStr"/>
+      <c r="BE126" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" ht="40" customHeight="1">
+      <c r="A127" s="1" t="n">
+        <v>146</v>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>Edelgasge.</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>Ecop Technologies GmbH</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>SIZ</t>
+        </is>
+      </c>
+      <c r="G127" t="inlineStr">
+        <is>
+          <t>Meldorf</t>
+        </is>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I127" t="inlineStr">
+        <is>
+          <t>SH</t>
+        </is>
+      </c>
+      <c r="K127" s="2" t="n">
+        <v>54.0879</v>
+      </c>
+      <c r="L127" s="2" t="n">
+        <v>9.0726</v>
+      </c>
+      <c r="M127" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N127" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P127" t="inlineStr">
+        <is>
+          <t>Luft /Saisonaler Wärmespeicher</t>
+        </is>
+      </c>
+      <c r="Q127" s="2" t="n">
+        <v>-10</v>
+      </c>
+      <c r="R127" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="S127" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T127" t="inlineStr"/>
+      <c r="U127" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="V127" s="2" t="n"/>
+      <c r="W127" s="2" t="n"/>
+      <c r="X127" s="2" t="n"/>
+      <c r="Y127" s="2" t="n"/>
+      <c r="Z127" s="2" t="n"/>
+      <c r="AA127" s="2" t="n"/>
+      <c r="AB127" s="2" t="n"/>
+      <c r="AC127" s="2" t="n"/>
+      <c r="AD127" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AE127" t="inlineStr">
+        <is>
+          <t>2 x 700 kW</t>
+        </is>
+      </c>
+      <c r="AF127" s="2" t="n"/>
+      <c r="AG127" s="2" t="n">
+        <v>700</v>
+      </c>
+      <c r="AH127" s="1" t="n"/>
+      <c r="AI127" s="2" t="n"/>
+      <c r="AJ127" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AK127" t="inlineStr">
+        <is>
+          <t>DI</t>
+        </is>
+      </c>
+      <c r="AL127" s="2" t="n"/>
+      <c r="AM127" s="2" t="n"/>
+      <c r="AN127" s="2" t="n"/>
+      <c r="AO127" s="2" t="n"/>
+      <c r="AP127" s="2" t="n"/>
+      <c r="AR127" s="2" t="n"/>
+      <c r="AV127" s="3" t="n"/>
+      <c r="AY127" s="3" t="n"/>
+      <c r="BB127" s="3" t="n"/>
+      <c r="BD127" t="inlineStr">
+        <is>
+          <t>E-Mail Kontakt zwischen Ecop technologies GmbH und Fraunhofer IEG am 05.06.2025.</t>
+        </is>
+      </c>
+      <c r="BE127" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" ht="40" customHeight="1">
+      <c r="A128" s="1" t="n">
+        <v>147</v>
+      </c>
+      <c r="B128" t="inlineStr"/>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>STADT.ENERGIE.SPEICHER GmbH</t>
+        </is>
+      </c>
+      <c r="G128" t="inlineStr">
+        <is>
+          <t>Bremen</t>
+        </is>
+      </c>
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I128" t="inlineStr">
+        <is>
+          <t>HB</t>
+        </is>
+      </c>
+      <c r="K128" s="2" t="n">
+        <v>53.0866</v>
+      </c>
+      <c r="L128" s="2" t="n">
+        <v>8.8118</v>
+      </c>
+      <c r="M128" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N128" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P128" t="inlineStr">
+        <is>
+          <t>Vakuum-Flüssigeiserzeuger</t>
+        </is>
+      </c>
+      <c r="Q128" s="2" t="n">
+        <v>0</v>
+      </c>
+      <c r="R128" s="2" t="n"/>
+      <c r="S128" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T128" t="inlineStr"/>
+      <c r="U128" s="2" t="n"/>
+      <c r="V128" s="2" t="n"/>
+      <c r="W128" s="2" t="n"/>
+      <c r="X128" s="2" t="n"/>
+      <c r="Y128" s="2" t="n"/>
+      <c r="Z128" s="2" t="n"/>
+      <c r="AA128" s="2" t="n"/>
+      <c r="AB128" s="2" t="n"/>
+      <c r="AC128" s="2" t="n"/>
+      <c r="AD128" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AF128" s="2" t="n"/>
+      <c r="AG128" s="2" t="n"/>
+      <c r="AH128" s="1" t="n"/>
+      <c r="AI128" s="2" t="n"/>
+      <c r="AJ128" s="2" t="n"/>
+      <c r="AK128" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL128" s="2" t="n"/>
+      <c r="AM128" s="2" t="n"/>
+      <c r="AN128" s="2" t="n"/>
+      <c r="AO128" s="2" t="n"/>
+      <c r="AP128" s="2" t="n"/>
+      <c r="AQ128" t="inlineStr">
+        <is>
+          <t>Vakkum-Flüssigeiserzeuger, Heizstab, Eisbreispeicher</t>
+        </is>
+      </c>
+      <c r="AR128" s="2" t="n"/>
+      <c r="AS128" t="inlineStr">
+        <is>
+          <t>3 Großwärmespeicher</t>
+        </is>
+      </c>
+      <c r="AT128" t="inlineStr">
+        <is>
+          <t>https://www.sat1regional.de/bremen-deutschlands-modernste-waermepumpe-nutzt-weser-als-energiequelle/</t>
+        </is>
+      </c>
+      <c r="AV128" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AW128" t="inlineStr">
+        <is>
+          <t>https://www.erneuerbareenergien.de/energieversorger/kommunen/wpd-gruender-stellt-futuristische-heiz-und-kuehlenergie-anlage-fuer-600-wohnungen-vor</t>
+        </is>
+      </c>
+      <c r="AY128" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="BB128" s="3" t="n"/>
+      <c r="BD128" t="inlineStr"/>
+      <c r="BE128" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" ht="40" customHeight="1">
+      <c r="A129" s="1" t="n">
+        <v>148</v>
+      </c>
+      <c r="B129" t="inlineStr"/>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>Stadtwerke Ulm / Neu-Ulm</t>
+        </is>
+      </c>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>Standort Edwin-Scharff-Haus</t>
+        </is>
+      </c>
+      <c r="G129" t="inlineStr">
+        <is>
+          <t>Neu-Ulm</t>
+        </is>
+      </c>
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I129" t="inlineStr">
+        <is>
+          <t>BW</t>
+        </is>
+      </c>
+      <c r="K129" s="2" t="n">
+        <v>48.404</v>
+      </c>
+      <c r="L129" s="2" t="n">
+        <v>9.9831</v>
+      </c>
+      <c r="M129" s="1" t="n">
+        <v>2027</v>
+      </c>
+      <c r="N129" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P129" t="inlineStr"/>
+      <c r="Q129" s="2" t="n"/>
+      <c r="R129" s="2" t="n"/>
+      <c r="S129" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T129" t="inlineStr"/>
+      <c r="U129" s="2" t="n"/>
+      <c r="V129" s="2" t="n"/>
+      <c r="W129" s="2" t="n"/>
+      <c r="X129" s="2" t="n"/>
+      <c r="Y129" s="2" t="n"/>
+      <c r="Z129" s="2" t="n"/>
+      <c r="AA129" s="2" t="n"/>
+      <c r="AB129" s="2" t="n"/>
+      <c r="AC129" s="2" t="n"/>
+      <c r="AD129" s="2" t="n"/>
+      <c r="AF129" s="2" t="n"/>
+      <c r="AG129" s="2" t="n"/>
+      <c r="AH129" s="1" t="n"/>
+      <c r="AI129" s="2" t="n"/>
+      <c r="AJ129" s="2" t="n"/>
+      <c r="AK129" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL129" s="2" t="n"/>
+      <c r="AM129" s="2" t="n"/>
+      <c r="AN129" s="2" t="n"/>
+      <c r="AO129" s="2" t="n"/>
+      <c r="AP129" s="2" t="n"/>
+      <c r="AR129" s="2" t="n"/>
+      <c r="AT129" t="inlineStr">
+        <is>
+          <t>https://www.swu.de/privatkunden/produkte-leistungen/waerme/flusswaermepumpe/faq-flusswaermepumpe?category=Allgemeine+Fragen&amp;subcategory=Jahreskarte&amp;cHash=dd7c41120c6f6b3dfbbc2a56e70f9918</t>
+        </is>
+      </c>
+      <c r="AV129" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AY129" s="3" t="n"/>
+      <c r="BB129" s="3" t="n"/>
+      <c r="BD129" t="inlineStr"/>
+      <c r="BE129" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" ht="40" customHeight="1">
+      <c r="A130" s="1" t="n">
+        <v>149</v>
+      </c>
+      <c r="B130" t="inlineStr"/>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>Stadtwerke Ulm / Neu-Ulm</t>
+        </is>
+      </c>
+      <c r="F130" t="inlineStr">
+        <is>
+          <t>Standort Hallenbad Neu-Ulm</t>
+        </is>
+      </c>
+      <c r="G130" t="inlineStr">
+        <is>
+          <t>Neu-Ulm</t>
+        </is>
+      </c>
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I130" t="inlineStr">
+        <is>
+          <t>BW</t>
+        </is>
+      </c>
+      <c r="K130" s="2" t="n">
+        <v>48.3991</v>
+      </c>
+      <c r="L130" s="2" t="n">
+        <v>10.0127</v>
+      </c>
+      <c r="M130" s="1" t="n"/>
+      <c r="N130" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P130" t="inlineStr"/>
+      <c r="Q130" s="2" t="n"/>
+      <c r="R130" s="2" t="n"/>
+      <c r="S130" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T130" t="inlineStr"/>
+      <c r="U130" s="2" t="n"/>
+      <c r="V130" s="2" t="n"/>
+      <c r="W130" s="2" t="n"/>
+      <c r="X130" s="2" t="n"/>
+      <c r="Y130" s="2" t="n"/>
+      <c r="Z130" s="2" t="n"/>
+      <c r="AA130" s="2" t="n"/>
+      <c r="AB130" s="2" t="n"/>
+      <c r="AC130" s="2" t="n"/>
+      <c r="AD130" s="2" t="n"/>
+      <c r="AF130" s="2" t="n"/>
+      <c r="AG130" s="2" t="n"/>
+      <c r="AH130" s="1" t="n"/>
+      <c r="AI130" s="2" t="n"/>
+      <c r="AJ130" s="2" t="n"/>
+      <c r="AK130" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL130" s="2" t="n"/>
+      <c r="AM130" s="2" t="n"/>
+      <c r="AN130" s="2" t="n"/>
+      <c r="AO130" s="2" t="n"/>
+      <c r="AP130" s="2" t="n"/>
+      <c r="AR130" s="2" t="n"/>
+      <c r="AT130" t="inlineStr">
+        <is>
+          <t>https://www.swu.de/privatkunden/produkte-leistungen/waerme/flusswaermepumpe/faq-flusswaermepumpe?category=Allgemeine+Fragen&amp;subcategory=Jahreskarte&amp;cHash=dd7c41120c6f6b3dfbbc2a56e70f9918</t>
+        </is>
+      </c>
+      <c r="AV130" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AY130" s="3" t="n"/>
+      <c r="BB130" s="3" t="n"/>
+      <c r="BD130" t="inlineStr"/>
+    </row>
+    <row r="131" ht="40" customHeight="1">
+      <c r="A131" s="1" t="n">
+        <v>150</v>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>R32</t>
+        </is>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>DAIKIN Airconditioning Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>SWB Services GmbH</t>
+        </is>
+      </c>
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>SPURWERK Bremen</t>
+        </is>
+      </c>
+      <c r="G131" t="inlineStr">
+        <is>
+          <t>Bremen</t>
+        </is>
+      </c>
+      <c r="H131" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I131" t="inlineStr">
+        <is>
+          <t>HB</t>
+        </is>
+      </c>
+      <c r="K131" s="2" t="n">
+        <v>53.070179</v>
+      </c>
+      <c r="L131" s="2" t="n">
+        <v>8.779229000000001</v>
+      </c>
+      <c r="M131" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N131" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P131" t="inlineStr"/>
+      <c r="Q131" s="2" t="n"/>
+      <c r="R131" s="2" t="n">
+        <v>-10</v>
+      </c>
+      <c r="S131" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T131" t="inlineStr">
+        <is>
+          <t>Nahwärmenetz</t>
+        </is>
+      </c>
+      <c r="U131" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="V131" s="2" t="n"/>
+      <c r="W131" s="2" t="n"/>
+      <c r="X131" s="2" t="n"/>
+      <c r="Y131" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z131" s="2" t="n"/>
+      <c r="AA131" s="2" t="n"/>
+      <c r="AB131" s="2" t="n"/>
+      <c r="AC131" s="2" t="n"/>
+      <c r="AD131" s="2" t="n">
+        <v>900</v>
+      </c>
+      <c r="AE131" t="inlineStr">
+        <is>
+          <t>bestehend aus 4 Wärmepumpen</t>
+        </is>
+      </c>
+      <c r="AF131" s="2" t="n"/>
+      <c r="AG131" s="2" t="n"/>
+      <c r="AH131" s="1" t="n"/>
+      <c r="AI131" s="2" t="n"/>
+      <c r="AJ131" s="2" t="n"/>
+      <c r="AK131" t="inlineStr">
+        <is>
+          <t>SC</t>
+        </is>
+      </c>
+      <c r="AL131" s="2" t="n"/>
+      <c r="AM131" s="2" t="n"/>
+      <c r="AN131" s="2" t="n"/>
+      <c r="AO131" s="2" t="n"/>
+      <c r="AP131" s="2" t="n"/>
+      <c r="AQ131" t="inlineStr">
+        <is>
+          <t>Photovoltaikanlagen auf Hallendächern, Elektroheizkessel</t>
+        </is>
+      </c>
+      <c r="AR131" s="2" t="n"/>
+      <c r="AT131" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/posts/swb-ag_energiewende-innovation-klimaschutz-activity-7376259525974138880-nqyk?utm_source=share&amp;utm_medium=member_desktop&amp;rcm=ACoAABQFqyoBSYim9SMbApY9WDeVNwE1kw5JKuM</t>
+        </is>
+      </c>
+      <c r="AV131" s="3" t="n">
+        <v>45944</v>
+      </c>
+      <c r="AW131" t="inlineStr">
+        <is>
+          <t>https://www.linkedin.com/posts/swb-ag_waeurmepumpen-energieversorgung-spurwerk-activity-7238817982364233728-y0lY?utm_source=social_share_send&amp;utm_medium=member_desktop_web&amp;rcm=ACoAABQFqyoBSYim9SMbApY9</t>
+        </is>
+      </c>
+      <c r="AY131" s="3" t="n">
+        <v>45944</v>
+      </c>
+      <c r="BB131" s="3" t="n"/>
+      <c r="BD131" t="inlineStr">
+        <is>
+          <t>E-Mail Kontakt zwischen LEA Hessen und Fraunhofer IEG am 11.07.2025.</t>
+        </is>
+      </c>
+      <c r="BE131" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" ht="40" customHeight="1">
+      <c r="A132" s="1" t="n">
+        <v>151</v>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>SWB Services GmbH</t>
+        </is>
+      </c>
+      <c r="F132" t="inlineStr">
+        <is>
+          <t>Tabakquartier</t>
+        </is>
+      </c>
+      <c r="G132" t="inlineStr">
+        <is>
+          <t>Bremen</t>
+        </is>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I132" t="inlineStr">
+        <is>
+          <t>HB</t>
+        </is>
+      </c>
+      <c r="K132" s="2" t="n">
+        <v>53.0761</v>
+      </c>
+      <c r="L132" s="2" t="n">
+        <v>8.769299999999999</v>
+      </c>
+      <c r="M132" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N132" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P132" t="inlineStr">
+        <is>
+          <t>RohWin Wärmeübertrager der Firma Huber</t>
+        </is>
+      </c>
+      <c r="Q132" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="R132" s="2" t="n"/>
+      <c r="S132" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T132" t="inlineStr"/>
+      <c r="U132" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="V132" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W132" s="2" t="n"/>
+      <c r="X132" s="2" t="n"/>
+      <c r="Y132" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Z132" s="2" t="n"/>
+      <c r="AA132" s="2" t="n"/>
+      <c r="AB132" s="2" t="n"/>
+      <c r="AC132" s="2" t="n"/>
+      <c r="AD132" s="2" t="n">
+        <v>1226</v>
+      </c>
+      <c r="AE132" t="inlineStr">
+        <is>
+          <t>2 x 613 kW</t>
+        </is>
+      </c>
+      <c r="AF132" s="2" t="n"/>
+      <c r="AG132" s="2" t="n"/>
+      <c r="AH132" s="1" t="n"/>
+      <c r="AI132" s="2" t="n"/>
+      <c r="AJ132" s="2" t="n"/>
+      <c r="AK132" t="inlineStr">
+        <is>
+          <t>PC</t>
+        </is>
+      </c>
+      <c r="AL132" s="2" t="n"/>
+      <c r="AM132" s="2" t="n"/>
+      <c r="AN132" s="2" t="n"/>
+      <c r="AO132" s="2" t="n"/>
+      <c r="AP132" s="2" t="n"/>
+      <c r="AQ132" t="inlineStr">
+        <is>
+          <t>Spitzenlastkessel, BHKW</t>
+        </is>
+      </c>
+      <c r="AR132" s="2" t="n"/>
+      <c r="AS132" t="inlineStr">
+        <is>
+          <t>Wärme und Kältespeicher</t>
+        </is>
+      </c>
+      <c r="AT132" t="inlineStr">
+        <is>
+          <t>https://tabakquartier.com/neue-energiezentrale-im-tabakquartier-waerme-aus-abwasser-fuer-bremen/</t>
+        </is>
+      </c>
+      <c r="AV132" s="3" t="n">
+        <v>46001</v>
+      </c>
+      <c r="AY132" s="3" t="n"/>
+      <c r="BB132" s="3" t="n"/>
+      <c r="BD132" t="inlineStr">
+        <is>
+          <t>E-Mail Kontakt zwischen LEA Hessen und Fraunhofer IEG am 15.07.2025</t>
+        </is>
+      </c>
+      <c r="BE132" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" ht="40" customHeight="1">
+      <c r="A133" s="1" t="n">
+        <v>152</v>
+      </c>
+      <c r="B133" t="inlineStr"/>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>Stadtwerke Jena-Pößneck Energie GmbH</t>
+        </is>
+      </c>
+      <c r="F133" t="inlineStr">
+        <is>
+          <t>ANIKA</t>
+        </is>
+      </c>
+      <c r="G133" t="inlineStr">
+        <is>
+          <t>Jena</t>
+        </is>
+      </c>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I133" t="inlineStr">
+        <is>
+          <t>TH</t>
+        </is>
+      </c>
+      <c r="K133" s="2" t="n">
+        <v>50.9561</v>
+      </c>
+      <c r="L133" s="2" t="n">
+        <v>11.627191</v>
+      </c>
+      <c r="M133" s="1" t="n">
+        <v>2030</v>
+      </c>
+      <c r="N133" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P133" t="inlineStr"/>
+      <c r="Q133" s="2" t="n"/>
+      <c r="R133" s="2" t="n"/>
+      <c r="S133" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T133" t="inlineStr"/>
+      <c r="U133" s="2" t="n"/>
+      <c r="V133" s="2" t="n"/>
+      <c r="W133" s="2" t="n"/>
+      <c r="X133" s="2" t="n"/>
+      <c r="Y133" s="2" t="n"/>
+      <c r="Z133" s="2" t="n"/>
+      <c r="AA133" s="2" t="n"/>
+      <c r="AB133" s="2" t="n"/>
+      <c r="AC133" s="2" t="n"/>
+      <c r="AD133" s="2" t="n">
+        <v>20000</v>
+      </c>
+      <c r="AF133" s="2" t="n"/>
+      <c r="AG133" s="2" t="n"/>
+      <c r="AH133" s="1" t="n"/>
+      <c r="AI133" s="2" t="n"/>
+      <c r="AJ133" s="2" t="n"/>
+      <c r="AK133" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL133" s="2" t="n"/>
+      <c r="AM133" s="2" t="n"/>
+      <c r="AN133" s="2" t="n"/>
+      <c r="AO133" s="2" t="n"/>
+      <c r="AP133" s="2" t="n"/>
+      <c r="AQ133" t="inlineStr">
+        <is>
+          <t>Power-to-Heat Anlage mit 4 MW</t>
+        </is>
+      </c>
+      <c r="AR133" s="2" t="n"/>
+      <c r="AT133" t="inlineStr">
+        <is>
+          <t>https://www.stadtwerke-jena.de/waermewende/anika.html</t>
+        </is>
+      </c>
+      <c r="AV133" s="3" t="n">
+        <v>45944</v>
+      </c>
+      <c r="AY133" s="3" t="n"/>
+      <c r="BB133" s="3" t="n"/>
+      <c r="BD133" t="inlineStr"/>
+      <c r="BE133" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" ht="40" customHeight="1">
+      <c r="A134" s="1" t="n">
+        <v>153</v>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>R1224yd(Z), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>SPH Sustainable Process Heat GmbH</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>SLYRS Destillerie GmbH &amp; Co. KG</t>
+        </is>
+      </c>
+      <c r="G134" t="inlineStr">
+        <is>
+          <t>Schliersee</t>
+        </is>
+      </c>
+      <c r="H134" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I134" t="inlineStr">
+        <is>
+          <t>BY</t>
+        </is>
+      </c>
+      <c r="K134" s="2" t="n">
+        <v>47.7019</v>
+      </c>
+      <c r="L134" s="2" t="n">
+        <v>11.8849</v>
+      </c>
+      <c r="M134" s="1" t="n">
+        <v>2026</v>
+      </c>
+      <c r="N134" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P134" t="inlineStr"/>
+      <c r="Q134" s="2" t="n"/>
+      <c r="R134" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="S134" t="inlineStr">
+        <is>
+          <t>IP</t>
+        </is>
+      </c>
+      <c r="T134" t="inlineStr">
+        <is>
+          <t>Dampf</t>
+        </is>
+      </c>
+      <c r="U134" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="V134" s="2" t="n"/>
+      <c r="W134" s="2" t="n"/>
+      <c r="X134" s="2" t="n"/>
+      <c r="Y134" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="Z134" s="2" t="n"/>
+      <c r="AA134" s="2" t="n"/>
+      <c r="AB134" s="2" t="n"/>
+      <c r="AC134" s="2" t="n">
+        <v>201</v>
+      </c>
+      <c r="AD134" s="2" t="n">
+        <v>620</v>
+      </c>
+      <c r="AF134" s="2" t="n">
+        <v>325</v>
+      </c>
+      <c r="AG134" s="2" t="n">
+        <v>290</v>
+      </c>
+      <c r="AH134" s="1" t="n"/>
+      <c r="AI134" s="2" t="n"/>
+      <c r="AJ134" s="2" t="n"/>
+      <c r="AK134" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL134" s="2" t="n"/>
+      <c r="AM134" s="2" t="n"/>
+      <c r="AN134" s="2" t="n"/>
+      <c r="AO134" s="2" t="n"/>
+      <c r="AP134" s="2" t="n"/>
+      <c r="AR134" s="2" t="n"/>
+      <c r="AV134" s="3" t="n"/>
+      <c r="AY134" s="3" t="n"/>
+      <c r="BB134" s="3" t="n"/>
+      <c r="BD134" t="inlineStr">
+        <is>
+          <t>E-Mail Kontakt zwischen SPH Sustainable Process Heat GmbH und Fraunhofer IEG am 28.07.2025</t>
+        </is>
+      </c>
+      <c r="BE134" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" ht="40" customHeight="1">
+      <c r="A135" s="1" t="n">
+        <v>154</v>
+      </c>
+      <c r="B135" t="inlineStr"/>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>BEW Berliner Energie und Wärme</t>
+        </is>
+      </c>
+      <c r="F135" t="inlineStr">
+        <is>
+          <t>Großwärmepumpe Klingenberg</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr">
+        <is>
+          <t>Berlin</t>
+        </is>
+      </c>
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I135" t="inlineStr">
+        <is>
+          <t>BE</t>
+        </is>
+      </c>
+      <c r="K135" s="2" t="n">
+        <v>52.4879</v>
+      </c>
+      <c r="L135" s="2" t="n">
+        <v>13.4973</v>
+      </c>
+      <c r="M135" s="1" t="n">
+        <v>2027</v>
+      </c>
+      <c r="N135" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P135" t="inlineStr"/>
+      <c r="Q135" s="2" t="n"/>
+      <c r="R135" s="2" t="n"/>
+      <c r="S135" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T135" t="inlineStr"/>
+      <c r="U135" s="2" t="n"/>
+      <c r="V135" s="2" t="n"/>
+      <c r="W135" s="2" t="n"/>
+      <c r="X135" s="2" t="n"/>
+      <c r="Y135" s="2" t="n"/>
+      <c r="Z135" s="2" t="n"/>
+      <c r="AA135" s="2" t="n"/>
+      <c r="AB135" s="2" t="n"/>
+      <c r="AC135" s="2" t="n"/>
+      <c r="AD135" s="2" t="n"/>
+      <c r="AF135" s="2" t="n"/>
+      <c r="AG135" s="2" t="n"/>
+      <c r="AH135" s="1" t="n"/>
+      <c r="AI135" s="2" t="n"/>
+      <c r="AJ135" s="2" t="n"/>
+      <c r="AK135" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL135" s="2" t="n"/>
+      <c r="AM135" s="2" t="n"/>
+      <c r="AN135" s="2" t="n"/>
+      <c r="AO135" s="2" t="n"/>
+      <c r="AP135" s="2" t="n"/>
+      <c r="AR135" s="2" t="n"/>
+      <c r="AV135" s="3" t="n"/>
+      <c r="AY135" s="3" t="n"/>
+      <c r="BB135" s="3" t="n"/>
+      <c r="BD135" t="inlineStr">
+        <is>
+          <t>Christian Feuerherd: Die Rolle von Großwärmepumpen für Berlins Fernwärmesystem. VDI-Kongress am 16. September 2025, Berlin.</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" ht="40" customHeight="1">
+      <c r="A136" s="1" t="n">
+        <v>155</v>
+      </c>
+      <c r="B136" t="inlineStr"/>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>BEW Berliner Energie und Wärme</t>
+        </is>
+      </c>
+      <c r="F136" t="inlineStr">
+        <is>
+          <t>Großwärmepumpe Rechenzentrum Marzahn</t>
+        </is>
+      </c>
+      <c r="G136" t="inlineStr">
+        <is>
+          <t>Berlin</t>
+        </is>
+      </c>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I136" t="inlineStr">
+        <is>
+          <t>BE</t>
+        </is>
+      </c>
+      <c r="K136" s="2" t="n">
+        <v>52.5473</v>
+      </c>
+      <c r="L136" s="2" t="n">
+        <v>13.5547</v>
+      </c>
+      <c r="M136" s="1" t="n">
+        <v>2027</v>
+      </c>
+      <c r="N136" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P136" t="inlineStr"/>
+      <c r="Q136" s="2" t="n"/>
+      <c r="R136" s="2" t="n"/>
+      <c r="S136" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T136" t="inlineStr"/>
+      <c r="U136" s="2" t="n"/>
+      <c r="V136" s="2" t="n"/>
+      <c r="W136" s="2" t="n"/>
+      <c r="X136" s="2" t="n"/>
+      <c r="Y136" s="2" t="n"/>
+      <c r="Z136" s="2" t="n"/>
+      <c r="AA136" s="2" t="n"/>
+      <c r="AB136" s="2" t="n"/>
+      <c r="AC136" s="2" t="n"/>
+      <c r="AD136" s="2" t="n"/>
+      <c r="AF136" s="2" t="n"/>
+      <c r="AG136" s="2" t="n"/>
+      <c r="AH136" s="1" t="n"/>
+      <c r="AI136" s="2" t="n"/>
+      <c r="AJ136" s="2" t="n"/>
+      <c r="AK136" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL136" s="2" t="n"/>
+      <c r="AM136" s="2" t="n"/>
+      <c r="AN136" s="2" t="n"/>
+      <c r="AO136" s="2" t="n"/>
+      <c r="AP136" s="2" t="n"/>
+      <c r="AR136" s="2" t="n"/>
+      <c r="AV136" s="3" t="n"/>
+      <c r="AY136" s="3" t="n"/>
+      <c r="BB136" s="3" t="n"/>
+      <c r="BD136" t="inlineStr">
+        <is>
+          <t>Christian Feuerherd: Die Rolle von Großwärmepumpen für Berlins Fernwärmesystem. VDI-Kongress am 16. September 2025, Berlin.</t>
+        </is>
+      </c>
+      <c r="BE136" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" ht="40" customHeight="1">
+      <c r="A137" s="1" t="n">
+        <v>156</v>
+      </c>
+      <c r="B137" t="inlineStr"/>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>BEW Berliner Energie und Wärme</t>
+        </is>
+      </c>
+      <c r="F137" t="inlineStr">
+        <is>
+          <t>Abwassergroßwärmepumpe Prenzlauer Promenade</t>
+        </is>
+      </c>
+      <c r="G137" t="inlineStr">
+        <is>
+          <t>Berlin</t>
+        </is>
+      </c>
+      <c r="H137" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I137" t="inlineStr">
+        <is>
+          <t>BE</t>
+        </is>
+      </c>
+      <c r="K137" s="2" t="n">
+        <v>52.567339</v>
+      </c>
+      <c r="L137" s="2" t="n">
+        <v>13.427041</v>
+      </c>
+      <c r="M137" s="1" t="n">
+        <v>2027</v>
+      </c>
+      <c r="N137" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P137" t="inlineStr"/>
+      <c r="Q137" s="2" t="n"/>
+      <c r="R137" s="2" t="n"/>
+      <c r="S137" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T137" t="inlineStr"/>
+      <c r="U137" s="2" t="n"/>
+      <c r="V137" s="2" t="n"/>
+      <c r="W137" s="2" t="n"/>
+      <c r="X137" s="2" t="n"/>
+      <c r="Y137" s="2" t="n"/>
+      <c r="Z137" s="2" t="n"/>
+      <c r="AA137" s="2" t="n"/>
+      <c r="AB137" s="2" t="n"/>
+      <c r="AC137" s="2" t="n"/>
+      <c r="AD137" s="2" t="n"/>
+      <c r="AF137" s="2" t="n"/>
+      <c r="AG137" s="2" t="n"/>
+      <c r="AH137" s="1" t="n"/>
+      <c r="AI137" s="2" t="n"/>
+      <c r="AJ137" s="2" t="n"/>
+      <c r="AK137" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL137" s="2" t="n"/>
+      <c r="AM137" s="2" t="n"/>
+      <c r="AN137" s="2" t="n"/>
+      <c r="AO137" s="2" t="n"/>
+      <c r="AP137" s="2" t="n"/>
+      <c r="AR137" s="2" t="n"/>
+      <c r="AV137" s="3" t="n"/>
+      <c r="AY137" s="3" t="n"/>
+      <c r="BB137" s="3" t="n"/>
+      <c r="BD137" t="inlineStr">
+        <is>
+          <t>Christian Feuerherd: Die Rolle von Großwärmepumpen für Berlins Fernwärmesystem. VDI-Kongress am 16. September 2025, Berlin.</t>
+        </is>
+      </c>
+      <c r="BE137" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" ht="40" customHeight="1">
+      <c r="A138" s="1" t="n">
+        <v>157</v>
+      </c>
+      <c r="B138" t="inlineStr"/>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>BEW Berliner Energie und Wärme</t>
+        </is>
+      </c>
+      <c r="F138" t="inlineStr">
+        <is>
+          <t>Großwärmepumpe Rechenzentrum Klingenberg</t>
+        </is>
+      </c>
+      <c r="G138" t="inlineStr">
+        <is>
+          <t>Berlin</t>
+        </is>
+      </c>
+      <c r="H138" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I138" t="inlineStr">
+        <is>
+          <t>NW</t>
+        </is>
+      </c>
+      <c r="K138" s="2" t="n">
+        <v>52.4892</v>
+      </c>
+      <c r="L138" s="2" t="n">
+        <v>13.4994</v>
+      </c>
+      <c r="M138" s="1" t="n">
+        <v>2028</v>
+      </c>
+      <c r="N138" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P138" t="inlineStr"/>
+      <c r="Q138" s="2" t="n"/>
+      <c r="R138" s="2" t="n"/>
+      <c r="S138" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T138" t="inlineStr"/>
+      <c r="U138" s="2" t="n"/>
+      <c r="V138" s="2" t="n"/>
+      <c r="W138" s="2" t="n"/>
+      <c r="X138" s="2" t="n"/>
+      <c r="Y138" s="2" t="n"/>
+      <c r="Z138" s="2" t="n"/>
+      <c r="AA138" s="2" t="n"/>
+      <c r="AB138" s="2" t="n"/>
+      <c r="AC138" s="2" t="n"/>
+      <c r="AD138" s="2" t="n"/>
+      <c r="AF138" s="2" t="n"/>
+      <c r="AG138" s="2" t="n"/>
+      <c r="AH138" s="1" t="n"/>
+      <c r="AI138" s="2" t="n"/>
+      <c r="AJ138" s="2" t="n"/>
+      <c r="AK138" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL138" s="2" t="n"/>
+      <c r="AM138" s="2" t="n"/>
+      <c r="AN138" s="2" t="n"/>
+      <c r="AO138" s="2" t="n"/>
+      <c r="AP138" s="2" t="n"/>
+      <c r="AR138" s="2" t="n"/>
+      <c r="AV138" s="3" t="n"/>
+      <c r="AY138" s="3" t="n"/>
+      <c r="BB138" s="3" t="n"/>
+      <c r="BD138" t="inlineStr">
+        <is>
+          <t>Christian Feuerherd: Die Rolle von Großwärmepumpen für Berlins Fernwärmesystem. VDI-Kongress am 16. September 2025, Berlin.</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" ht="40" customHeight="1">
+      <c r="A139" s="1" t="n">
+        <v>158</v>
+      </c>
+      <c r="B139" t="inlineStr"/>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>BEW Berliner Energie und Wärme</t>
+        </is>
+      </c>
+      <c r="F139" t="inlineStr">
+        <is>
+          <t>Großwärmepumpe Mitte</t>
+        </is>
+      </c>
+      <c r="G139" t="inlineStr">
+        <is>
+          <t>Berlin</t>
+        </is>
+      </c>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I139" t="inlineStr">
+        <is>
+          <t>BE</t>
+        </is>
+      </c>
+      <c r="K139" s="2" t="n">
+        <v>52.5157</v>
+      </c>
+      <c r="L139" s="2" t="n">
+        <v>13.3958</v>
+      </c>
+      <c r="M139" s="1" t="n">
+        <v>2029</v>
+      </c>
+      <c r="N139" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P139" t="inlineStr"/>
+      <c r="Q139" s="2" t="n"/>
+      <c r="R139" s="2" t="n"/>
+      <c r="S139" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T139" t="inlineStr"/>
+      <c r="U139" s="2" t="n"/>
+      <c r="V139" s="2" t="n"/>
+      <c r="W139" s="2" t="n"/>
+      <c r="X139" s="2" t="n"/>
+      <c r="Y139" s="2" t="n"/>
+      <c r="Z139" s="2" t="n"/>
+      <c r="AA139" s="2" t="n"/>
+      <c r="AB139" s="2" t="n"/>
+      <c r="AC139" s="2" t="n"/>
+      <c r="AD139" s="2" t="n"/>
+      <c r="AF139" s="2" t="n"/>
+      <c r="AG139" s="2" t="n"/>
+      <c r="AH139" s="1" t="n"/>
+      <c r="AI139" s="2" t="n"/>
+      <c r="AJ139" s="2" t="n"/>
+      <c r="AK139" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL139" s="2" t="n"/>
+      <c r="AM139" s="2" t="n"/>
+      <c r="AN139" s="2" t="n"/>
+      <c r="AO139" s="2" t="n"/>
+      <c r="AP139" s="2" t="n"/>
+      <c r="AR139" s="2" t="n"/>
+      <c r="AV139" s="3" t="n"/>
+      <c r="AY139" s="3" t="n"/>
+      <c r="BB139" s="3" t="n"/>
+      <c r="BD139" t="inlineStr">
+        <is>
+          <t>Christian Feuerherd: Die Rolle von Großwärmepumpen für Berlins Fernwärmesystem. VDI-Kongress am 16. September 2025, Berlin.</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" ht="40" customHeight="1">
+      <c r="A140" s="1" t="n">
+        <v>159</v>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>KfW</t>
+        </is>
+      </c>
+      <c r="G140" t="inlineStr">
+        <is>
+          <t>Bonn</t>
+        </is>
+      </c>
+      <c r="H140" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I140" t="inlineStr">
+        <is>
+          <t>NW</t>
+        </is>
+      </c>
+      <c r="K140" s="2" t="n">
+        <v>50.731154</v>
+      </c>
+      <c r="L140" s="2" t="n">
+        <v>7.104938</v>
+      </c>
+      <c r="M140" s="1" t="n">
+        <v>2024</v>
+      </c>
+      <c r="N140" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="O140" t="inlineStr">
+        <is>
+          <t>Trane RTSF</t>
+        </is>
+      </c>
+      <c r="P140" t="inlineStr"/>
+      <c r="Q140" s="2" t="n"/>
+      <c r="R140" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="S140" t="inlineStr">
+        <is>
+          <t>HSB</t>
+        </is>
+      </c>
+      <c r="T140" t="inlineStr">
+        <is>
+          <t>Raumheizung RLT</t>
+        </is>
+      </c>
+      <c r="U140" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="V140" s="2" t="n"/>
+      <c r="W140" s="2" t="n"/>
+      <c r="X140" s="2" t="n"/>
+      <c r="Y140" s="2" t="n"/>
+      <c r="Z140" s="2" t="n"/>
+      <c r="AA140" s="2" t="n"/>
+      <c r="AB140" s="2" t="n"/>
+      <c r="AC140" s="2" t="n"/>
+      <c r="AD140" s="2" t="n"/>
+      <c r="AF140" s="2" t="n"/>
+      <c r="AG140" s="2" t="n"/>
+      <c r="AH140" s="1" t="n"/>
+      <c r="AI140" s="2" t="n"/>
+      <c r="AJ140" s="2" t="n">
+        <v>800</v>
+      </c>
+      <c r="AK140" t="inlineStr">
+        <is>
+          <t>SC</t>
+        </is>
+      </c>
+      <c r="AL140" s="2" t="n"/>
+      <c r="AM140" s="2" t="n"/>
+      <c r="AN140" s="2" t="n"/>
+      <c r="AO140" s="2" t="n"/>
+      <c r="AP140" s="2" t="n"/>
+      <c r="AQ140" t="inlineStr">
+        <is>
+          <t>Power to heat</t>
+        </is>
+      </c>
+      <c r="AR140" s="2" t="n"/>
+      <c r="AV140" s="3" t="n"/>
+      <c r="AY140" s="3" t="n"/>
+      <c r="BB140" s="3" t="n"/>
+      <c r="BD140" t="inlineStr">
+        <is>
+          <t>E-Mail Korrespondenz zwischen Fraunhofer IEG und Trane am 25.11.2025.</t>
+        </is>
+      </c>
+      <c r="BE140" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" ht="40" customHeight="1">
+      <c r="A141" s="1" t="n">
+        <v>160</v>
+      </c>
+      <c r="B141" t="inlineStr"/>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>Stadtwerke München</t>
+        </is>
+      </c>
+      <c r="G141" t="inlineStr">
+        <is>
+          <t>München</t>
+        </is>
+      </c>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I141" t="inlineStr">
+        <is>
+          <t>BY</t>
+        </is>
+      </c>
+      <c r="K141" s="2" t="n">
+        <v>48.143</v>
+      </c>
+      <c r="L141" s="2" t="n">
+        <v>11.4632</v>
+      </c>
+      <c r="M141" s="1" t="n"/>
+      <c r="N141" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P141" t="inlineStr"/>
+      <c r="Q141" s="2" t="n"/>
+      <c r="R141" s="2" t="n"/>
+      <c r="S141" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T141" t="inlineStr"/>
+      <c r="U141" s="2" t="n"/>
+      <c r="V141" s="2" t="n"/>
+      <c r="W141" s="2" t="n"/>
+      <c r="X141" s="2" t="n"/>
+      <c r="Y141" s="2" t="n"/>
+      <c r="Z141" s="2" t="n"/>
+      <c r="AA141" s="2" t="n"/>
+      <c r="AB141" s="2" t="n"/>
+      <c r="AC141" s="2" t="n"/>
+      <c r="AD141" s="2" t="n">
+        <v>50000</v>
+      </c>
+      <c r="AF141" s="2" t="n"/>
+      <c r="AG141" s="2" t="n"/>
+      <c r="AH141" s="1" t="n"/>
+      <c r="AI141" s="2" t="n"/>
+      <c r="AJ141" s="2" t="n"/>
+      <c r="AK141" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL141" s="2" t="n"/>
+      <c r="AM141" s="2" t="n"/>
+      <c r="AN141" s="2" t="n"/>
+      <c r="AO141" s="2" t="n"/>
+      <c r="AP141" s="2" t="n"/>
+      <c r="AR141" s="2" t="n"/>
+      <c r="AV141" s="3" t="n"/>
+      <c r="AY141" s="3" t="n"/>
+      <c r="BB141" s="3" t="n"/>
+      <c r="BD141" t="inlineStr">
+        <is>
+          <t>Loistel, F. (2025) Großwärmepumpen in der Tiefengeothermie - Funktionsweise und konzeptionelle Ansätze. 2. VDI Fachkonferenz, Einsatz von Großwärmepumpen in der Industrie. 17.09.2025 Berlin</t>
+        </is>
+      </c>
+      <c r="BE141" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" ht="40" customHeight="1">
+      <c r="A142" s="1" t="n">
+        <v>161</v>
+      </c>
+      <c r="B142" t="inlineStr"/>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>Stadtwerke München</t>
+        </is>
+      </c>
+      <c r="G142" t="inlineStr">
+        <is>
+          <t>München</t>
+        </is>
+      </c>
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I142" t="inlineStr">
+        <is>
+          <t>BY</t>
+        </is>
+      </c>
+      <c r="K142" s="2" t="n">
+        <v>48.1826</v>
+      </c>
+      <c r="L142" s="2" t="n">
+        <v>11.5284</v>
+      </c>
+      <c r="M142" s="1" t="n"/>
+      <c r="N142" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P142" t="inlineStr"/>
+      <c r="Q142" s="2" t="n"/>
+      <c r="R142" s="2" t="n"/>
+      <c r="S142" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T142" t="inlineStr"/>
+      <c r="U142" s="2" t="n"/>
+      <c r="V142" s="2" t="n"/>
+      <c r="W142" s="2" t="n"/>
+      <c r="X142" s="2" t="n"/>
+      <c r="Y142" s="2" t="n"/>
+      <c r="Z142" s="2" t="n"/>
+      <c r="AA142" s="2" t="n"/>
+      <c r="AB142" s="2" t="n"/>
+      <c r="AC142" s="2" t="n"/>
+      <c r="AD142" s="2" t="n">
+        <v>20000</v>
+      </c>
+      <c r="AF142" s="2" t="n"/>
+      <c r="AG142" s="2" t="n"/>
+      <c r="AH142" s="1" t="n"/>
+      <c r="AI142" s="2" t="n"/>
+      <c r="AJ142" s="2" t="n"/>
+      <c r="AK142" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL142" s="2" t="n"/>
+      <c r="AM142" s="2" t="n"/>
+      <c r="AN142" s="2" t="n"/>
+      <c r="AO142" s="2" t="n"/>
+      <c r="AP142" s="2" t="n"/>
+      <c r="AR142" s="2" t="n"/>
+      <c r="AV142" s="3" t="n"/>
+      <c r="AY142" s="3" t="n"/>
+      <c r="BB142" s="3" t="n"/>
+      <c r="BD142" t="inlineStr">
+        <is>
+          <t>Loistel, F. (2025) Großwärmepumpen in der Tiefengeothermie - Funktionsweise und konzeptionelle Ansätze. 2. VDI Fachkonferenz, Einsatz von Großwärmepumpen in der Industrie. 17.09.2025 Berlin</t>
+        </is>
+      </c>
+      <c r="BE142" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" ht="40" customHeight="1">
+      <c r="A143" s="1" t="n">
+        <v>162</v>
+      </c>
+      <c r="B143" t="inlineStr"/>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>Stadtwerke Stuttgart</t>
+        </is>
+      </c>
+      <c r="G143" t="inlineStr">
+        <is>
+          <t>Stuttgart</t>
+        </is>
+      </c>
+      <c r="H143" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I143" t="inlineStr">
+        <is>
+          <t>BW</t>
+        </is>
+      </c>
+      <c r="K143" s="2" t="n">
+        <v>48.7931</v>
+      </c>
+      <c r="L143" s="2" t="n">
+        <v>9.199199999999999</v>
+      </c>
+      <c r="M143" s="1" t="n">
+        <v>2030</v>
+      </c>
+      <c r="N143" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P143" t="inlineStr">
+        <is>
+          <t>Kanalwärmeübertrager</t>
+        </is>
+      </c>
+      <c r="Q143" s="2" t="n"/>
+      <c r="R143" s="2" t="n"/>
+      <c r="S143" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T143" t="inlineStr"/>
+      <c r="U143" s="2" t="n"/>
+      <c r="V143" s="2" t="n"/>
+      <c r="W143" s="2" t="n"/>
+      <c r="X143" s="2" t="n"/>
+      <c r="Y143" s="2" t="n"/>
+      <c r="Z143" s="2" t="n"/>
+      <c r="AA143" s="2" t="n"/>
+      <c r="AB143" s="2" t="n"/>
+      <c r="AC143" s="2" t="n"/>
+      <c r="AD143" s="2" t="n">
+        <v>10000</v>
+      </c>
+      <c r="AF143" s="2" t="n"/>
+      <c r="AG143" s="2" t="n"/>
+      <c r="AH143" s="1" t="n"/>
+      <c r="AI143" s="2" t="n"/>
+      <c r="AJ143" s="2" t="n"/>
+      <c r="AK143" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL143" s="2" t="n"/>
+      <c r="AM143" s="2" t="n"/>
+      <c r="AN143" s="2" t="n"/>
+      <c r="AO143" s="2" t="n"/>
+      <c r="AP143" s="2" t="n"/>
+      <c r="AR143" s="2" t="n"/>
+      <c r="AV143" s="3" t="n"/>
+      <c r="AY143" s="3" t="n"/>
+      <c r="BB143" s="3" t="n"/>
+      <c r="BD143" t="inlineStr">
+        <is>
+          <t>Buch, C. (2025) Wärmeversorgung Stuttgart Rosenstein, Chance Neubau Kanal Cannstatter Straße. AbwasserwärmeTag am 05.11.2025, Essen</t>
+        </is>
+      </c>
+      <c r="BE143" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" ht="40" customHeight="1">
+      <c r="A144" s="1" t="n">
+        <v>163</v>
+      </c>
+      <c r="B144" t="inlineStr"/>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>Stadtwerke Münster</t>
+        </is>
+      </c>
+      <c r="G144" t="inlineStr">
+        <is>
+          <t>Münster</t>
+        </is>
+      </c>
+      <c r="H144" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I144" t="inlineStr">
+        <is>
+          <t>NW</t>
+        </is>
+      </c>
+      <c r="K144" s="2" t="n">
+        <v>52.008</v>
+      </c>
+      <c r="L144" s="2" t="n">
+        <v>7.6478</v>
+      </c>
+      <c r="M144" s="1" t="n"/>
+      <c r="N144" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P144" t="inlineStr">
+        <is>
+          <t>Ablauf der Kläranlage. Temperatur 10 - 20 °C.</t>
+        </is>
+      </c>
+      <c r="Q144" s="2" t="n"/>
+      <c r="R144" s="2" t="n"/>
+      <c r="S144" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T144" t="inlineStr"/>
+      <c r="U144" s="2" t="n"/>
+      <c r="V144" s="2" t="n"/>
+      <c r="W144" s="2" t="n"/>
+      <c r="X144" s="2" t="n"/>
+      <c r="Y144" s="2" t="n"/>
+      <c r="Z144" s="2" t="n"/>
+      <c r="AA144" s="2" t="n"/>
+      <c r="AB144" s="2" t="n"/>
+      <c r="AC144" s="2" t="n"/>
+      <c r="AD144" s="2" t="n">
+        <v>10000</v>
+      </c>
+      <c r="AE144" t="inlineStr">
+        <is>
+          <t>aktuell noch nicht festgelegt. Max. 40000 kW thermische Leistung.</t>
+        </is>
+      </c>
+      <c r="AF144" s="2" t="n"/>
+      <c r="AG144" s="2" t="n"/>
+      <c r="AH144" s="1" t="n"/>
+      <c r="AI144" s="2" t="n"/>
+      <c r="AJ144" s="2" t="n"/>
+      <c r="AK144" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL144" s="2" t="n"/>
+      <c r="AM144" s="2" t="n"/>
+      <c r="AN144" s="2" t="n"/>
+      <c r="AO144" s="2" t="n"/>
+      <c r="AP144" s="2" t="n"/>
+      <c r="AR144" s="2" t="n"/>
+      <c r="AV144" s="3" t="n"/>
+      <c r="AY144" s="3" t="n"/>
+      <c r="BB144" s="3" t="n"/>
+      <c r="BD144" t="inlineStr">
+        <is>
+          <t>Schülting, O. (2025) Abwasserwärmenutzung - Sicht eines Fernwärmeversorgers. AbwasserwärmeTag am 05.12.2025, Essen</t>
+        </is>
+      </c>
+      <c r="BE144" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" ht="40" customHeight="1">
+      <c r="A145" s="1" t="n">
+        <v>164</v>
+      </c>
+      <c r="B145" t="inlineStr"/>
+      <c r="G145" t="inlineStr">
+        <is>
+          <t>Leverkusen</t>
+        </is>
+      </c>
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I145" t="inlineStr">
+        <is>
+          <t>NW</t>
+        </is>
+      </c>
+      <c r="K145" s="2" t="n">
+        <v>51.0408</v>
+      </c>
+      <c r="L145" s="2" t="n">
+        <v>7.0199</v>
+      </c>
+      <c r="M145" s="1" t="n">
+        <v>2023</v>
+      </c>
+      <c r="N145" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P145" t="inlineStr"/>
+      <c r="Q145" s="2" t="n"/>
+      <c r="R145" s="2" t="n"/>
+      <c r="S145" t="inlineStr">
+        <is>
+          <t>MISC</t>
+        </is>
+      </c>
+      <c r="T145" t="inlineStr">
+        <is>
+          <t>Eigenversorgung Kläranlage</t>
+        </is>
+      </c>
+      <c r="U145" s="2" t="n"/>
+      <c r="V145" s="2" t="n"/>
+      <c r="W145" s="2" t="n"/>
+      <c r="X145" s="2" t="n"/>
+      <c r="Y145" s="2" t="n"/>
+      <c r="Z145" s="2" t="n"/>
+      <c r="AA145" s="2" t="n"/>
+      <c r="AB145" s="2" t="n"/>
+      <c r="AC145" s="2" t="n"/>
+      <c r="AD145" s="2" t="n"/>
+      <c r="AF145" s="2" t="n"/>
+      <c r="AG145" s="2" t="n"/>
+      <c r="AH145" s="1" t="n"/>
+      <c r="AI145" s="2" t="n"/>
+      <c r="AJ145" s="2" t="n"/>
+      <c r="AK145" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL145" s="2" t="n"/>
+      <c r="AM145" s="2" t="n"/>
+      <c r="AN145" s="2" t="n"/>
+      <c r="AO145" s="2" t="n"/>
+      <c r="AP145" s="2" t="n"/>
+      <c r="AR145" s="2" t="n"/>
+      <c r="AV145" s="3" t="n"/>
+      <c r="AY145" s="3" t="n"/>
+      <c r="BB145" s="3" t="n"/>
+      <c r="BD145" t="inlineStr">
+        <is>
+          <t>Gengnagel, D. (2025) Neubau einer Kläranlage am Standort Leverkusen (340.000 EW) mit Abwasserwärmenutzung im Kläranlagenablauf. AbwasserwärmeTag am 05.12.2025, Essen</t>
+        </is>
+      </c>
+      <c r="BE145" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" ht="40" customHeight="1">
+      <c r="A146" s="1" t="n">
+        <v>165</v>
+      </c>
+      <c r="B146" t="inlineStr"/>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>SMS Group</t>
+        </is>
+      </c>
+      <c r="G146" t="inlineStr">
+        <is>
+          <t>Hilchenbach</t>
+        </is>
+      </c>
+      <c r="H146" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I146" t="inlineStr">
+        <is>
+          <t>NW</t>
+        </is>
+      </c>
+      <c r="K146" s="2" t="n">
+        <v>50.9948</v>
+      </c>
+      <c r="L146" s="2" t="n">
+        <v>8.1106</v>
+      </c>
+      <c r="M146" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N146" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P146" t="inlineStr"/>
+      <c r="Q146" s="2" t="n"/>
+      <c r="R146" s="2" t="n"/>
+      <c r="S146" t="inlineStr">
+        <is>
+          <t>HSB</t>
+        </is>
+      </c>
+      <c r="T146" t="inlineStr">
+        <is>
+          <t>Produktionshallen, Bürobebäude SMS Group</t>
+        </is>
+      </c>
+      <c r="U146" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="V146" s="2" t="n"/>
+      <c r="W146" s="2" t="n"/>
+      <c r="X146" s="2" t="n"/>
+      <c r="Y146" s="2" t="n"/>
+      <c r="Z146" s="2" t="n"/>
+      <c r="AA146" s="2" t="n"/>
+      <c r="AB146" s="2" t="n"/>
+      <c r="AC146" s="2" t="n"/>
+      <c r="AD146" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AF146" s="2" t="n"/>
+      <c r="AG146" s="2" t="n"/>
+      <c r="AH146" s="1" t="n"/>
+      <c r="AI146" s="2" t="n"/>
+      <c r="AJ146" s="2" t="n"/>
+      <c r="AK146" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL146" s="2" t="n"/>
+      <c r="AM146" s="2" t="n"/>
+      <c r="AN146" s="2" t="n"/>
+      <c r="AO146" s="2" t="n"/>
+      <c r="AP146" s="2" t="n"/>
+      <c r="AR146" s="2" t="n"/>
+      <c r="AS146" t="inlineStr">
+        <is>
+          <t>2.000 m³ Pufferspeicher</t>
+        </is>
+      </c>
+      <c r="AT146" t="inlineStr">
+        <is>
+          <t>https://www.basicthinking.de/blog/2025/12/03/luft-wasser-waermepumpe-co2/</t>
+        </is>
+      </c>
+      <c r="AV146" s="3" t="n">
+        <v>46001</v>
+      </c>
+      <c r="AY146" s="3" t="n"/>
+      <c r="BB146" s="3" t="n"/>
+      <c r="BD146" t="inlineStr"/>
+      <c r="BE146" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" ht="40" customHeight="1">
+      <c r="A147" s="1" t="n">
+        <v>166</v>
+      </c>
+      <c r="B147" t="inlineStr"/>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>Projektbeteiligter: JP Joule</t>
+        </is>
+      </c>
+      <c r="G147" t="inlineStr">
+        <is>
+          <t>Zöschingen</t>
+        </is>
+      </c>
+      <c r="H147" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I147" t="inlineStr">
+        <is>
+          <t>BY</t>
+        </is>
+      </c>
+      <c r="K147" s="2" t="n">
+        <v>48.6728</v>
+      </c>
+      <c r="L147" s="2" t="n">
+        <v>10.3256</v>
+      </c>
+      <c r="M147" s="1" t="n">
+        <v>2025</v>
+      </c>
+      <c r="N147" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P147" t="inlineStr"/>
+      <c r="Q147" s="2" t="n"/>
+      <c r="R147" s="2" t="n"/>
+      <c r="S147" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T147" t="inlineStr">
+        <is>
+          <t>Nahwärme</t>
+        </is>
+      </c>
+      <c r="U147" s="2" t="n"/>
+      <c r="V147" s="2" t="n"/>
+      <c r="W147" s="2" t="n"/>
+      <c r="X147" s="2" t="n"/>
+      <c r="Y147" s="2" t="n"/>
+      <c r="Z147" s="2" t="n"/>
+      <c r="AA147" s="2" t="n"/>
+      <c r="AB147" s="2" t="n"/>
+      <c r="AC147" s="2" t="n"/>
+      <c r="AD147" s="2" t="n">
+        <v>922</v>
+      </c>
+      <c r="AF147" s="2" t="n"/>
+      <c r="AG147" s="2" t="n"/>
+      <c r="AH147" s="1" t="n"/>
+      <c r="AI147" s="2" t="n"/>
+      <c r="AJ147" s="2" t="n"/>
+      <c r="AK147" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL147" s="2" t="n"/>
+      <c r="AM147" s="2" t="n"/>
+      <c r="AN147" s="2" t="n"/>
+      <c r="AO147" s="2" t="n"/>
+      <c r="AP147" s="2" t="n"/>
+      <c r="AR147" s="2" t="n"/>
+      <c r="AT147" t="inlineStr">
+        <is>
+          <t>https://www.solarbranche.de/news/ticker/nachhaltige-waerme-fuer-zoeschingen-heizzentrale-mit-grosswaermepumpe-in-betrieb-genommen-artikel7696</t>
+        </is>
+      </c>
+      <c r="AV147" s="3" t="n">
+        <v>46001</v>
+      </c>
+      <c r="AY147" s="3" t="n"/>
+      <c r="BB147" s="3" t="n"/>
+      <c r="BD147" t="inlineStr"/>
+      <c r="BE147" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" ht="40" customHeight="1">
+      <c r="A148" s="1" t="n">
+        <v>167</v>
+      </c>
+      <c r="B148" t="inlineStr"/>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>Reenergiewerke Haselund, Projektbeteiligter: JP Joule</t>
+        </is>
+      </c>
+      <c r="G148" t="inlineStr">
+        <is>
+          <t>Haselund</t>
+        </is>
+      </c>
+      <c r="H148" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I148" t="inlineStr">
+        <is>
+          <t>SH</t>
+        </is>
+      </c>
+      <c r="K148" s="2" t="n">
+        <v>54.5937</v>
+      </c>
+      <c r="L148" s="2" t="n">
+        <v>9.1816</v>
+      </c>
+      <c r="M148" s="1" t="n"/>
+      <c r="N148" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P148" t="inlineStr"/>
+      <c r="Q148" s="2" t="n"/>
+      <c r="R148" s="2" t="n"/>
+      <c r="S148" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T148" t="inlineStr">
+        <is>
+          <t>Nahwärme</t>
+        </is>
+      </c>
+      <c r="U148" s="2" t="n"/>
+      <c r="V148" s="2" t="n"/>
+      <c r="W148" s="2" t="n"/>
+      <c r="X148" s="2" t="n"/>
+      <c r="Y148" s="2" t="n"/>
+      <c r="Z148" s="2" t="n"/>
+      <c r="AA148" s="2" t="n"/>
+      <c r="AB148" s="2" t="n"/>
+      <c r="AC148" s="2" t="n"/>
+      <c r="AD148" s="2" t="n">
+        <v>500</v>
+      </c>
+      <c r="AF148" s="2" t="n"/>
+      <c r="AG148" s="2" t="n"/>
+      <c r="AH148" s="1" t="n"/>
+      <c r="AI148" s="2" t="n"/>
+      <c r="AJ148" s="2" t="n"/>
+      <c r="AK148" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL148" s="2" t="n"/>
+      <c r="AM148" s="2" t="n"/>
+      <c r="AN148" s="2" t="n"/>
+      <c r="AO148" s="2" t="n"/>
+      <c r="AP148" s="2" t="n"/>
+      <c r="AR148" s="2" t="n"/>
+      <c r="AT148" t="inlineStr">
+        <is>
+          <t>https://www.presseportal.de/pm/100699/6170409</t>
+        </is>
+      </c>
+      <c r="AV148" s="3" t="n">
+        <v>46001</v>
+      </c>
+      <c r="AY148" s="3" t="n"/>
+      <c r="BB148" s="3" t="n"/>
+      <c r="BD148" t="inlineStr"/>
+    </row>
+    <row r="149" ht="40" customHeight="1">
+      <c r="A149" s="1" t="n">
+        <v>168</v>
+      </c>
+      <c r="B149" t="inlineStr"/>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>Stadtwerke Lübeck</t>
+        </is>
+      </c>
+      <c r="G149" t="inlineStr">
+        <is>
+          <t>Lübeck</t>
+        </is>
+      </c>
+      <c r="H149" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I149" t="inlineStr">
+        <is>
+          <t>SH</t>
+        </is>
+      </c>
+      <c r="K149" s="2" t="n">
+        <v>53.8555</v>
+      </c>
+      <c r="L149" s="2" t="n">
+        <v>10.6755</v>
+      </c>
+      <c r="M149" s="1" t="n"/>
+      <c r="N149" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P149" t="inlineStr"/>
+      <c r="Q149" s="2" t="n"/>
+      <c r="R149" s="2" t="n"/>
+      <c r="S149" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T149" t="inlineStr"/>
+      <c r="U149" s="2" t="n"/>
+      <c r="V149" s="2" t="n"/>
+      <c r="W149" s="2" t="n"/>
+      <c r="X149" s="2" t="n"/>
+      <c r="Y149" s="2" t="n"/>
+      <c r="Z149" s="2" t="n"/>
+      <c r="AA149" s="2" t="n"/>
+      <c r="AB149" s="2" t="n"/>
+      <c r="AC149" s="2" t="n"/>
+      <c r="AD149" s="2" t="n"/>
+      <c r="AF149" s="2" t="n"/>
+      <c r="AG149" s="2" t="n"/>
+      <c r="AH149" s="1" t="n"/>
+      <c r="AI149" s="2" t="n"/>
+      <c r="AJ149" s="2" t="n"/>
+      <c r="AK149" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL149" s="2" t="n"/>
+      <c r="AM149" s="2" t="n"/>
+      <c r="AN149" s="2" t="n"/>
+      <c r="AO149" s="2" t="n"/>
+      <c r="AP149" s="2" t="n"/>
+      <c r="AR149" s="2" t="n"/>
+      <c r="AT149" t="inlineStr">
+        <is>
+          <t>https://www.ln-online.de/lokales/luebeck/luebeck-am-zentralklaerwerk-wollen-stadtwerke-eine-grosswaermepumpe-bauen-XM76ZVFMYNGHRCBHONE5YKRANM.html</t>
+        </is>
+      </c>
+      <c r="AV149" s="3" t="n">
+        <v>46001</v>
+      </c>
+      <c r="AY149" s="3" t="n"/>
+      <c r="BB149" s="3" t="n"/>
+      <c r="BD149" t="inlineStr"/>
+      <c r="BE149" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" ht="40" customHeight="1">
+      <c r="A150" s="1" t="n">
+        <v>169</v>
+      </c>
+      <c r="B150" t="inlineStr"/>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>Hamburger Energiewerke</t>
+        </is>
+      </c>
+      <c r="F150" t="inlineStr">
+        <is>
+          <t>Luft-Wärmepumpe am Heizwerk Bergedorf-West</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr">
+        <is>
+          <t>Hamburg</t>
+        </is>
+      </c>
+      <c r="H150" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I150" t="inlineStr">
+        <is>
+          <t>HH</t>
+        </is>
+      </c>
+      <c r="K150" s="2" t="n">
+        <v>53.4829</v>
+      </c>
+      <c r="L150" s="2" t="n">
+        <v>10.2154</v>
+      </c>
+      <c r="M150" s="1" t="n">
+        <v>2026</v>
+      </c>
+      <c r="N150" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P150" t="inlineStr"/>
+      <c r="Q150" s="2" t="n"/>
+      <c r="R150" s="2" t="n"/>
+      <c r="S150" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T150" t="inlineStr"/>
+      <c r="U150" s="2" t="n"/>
+      <c r="V150" s="2" t="n"/>
+      <c r="W150" s="2" t="n"/>
+      <c r="X150" s="2" t="n"/>
+      <c r="Y150" s="2" t="n"/>
+      <c r="Z150" s="2" t="n"/>
+      <c r="AA150" s="2" t="n"/>
+      <c r="AB150" s="2" t="n"/>
+      <c r="AC150" s="2" t="n"/>
+      <c r="AD150" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AF150" s="2" t="n"/>
+      <c r="AG150" s="2" t="n"/>
+      <c r="AH150" s="1" t="n"/>
+      <c r="AI150" s="2" t="n"/>
+      <c r="AJ150" s="2" t="n"/>
+      <c r="AK150" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL150" s="2" t="n"/>
+      <c r="AM150" s="2" t="n"/>
+      <c r="AN150" s="2" t="n"/>
+      <c r="AO150" s="2" t="n"/>
+      <c r="AP150" s="2" t="n"/>
+      <c r="AR150" s="2" t="n"/>
+      <c r="AT150" t="inlineStr">
+        <is>
+          <t>https://www.energate-messenger.de/news/254460/hamburger-quartier-bekommt-luft-waermepumpe</t>
+        </is>
+      </c>
+      <c r="AV150" s="3" t="n">
+        <v>46001</v>
+      </c>
+      <c r="AY150" s="3" t="n"/>
+      <c r="BB150" s="3" t="n"/>
+      <c r="BD150" t="inlineStr"/>
+      <c r="BE150" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" ht="40" customHeight="1">
+      <c r="A151" s="1" t="n">
+        <v>170</v>
+      </c>
+      <c r="B151" t="inlineStr"/>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>Stadtwerke Duisburg AG</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr">
+        <is>
+          <t>Duisburg</t>
+        </is>
+      </c>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I151" t="inlineStr">
+        <is>
+          <t>NW</t>
+        </is>
+      </c>
+      <c r="K151" s="2" t="n">
+        <v>51.3844</v>
+      </c>
+      <c r="L151" s="2" t="n">
+        <v>6.7522</v>
+      </c>
+      <c r="M151" s="1" t="n">
+        <v>2029</v>
+      </c>
+      <c r="N151" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P151" t="inlineStr"/>
+      <c r="Q151" s="2" t="n"/>
+      <c r="R151" s="2" t="n"/>
+      <c r="S151" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T151" t="inlineStr"/>
+      <c r="U151" s="2" t="n"/>
+      <c r="V151" s="2" t="n"/>
+      <c r="W151" s="2" t="n"/>
+      <c r="X151" s="2" t="n"/>
+      <c r="Y151" s="2" t="n"/>
+      <c r="Z151" s="2" t="n"/>
+      <c r="AA151" s="2" t="n"/>
+      <c r="AB151" s="2" t="n"/>
+      <c r="AC151" s="2" t="n"/>
+      <c r="AD151" s="2" t="n">
+        <v>60000</v>
+      </c>
+      <c r="AE151" t="inlineStr">
+        <is>
+          <t>4 Wärmepumpen-Aggregate</t>
+        </is>
+      </c>
+      <c r="AF151" s="2" t="n"/>
+      <c r="AG151" s="2" t="n"/>
+      <c r="AH151" s="1" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AI151" s="2" t="n"/>
+      <c r="AJ151" s="2" t="n"/>
+      <c r="AK151" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL151" s="2" t="n"/>
+      <c r="AM151" s="2" t="n"/>
+      <c r="AN151" s="2" t="n"/>
+      <c r="AO151" s="2" t="n"/>
+      <c r="AP151" s="2" t="n"/>
+      <c r="AR151" s="2" t="n"/>
+      <c r="AT151" t="inlineStr">
+        <is>
+          <t>https://www.stadtwerke-duisburg.de/privatkunden/themen/energiepark-wanheim</t>
+        </is>
+      </c>
+      <c r="AV151" s="3" t="n">
+        <v>46001</v>
+      </c>
+      <c r="AY151" s="3" t="n"/>
+      <c r="BB151" s="3" t="n"/>
+      <c r="BD151" t="inlineStr"/>
+      <c r="BE151" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" ht="40" customHeight="1">
+      <c r="A152" s="1" t="n">
+        <v>171</v>
+      </c>
+      <c r="B152" t="inlineStr"/>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>Stadtwerke Bochum</t>
+        </is>
+      </c>
+      <c r="G152" t="inlineStr">
+        <is>
+          <t>Bochum</t>
+        </is>
+      </c>
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I152" t="inlineStr">
+        <is>
+          <t>NW</t>
+        </is>
+      </c>
+      <c r="K152" s="2" t="n">
+        <v>51.4507</v>
+      </c>
+      <c r="L152" s="2" t="n">
+        <v>7.2706</v>
+      </c>
+      <c r="M152" s="1" t="n">
+        <v>2030</v>
+      </c>
+      <c r="N152" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P152" t="inlineStr"/>
+      <c r="Q152" s="2" t="n"/>
+      <c r="R152" s="2" t="n"/>
+      <c r="S152" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T152" t="inlineStr"/>
+      <c r="U152" s="2" t="n"/>
+      <c r="V152" s="2" t="n"/>
+      <c r="W152" s="2" t="n"/>
+      <c r="X152" s="2" t="n"/>
+      <c r="Y152" s="2" t="n"/>
+      <c r="Z152" s="2" t="n"/>
+      <c r="AA152" s="2" t="n"/>
+      <c r="AB152" s="2" t="n"/>
+      <c r="AC152" s="2" t="n"/>
+      <c r="AD152" s="2" t="n">
+        <v>15000</v>
+      </c>
+      <c r="AF152" s="2" t="n"/>
+      <c r="AG152" s="2" t="n"/>
+      <c r="AH152" s="1" t="n"/>
+      <c r="AI152" s="2" t="n"/>
+      <c r="AJ152" s="2" t="n">
+        <v>120000000</v>
+      </c>
+      <c r="AK152" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL152" s="2" t="n"/>
+      <c r="AM152" s="2" t="n"/>
+      <c r="AN152" s="2" t="n"/>
+      <c r="AO152" s="2" t="n"/>
+      <c r="AP152" s="2" t="n"/>
+      <c r="AR152" s="2" t="n"/>
+      <c r="AT152" t="inlineStr">
+        <is>
+          <t>https://www.sweco-gmbh.de/aktuelles/news/sweco-stw-bochum-grosswaermepumpe-an-klaeranlage-bochum-oelbachtal/</t>
+        </is>
+      </c>
+      <c r="AV152" s="3" t="n">
+        <v>46001</v>
+      </c>
+      <c r="AY152" s="3" t="n"/>
+      <c r="BB152" s="3" t="n"/>
+      <c r="BD152" t="inlineStr"/>
+      <c r="BE152" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" ht="40" customHeight="1">
+      <c r="A153" s="1" t="n">
+        <v>172</v>
+      </c>
+      <c r="B153" t="inlineStr"/>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>Stadtwerke Schwedt</t>
+        </is>
+      </c>
+      <c r="G153" t="inlineStr">
+        <is>
+          <t>Schwedt/0der</t>
+        </is>
+      </c>
+      <c r="H153" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I153" t="inlineStr">
+        <is>
+          <t>BB</t>
+        </is>
+      </c>
+      <c r="K153" s="2" t="n">
+        <v>53.0945</v>
+      </c>
+      <c r="L153" s="2" t="n">
+        <v>14.2316</v>
+      </c>
+      <c r="M153" s="1" t="n"/>
+      <c r="N153" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P153" t="inlineStr">
+        <is>
+          <t>PCK</t>
+        </is>
+      </c>
+      <c r="Q153" s="2" t="n"/>
+      <c r="R153" s="2" t="n"/>
+      <c r="S153" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T153" t="inlineStr"/>
+      <c r="U153" s="2" t="n"/>
+      <c r="V153" s="2" t="n"/>
+      <c r="W153" s="2" t="n"/>
+      <c r="X153" s="2" t="n"/>
+      <c r="Y153" s="2" t="n"/>
+      <c r="Z153" s="2" t="n"/>
+      <c r="AA153" s="2" t="n"/>
+      <c r="AB153" s="2" t="n"/>
+      <c r="AC153" s="2" t="n"/>
+      <c r="AD153" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AF153" s="2" t="n"/>
+      <c r="AG153" s="2" t="n"/>
+      <c r="AH153" s="1" t="n"/>
+      <c r="AI153" s="2" t="n"/>
+      <c r="AJ153" s="2" t="n">
+        <v>8000000</v>
+      </c>
+      <c r="AK153" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL153" s="2" t="n"/>
+      <c r="AM153" s="2" t="n"/>
+      <c r="AN153" s="2" t="n"/>
+      <c r="AO153" s="2" t="n"/>
+      <c r="AP153" s="2" t="n"/>
+      <c r="AR153" s="2" t="n"/>
+      <c r="AT153" t="inlineStr">
+        <is>
+          <t>https://www.energate-messenger.de/news/255257/projektstart-fuer-grosswaermepumpe-in-schwedt</t>
+        </is>
+      </c>
+      <c r="AV153" s="3" t="n">
+        <v>46001</v>
+      </c>
+      <c r="AY153" s="3" t="n"/>
+      <c r="BB153" s="3" t="n"/>
+      <c r="BD153" t="inlineStr"/>
+      <c r="BE153" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" ht="40" customHeight="1">
+      <c r="A154" s="1" t="n">
+        <v>173</v>
+      </c>
+      <c r="B154" t="inlineStr"/>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>Greifswald</t>
+        </is>
+      </c>
+      <c r="H154" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I154" t="inlineStr">
+        <is>
+          <t>MV</t>
+        </is>
+      </c>
+      <c r="K154" s="2" t="n">
+        <v>54.0892</v>
+      </c>
+      <c r="L154" s="2" t="n">
+        <v>13.3893</v>
+      </c>
+      <c r="M154" s="1" t="n"/>
+      <c r="N154" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P154" t="inlineStr"/>
+      <c r="Q154" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="R154" s="2" t="n"/>
+      <c r="S154" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T154" t="inlineStr"/>
+      <c r="U154" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="V154" s="2" t="n"/>
+      <c r="W154" s="2" t="n"/>
+      <c r="X154" s="2" t="n"/>
+      <c r="Y154" s="2" t="n"/>
+      <c r="Z154" s="2" t="n"/>
+      <c r="AA154" s="2" t="n"/>
+      <c r="AB154" s="2" t="n"/>
+      <c r="AC154" s="2" t="n">
+        <v>2.28</v>
+      </c>
+      <c r="AD154" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AE154" t="inlineStr">
+        <is>
+          <t>3 Wärmepumpenaggregate</t>
+        </is>
+      </c>
+      <c r="AF154" s="2" t="n"/>
+      <c r="AG154" s="2" t="n"/>
+      <c r="AH154" s="1" t="n"/>
+      <c r="AI154" s="2" t="n"/>
+      <c r="AJ154" s="2" t="n"/>
+      <c r="AK154" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL154" s="2" t="n"/>
+      <c r="AM154" s="2" t="n"/>
+      <c r="AN154" s="2" t="n"/>
+      <c r="AO154" s="2" t="n"/>
+      <c r="AP154" s="2" t="n"/>
+      <c r="AR154" s="2" t="n"/>
+      <c r="AV154" s="3" t="n"/>
+      <c r="AY154" s="3" t="n"/>
+      <c r="BB154" s="3" t="n"/>
+      <c r="BD154" t="inlineStr">
+        <is>
+          <t>Präsentation Heck Kältetechnik GmbH Industrie-/ Großwärmepumpen erhalten durch Paul Fay LEA per Mail am 24.06.2025</t>
+        </is>
+      </c>
+      <c r="BE154" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" ht="40" customHeight="1">
+      <c r="A155" s="1" t="n">
+        <v>174</v>
+      </c>
+      <c r="B155" t="inlineStr"/>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>Stadtwerke München</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr">
+        <is>
+          <t>München</t>
+        </is>
+      </c>
+      <c r="H155" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I155" t="inlineStr">
+        <is>
+          <t>BY</t>
+        </is>
+      </c>
+      <c r="K155" s="2" t="n">
+        <v>48.1826</v>
+      </c>
+      <c r="L155" s="2" t="n">
+        <v>11.5284</v>
+      </c>
+      <c r="M155" s="1" t="n"/>
+      <c r="N155" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P155" t="inlineStr"/>
+      <c r="Q155" s="2" t="n"/>
+      <c r="R155" s="2" t="n"/>
+      <c r="S155" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T155" t="inlineStr"/>
+      <c r="U155" s="2" t="n"/>
+      <c r="V155" s="2" t="n"/>
+      <c r="W155" s="2" t="n"/>
+      <c r="X155" s="2" t="n"/>
+      <c r="Y155" s="2" t="n"/>
+      <c r="Z155" s="2" t="n"/>
+      <c r="AA155" s="2" t="n"/>
+      <c r="AB155" s="2" t="n"/>
+      <c r="AC155" s="2" t="n"/>
+      <c r="AD155" s="2" t="n">
+        <v>50000</v>
+      </c>
+      <c r="AF155" s="2" t="n"/>
+      <c r="AG155" s="2" t="n"/>
+      <c r="AH155" s="1" t="n"/>
+      <c r="AI155" s="2" t="n"/>
+      <c r="AJ155" s="2" t="n"/>
+      <c r="AK155" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL155" s="2" t="n"/>
+      <c r="AM155" s="2" t="n"/>
+      <c r="AN155" s="2" t="n"/>
+      <c r="AO155" s="2" t="n"/>
+      <c r="AP155" s="2" t="n"/>
+      <c r="AR155" s="2" t="n"/>
+      <c r="AV155" s="3" t="n"/>
+      <c r="AY155" s="3" t="n"/>
+      <c r="BB155" s="3" t="n"/>
+      <c r="BD155" t="inlineStr">
+        <is>
+          <t>Loistel, F. (2025) Großwärmepumpen in der Tiefengeothermie - Funktionsweise und konzeptionelle Ansätze. 2. VDI Fachkonferenz, Einsatz von Großwärmepumpen in der Industrie. 17.09.2025 Berlin</t>
+        </is>
+      </c>
+      <c r="BE155" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" ht="40" customHeight="1">
+      <c r="A156" s="1" t="n">
+        <v>175</v>
+      </c>
+      <c r="B156" t="inlineStr"/>
+      <c r="G156" t="inlineStr">
+        <is>
+          <t>Raunheim</t>
+        </is>
+      </c>
+      <c r="H156" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I156" t="inlineStr">
+        <is>
+          <t>HE</t>
+        </is>
+      </c>
+      <c r="K156" s="2" t="n">
+        <v>50.0105</v>
+      </c>
+      <c r="L156" s="2" t="n">
+        <v>8.457800000000001</v>
+      </c>
+      <c r="M156" s="1" t="n"/>
+      <c r="N156" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P156" t="inlineStr"/>
+      <c r="Q156" s="2" t="n"/>
+      <c r="R156" s="2" t="n"/>
+      <c r="S156" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T156" t="inlineStr"/>
+      <c r="U156" s="2" t="n"/>
+      <c r="V156" s="2" t="n"/>
+      <c r="W156" s="2" t="n"/>
+      <c r="X156" s="2" t="n"/>
+      <c r="Y156" s="2" t="n"/>
+      <c r="Z156" s="2" t="n"/>
+      <c r="AA156" s="2" t="n"/>
+      <c r="AB156" s="2" t="n"/>
+      <c r="AC156" s="2" t="n"/>
+      <c r="AD156" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AF156" s="2" t="n"/>
+      <c r="AG156" s="2" t="n"/>
+      <c r="AH156" s="1" t="n"/>
+      <c r="AI156" s="2" t="n"/>
+      <c r="AJ156" s="2" t="n"/>
+      <c r="AK156" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL156" s="2" t="n"/>
+      <c r="AM156" s="2" t="n"/>
+      <c r="AN156" s="2" t="n"/>
+      <c r="AO156" s="2" t="n"/>
+      <c r="AP156" s="2" t="n"/>
+      <c r="AR156" s="2" t="n"/>
+      <c r="AT156" t="inlineStr">
+        <is>
+          <t>https://www.getec-energyservices.com/de/impact/environment/drei-wege-in-richtung-dekarbonisierung.php</t>
+        </is>
+      </c>
+      <c r="AV156" s="3" t="n">
+        <v>46002</v>
+      </c>
+      <c r="AY156" s="3" t="n"/>
+      <c r="BB156" s="3" t="n"/>
+      <c r="BD156" t="inlineStr"/>
+      <c r="BE156" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" ht="40" customHeight="1">
+      <c r="A157" s="1" t="n">
+        <v>176</v>
+      </c>
+      <c r="B157" t="inlineStr"/>
+      <c r="F157" t="inlineStr">
+        <is>
+          <t>Campus-Versorgung</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr">
+        <is>
+          <t>Gießen</t>
+        </is>
+      </c>
+      <c r="H157" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I157" t="inlineStr">
+        <is>
+          <t>HE</t>
+        </is>
+      </c>
+      <c r="K157" s="2" t="n">
+        <v>50.5842</v>
+      </c>
+      <c r="L157" s="2" t="n">
+        <v>8.6745</v>
+      </c>
+      <c r="M157" s="1" t="n"/>
+      <c r="N157" t="inlineStr">
+        <is>
+          <t>OP</t>
+        </is>
+      </c>
+      <c r="P157" t="inlineStr"/>
+      <c r="Q157" s="2" t="n"/>
+      <c r="R157" s="2" t="n"/>
+      <c r="S157" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T157" t="inlineStr">
+        <is>
+          <t>Nahwärme</t>
+        </is>
+      </c>
+      <c r="U157" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="V157" s="2" t="n"/>
+      <c r="W157" s="2" t="n"/>
+      <c r="X157" s="2" t="n"/>
+      <c r="Y157" s="2" t="n"/>
+      <c r="Z157" s="2" t="n"/>
+      <c r="AA157" s="2" t="n"/>
+      <c r="AB157" s="2" t="n"/>
+      <c r="AC157" s="2" t="n"/>
+      <c r="AD157" s="2" t="n">
+        <v>855</v>
+      </c>
+      <c r="AF157" s="2" t="n"/>
+      <c r="AG157" s="2" t="n"/>
+      <c r="AH157" s="1" t="n"/>
+      <c r="AI157" s="2" t="n"/>
+      <c r="AJ157" s="2" t="n"/>
+      <c r="AK157" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL157" s="2" t="n"/>
+      <c r="AM157" s="2" t="n"/>
+      <c r="AN157" s="2" t="n"/>
+      <c r="AO157" s="2" t="n"/>
+      <c r="AP157" s="2" t="n"/>
+      <c r="AR157" s="2" t="n"/>
+      <c r="AV157" s="3" t="n"/>
+      <c r="AY157" s="3" t="n"/>
+      <c r="BB157" s="3" t="n"/>
+      <c r="BD157" t="inlineStr">
+        <is>
+          <t>Präsentation Heck Kältetechnik GmbH Industrie-/ Großwärmepumpen erhalten durch Paul Fay LEA per Mail am 24.06.2025</t>
+        </is>
+      </c>
+      <c r="BE157" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" ht="40" customHeight="1">
+      <c r="A158" s="1" t="n">
+        <v>177</v>
+      </c>
+      <c r="B158" t="inlineStr"/>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>Getec</t>
+        </is>
+      </c>
+      <c r="F158" t="inlineStr">
+        <is>
+          <t>Wärmeversorgung TUM-Campus Garching</t>
+        </is>
+      </c>
+      <c r="G158" t="inlineStr">
+        <is>
+          <t>Garching</t>
+        </is>
+      </c>
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I158" t="inlineStr">
+        <is>
+          <t>BY</t>
+        </is>
+      </c>
+      <c r="K158" s="2" t="n">
+        <v>48.2472</v>
+      </c>
+      <c r="L158" s="2" t="n">
+        <v>11.6272</v>
+      </c>
+      <c r="M158" s="1" t="n"/>
+      <c r="N158" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P158" t="inlineStr">
+        <is>
+          <t>Abwärme Leibnitz Rechenzentrum und Geothermie</t>
+        </is>
+      </c>
+      <c r="Q158" s="2" t="n"/>
+      <c r="R158" s="2" t="n"/>
+      <c r="S158" t="inlineStr">
+        <is>
+          <t>LH</t>
+        </is>
+      </c>
+      <c r="T158" t="inlineStr">
+        <is>
+          <t>Wärmeversorgung Technische Universität München Campus Garching</t>
+        </is>
+      </c>
+      <c r="U158" s="2" t="n"/>
+      <c r="V158" s="2" t="n"/>
+      <c r="W158" s="2" t="n"/>
+      <c r="X158" s="2" t="n"/>
+      <c r="Y158" s="2" t="n"/>
+      <c r="Z158" s="2" t="n"/>
+      <c r="AA158" s="2" t="n"/>
+      <c r="AB158" s="2" t="n"/>
+      <c r="AC158" s="2" t="n"/>
+      <c r="AD158" s="2" t="n">
+        <v>10000</v>
+      </c>
+      <c r="AE158" t="inlineStr">
+        <is>
+          <t>Insgesamt 7 Aggregate</t>
+        </is>
+      </c>
+      <c r="AF158" s="2" t="n"/>
+      <c r="AG158" s="2" t="n"/>
+      <c r="AH158" s="1" t="n"/>
+      <c r="AI158" s="2" t="n"/>
+      <c r="AJ158" s="2" t="n"/>
+      <c r="AK158" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL158" s="2" t="n"/>
+      <c r="AM158" s="2" t="n"/>
+      <c r="AN158" s="2" t="n"/>
+      <c r="AO158" s="2" t="n"/>
+      <c r="AP158" s="2" t="n"/>
+      <c r="AR158" s="2" t="n"/>
+      <c r="AT158" t="inlineStr">
+        <is>
+          <t>https://www.mega-monheim.de/unternehmen/aktuelles/neues-waermekonzept-fuer-tum-campus-garching</t>
+        </is>
+      </c>
+      <c r="AV158" s="3" t="n">
+        <v>46090</v>
+      </c>
+      <c r="AY158" s="3" t="n"/>
+      <c r="BB158" s="3" t="n"/>
+      <c r="BD158" t="inlineStr"/>
+      <c r="BE158" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" ht="40" customHeight="1">
+      <c r="A159" s="1" t="n">
+        <v>178</v>
+      </c>
+      <c r="B159" t="inlineStr"/>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>Stadtwerke Wernigerode</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr">
+        <is>
+          <t>Wernigerode</t>
+        </is>
+      </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I159" t="inlineStr">
+        <is>
+          <t>ST</t>
+        </is>
+      </c>
+      <c r="K159" s="2" t="n">
+        <v>51.8419</v>
+      </c>
+      <c r="L159" s="2" t="n">
+        <v>10.7835</v>
+      </c>
+      <c r="M159" s="1" t="n"/>
+      <c r="N159" t="inlineStr">
+        <is>
+          <t>AN</t>
+        </is>
+      </c>
+      <c r="P159" t="inlineStr"/>
+      <c r="Q159" s="2" t="n"/>
+      <c r="R159" s="2" t="n"/>
+      <c r="S159" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T159" t="inlineStr"/>
+      <c r="U159" s="2" t="n"/>
+      <c r="V159" s="2" t="n"/>
+      <c r="W159" s="2" t="n"/>
+      <c r="X159" s="2" t="n"/>
+      <c r="Y159" s="2" t="n"/>
+      <c r="Z159" s="2" t="n"/>
+      <c r="AA159" s="2" t="n"/>
+      <c r="AB159" s="2" t="n"/>
+      <c r="AC159" s="2" t="n"/>
+      <c r="AD159" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AF159" s="2" t="n"/>
+      <c r="AG159" s="2" t="n"/>
+      <c r="AH159" s="1" t="n">
+        <v>7650</v>
+      </c>
+      <c r="AI159" s="2" t="n"/>
+      <c r="AJ159" s="2" t="n">
+        <v>15200000</v>
+      </c>
+      <c r="AK159" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL159" s="2" t="n"/>
+      <c r="AM159" s="2" t="n"/>
+      <c r="AN159" s="2" t="n"/>
+      <c r="AO159" s="2" t="n"/>
+      <c r="AP159" s="2" t="n"/>
+      <c r="AR159" s="2" t="n"/>
+      <c r="AT159" t="inlineStr">
+        <is>
+          <t>https://www.energie-und-management.de/nachrichten/technik/detail/grosswaermepumpe-fuer-das-gruene-heizen-im-harz-351507</t>
+        </is>
+      </c>
+      <c r="AV159" s="3" t="n">
+        <v>46090</v>
+      </c>
+      <c r="AY159" s="3" t="n"/>
+      <c r="BB159" s="3" t="n"/>
+      <c r="BD159" t="inlineStr"/>
+      <c r="BE159" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" ht="40" customHeight="1">
+      <c r="A160" s="1" t="n">
+        <v>179</v>
+      </c>
+      <c r="B160" t="inlineStr"/>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>Fernwärmeversorgungs-GmbH, eine Tochtergesellschaft der Stadtwerke Dessau</t>
+        </is>
+      </c>
+      <c r="F160" t="inlineStr">
+        <is>
+          <t>Dessau Waldsiedlung</t>
+        </is>
+      </c>
+      <c r="G160" t="inlineStr">
+        <is>
+          <t>Dessau</t>
+        </is>
+      </c>
+      <c r="H160" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I160" t="inlineStr">
+        <is>
+          <t>ST</t>
+        </is>
+      </c>
+      <c r="K160" s="2" t="n">
+        <v>51.7978</v>
+      </c>
+      <c r="L160" s="2" t="n">
+        <v>12.187</v>
+      </c>
+      <c r="M160" s="1" t="n">
+        <v>2029</v>
+      </c>
+      <c r="N160" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P160" t="inlineStr"/>
+      <c r="Q160" s="2" t="n"/>
+      <c r="R160" s="2" t="n"/>
+      <c r="S160" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T160" t="inlineStr"/>
+      <c r="U160" s="2" t="n"/>
+      <c r="V160" s="2" t="n"/>
+      <c r="W160" s="2" t="n"/>
+      <c r="X160" s="2" t="n"/>
+      <c r="Y160" s="2" t="n"/>
+      <c r="Z160" s="2" t="n"/>
+      <c r="AA160" s="2" t="n"/>
+      <c r="AB160" s="2" t="n"/>
+      <c r="AC160" s="2" t="n"/>
+      <c r="AD160" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AF160" s="2" t="n"/>
+      <c r="AG160" s="2" t="n"/>
+      <c r="AH160" s="1" t="n"/>
+      <c r="AI160" s="2" t="n"/>
+      <c r="AJ160" s="2" t="n"/>
+      <c r="AK160" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL160" s="2" t="n"/>
+      <c r="AM160" s="2" t="n"/>
+      <c r="AN160" s="2" t="n"/>
+      <c r="AO160" s="2" t="n"/>
+      <c r="AP160" s="2" t="n"/>
+      <c r="AQ160" t="inlineStr">
+        <is>
+          <t>Erdgas BHKW (2 MW_el)</t>
+        </is>
+      </c>
+      <c r="AR160" s="2" t="n"/>
+      <c r="AS160" t="inlineStr">
+        <is>
+          <t>150 m³</t>
+        </is>
+      </c>
+      <c r="AT160" t="inlineStr">
+        <is>
+          <t>https://www.dvv-dessau.de/stadtwerke-erhalten-zuschlag-fuer-ikwk-anlage-in-der-waldsiedlung/</t>
+        </is>
+      </c>
+      <c r="AV160" s="3" t="n">
+        <v>46090</v>
+      </c>
+      <c r="AW160" t="inlineStr">
+        <is>
+          <t>https://ausschreibungen-deutschland.de/2439825_Deutschland__Dienstleistungen_von_Ingenieurbueros__Planung_iKWK-Anlage_Waldsiedlung_in_2026_Dessau-Rosslau</t>
+        </is>
+      </c>
+      <c r="AY160" s="3" t="n">
+        <v>46090</v>
+      </c>
+      <c r="BB160" s="3" t="n"/>
+      <c r="BD160" t="inlineStr"/>
+      <c r="BE160" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" ht="40" customHeight="1">
+      <c r="A161" s="1" t="n">
+        <v>180</v>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>Fernwärmeversorgungs-GmbH, eine Tochtergesellschaft der Stadtwerke Dessau</t>
+        </is>
+      </c>
+      <c r="F161" t="inlineStr">
+        <is>
+          <t>Dessau Klinikum/Wohngebiet Zoberberg</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr">
+        <is>
+          <t>Dessau</t>
+        </is>
+      </c>
+      <c r="H161" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I161" t="inlineStr">
+        <is>
+          <t>ST</t>
+        </is>
+      </c>
+      <c r="K161" s="2" t="n">
+        <v>51.8272</v>
+      </c>
+      <c r="L161" s="2" t="n">
+        <v>12.2298</v>
+      </c>
+      <c r="M161" s="1" t="n">
+        <v>2027</v>
+      </c>
+      <c r="N161" t="inlineStr">
+        <is>
+          <t>PL</t>
+        </is>
+      </c>
+      <c r="P161" t="inlineStr"/>
+      <c r="Q161" s="2" t="n"/>
+      <c r="R161" s="2" t="n"/>
+      <c r="S161" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T161" t="inlineStr"/>
+      <c r="U161" s="2" t="n"/>
+      <c r="V161" s="2" t="n"/>
+      <c r="W161" s="2" t="n"/>
+      <c r="X161" s="2" t="n"/>
+      <c r="Y161" s="2" t="n"/>
+      <c r="Z161" s="2" t="n"/>
+      <c r="AA161" s="2" t="n"/>
+      <c r="AB161" s="2" t="n"/>
+      <c r="AC161" s="2" t="n"/>
+      <c r="AD161" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="AF161" s="2" t="n"/>
+      <c r="AG161" s="2" t="n"/>
+      <c r="AH161" s="1" t="n"/>
+      <c r="AI161" s="2" t="n"/>
+      <c r="AJ161" s="2" t="n"/>
+      <c r="AK161" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL161" s="2" t="n"/>
+      <c r="AM161" s="2" t="n"/>
+      <c r="AN161" s="2" t="n"/>
+      <c r="AO161" s="2" t="n"/>
+      <c r="AP161" s="2" t="n"/>
+      <c r="AQ161" t="inlineStr">
+        <is>
+          <t>Elektrokessel (0,9 MW_th), 2 Erdgas-BHKW (je 2,5 MW_el)</t>
+        </is>
+      </c>
+      <c r="AR161" s="2" t="n"/>
+      <c r="AS161" t="inlineStr">
+        <is>
+          <t>2 x 150 m³</t>
+        </is>
+      </c>
+      <c r="AT161" t="inlineStr">
+        <is>
+          <t>https://www.dvv-dessau.de/stadtwerke-erhalten-zuschlag-fuer-ikwk-anlage-in-der-waldsiedlung/</t>
+        </is>
+      </c>
+      <c r="AV161" s="3" t="n">
+        <v>46090</v>
+      </c>
+      <c r="AW161" t="inlineStr">
+        <is>
+          <t>https://ausschreibungen-deutschland.de/2395031_Deutschland__Bau_von_Waermekraftwerken__Neubau_iKWK-Anlage_Zoberberg_in_Dessau-Rosslau_2025_Dessau-Rosslau</t>
+        </is>
+      </c>
+      <c r="AY161" s="3" t="n">
+        <v>46090</v>
+      </c>
+      <c r="BB161" s="3" t="n"/>
+      <c r="BD161" t="inlineStr"/>
+      <c r="BE161" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" ht="40" customHeight="1">
+      <c r="A162" s="1" t="n">
+        <v>181</v>
+      </c>
+      <c r="B162" t="inlineStr"/>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>Stadtwerke Pfaffenhofen, Danpower</t>
+        </is>
+      </c>
+      <c r="G162" t="inlineStr">
+        <is>
+          <t>Pfaffenhofen</t>
+        </is>
+      </c>
+      <c r="H162" t="inlineStr">
+        <is>
+          <t>DE</t>
+        </is>
+      </c>
+      <c r="I162" t="inlineStr">
+        <is>
+          <t>BY</t>
+        </is>
+      </c>
+      <c r="K162" s="2" t="n">
+        <v>48.5275</v>
+      </c>
+      <c r="L162" s="2" t="n">
+        <v>11.5036</v>
+      </c>
+      <c r="M162" s="1" t="n">
+        <v>2026</v>
+      </c>
+      <c r="N162" t="inlineStr">
+        <is>
+          <t>CO</t>
+        </is>
+      </c>
+      <c r="P162" t="inlineStr">
+        <is>
+          <t>Durchfluss 100 l/s, Abkühlung um bis zu 8 Kelvin</t>
+        </is>
+      </c>
+      <c r="Q162" s="2" t="n"/>
+      <c r="R162" s="2" t="n"/>
+      <c r="S162" t="inlineStr">
+        <is>
+          <t>DH</t>
+        </is>
+      </c>
+      <c r="T162" t="inlineStr"/>
+      <c r="U162" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="V162" s="2" t="n"/>
+      <c r="W162" s="2" t="n"/>
+      <c r="X162" s="2" t="n"/>
+      <c r="Y162" s="2" t="n"/>
+      <c r="Z162" s="2" t="n"/>
+      <c r="AA162" s="2" t="n"/>
+      <c r="AB162" s="2" t="n"/>
+      <c r="AC162" s="2" t="n"/>
+      <c r="AD162" s="2" t="n"/>
+      <c r="AF162" s="2" t="n"/>
+      <c r="AG162" s="2" t="n"/>
+      <c r="AH162" s="1" t="n"/>
+      <c r="AI162" s="2" t="n"/>
+      <c r="AJ162" s="2" t="n"/>
+      <c r="AK162" t="inlineStr">
+        <is>
+          <t>NI</t>
+        </is>
+      </c>
+      <c r="AL162" s="2" t="n"/>
+      <c r="AM162" s="2" t="n"/>
+      <c r="AN162" s="2" t="n"/>
+      <c r="AO162" s="2" t="n"/>
+      <c r="AP162" s="2" t="n"/>
+      <c r="AQ162" t="inlineStr">
+        <is>
+          <t>BHKW</t>
+        </is>
+      </c>
+      <c r="AR162" s="2" t="n"/>
+      <c r="AS162" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
+      <c r="AT162" t="inlineStr">
+        <is>
+          <t>https://www.tvingolstadt.de/mediathek/video/heizen-mit-energie-aus-klaeranlage-bald-moeglich/</t>
+        </is>
+      </c>
+      <c r="AV162" s="3" t="n">
+        <v>46090</v>
+      </c>
+      <c r="AW162" t="inlineStr">
+        <is>
+          <t>https://pfaffenhofen.de/paf-und-du/nachrichten/abwasser-wird-zur-waermequelle-stadt-pfaffenhofen-stadtwerke-und-danpower-treiben-klimaschutz-voran/</t>
+        </is>
+      </c>
+      <c r="AY162" s="3" t="n">
+        <v>46090</v>
+      </c>
+      <c r="BB162" s="3" t="n"/>
+      <c r="BD162" t="inlineStr"/>
+      <c r="BE162" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>