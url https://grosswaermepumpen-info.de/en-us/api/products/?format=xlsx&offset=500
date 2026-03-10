--- v0 (2025-12-16)
+++ v1 (2026-03-10)
@@ -415,51 +415,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:BC101"/>
+  <dimension ref="A1:BC501"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="20" customWidth="1" min="1" max="1"/>
     <col width="20" customWidth="1" min="2" max="2"/>
     <col width="20" customWidth="1" min="3" max="3"/>
     <col width="20" customWidth="1" min="4" max="4"/>
     <col width="20" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
     <col width="20" customWidth="1" min="8" max="8"/>
     <col width="20" customWidth="1" min="9" max="9"/>
     <col width="20" customWidth="1" min="10" max="10"/>
     <col width="20" customWidth="1" min="11" max="11"/>
     <col width="20" customWidth="1" min="12" max="12"/>
     <col width="20" customWidth="1" min="13" max="13"/>
     <col width="20" customWidth="1" min="14" max="14"/>
     <col width="20" customWidth="1" min="15" max="15"/>
     <col width="20" customWidth="1" min="16" max="16"/>
     <col width="20" customWidth="1" min="17" max="17"/>
     <col width="20" customWidth="1" min="18" max="18"/>
@@ -14065,44 +14065,48158 @@
         </is>
       </c>
       <c r="AQ101" t="inlineStr">
         <is>
           <t>DN100</t>
         </is>
       </c>
       <c r="AR101" s="2" t="n"/>
       <c r="AS101" s="2" t="n"/>
       <c r="AT101" s="2" t="n"/>
       <c r="AW101" s="2" t="n"/>
       <c r="AX101" t="inlineStr"/>
       <c r="AY101" s="3" t="n">
         <v>45673</v>
       </c>
       <c r="AZ101" t="b">
         <v>0</v>
       </c>
       <c r="BA101" t="inlineStr">
         <is>
           <t>https://www.srmtec.group/en/product/productlist.html</t>
         </is>
       </c>
       <c r="BC101" s="3" t="n"/>
     </row>
+    <row r="102" ht="40" customHeight="1">
+      <c r="A102" s="1" t="n">
+        <v>528</v>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Geothermie (Brine/Water), Umweltwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>RBH26M-WFAA</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>Open-type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G102" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="n"/>
+      <c r="I102" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K102" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O102" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P102" s="2" t="n"/>
+      <c r="Q102" s="2" t="n">
+        <v>2518.6</v>
+      </c>
+      <c r="R102" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S102" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T102" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U102" s="2" t="n"/>
+      <c r="V102" s="2" t="n"/>
+      <c r="W102" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X102" s="2" t="n"/>
+      <c r="Y102" s="2" t="n"/>
+      <c r="Z102" s="2" t="n"/>
+      <c r="AA102" s="2" t="n"/>
+      <c r="AB102" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD102" s="2" t="n"/>
+      <c r="AE102" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF102" s="1" t="n"/>
+      <c r="AG102" s="2" t="n">
+        <v>5500</v>
+      </c>
+      <c r="AH102" s="2" t="n">
+        <v>2800</v>
+      </c>
+      <c r="AI102" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AJ102" s="2" t="n"/>
+      <c r="AK102" s="2" t="n"/>
+      <c r="AM102" t="inlineStr">
+        <is>
+          <t>DN250</t>
+        </is>
+      </c>
+      <c r="AN102" t="inlineStr">
+        <is>
+          <t>DN250</t>
+        </is>
+      </c>
+      <c r="AO102" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP102" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ102" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR102" s="2" t="n"/>
+      <c r="AS102" s="2" t="n"/>
+      <c r="AT102" s="2" t="n"/>
+      <c r="AW102" s="2" t="n"/>
+      <c r="AX102" t="inlineStr"/>
+      <c r="AY102" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ102" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA102" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC102" s="3" t="n"/>
+    </row>
+    <row r="103" ht="40" customHeight="1">
+      <c r="A103" s="1" t="n">
+        <v>536</v>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>RBL16M-WDAA</t>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="n"/>
+      <c r="I103" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K103" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O103" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P103" s="2" t="n"/>
+      <c r="Q103" s="2" t="n">
+        <v>744.9</v>
+      </c>
+      <c r="R103" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S103" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T103" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U103" s="2" t="n"/>
+      <c r="V103" s="2" t="n"/>
+      <c r="W103" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X103" s="2" t="n"/>
+      <c r="Y103" s="2" t="n"/>
+      <c r="Z103" s="2" t="n"/>
+      <c r="AA103" s="2" t="n"/>
+      <c r="AB103" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD103" s="2" t="n"/>
+      <c r="AE103" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF103" s="1" t="n"/>
+      <c r="AG103" s="2" t="n">
+        <v>4400</v>
+      </c>
+      <c r="AH103" s="2" t="n">
+        <v>2150</v>
+      </c>
+      <c r="AI103" s="2" t="n">
+        <v>2650</v>
+      </c>
+      <c r="AJ103" s="2" t="n">
+        <v>6850</v>
+      </c>
+      <c r="AK103" s="2" t="n"/>
+      <c r="AO103" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR103" s="2" t="n"/>
+      <c r="AS103" s="2" t="n"/>
+      <c r="AT103" s="2" t="n"/>
+      <c r="AW103" s="2" t="n"/>
+      <c r="AX103" t="inlineStr"/>
+      <c r="AY103" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ103" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA103" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC103" s="3" t="n"/>
+    </row>
+    <row r="104" ht="40" customHeight="1">
+      <c r="A104" s="1" t="n">
+        <v>530</v>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>RBL16M-WDMA</t>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G104" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="n"/>
+      <c r="I104" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K104" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O104" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P104" s="2" t="n"/>
+      <c r="Q104" s="2" t="n">
+        <v>411</v>
+      </c>
+      <c r="R104" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S104" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T104" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U104" s="2" t="n"/>
+      <c r="V104" s="2" t="n"/>
+      <c r="W104" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X104" s="2" t="n"/>
+      <c r="Y104" s="2" t="n"/>
+      <c r="Z104" s="2" t="n"/>
+      <c r="AA104" s="2" t="n"/>
+      <c r="AB104" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD104" s="2" t="n"/>
+      <c r="AE104" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF104" s="1" t="n"/>
+      <c r="AG104" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AH104" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI104" s="2" t="n">
+        <v>2550</v>
+      </c>
+      <c r="AJ104" s="2" t="n">
+        <v>6850</v>
+      </c>
+      <c r="AK104" s="2" t="n"/>
+      <c r="AO104" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR104" s="2" t="n"/>
+      <c r="AS104" s="2" t="n"/>
+      <c r="AT104" s="2" t="n"/>
+      <c r="AW104" s="2" t="n"/>
+      <c r="AX104" t="inlineStr"/>
+      <c r="AY104" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ104" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA104" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC104" s="3" t="n"/>
+    </row>
+    <row r="105" ht="40" customHeight="1">
+      <c r="A105" s="1" t="n">
+        <v>542</v>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>RBL16M-WDMA</t>
+        </is>
+      </c>
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="n"/>
+      <c r="I105" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K105" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O105" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P105" s="2" t="n"/>
+      <c r="Q105" s="2" t="n">
+        <v>447.6</v>
+      </c>
+      <c r="R105" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S105" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T105" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U105" s="2" t="n"/>
+      <c r="V105" s="2" t="n"/>
+      <c r="W105" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X105" s="2" t="n"/>
+      <c r="Y105" s="2" t="n"/>
+      <c r="Z105" s="2" t="n"/>
+      <c r="AA105" s="2" t="n"/>
+      <c r="AB105" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD105" s="2" t="n"/>
+      <c r="AE105" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF105" s="1" t="n"/>
+      <c r="AG105" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AH105" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI105" s="2" t="n">
+        <v>2550</v>
+      </c>
+      <c r="AJ105" s="2" t="n">
+        <v>6850</v>
+      </c>
+      <c r="AK105" s="2" t="n"/>
+      <c r="AO105" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR105" s="2" t="n"/>
+      <c r="AS105" s="2" t="n"/>
+      <c r="AT105" s="2" t="n"/>
+      <c r="AW105" s="2" t="n"/>
+      <c r="AX105" t="inlineStr"/>
+      <c r="AY105" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ105" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA105" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC105" s="3" t="n"/>
+    </row>
+    <row r="106" ht="40" customHeight="1">
+      <c r="A106" s="1" t="n">
+        <v>548</v>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>RBL16M-WDMA</t>
+        </is>
+      </c>
+      <c r="F106" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="n"/>
+      <c r="I106" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K106" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O106" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P106" s="2" t="n"/>
+      <c r="Q106" s="2" t="n">
+        <v>816.9</v>
+      </c>
+      <c r="R106" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S106" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T106" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U106" s="2" t="n"/>
+      <c r="V106" s="2" t="n"/>
+      <c r="W106" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X106" s="2" t="n"/>
+      <c r="Y106" s="2" t="n"/>
+      <c r="Z106" s="2" t="n"/>
+      <c r="AA106" s="2" t="n"/>
+      <c r="AB106" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD106" s="2" t="n"/>
+      <c r="AE106" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF106" s="1" t="n"/>
+      <c r="AG106" s="2" t="n">
+        <v>4400</v>
+      </c>
+      <c r="AH106" s="2" t="n">
+        <v>2150</v>
+      </c>
+      <c r="AI106" s="2" t="n">
+        <v>2650</v>
+      </c>
+      <c r="AJ106" s="2" t="n">
+        <v>6850</v>
+      </c>
+      <c r="AK106" s="2" t="n"/>
+      <c r="AO106" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR106" s="2" t="n"/>
+      <c r="AS106" s="2" t="n"/>
+      <c r="AT106" s="2" t="n"/>
+      <c r="AW106" s="2" t="n"/>
+      <c r="AX106" t="inlineStr"/>
+      <c r="AY106" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ106" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA106" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC106" s="3" t="n"/>
+    </row>
+    <row r="107" ht="40" customHeight="1">
+      <c r="A107" s="1" t="n">
+        <v>535</v>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>RBL16S-WDAA</t>
+        </is>
+      </c>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G107" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="n"/>
+      <c r="I107" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K107" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O107" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P107" s="2" t="n"/>
+      <c r="Q107" s="2" t="n">
+        <v>599.5</v>
+      </c>
+      <c r="R107" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S107" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T107" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U107" s="2" t="n"/>
+      <c r="V107" s="2" t="n"/>
+      <c r="W107" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X107" s="2" t="n"/>
+      <c r="Y107" s="2" t="n"/>
+      <c r="Z107" s="2" t="n"/>
+      <c r="AA107" s="2" t="n"/>
+      <c r="AB107" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD107" s="2" t="n"/>
+      <c r="AE107" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF107" s="1" t="n"/>
+      <c r="AG107" s="2" t="n">
+        <v>4400</v>
+      </c>
+      <c r="AH107" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AI107" s="2" t="n">
+        <v>2550</v>
+      </c>
+      <c r="AJ107" s="2" t="n">
+        <v>6600</v>
+      </c>
+      <c r="AK107" s="2" t="n"/>
+      <c r="AO107" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR107" s="2" t="n"/>
+      <c r="AS107" s="2" t="n"/>
+      <c r="AT107" s="2" t="n"/>
+      <c r="AW107" s="2" t="n"/>
+      <c r="AX107" t="inlineStr"/>
+      <c r="AY107" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ107" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA107" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC107" s="3" t="n"/>
+    </row>
+    <row r="108" ht="40" customHeight="1">
+      <c r="A108" s="1" t="n">
+        <v>529</v>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>RBL16S-WDMA</t>
+        </is>
+      </c>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="n"/>
+      <c r="I108" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K108" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O108" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P108" s="2" t="n"/>
+      <c r="Q108" s="2" t="n">
+        <v>336.9</v>
+      </c>
+      <c r="R108" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S108" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T108" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U108" s="2" t="n"/>
+      <c r="V108" s="2" t="n"/>
+      <c r="W108" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X108" s="2" t="n"/>
+      <c r="Y108" s="2" t="n"/>
+      <c r="Z108" s="2" t="n"/>
+      <c r="AA108" s="2" t="n"/>
+      <c r="AB108" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD108" s="2" t="n"/>
+      <c r="AE108" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF108" s="1" t="n"/>
+      <c r="AG108" s="2" t="n">
+        <v>3500</v>
+      </c>
+      <c r="AH108" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI108" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ108" s="2" t="n">
+        <v>6600</v>
+      </c>
+      <c r="AK108" s="2" t="n"/>
+      <c r="AO108" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR108" s="2" t="n"/>
+      <c r="AS108" s="2" t="n"/>
+      <c r="AT108" s="2" t="n"/>
+      <c r="AW108" s="2" t="n"/>
+      <c r="AX108" t="inlineStr"/>
+      <c r="AY108" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ108" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA108" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC108" s="3" t="n"/>
+    </row>
+    <row r="109" ht="40" customHeight="1">
+      <c r="A109" s="1" t="n">
+        <v>541</v>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>RBL16S-WDMA</t>
+        </is>
+      </c>
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="n"/>
+      <c r="I109" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K109" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O109" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P109" s="2" t="n"/>
+      <c r="Q109" s="2" t="n">
+        <v>357</v>
+      </c>
+      <c r="R109" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S109" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T109" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U109" s="2" t="n"/>
+      <c r="V109" s="2" t="n"/>
+      <c r="W109" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X109" s="2" t="n"/>
+      <c r="Y109" s="2" t="n"/>
+      <c r="Z109" s="2" t="n"/>
+      <c r="AA109" s="2" t="n"/>
+      <c r="AB109" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD109" s="2" t="n"/>
+      <c r="AE109" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF109" s="1" t="n"/>
+      <c r="AG109" s="2" t="n">
+        <v>3500</v>
+      </c>
+      <c r="AH109" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI109" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ109" s="2" t="n">
+        <v>6600</v>
+      </c>
+      <c r="AK109" s="2" t="n"/>
+      <c r="AO109" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR109" s="2" t="n"/>
+      <c r="AS109" s="2" t="n"/>
+      <c r="AT109" s="2" t="n"/>
+      <c r="AW109" s="2" t="n"/>
+      <c r="AX109" t="inlineStr"/>
+      <c r="AY109" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ109" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA109" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC109" s="3" t="n"/>
+    </row>
+    <row r="110" ht="40" customHeight="1">
+      <c r="A110" s="1" t="n">
+        <v>547</v>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>RBL16S-WDMA</t>
+        </is>
+      </c>
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="n"/>
+      <c r="I110" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K110" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O110" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P110" s="2" t="n"/>
+      <c r="Q110" s="2" t="n">
+        <v>657.4</v>
+      </c>
+      <c r="R110" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S110" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T110" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U110" s="2" t="n"/>
+      <c r="V110" s="2" t="n"/>
+      <c r="W110" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X110" s="2" t="n"/>
+      <c r="Y110" s="2" t="n"/>
+      <c r="Z110" s="2" t="n"/>
+      <c r="AA110" s="2" t="n"/>
+      <c r="AB110" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD110" s="2" t="n"/>
+      <c r="AE110" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF110" s="1" t="n"/>
+      <c r="AG110" s="2" t="n">
+        <v>4400</v>
+      </c>
+      <c r="AH110" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AI110" s="2" t="n">
+        <v>2550</v>
+      </c>
+      <c r="AJ110" s="2" t="n">
+        <v>6600</v>
+      </c>
+      <c r="AK110" s="2" t="n"/>
+      <c r="AO110" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR110" s="2" t="n"/>
+      <c r="AS110" s="2" t="n"/>
+      <c r="AT110" s="2" t="n"/>
+      <c r="AW110" s="2" t="n"/>
+      <c r="AX110" t="inlineStr"/>
+      <c r="AY110" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ110" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA110" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC110" s="3" t="n"/>
+    </row>
+    <row r="111" ht="40" customHeight="1">
+      <c r="A111" s="1" t="n">
+        <v>538</v>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>RBL20M-WDAA</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="n"/>
+      <c r="I111" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K111" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O111" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P111" s="2" t="n"/>
+      <c r="Q111" s="2" t="n">
+        <v>1529</v>
+      </c>
+      <c r="R111" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S111" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T111" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U111" s="2" t="n"/>
+      <c r="V111" s="2" t="n"/>
+      <c r="W111" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X111" s="2" t="n"/>
+      <c r="Y111" s="2" t="n"/>
+      <c r="Z111" s="2" t="n"/>
+      <c r="AA111" s="2" t="n"/>
+      <c r="AB111" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD111" s="2" t="n"/>
+      <c r="AE111" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF111" s="1" t="n"/>
+      <c r="AG111" s="2" t="n">
+        <v>5100</v>
+      </c>
+      <c r="AH111" s="2" t="n">
+        <v>2275</v>
+      </c>
+      <c r="AI111" s="2" t="n">
+        <v>2855</v>
+      </c>
+      <c r="AJ111" s="2" t="n">
+        <v>9450</v>
+      </c>
+      <c r="AK111" s="2" t="n"/>
+      <c r="AO111" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR111" s="2" t="n"/>
+      <c r="AS111" s="2" t="n"/>
+      <c r="AT111" s="2" t="n"/>
+      <c r="AW111" s="2" t="n"/>
+      <c r="AX111" t="inlineStr"/>
+      <c r="AY111" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ111" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA111" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC111" s="3" t="n"/>
+    </row>
+    <row r="112" ht="40" customHeight="1">
+      <c r="A112" s="1" t="n">
+        <v>532</v>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>RBL20M-WDMA</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G112" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="n"/>
+      <c r="I112" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K112" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O112" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P112" s="2" t="n"/>
+      <c r="Q112" s="2" t="n">
+        <v>853.7</v>
+      </c>
+      <c r="R112" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S112" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T112" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U112" s="2" t="n"/>
+      <c r="V112" s="2" t="n"/>
+      <c r="W112" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X112" s="2" t="n"/>
+      <c r="Y112" s="2" t="n"/>
+      <c r="Z112" s="2" t="n"/>
+      <c r="AA112" s="2" t="n"/>
+      <c r="AB112" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD112" s="2" t="n"/>
+      <c r="AE112" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF112" s="1" t="n"/>
+      <c r="AG112" s="2" t="n">
+        <v>4805</v>
+      </c>
+      <c r="AH112" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AI112" s="2" t="n">
+        <v>2800</v>
+      </c>
+      <c r="AJ112" s="2" t="n">
+        <v>10450</v>
+      </c>
+      <c r="AK112" s="2" t="n"/>
+      <c r="AO112" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR112" s="2" t="n"/>
+      <c r="AS112" s="2" t="n"/>
+      <c r="AT112" s="2" t="n"/>
+      <c r="AW112" s="2" t="n"/>
+      <c r="AX112" t="inlineStr"/>
+      <c r="AY112" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ112" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA112" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC112" s="3" t="n"/>
+    </row>
+    <row r="113" ht="40" customHeight="1">
+      <c r="A113" s="1" t="n">
+        <v>544</v>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>RBL20M-WDMA</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="n"/>
+      <c r="I113" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K113" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O113" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P113" s="2" t="n"/>
+      <c r="Q113" s="2" t="n">
+        <v>929.3</v>
+      </c>
+      <c r="R113" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S113" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T113" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U113" s="2" t="n"/>
+      <c r="V113" s="2" t="n"/>
+      <c r="W113" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X113" s="2" t="n"/>
+      <c r="Y113" s="2" t="n"/>
+      <c r="Z113" s="2" t="n"/>
+      <c r="AA113" s="2" t="n"/>
+      <c r="AB113" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD113" s="2" t="n"/>
+      <c r="AE113" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF113" s="1" t="n"/>
+      <c r="AG113" s="2" t="n">
+        <v>4805</v>
+      </c>
+      <c r="AH113" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AI113" s="2" t="n">
+        <v>2800</v>
+      </c>
+      <c r="AJ113" s="2" t="n">
+        <v>10450</v>
+      </c>
+      <c r="AK113" s="2" t="n"/>
+      <c r="AO113" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR113" s="2" t="n"/>
+      <c r="AS113" s="2" t="n"/>
+      <c r="AT113" s="2" t="n"/>
+      <c r="AW113" s="2" t="n"/>
+      <c r="AX113" t="inlineStr"/>
+      <c r="AY113" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ113" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA113" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC113" s="3" t="n"/>
+    </row>
+    <row r="114" ht="40" customHeight="1">
+      <c r="A114" s="1" t="n">
+        <v>550</v>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>RBL20M-WDMA</t>
+        </is>
+      </c>
+      <c r="F114" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="n"/>
+      <c r="I114" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K114" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O114" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P114" s="2" t="n"/>
+      <c r="Q114" s="2" t="n">
+        <v>1676.9</v>
+      </c>
+      <c r="R114" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S114" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T114" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U114" s="2" t="n"/>
+      <c r="V114" s="2" t="n"/>
+      <c r="W114" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X114" s="2" t="n"/>
+      <c r="Y114" s="2" t="n"/>
+      <c r="Z114" s="2" t="n"/>
+      <c r="AA114" s="2" t="n"/>
+      <c r="AB114" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD114" s="2" t="n"/>
+      <c r="AE114" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF114" s="1" t="n"/>
+      <c r="AG114" s="2" t="n">
+        <v>5100</v>
+      </c>
+      <c r="AH114" s="2" t="n">
+        <v>2275</v>
+      </c>
+      <c r="AI114" s="2" t="n">
+        <v>2855</v>
+      </c>
+      <c r="AJ114" s="2" t="n">
+        <v>9450</v>
+      </c>
+      <c r="AK114" s="2" t="n"/>
+      <c r="AO114" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR114" s="2" t="n"/>
+      <c r="AS114" s="2" t="n"/>
+      <c r="AT114" s="2" t="n"/>
+      <c r="AW114" s="2" t="n"/>
+      <c r="AX114" t="inlineStr"/>
+      <c r="AY114" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ114" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA114" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC114" s="3" t="n"/>
+    </row>
+    <row r="115" ht="40" customHeight="1">
+      <c r="A115" s="1" t="n">
+        <v>537</v>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>RBL20S-WDAA</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="n"/>
+      <c r="I115" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K115" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O115" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P115" s="2" t="n"/>
+      <c r="Q115" s="2" t="n">
+        <v>1182.2</v>
+      </c>
+      <c r="R115" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S115" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T115" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U115" s="2" t="n"/>
+      <c r="V115" s="2" t="n"/>
+      <c r="W115" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X115" s="2" t="n"/>
+      <c r="Y115" s="2" t="n"/>
+      <c r="Z115" s="2" t="n"/>
+      <c r="AA115" s="2" t="n"/>
+      <c r="AB115" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD115" s="2" t="n"/>
+      <c r="AE115" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF115" s="1" t="n"/>
+      <c r="AG115" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AH115" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI115" s="2" t="n">
+        <v>2800</v>
+      </c>
+      <c r="AJ115" s="2" t="n">
+        <v>9200</v>
+      </c>
+      <c r="AK115" s="2" t="n"/>
+      <c r="AO115" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR115" s="2" t="n"/>
+      <c r="AS115" s="2" t="n"/>
+      <c r="AT115" s="2" t="n"/>
+      <c r="AW115" s="2" t="n"/>
+      <c r="AX115" t="inlineStr"/>
+      <c r="AY115" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ115" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA115" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC115" s="3" t="n"/>
+    </row>
+    <row r="116" ht="40" customHeight="1">
+      <c r="A116" s="1" t="n">
+        <v>531</v>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>RBL20S-WDMA</t>
+        </is>
+      </c>
+      <c r="F116" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G116" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="n"/>
+      <c r="I116" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K116" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O116" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P116" s="2" t="n"/>
+      <c r="Q116" s="2" t="n">
+        <v>610</v>
+      </c>
+      <c r="R116" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S116" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T116" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U116" s="2" t="n"/>
+      <c r="V116" s="2" t="n"/>
+      <c r="W116" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X116" s="2" t="n"/>
+      <c r="Y116" s="2" t="n"/>
+      <c r="Z116" s="2" t="n"/>
+      <c r="AA116" s="2" t="n"/>
+      <c r="AB116" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD116" s="2" t="n"/>
+      <c r="AE116" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF116" s="1" t="n"/>
+      <c r="AG116" s="2" t="n">
+        <v>4600</v>
+      </c>
+      <c r="AH116" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AI116" s="2" t="n">
+        <v>2700</v>
+      </c>
+      <c r="AJ116" s="2" t="n">
+        <v>9000</v>
+      </c>
+      <c r="AK116" s="2" t="n"/>
+      <c r="AO116" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR116" s="2" t="n"/>
+      <c r="AS116" s="2" t="n"/>
+      <c r="AT116" s="2" t="n"/>
+      <c r="AW116" s="2" t="n"/>
+      <c r="AX116" t="inlineStr"/>
+      <c r="AY116" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ116" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA116" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC116" s="3" t="n"/>
+    </row>
+    <row r="117" ht="40" customHeight="1">
+      <c r="A117" s="1" t="n">
+        <v>543</v>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>RBL20S-WDMA</t>
+        </is>
+      </c>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G117" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="n"/>
+      <c r="I117" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K117" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O117" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P117" s="2" t="n"/>
+      <c r="Q117" s="2" t="n">
+        <v>714.8</v>
+      </c>
+      <c r="R117" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S117" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T117" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U117" s="2" t="n"/>
+      <c r="V117" s="2" t="n"/>
+      <c r="W117" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X117" s="2" t="n"/>
+      <c r="Y117" s="2" t="n"/>
+      <c r="Z117" s="2" t="n"/>
+      <c r="AA117" s="2" t="n"/>
+      <c r="AB117" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD117" s="2" t="n"/>
+      <c r="AE117" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF117" s="1" t="n"/>
+      <c r="AG117" s="2" t="n">
+        <v>4600</v>
+      </c>
+      <c r="AH117" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AI117" s="2" t="n">
+        <v>2700</v>
+      </c>
+      <c r="AJ117" s="2" t="n">
+        <v>9000</v>
+      </c>
+      <c r="AK117" s="2" t="n"/>
+      <c r="AO117" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR117" s="2" t="n"/>
+      <c r="AS117" s="2" t="n"/>
+      <c r="AT117" s="2" t="n"/>
+      <c r="AW117" s="2" t="n"/>
+      <c r="AX117" t="inlineStr"/>
+      <c r="AY117" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ117" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA117" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC117" s="3" t="n"/>
+    </row>
+    <row r="118" ht="40" customHeight="1">
+      <c r="A118" s="1" t="n">
+        <v>549</v>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>RBL20S-WDMA</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="n"/>
+      <c r="I118" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K118" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O118" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P118" s="2" t="n"/>
+      <c r="Q118" s="2" t="n">
+        <v>1296.4</v>
+      </c>
+      <c r="R118" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S118" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T118" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U118" s="2" t="n"/>
+      <c r="V118" s="2" t="n"/>
+      <c r="W118" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X118" s="2" t="n"/>
+      <c r="Y118" s="2" t="n"/>
+      <c r="Z118" s="2" t="n"/>
+      <c r="AA118" s="2" t="n"/>
+      <c r="AB118" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD118" s="2" t="n"/>
+      <c r="AE118" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF118" s="1" t="n"/>
+      <c r="AG118" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AH118" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI118" s="2" t="n">
+        <v>2800</v>
+      </c>
+      <c r="AJ118" s="2" t="n">
+        <v>9200</v>
+      </c>
+      <c r="AK118" s="2" t="n"/>
+      <c r="AO118" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR118" s="2" t="n"/>
+      <c r="AS118" s="2" t="n"/>
+      <c r="AT118" s="2" t="n"/>
+      <c r="AW118" s="2" t="n"/>
+      <c r="AX118" t="inlineStr"/>
+      <c r="AY118" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ118" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA118" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC118" s="3" t="n"/>
+    </row>
+    <row r="119" ht="40" customHeight="1">
+      <c r="A119" s="1" t="n">
+        <v>540</v>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>RBL26M-WDAA</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="n"/>
+      <c r="I119" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K119" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O119" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P119" s="2" t="n"/>
+      <c r="Q119" s="2" t="n">
+        <v>2915.1</v>
+      </c>
+      <c r="R119" s="2" t="n"/>
+      <c r="S119" s="2" t="n"/>
+      <c r="T119" s="2" t="n"/>
+      <c r="U119" s="2" t="n"/>
+      <c r="V119" s="2" t="n"/>
+      <c r="W119" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X119" s="2" t="n"/>
+      <c r="Y119" s="2" t="n"/>
+      <c r="Z119" s="2" t="n"/>
+      <c r="AA119" s="2" t="n"/>
+      <c r="AB119" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD119" s="2" t="n"/>
+      <c r="AE119" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF119" s="1" t="n"/>
+      <c r="AG119" s="2" t="n">
+        <v>5300</v>
+      </c>
+      <c r="AH119" s="2" t="n">
+        <v>2400</v>
+      </c>
+      <c r="AI119" s="2" t="n">
+        <v>2950</v>
+      </c>
+      <c r="AJ119" s="2" t="n">
+        <v>18500</v>
+      </c>
+      <c r="AK119" s="2" t="n"/>
+      <c r="AO119" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR119" s="2" t="n"/>
+      <c r="AS119" s="2" t="n"/>
+      <c r="AT119" s="2" t="n"/>
+      <c r="AW119" s="2" t="n"/>
+      <c r="AX119" t="inlineStr"/>
+      <c r="AY119" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ119" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA119" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC119" s="3" t="n"/>
+    </row>
+    <row r="120" ht="40" customHeight="1">
+      <c r="A120" s="1" t="n">
+        <v>534</v>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>RBL26M-WDMA</t>
+        </is>
+      </c>
+      <c r="F120" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G120" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="n"/>
+      <c r="I120" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K120" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O120" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P120" s="2" t="n"/>
+      <c r="Q120" s="2" t="n">
+        <v>1633.9</v>
+      </c>
+      <c r="R120" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S120" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T120" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U120" s="2" t="n"/>
+      <c r="V120" s="2" t="n"/>
+      <c r="W120" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X120" s="2" t="n"/>
+      <c r="Y120" s="2" t="n"/>
+      <c r="Z120" s="2" t="n"/>
+      <c r="AA120" s="2" t="n"/>
+      <c r="AB120" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD120" s="2" t="n"/>
+      <c r="AE120" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF120" s="1" t="n"/>
+      <c r="AG120" s="2" t="n">
+        <v>5200</v>
+      </c>
+      <c r="AH120" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AI120" s="2" t="n">
+        <v>2950</v>
+      </c>
+      <c r="AJ120" s="2" t="n">
+        <v>16500</v>
+      </c>
+      <c r="AK120" s="2" t="n"/>
+      <c r="AO120" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR120" s="2" t="n"/>
+      <c r="AS120" s="2" t="n"/>
+      <c r="AT120" s="2" t="n"/>
+      <c r="AW120" s="2" t="n"/>
+      <c r="AX120" t="inlineStr"/>
+      <c r="AY120" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ120" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA120" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC120" s="3" t="n"/>
+    </row>
+    <row r="121" ht="40" customHeight="1">
+      <c r="A121" s="1" t="n">
+        <v>546</v>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>RBL26M-WDMA</t>
+        </is>
+      </c>
+      <c r="F121" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G121" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="n"/>
+      <c r="I121" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K121" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O121" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P121" s="2" t="n"/>
+      <c r="Q121" s="2" t="n">
+        <v>1778.6</v>
+      </c>
+      <c r="R121" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S121" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T121" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U121" s="2" t="n"/>
+      <c r="V121" s="2" t="n"/>
+      <c r="W121" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X121" s="2" t="n"/>
+      <c r="Y121" s="2" t="n"/>
+      <c r="Z121" s="2" t="n"/>
+      <c r="AA121" s="2" t="n"/>
+      <c r="AB121" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD121" s="2" t="n"/>
+      <c r="AE121" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF121" s="1" t="n"/>
+      <c r="AG121" s="2" t="n">
+        <v>5200</v>
+      </c>
+      <c r="AH121" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AI121" s="2" t="n">
+        <v>2950</v>
+      </c>
+      <c r="AJ121" s="2" t="n">
+        <v>16500</v>
+      </c>
+      <c r="AK121" s="2" t="n"/>
+      <c r="AO121" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR121" s="2" t="n"/>
+      <c r="AS121" s="2" t="n"/>
+      <c r="AT121" s="2" t="n"/>
+      <c r="AW121" s="2" t="n"/>
+      <c r="AX121" t="inlineStr"/>
+      <c r="AY121" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ121" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA121" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC121" s="3" t="n"/>
+    </row>
+    <row r="122" ht="40" customHeight="1">
+      <c r="A122" s="1" t="n">
+        <v>552</v>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>RBL26M-WDMA</t>
+        </is>
+      </c>
+      <c r="F122" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G122" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="n"/>
+      <c r="I122" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K122" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O122" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P122" s="2" t="n"/>
+      <c r="Q122" s="2" t="n">
+        <v>3196.7</v>
+      </c>
+      <c r="R122" s="2" t="n"/>
+      <c r="S122" s="2" t="n"/>
+      <c r="T122" s="2" t="n"/>
+      <c r="U122" s="2" t="n"/>
+      <c r="V122" s="2" t="n"/>
+      <c r="W122" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X122" s="2" t="n"/>
+      <c r="Y122" s="2" t="n"/>
+      <c r="Z122" s="2" t="n"/>
+      <c r="AA122" s="2" t="n"/>
+      <c r="AB122" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD122" s="2" t="n"/>
+      <c r="AE122" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF122" s="1" t="n"/>
+      <c r="AG122" s="2" t="n">
+        <v>5300</v>
+      </c>
+      <c r="AH122" s="2" t="n">
+        <v>2400</v>
+      </c>
+      <c r="AI122" s="2" t="n">
+        <v>2950</v>
+      </c>
+      <c r="AJ122" s="2" t="n">
+        <v>18500</v>
+      </c>
+      <c r="AK122" s="2" t="n"/>
+      <c r="AO122" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR122" s="2" t="n"/>
+      <c r="AS122" s="2" t="n"/>
+      <c r="AT122" s="2" t="n"/>
+      <c r="AW122" s="2" t="n"/>
+      <c r="AX122" t="inlineStr"/>
+      <c r="AY122" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ122" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA122" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC122" s="3" t="n"/>
+    </row>
+    <row r="123" ht="40" customHeight="1">
+      <c r="A123" s="1" t="n">
+        <v>539</v>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>RBL26S-WDAA</t>
+        </is>
+      </c>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G123" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="n"/>
+      <c r="I123" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K123" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O123" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P123" s="2" t="n"/>
+      <c r="Q123" s="2" t="n">
+        <v>2315.9</v>
+      </c>
+      <c r="R123" s="2" t="n"/>
+      <c r="S123" s="2" t="n"/>
+      <c r="T123" s="2" t="n"/>
+      <c r="U123" s="2" t="n"/>
+      <c r="V123" s="2" t="n"/>
+      <c r="W123" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X123" s="2" t="n"/>
+      <c r="Y123" s="2" t="n"/>
+      <c r="Z123" s="2" t="n"/>
+      <c r="AA123" s="2" t="n"/>
+      <c r="AB123" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD123" s="2" t="n"/>
+      <c r="AE123" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF123" s="1" t="n"/>
+      <c r="AG123" s="2" t="n">
+        <v>5255</v>
+      </c>
+      <c r="AH123" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AI123" s="2" t="n">
+        <v>2930</v>
+      </c>
+      <c r="AJ123" s="2" t="n">
+        <v>16200</v>
+      </c>
+      <c r="AK123" s="2" t="n"/>
+      <c r="AO123" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR123" s="2" t="n"/>
+      <c r="AS123" s="2" t="n"/>
+      <c r="AT123" s="2" t="n"/>
+      <c r="AW123" s="2" t="n"/>
+      <c r="AX123" t="inlineStr"/>
+      <c r="AY123" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ123" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA123" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC123" s="3" t="n"/>
+    </row>
+    <row r="124" ht="40" customHeight="1">
+      <c r="A124" s="1" t="n">
+        <v>533</v>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>Grundwasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>RBL26S-WDMA</t>
+        </is>
+      </c>
+      <c r="F124" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G124" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="n"/>
+      <c r="I124" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K124" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O124" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P124" s="2" t="n"/>
+      <c r="Q124" s="2" t="n">
+        <v>1298.8</v>
+      </c>
+      <c r="R124" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S124" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T124" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U124" s="2" t="n"/>
+      <c r="V124" s="2" t="n"/>
+      <c r="W124" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X124" s="2" t="n"/>
+      <c r="Y124" s="2" t="n"/>
+      <c r="Z124" s="2" t="n"/>
+      <c r="AA124" s="2" t="n"/>
+      <c r="AB124" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD124" s="2" t="n"/>
+      <c r="AE124" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF124" s="1" t="n"/>
+      <c r="AG124" s="2" t="n">
+        <v>5155</v>
+      </c>
+      <c r="AH124" s="2" t="n">
+        <v>2460</v>
+      </c>
+      <c r="AI124" s="2" t="n">
+        <v>2930</v>
+      </c>
+      <c r="AJ124" s="2" t="n">
+        <v>16000</v>
+      </c>
+      <c r="AK124" s="2" t="n"/>
+      <c r="AO124" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR124" s="2" t="n"/>
+      <c r="AS124" s="2" t="n"/>
+      <c r="AT124" s="2" t="n"/>
+      <c r="AW124" s="2" t="n"/>
+      <c r="AX124" t="inlineStr"/>
+      <c r="AY124" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ124" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA124" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC124" s="3" t="n"/>
+    </row>
+    <row r="125" ht="40" customHeight="1">
+      <c r="A125" s="1" t="n">
+        <v>545</v>
+      </c>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>RBL26S-WDMA</t>
+        </is>
+      </c>
+      <c r="F125" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G125" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="n"/>
+      <c r="I125" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K125" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O125" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P125" s="2" t="n"/>
+      <c r="Q125" s="2" t="n">
+        <v>1413.6</v>
+      </c>
+      <c r="R125" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S125" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T125" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U125" s="2" t="n"/>
+      <c r="V125" s="2" t="n"/>
+      <c r="W125" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X125" s="2" t="n"/>
+      <c r="Y125" s="2" t="n"/>
+      <c r="Z125" s="2" t="n"/>
+      <c r="AA125" s="2" t="n"/>
+      <c r="AB125" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD125" s="2" t="n"/>
+      <c r="AE125" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF125" s="1" t="n"/>
+      <c r="AG125" s="2" t="n">
+        <v>5155</v>
+      </c>
+      <c r="AH125" s="2" t="n">
+        <v>2460</v>
+      </c>
+      <c r="AI125" s="2" t="n">
+        <v>2930</v>
+      </c>
+      <c r="AJ125" s="2" t="n">
+        <v>16000</v>
+      </c>
+      <c r="AK125" s="2" t="n"/>
+      <c r="AO125" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR125" s="2" t="n"/>
+      <c r="AS125" s="2" t="n"/>
+      <c r="AT125" s="2" t="n"/>
+      <c r="AW125" s="2" t="n"/>
+      <c r="AX125" t="inlineStr"/>
+      <c r="AY125" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ125" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA125" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC125" s="3" t="n"/>
+    </row>
+    <row r="126" ht="40" customHeight="1">
+      <c r="A126" s="1" t="n">
+        <v>551</v>
+      </c>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>RBL26S-WDMA</t>
+        </is>
+      </c>
+      <c r="F126" t="inlineStr">
+        <is>
+          <t>Open-Type Screw Water Source Heat Pump Unit</t>
+        </is>
+      </c>
+      <c r="G126" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="n"/>
+      <c r="I126" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K126" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O126" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P126" s="2" t="n"/>
+      <c r="Q126" s="2" t="n">
+        <v>2539.4</v>
+      </c>
+      <c r="R126" s="2" t="n"/>
+      <c r="S126" s="2" t="n"/>
+      <c r="T126" s="2" t="n"/>
+      <c r="U126" s="2" t="n"/>
+      <c r="V126" s="2" t="n"/>
+      <c r="W126" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X126" s="2" t="n"/>
+      <c r="Y126" s="2" t="n"/>
+      <c r="Z126" s="2" t="n"/>
+      <c r="AA126" s="2" t="n"/>
+      <c r="AB126" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD126" s="2" t="n"/>
+      <c r="AE126" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF126" s="1" t="n"/>
+      <c r="AG126" s="2" t="n">
+        <v>5255</v>
+      </c>
+      <c r="AH126" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AI126" s="2" t="n">
+        <v>2930</v>
+      </c>
+      <c r="AJ126" s="2" t="n">
+        <v>16200</v>
+      </c>
+      <c r="AK126" s="2" t="n"/>
+      <c r="AO126" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR126" s="2" t="n"/>
+      <c r="AS126" s="2" t="n"/>
+      <c r="AT126" s="2" t="n"/>
+      <c r="AW126" s="2" t="n"/>
+      <c r="AX126" t="inlineStr"/>
+      <c r="AY126" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ126" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA126" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC126" s="3" t="n"/>
+    </row>
+    <row r="127" ht="40" customHeight="1">
+      <c r="A127" s="1" t="n">
+        <v>520</v>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>R245fa</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>RBS12MWF ZANA</t>
+        </is>
+      </c>
+      <c r="F127" t="inlineStr">
+        <is>
+          <t>Open-type Steam Heat Pump Unit (125℃)</t>
+        </is>
+      </c>
+      <c r="G127" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="n"/>
+      <c r="I127" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K127" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O127" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P127" s="2" t="n"/>
+      <c r="Q127" s="2" t="n">
+        <v>145</v>
+      </c>
+      <c r="R127" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S127" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T127" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U127" s="2" t="n"/>
+      <c r="V127" s="2" t="n"/>
+      <c r="W127" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="X127" s="2" t="n"/>
+      <c r="Y127" s="2" t="n"/>
+      <c r="Z127" s="2" t="n"/>
+      <c r="AA127" s="2" t="n"/>
+      <c r="AB127" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD127" s="2" t="n"/>
+      <c r="AE127" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF127" s="1" t="n"/>
+      <c r="AG127" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AH127" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AI127" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ127" s="2" t="n">
+        <v>3100</v>
+      </c>
+      <c r="AK127" s="2" t="n"/>
+      <c r="AM127" t="inlineStr">
+        <is>
+          <t>DN50</t>
+        </is>
+      </c>
+      <c r="AN127" t="inlineStr">
+        <is>
+          <t>DN50</t>
+        </is>
+      </c>
+      <c r="AO127" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP127" t="inlineStr">
+        <is>
+          <t>DN32</t>
+        </is>
+      </c>
+      <c r="AQ127" t="inlineStr">
+        <is>
+          <t>DN32</t>
+        </is>
+      </c>
+      <c r="AR127" s="2" t="n"/>
+      <c r="AS127" s="2" t="n"/>
+      <c r="AT127" s="2" t="n"/>
+      <c r="AW127" s="2" t="n"/>
+      <c r="AX127" t="inlineStr"/>
+      <c r="AY127" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ127" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA127" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC127" s="3" t="n"/>
+    </row>
+    <row r="128" ht="40" customHeight="1">
+      <c r="A128" s="1" t="n">
+        <v>522</v>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>R245fa</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>RBS16MWF ZANA</t>
+        </is>
+      </c>
+      <c r="F128" t="inlineStr">
+        <is>
+          <t>Open-type Steam Heat Pump Unit (125℃)</t>
+        </is>
+      </c>
+      <c r="G128" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="n"/>
+      <c r="I128" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K128" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O128" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P128" s="2" t="n"/>
+      <c r="Q128" s="2" t="n">
+        <v>375</v>
+      </c>
+      <c r="R128" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S128" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T128" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U128" s="2" t="n"/>
+      <c r="V128" s="2" t="n"/>
+      <c r="W128" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="X128" s="2" t="n"/>
+      <c r="Y128" s="2" t="n"/>
+      <c r="Z128" s="2" t="n"/>
+      <c r="AA128" s="2" t="n"/>
+      <c r="AB128" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD128" s="2" t="n"/>
+      <c r="AE128" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF128" s="1" t="n"/>
+      <c r="AG128" s="2" t="n">
+        <v>4500</v>
+      </c>
+      <c r="AH128" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AI128" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ128" s="2" t="n">
+        <v>3700</v>
+      </c>
+      <c r="AK128" s="2" t="n"/>
+      <c r="AM128" t="inlineStr">
+        <is>
+          <t>DN50</t>
+        </is>
+      </c>
+      <c r="AN128" t="inlineStr">
+        <is>
+          <t>DN50</t>
+        </is>
+      </c>
+      <c r="AO128" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP128" t="inlineStr">
+        <is>
+          <t>DN40</t>
+        </is>
+      </c>
+      <c r="AQ128" t="inlineStr">
+        <is>
+          <t>DN40</t>
+        </is>
+      </c>
+      <c r="AR128" s="2" t="n"/>
+      <c r="AS128" s="2" t="n"/>
+      <c r="AT128" s="2" t="n"/>
+      <c r="AW128" s="2" t="n"/>
+      <c r="AX128" t="inlineStr"/>
+      <c r="AY128" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ128" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA128" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC128" s="3" t="n"/>
+    </row>
+    <row r="129" ht="40" customHeight="1">
+      <c r="A129" s="1" t="n">
+        <v>521</v>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>R245fa</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>RBS16SWF ZANA</t>
+        </is>
+      </c>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>Open-type Steam Heat Pump Unit (125℃)</t>
+        </is>
+      </c>
+      <c r="G129" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="n"/>
+      <c r="I129" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K129" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O129" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P129" s="2" t="n"/>
+      <c r="Q129" s="2" t="n">
+        <v>297</v>
+      </c>
+      <c r="R129" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S129" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T129" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U129" s="2" t="n"/>
+      <c r="V129" s="2" t="n"/>
+      <c r="W129" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="X129" s="2" t="n"/>
+      <c r="Y129" s="2" t="n"/>
+      <c r="Z129" s="2" t="n"/>
+      <c r="AA129" s="2" t="n"/>
+      <c r="AB129" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD129" s="2" t="n"/>
+      <c r="AE129" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF129" s="1" t="n"/>
+      <c r="AG129" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AH129" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AI129" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ129" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK129" s="2" t="n"/>
+      <c r="AM129" t="inlineStr">
+        <is>
+          <t>DN50</t>
+        </is>
+      </c>
+      <c r="AN129" t="inlineStr">
+        <is>
+          <t>DN50</t>
+        </is>
+      </c>
+      <c r="AO129" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP129" t="inlineStr">
+        <is>
+          <t>DN32</t>
+        </is>
+      </c>
+      <c r="AQ129" t="inlineStr">
+        <is>
+          <t>DN32</t>
+        </is>
+      </c>
+      <c r="AR129" s="2" t="n"/>
+      <c r="AS129" s="2" t="n"/>
+      <c r="AT129" s="2" t="n"/>
+      <c r="AW129" s="2" t="n"/>
+      <c r="AX129" t="inlineStr"/>
+      <c r="AY129" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ129" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA129" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC129" s="3" t="n"/>
+    </row>
+    <row r="130" ht="40" customHeight="1">
+      <c r="A130" s="1" t="n">
+        <v>523</v>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>R245fa</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>Fujian Snowman Co., Ltd. (SRMtec)</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>RBS20SWF ZANA</t>
+        </is>
+      </c>
+      <c r="F130" t="inlineStr">
+        <is>
+          <t>Open-type Steam Heat Pump Unit (125℃)</t>
+        </is>
+      </c>
+      <c r="G130" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="n"/>
+      <c r="I130" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K130" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O130" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P130" s="2" t="n"/>
+      <c r="Q130" s="2" t="n">
+        <v>586</v>
+      </c>
+      <c r="R130" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="S130" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T130" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U130" s="2" t="n"/>
+      <c r="V130" s="2" t="n"/>
+      <c r="W130" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="X130" s="2" t="n"/>
+      <c r="Y130" s="2" t="n"/>
+      <c r="Z130" s="2" t="n"/>
+      <c r="AA130" s="2" t="n"/>
+      <c r="AB130" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD130" s="2" t="n"/>
+      <c r="AE130" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF130" s="1" t="n"/>
+      <c r="AG130" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH130" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AI130" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AJ130" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AK130" s="2" t="n"/>
+      <c r="AM130" t="inlineStr">
+        <is>
+          <t>DN65</t>
+        </is>
+      </c>
+      <c r="AN130" t="inlineStr">
+        <is>
+          <t>DN65</t>
+        </is>
+      </c>
+      <c r="AO130" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP130" t="inlineStr">
+        <is>
+          <t>DN40</t>
+        </is>
+      </c>
+      <c r="AQ130" t="inlineStr">
+        <is>
+          <t>DN40</t>
+        </is>
+      </c>
+      <c r="AR130" s="2" t="n"/>
+      <c r="AS130" s="2" t="n"/>
+      <c r="AT130" s="2" t="n"/>
+      <c r="AW130" s="2" t="n"/>
+      <c r="AX130" t="inlineStr"/>
+      <c r="AY130" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ130" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA130" t="inlineStr">
+        <is>
+          <t>https://www.srmtec.group/en/product/productlist.html</t>
+        </is>
+      </c>
+      <c r="BC130" s="3" t="n"/>
+    </row>
+    <row r="131" ht="40" customHeight="1">
+      <c r="A131" s="1" t="n">
+        <v>174</v>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>Futraheat</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>Greensteam</t>
+        </is>
+      </c>
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>Greensteam</t>
+        </is>
+      </c>
+      <c r="G131" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="I131" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="K131" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O131" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P131" s="2" t="n">
+        <v>300</v>
+      </c>
+      <c r="Q131" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="R131" s="2" t="n"/>
+      <c r="S131" s="2" t="n"/>
+      <c r="T131" s="2" t="n"/>
+      <c r="U131" s="2" t="n"/>
+      <c r="V131" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="W131" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="X131" s="2" t="n"/>
+      <c r="Y131" s="2" t="n"/>
+      <c r="Z131" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="AA131" s="2" t="n"/>
+      <c r="AB131" t="inlineStr">
+        <is>
+          <t>Turboverdichter (TurboClaw)</t>
+        </is>
+      </c>
+      <c r="AD131" s="2" t="n"/>
+      <c r="AE131" s="1" t="n"/>
+      <c r="AF131" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG131" s="2" t="n"/>
+      <c r="AH131" s="2" t="n"/>
+      <c r="AI131" s="2" t="n"/>
+      <c r="AJ131" s="2" t="n"/>
+      <c r="AK131" s="2" t="n"/>
+      <c r="AR131" s="2" t="n"/>
+      <c r="AS131" s="2" t="n"/>
+      <c r="AT131" s="2" t="n"/>
+      <c r="AW131" s="2" t="n"/>
+      <c r="AX131" t="inlineStr"/>
+      <c r="AY131" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ131" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA131" t="inlineStr">
+        <is>
+          <t>https://heatpumpingtechnologies.org/annex58/wp-content/uploads/sites/70/2023/10/futraheat-annex-58-final.pdf</t>
+        </is>
+      </c>
+      <c r="BC131" s="3" t="n"/>
+    </row>
+    <row r="132" ht="40" customHeight="1">
+      <c r="A132" s="1" t="n">
+        <v>180</v>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>BA1500-RAMH</t>
+        </is>
+      </c>
+      <c r="F132" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G132" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="n"/>
+      <c r="I132" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K132" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L132" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O132" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P132" s="2" t="n"/>
+      <c r="Q132" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="R132" s="2" t="n"/>
+      <c r="S132" s="2" t="n"/>
+      <c r="T132" s="2" t="n"/>
+      <c r="U132" s="2" t="n"/>
+      <c r="V132" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W132" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X132" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y132" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z132" s="2" t="n"/>
+      <c r="AA132" s="2" t="n"/>
+      <c r="AB132" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD132" s="2" t="n"/>
+      <c r="AE132" s="1" t="n"/>
+      <c r="AF132" s="1" t="n"/>
+      <c r="AG132" s="2" t="n">
+        <v>7500</v>
+      </c>
+      <c r="AH132" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AI132" s="2" t="n">
+        <v>2400</v>
+      </c>
+      <c r="AJ132" s="2" t="n">
+        <v>18325</v>
+      </c>
+      <c r="AK132" s="2" t="n"/>
+      <c r="AM132" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN132" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO132" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP132" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ132" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR132" s="2" t="n"/>
+      <c r="AS132" s="2" t="n"/>
+      <c r="AT132" s="2" t="n"/>
+      <c r="AW132" s="2" t="n"/>
+      <c r="AX132" t="inlineStr"/>
+      <c r="AY132" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ132" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA132" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC132" s="3" t="n"/>
+    </row>
+    <row r="133" ht="40" customHeight="1">
+      <c r="A133" s="1" t="n">
+        <v>189</v>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>BA1500-RAML</t>
+        </is>
+      </c>
+      <c r="F133" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G133" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="n"/>
+      <c r="I133" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K133" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L133" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O133" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P133" s="2" t="n"/>
+      <c r="Q133" s="2" t="n">
+        <v>2050</v>
+      </c>
+      <c r="R133" s="2" t="n"/>
+      <c r="S133" s="2" t="n"/>
+      <c r="T133" s="2" t="n"/>
+      <c r="U133" s="2" t="n"/>
+      <c r="V133" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W133" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X133" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y133" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z133" s="2" t="n"/>
+      <c r="AA133" s="2" t="n"/>
+      <c r="AB133" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD133" s="2" t="n"/>
+      <c r="AE133" s="1" t="n"/>
+      <c r="AF133" s="1" t="n"/>
+      <c r="AG133" s="2" t="n">
+        <v>7500</v>
+      </c>
+      <c r="AH133" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AI133" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ133" s="2" t="n">
+        <v>23050</v>
+      </c>
+      <c r="AK133" s="2" t="n"/>
+      <c r="AM133" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN133" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO133" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP133" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ133" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR133" s="2" t="n"/>
+      <c r="AS133" s="2" t="n"/>
+      <c r="AT133" s="2" t="n"/>
+      <c r="AW133" s="2" t="n"/>
+      <c r="AX133" t="inlineStr"/>
+      <c r="AY133" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ133" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA133" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC133" s="3" t="n"/>
+    </row>
+    <row r="134" ht="40" customHeight="1">
+      <c r="A134" s="1" t="n">
+        <v>181</v>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>BA1800-RAML</t>
+        </is>
+      </c>
+      <c r="F134" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G134" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="n"/>
+      <c r="I134" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K134" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L134" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O134" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P134" s="2" t="n"/>
+      <c r="Q134" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="R134" s="2" t="n"/>
+      <c r="S134" s="2" t="n"/>
+      <c r="T134" s="2" t="n"/>
+      <c r="U134" s="2" t="n"/>
+      <c r="V134" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W134" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X134" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y134" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z134" s="2" t="n"/>
+      <c r="AA134" s="2" t="n"/>
+      <c r="AB134" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD134" s="2" t="n"/>
+      <c r="AE134" s="1" t="n"/>
+      <c r="AF134" s="1" t="n"/>
+      <c r="AG134" s="2" t="n">
+        <v>7500</v>
+      </c>
+      <c r="AH134" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AI134" s="2" t="n">
+        <v>2400</v>
+      </c>
+      <c r="AJ134" s="2" t="n">
+        <v>20695</v>
+      </c>
+      <c r="AK134" s="2" t="n"/>
+      <c r="AM134" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN134" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO134" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP134" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ134" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR134" s="2" t="n"/>
+      <c r="AS134" s="2" t="n"/>
+      <c r="AT134" s="2" t="n"/>
+      <c r="AW134" s="2" t="n"/>
+      <c r="AX134" t="inlineStr"/>
+      <c r="AY134" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ134" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA134" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC134" s="3" t="n"/>
+    </row>
+    <row r="135" ht="40" customHeight="1">
+      <c r="A135" s="1" t="n">
+        <v>182</v>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>BA1800-RARM</t>
+        </is>
+      </c>
+      <c r="F135" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="n"/>
+      <c r="I135" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K135" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L135" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O135" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P135" s="2" t="n"/>
+      <c r="Q135" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="R135" s="2" t="n"/>
+      <c r="S135" s="2" t="n"/>
+      <c r="T135" s="2" t="n"/>
+      <c r="U135" s="2" t="n"/>
+      <c r="V135" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W135" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X135" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y135" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z135" s="2" t="n"/>
+      <c r="AA135" s="2" t="n"/>
+      <c r="AB135" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD135" s="2" t="n"/>
+      <c r="AE135" s="1" t="n"/>
+      <c r="AF135" s="1" t="n"/>
+      <c r="AG135" s="2" t="n">
+        <v>7500</v>
+      </c>
+      <c r="AH135" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AI135" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ135" s="2" t="n">
+        <v>21500</v>
+      </c>
+      <c r="AK135" s="2" t="n"/>
+      <c r="AM135" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN135" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO135" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP135" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ135" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR135" s="2" t="n"/>
+      <c r="AS135" s="2" t="n"/>
+      <c r="AT135" s="2" t="n"/>
+      <c r="AW135" s="2" t="n"/>
+      <c r="AX135" t="inlineStr"/>
+      <c r="AY135" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ135" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA135" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC135" s="3" t="n"/>
+    </row>
+    <row r="136" ht="40" customHeight="1">
+      <c r="A136" s="1" t="n">
+        <v>190</v>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>BA1800-RARM</t>
+        </is>
+      </c>
+      <c r="F136" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G136" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="n"/>
+      <c r="I136" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K136" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L136" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O136" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P136" s="2" t="n"/>
+      <c r="Q136" s="2" t="n">
+        <v>2360</v>
+      </c>
+      <c r="R136" s="2" t="n"/>
+      <c r="S136" s="2" t="n"/>
+      <c r="T136" s="2" t="n"/>
+      <c r="U136" s="2" t="n"/>
+      <c r="V136" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W136" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X136" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y136" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z136" s="2" t="n"/>
+      <c r="AA136" s="2" t="n"/>
+      <c r="AB136" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD136" s="2" t="n"/>
+      <c r="AE136" s="1" t="n"/>
+      <c r="AF136" s="1" t="n"/>
+      <c r="AG136" s="2" t="n">
+        <v>7500</v>
+      </c>
+      <c r="AH136" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AI136" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ136" s="2" t="n">
+        <v>26765</v>
+      </c>
+      <c r="AK136" s="2" t="n"/>
+      <c r="AM136" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN136" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO136" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP136" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ136" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR136" s="2" t="n"/>
+      <c r="AS136" s="2" t="n"/>
+      <c r="AT136" s="2" t="n"/>
+      <c r="AW136" s="2" t="n"/>
+      <c r="AX136" t="inlineStr"/>
+      <c r="AY136" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ136" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA136" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC136" s="3" t="n"/>
+    </row>
+    <row r="137" ht="40" customHeight="1">
+      <c r="A137" s="1" t="n">
+        <v>183</v>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>BA1800-RARN</t>
+        </is>
+      </c>
+      <c r="F137" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G137" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="n"/>
+      <c r="I137" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K137" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L137" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O137" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P137" s="2" t="n"/>
+      <c r="Q137" s="2" t="n">
+        <v>2425</v>
+      </c>
+      <c r="R137" s="2" t="n"/>
+      <c r="S137" s="2" t="n"/>
+      <c r="T137" s="2" t="n"/>
+      <c r="U137" s="2" t="n"/>
+      <c r="V137" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W137" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X137" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y137" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z137" s="2" t="n"/>
+      <c r="AA137" s="2" t="n"/>
+      <c r="AB137" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD137" s="2" t="n"/>
+      <c r="AE137" s="1" t="n"/>
+      <c r="AF137" s="1" t="n"/>
+      <c r="AG137" s="2" t="n">
+        <v>7800</v>
+      </c>
+      <c r="AH137" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AI137" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ137" s="2" t="n">
+        <v>22270</v>
+      </c>
+      <c r="AK137" s="2" t="n"/>
+      <c r="AM137" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN137" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO137" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP137" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ137" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR137" s="2" t="n"/>
+      <c r="AS137" s="2" t="n"/>
+      <c r="AT137" s="2" t="n"/>
+      <c r="AW137" s="2" t="n"/>
+      <c r="AX137" t="inlineStr"/>
+      <c r="AY137" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ137" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA137" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC137" s="3" t="n"/>
+    </row>
+    <row r="138" ht="40" customHeight="1">
+      <c r="A138" s="1" t="n">
+        <v>191</v>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>BA1800-RARN</t>
+        </is>
+      </c>
+      <c r="F138" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G138" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="n"/>
+      <c r="I138" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K138" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L138" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O138" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P138" s="2" t="n"/>
+      <c r="Q138" s="2" t="n">
+        <v>2425</v>
+      </c>
+      <c r="R138" s="2" t="n"/>
+      <c r="S138" s="2" t="n"/>
+      <c r="T138" s="2" t="n"/>
+      <c r="U138" s="2" t="n"/>
+      <c r="V138" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W138" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X138" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y138" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z138" s="2" t="n"/>
+      <c r="AA138" s="2" t="n"/>
+      <c r="AB138" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD138" s="2" t="n"/>
+      <c r="AE138" s="1" t="n"/>
+      <c r="AF138" s="1" t="n"/>
+      <c r="AG138" s="2" t="n">
+        <v>7800</v>
+      </c>
+      <c r="AH138" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AI138" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ138" s="2" t="n">
+        <v>27450</v>
+      </c>
+      <c r="AK138" s="2" t="n"/>
+      <c r="AM138" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN138" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO138" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP138" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ138" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR138" s="2" t="n"/>
+      <c r="AS138" s="2" t="n"/>
+      <c r="AT138" s="2" t="n"/>
+      <c r="AW138" s="2" t="n"/>
+      <c r="AX138" t="inlineStr"/>
+      <c r="AY138" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ138" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA138" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC138" s="3" t="n"/>
+    </row>
+    <row r="139" ht="40" customHeight="1">
+      <c r="A139" s="1" t="n">
+        <v>187</v>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>BG1200-RAHG</t>
+        </is>
+      </c>
+      <c r="F139" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G139" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="n"/>
+      <c r="I139" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K139" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L139" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O139" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P139" s="2" t="n"/>
+      <c r="Q139" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="R139" s="2" t="n"/>
+      <c r="S139" s="2" t="n"/>
+      <c r="T139" s="2" t="n"/>
+      <c r="U139" s="2" t="n"/>
+      <c r="V139" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W139" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X139" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y139" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z139" s="2" t="n"/>
+      <c r="AA139" s="2" t="n"/>
+      <c r="AB139" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD139" s="2" t="n"/>
+      <c r="AE139" s="1" t="n"/>
+      <c r="AF139" s="1" t="n"/>
+      <c r="AG139" s="2" t="n">
+        <v>7100</v>
+      </c>
+      <c r="AH139" s="2" t="n">
+        <v>3980</v>
+      </c>
+      <c r="AI139" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ139" s="2" t="n">
+        <v>16515</v>
+      </c>
+      <c r="AK139" s="2" t="n"/>
+      <c r="AM139" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN139" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO139" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP139" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ139" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR139" s="2" t="n"/>
+      <c r="AS139" s="2" t="n"/>
+      <c r="AT139" s="2" t="n"/>
+      <c r="AW139" s="2" t="n"/>
+      <c r="AX139" t="inlineStr"/>
+      <c r="AY139" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ139" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA139" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC139" s="3" t="n"/>
+    </row>
+    <row r="140" ht="40" customHeight="1">
+      <c r="A140" s="1" t="n">
+        <v>188</v>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>BG1200-RAMH</t>
+        </is>
+      </c>
+      <c r="F140" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G140" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="n"/>
+      <c r="I140" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K140" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L140" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O140" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P140" s="2" t="n"/>
+      <c r="Q140" s="2" t="n">
+        <v>1755</v>
+      </c>
+      <c r="R140" s="2" t="n"/>
+      <c r="S140" s="2" t="n"/>
+      <c r="T140" s="2" t="n"/>
+      <c r="U140" s="2" t="n"/>
+      <c r="V140" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W140" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X140" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y140" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z140" s="2" t="n"/>
+      <c r="AA140" s="2" t="n"/>
+      <c r="AB140" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD140" s="2" t="n"/>
+      <c r="AE140" s="1" t="n"/>
+      <c r="AF140" s="1" t="n"/>
+      <c r="AG140" s="2" t="n">
+        <v>7300</v>
+      </c>
+      <c r="AH140" s="2" t="n">
+        <v>4180</v>
+      </c>
+      <c r="AI140" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ140" s="2" t="n">
+        <v>20930</v>
+      </c>
+      <c r="AK140" s="2" t="n"/>
+      <c r="AM140" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN140" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO140" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP140" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ140" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR140" s="2" t="n"/>
+      <c r="AS140" s="2" t="n"/>
+      <c r="AT140" s="2" t="n"/>
+      <c r="AW140" s="2" t="n"/>
+      <c r="AX140" t="inlineStr"/>
+      <c r="AY140" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ140" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA140" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC140" s="3" t="n"/>
+    </row>
+    <row r="141" ht="40" customHeight="1">
+      <c r="A141" s="1" t="n">
+        <v>179</v>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>BG1200-RG1100</t>
+        </is>
+      </c>
+      <c r="F141" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G141" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="n"/>
+      <c r="I141" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K141" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L141" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O141" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P141" s="2" t="n"/>
+      <c r="Q141" s="2" t="n">
+        <v>1670</v>
+      </c>
+      <c r="R141" s="2" t="n"/>
+      <c r="S141" s="2" t="n"/>
+      <c r="T141" s="2" t="n"/>
+      <c r="U141" s="2" t="n"/>
+      <c r="V141" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W141" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X141" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y141" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z141" s="2" t="n"/>
+      <c r="AA141" s="2" t="n"/>
+      <c r="AB141" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD141" s="2" t="n"/>
+      <c r="AE141" s="1" t="n"/>
+      <c r="AF141" s="1" t="n"/>
+      <c r="AG141" s="2" t="n">
+        <v>6300</v>
+      </c>
+      <c r="AH141" s="2" t="n">
+        <v>3980</v>
+      </c>
+      <c r="AI141" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ141" s="2" t="n">
+        <v>19475</v>
+      </c>
+      <c r="AK141" s="2" t="n"/>
+      <c r="AM141" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN141" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO141" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP141" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ141" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR141" s="2" t="n"/>
+      <c r="AS141" s="2" t="n"/>
+      <c r="AT141" s="2" t="n"/>
+      <c r="AW141" s="2" t="n"/>
+      <c r="AX141" t="inlineStr"/>
+      <c r="AY141" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ141" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA141" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC141" s="3" t="n"/>
+    </row>
+    <row r="142" ht="40" customHeight="1">
+      <c r="A142" s="1" t="n">
+        <v>175</v>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>BG300-RG500</t>
+        </is>
+      </c>
+      <c r="F142" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G142" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="n"/>
+      <c r="I142" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K142" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L142" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O142" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P142" s="2" t="n"/>
+      <c r="Q142" s="2" t="n">
+        <v>425</v>
+      </c>
+      <c r="R142" s="2" t="n"/>
+      <c r="S142" s="2" t="n"/>
+      <c r="T142" s="2" t="n"/>
+      <c r="U142" s="2" t="n"/>
+      <c r="V142" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W142" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X142" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y142" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z142" s="2" t="n"/>
+      <c r="AA142" s="2" t="n"/>
+      <c r="AB142" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD142" s="2" t="n"/>
+      <c r="AE142" s="1" t="n"/>
+      <c r="AF142" s="1" t="n"/>
+      <c r="AG142" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH142" s="2" t="n">
+        <v>3780</v>
+      </c>
+      <c r="AI142" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ142" s="2" t="n">
+        <v>10415</v>
+      </c>
+      <c r="AK142" s="2" t="n"/>
+      <c r="AM142" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AN142" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AO142" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP142" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AQ142" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AR142" s="2" t="n"/>
+      <c r="AS142" s="2" t="n"/>
+      <c r="AT142" s="2" t="n"/>
+      <c r="AW142" s="2" t="n"/>
+      <c r="AX142" t="inlineStr"/>
+      <c r="AY142" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ142" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA142" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC142" s="3" t="n"/>
+    </row>
+    <row r="143" ht="40" customHeight="1">
+      <c r="A143" s="1" t="n">
+        <v>184</v>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>BG450-RAEC</t>
+        </is>
+      </c>
+      <c r="F143" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G143" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="n"/>
+      <c r="I143" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K143" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L143" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O143" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P143" s="2" t="n"/>
+      <c r="Q143" s="2" t="n">
+        <v>625</v>
+      </c>
+      <c r="R143" s="2" t="n"/>
+      <c r="S143" s="2" t="n"/>
+      <c r="T143" s="2" t="n"/>
+      <c r="U143" s="2" t="n"/>
+      <c r="V143" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W143" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X143" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y143" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z143" s="2" t="n"/>
+      <c r="AA143" s="2" t="n"/>
+      <c r="AB143" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD143" s="2" t="n"/>
+      <c r="AE143" s="1" t="n"/>
+      <c r="AF143" s="1" t="n"/>
+      <c r="AG143" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH143" s="2" t="n">
+        <v>3780</v>
+      </c>
+      <c r="AI143" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ143" s="2" t="n">
+        <v>12320</v>
+      </c>
+      <c r="AK143" s="2" t="n"/>
+      <c r="AM143" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN143" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO143" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP143" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ143" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR143" s="2" t="n"/>
+      <c r="AS143" s="2" t="n"/>
+      <c r="AT143" s="2" t="n"/>
+      <c r="AW143" s="2" t="n"/>
+      <c r="AX143" t="inlineStr"/>
+      <c r="AY143" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ143" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA143" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC143" s="3" t="n"/>
+    </row>
+    <row r="144" ht="40" customHeight="1">
+      <c r="A144" s="1" t="n">
+        <v>176</v>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>BG450-RG500</t>
+        </is>
+      </c>
+      <c r="F144" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G144" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="n"/>
+      <c r="I144" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K144" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L144" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O144" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P144" s="2" t="n"/>
+      <c r="Q144" s="2" t="n">
+        <v>625</v>
+      </c>
+      <c r="R144" s="2" t="n"/>
+      <c r="S144" s="2" t="n"/>
+      <c r="T144" s="2" t="n"/>
+      <c r="U144" s="2" t="n"/>
+      <c r="V144" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W144" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X144" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y144" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z144" s="2" t="n"/>
+      <c r="AA144" s="2" t="n"/>
+      <c r="AB144" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD144" s="2" t="n"/>
+      <c r="AE144" s="1" t="n"/>
+      <c r="AF144" s="1" t="n"/>
+      <c r="AG144" s="2" t="n">
+        <v>5300</v>
+      </c>
+      <c r="AH144" s="2" t="n">
+        <v>3780</v>
+      </c>
+      <c r="AI144" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ144" s="2" t="n">
+        <v>11355</v>
+      </c>
+      <c r="AK144" s="2" t="n"/>
+      <c r="AM144" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN144" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO144" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP144" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ144" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR144" s="2" t="n"/>
+      <c r="AS144" s="2" t="n"/>
+      <c r="AT144" s="2" t="n"/>
+      <c r="AW144" s="2" t="n"/>
+      <c r="AX144" t="inlineStr"/>
+      <c r="AY144" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ144" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA144" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC144" s="3" t="n"/>
+    </row>
+    <row r="145" ht="40" customHeight="1">
+      <c r="A145" s="1" t="n">
+        <v>185</v>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>BG600-RAED</t>
+        </is>
+      </c>
+      <c r="F145" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G145" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="n"/>
+      <c r="I145" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K145" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L145" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O145" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P145" s="2" t="n"/>
+      <c r="Q145" s="2" t="n">
+        <v>840</v>
+      </c>
+      <c r="R145" s="2" t="n"/>
+      <c r="S145" s="2" t="n"/>
+      <c r="T145" s="2" t="n"/>
+      <c r="U145" s="2" t="n"/>
+      <c r="V145" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W145" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X145" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y145" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z145" s="2" t="n"/>
+      <c r="AA145" s="2" t="n"/>
+      <c r="AB145" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD145" s="2" t="n"/>
+      <c r="AE145" s="1" t="n"/>
+      <c r="AF145" s="1" t="n"/>
+      <c r="AG145" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH145" s="2" t="n">
+        <v>3780</v>
+      </c>
+      <c r="AI145" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ145" s="2" t="n">
+        <v>14380</v>
+      </c>
+      <c r="AK145" s="2" t="n"/>
+      <c r="AM145" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN145" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO145" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP145" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ145" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR145" s="2" t="n"/>
+      <c r="AS145" s="2" t="n"/>
+      <c r="AT145" s="2" t="n"/>
+      <c r="AW145" s="2" t="n"/>
+      <c r="AX145" t="inlineStr"/>
+      <c r="AY145" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ145" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA145" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC145" s="3" t="n"/>
+    </row>
+    <row r="146" ht="40" customHeight="1">
+      <c r="A146" s="1" t="n">
+        <v>177</v>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>BG600-RG800</t>
+        </is>
+      </c>
+      <c r="F146" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G146" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="n"/>
+      <c r="I146" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K146" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L146" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O146" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P146" s="2" t="n"/>
+      <c r="Q146" s="2" t="n">
+        <v>875</v>
+      </c>
+      <c r="R146" s="2" t="n"/>
+      <c r="S146" s="2" t="n"/>
+      <c r="T146" s="2" t="n"/>
+      <c r="U146" s="2" t="n"/>
+      <c r="V146" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W146" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X146" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y146" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z146" s="2" t="n"/>
+      <c r="AA146" s="2" t="n"/>
+      <c r="AB146" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD146" s="2" t="n"/>
+      <c r="AE146" s="1" t="n"/>
+      <c r="AF146" s="1" t="n"/>
+      <c r="AG146" s="2" t="n">
+        <v>5900</v>
+      </c>
+      <c r="AH146" s="2" t="n">
+        <v>3780</v>
+      </c>
+      <c r="AI146" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AJ146" s="2" t="n">
+        <v>14075</v>
+      </c>
+      <c r="AK146" s="2" t="n"/>
+      <c r="AM146" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN146" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO146" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP146" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ146" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR146" s="2" t="n"/>
+      <c r="AS146" s="2" t="n"/>
+      <c r="AT146" s="2" t="n"/>
+      <c r="AW146" s="2" t="n"/>
+      <c r="AX146" t="inlineStr"/>
+      <c r="AY146" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ146" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA146" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC146" s="3" t="n"/>
+    </row>
+    <row r="147" ht="40" customHeight="1">
+      <c r="A147" s="1" t="n">
+        <v>186</v>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C147" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>BG900-RAHE</t>
+        </is>
+      </c>
+      <c r="F147" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G147" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="n"/>
+      <c r="I147" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K147" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L147" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O147" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P147" s="2" t="n"/>
+      <c r="Q147" s="2" t="n">
+        <v>1150</v>
+      </c>
+      <c r="R147" s="2" t="n"/>
+      <c r="S147" s="2" t="n"/>
+      <c r="T147" s="2" t="n"/>
+      <c r="U147" s="2" t="n"/>
+      <c r="V147" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W147" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X147" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y147" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z147" s="2" t="n"/>
+      <c r="AA147" s="2" t="n"/>
+      <c r="AB147" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD147" s="2" t="n"/>
+      <c r="AE147" s="1" t="n"/>
+      <c r="AF147" s="1" t="n"/>
+      <c r="AG147" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH147" s="2" t="n">
+        <v>3780</v>
+      </c>
+      <c r="AI147" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AJ147" s="2" t="n">
+        <v>15150</v>
+      </c>
+      <c r="AK147" s="2" t="n"/>
+      <c r="AM147" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN147" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO147" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP147" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ147" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR147" s="2" t="n"/>
+      <c r="AS147" s="2" t="n"/>
+      <c r="AT147" s="2" t="n"/>
+      <c r="AW147" s="2" t="n"/>
+      <c r="AX147" t="inlineStr"/>
+      <c r="AY147" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ147" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA147" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC147" s="3" t="n"/>
+    </row>
+    <row r="148" ht="40" customHeight="1">
+      <c r="A148" s="1" t="n">
+        <v>178</v>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C148" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>BG900-RG800</t>
+        </is>
+      </c>
+      <c r="F148" t="inlineStr">
+        <is>
+          <t>Blu-Red Fusion</t>
+        </is>
+      </c>
+      <c r="G148" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="n"/>
+      <c r="I148" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K148" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L148" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O148" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P148" s="2" t="n"/>
+      <c r="Q148" s="2" t="n">
+        <v>1100</v>
+      </c>
+      <c r="R148" s="2" t="n"/>
+      <c r="S148" s="2" t="n"/>
+      <c r="T148" s="2" t="n"/>
+      <c r="U148" s="2" t="n"/>
+      <c r="V148" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W148" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X148" s="2" t="n">
+        <v>-14</v>
+      </c>
+      <c r="Y148" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Z148" s="2" t="n"/>
+      <c r="AA148" s="2" t="n"/>
+      <c r="AB148" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD148" s="2" t="n"/>
+      <c r="AE148" s="1" t="n"/>
+      <c r="AF148" s="1" t="n"/>
+      <c r="AG148" s="2" t="n">
+        <v>5900</v>
+      </c>
+      <c r="AH148" s="2" t="n">
+        <v>3780</v>
+      </c>
+      <c r="AI148" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AJ148" s="2" t="n">
+        <v>14385</v>
+      </c>
+      <c r="AK148" s="2" t="n"/>
+      <c r="AM148" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN148" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO148" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP148" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ148" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR148" s="2" t="n"/>
+      <c r="AS148" s="2" t="n"/>
+      <c r="AT148" s="2" t="n"/>
+      <c r="AW148" s="2" t="n"/>
+      <c r="AX148" t="inlineStr"/>
+      <c r="AY148" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ148" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA148" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/chillers/gea-blu-red-fusion/</t>
+        </is>
+      </c>
+      <c r="BC148" s="3" t="n"/>
+    </row>
+    <row r="149" ht="40" customHeight="1">
+      <c r="A149" s="1" t="n">
+        <v>211</v>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>GEA RedGenium 300</t>
+        </is>
+      </c>
+      <c r="F149" t="inlineStr">
+        <is>
+          <t>GEA RedGenium</t>
+        </is>
+      </c>
+      <c r="G149" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="n"/>
+      <c r="I149" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K149" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O149" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P149" s="2" t="n"/>
+      <c r="Q149" s="2" t="n">
+        <v>555</v>
+      </c>
+      <c r="R149" s="2" t="n"/>
+      <c r="S149" s="2" t="n"/>
+      <c r="T149" s="2" t="n"/>
+      <c r="U149" s="2" t="n"/>
+      <c r="V149" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W149" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X149" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y149" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="Z149" s="2" t="n"/>
+      <c r="AA149" s="2" t="n"/>
+      <c r="AB149" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD149" s="2" t="n"/>
+      <c r="AE149" s="1" t="n"/>
+      <c r="AF149" s="1" t="n"/>
+      <c r="AG149" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AH149" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI149" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ149" s="2" t="n">
+        <v>5655</v>
+      </c>
+      <c r="AK149" s="2" t="n"/>
+      <c r="AM149" t="inlineStr">
+        <is>
+          <t>D80</t>
+        </is>
+      </c>
+      <c r="AN149" t="inlineStr">
+        <is>
+          <t>D80</t>
+        </is>
+      </c>
+      <c r="AO149" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP149" t="inlineStr">
+        <is>
+          <t>D80</t>
+        </is>
+      </c>
+      <c r="AQ149" t="inlineStr">
+        <is>
+          <t>D80</t>
+        </is>
+      </c>
+      <c r="AR149" s="2" t="n"/>
+      <c r="AS149" s="2" t="n"/>
+      <c r="AT149" s="2" t="n"/>
+      <c r="AW149" s="2" t="n"/>
+      <c r="AX149" t="inlineStr"/>
+      <c r="AY149" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ149" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA149" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/compact-heatpump-small-heat-load-redgenium/</t>
+        </is>
+      </c>
+      <c r="BC149" s="3" t="n"/>
+    </row>
+    <row r="150" ht="40" customHeight="1">
+      <c r="A150" s="1" t="n">
+        <v>207</v>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>GEA RedGenium 35</t>
+        </is>
+      </c>
+      <c r="F150" t="inlineStr">
+        <is>
+          <t>GEA RedGenium</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="n"/>
+      <c r="I150" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K150" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O150" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P150" s="2" t="n"/>
+      <c r="Q150" s="2" t="n">
+        <v>205</v>
+      </c>
+      <c r="R150" s="2" t="n"/>
+      <c r="S150" s="2" t="n"/>
+      <c r="T150" s="2" t="n"/>
+      <c r="U150" s="2" t="n"/>
+      <c r="V150" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W150" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X150" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y150" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="Z150" s="2" t="n"/>
+      <c r="AA150" s="2" t="n"/>
+      <c r="AB150" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD150" s="2" t="n"/>
+      <c r="AE150" s="1" t="n"/>
+      <c r="AF150" s="1" t="n"/>
+      <c r="AG150" s="2" t="n">
+        <v>4500</v>
+      </c>
+      <c r="AH150" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI150" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ150" s="2" t="n">
+        <v>5050</v>
+      </c>
+      <c r="AK150" s="2" t="n"/>
+      <c r="AM150" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AN150" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AO150" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP150" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AQ150" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AR150" s="2" t="n"/>
+      <c r="AS150" s="2" t="n"/>
+      <c r="AT150" s="2" t="n"/>
+      <c r="AW150" s="2" t="n"/>
+      <c r="AX150" t="inlineStr"/>
+      <c r="AY150" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ150" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA150" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/compact-heatpump-small-heat-load-redgenium/</t>
+        </is>
+      </c>
+      <c r="BC150" s="3" t="n"/>
+    </row>
+    <row r="151" ht="40" customHeight="1">
+      <c r="A151" s="1" t="n">
+        <v>214</v>
+      </c>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>GEA RedGenium 350</t>
+        </is>
+      </c>
+      <c r="F151" t="inlineStr">
+        <is>
+          <t>GEA RedGenium</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="n"/>
+      <c r="I151" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K151" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O151" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P151" s="2" t="n"/>
+      <c r="Q151" s="2" t="n">
+        <v>1195</v>
+      </c>
+      <c r="R151" s="2" t="n"/>
+      <c r="S151" s="2" t="n"/>
+      <c r="T151" s="2" t="n"/>
+      <c r="U151" s="2" t="n"/>
+      <c r="V151" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W151" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X151" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y151" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="Z151" s="2" t="n"/>
+      <c r="AA151" s="2" t="n"/>
+      <c r="AB151" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD151" s="2" t="n"/>
+      <c r="AE151" s="1" t="n"/>
+      <c r="AF151" s="1" t="n"/>
+      <c r="AG151" s="2" t="n">
+        <v>5900</v>
+      </c>
+      <c r="AH151" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI151" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ151" s="2" t="n">
+        <v>6960</v>
+      </c>
+      <c r="AK151" s="2" t="n"/>
+      <c r="AM151" t="inlineStr">
+        <is>
+          <t>D100</t>
+        </is>
+      </c>
+      <c r="AN151" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO151" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP151" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AQ151" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AR151" s="2" t="n"/>
+      <c r="AS151" s="2" t="n"/>
+      <c r="AT151" s="2" t="n"/>
+      <c r="AW151" s="2" t="n"/>
+      <c r="AX151" t="inlineStr"/>
+      <c r="AY151" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ151" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA151" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/compact-heatpump-small-heat-load-redgenium/</t>
+        </is>
+      </c>
+      <c r="BC151" s="3" t="n"/>
+    </row>
+    <row r="152" ht="40" customHeight="1">
+      <c r="A152" s="1" t="n">
+        <v>208</v>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>GEA RedGenium 45</t>
+        </is>
+      </c>
+      <c r="F152" t="inlineStr">
+        <is>
+          <t>GEA RedGenium</t>
+        </is>
+      </c>
+      <c r="G152" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="n"/>
+      <c r="I152" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K152" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O152" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P152" s="2" t="n"/>
+      <c r="Q152" s="2" t="n">
+        <v>275</v>
+      </c>
+      <c r="R152" s="2" t="n"/>
+      <c r="S152" s="2" t="n"/>
+      <c r="T152" s="2" t="n"/>
+      <c r="U152" s="2" t="n"/>
+      <c r="V152" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W152" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X152" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y152" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="Z152" s="2" t="n"/>
+      <c r="AA152" s="2" t="n"/>
+      <c r="AB152" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD152" s="2" t="n"/>
+      <c r="AE152" s="1" t="n"/>
+      <c r="AF152" s="1" t="n"/>
+      <c r="AG152" s="2" t="n">
+        <v>4500</v>
+      </c>
+      <c r="AH152" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI152" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ152" s="2" t="n">
+        <v>5150</v>
+      </c>
+      <c r="AK152" s="2" t="n"/>
+      <c r="AM152" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AN152" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AO152" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP152" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AQ152" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AR152" s="2" t="n"/>
+      <c r="AS152" s="2" t="n"/>
+      <c r="AT152" s="2" t="n"/>
+      <c r="AW152" s="2" t="n"/>
+      <c r="AX152" t="inlineStr"/>
+      <c r="AY152" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ152" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA152" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/compact-heatpump-small-heat-load-redgenium/</t>
+        </is>
+      </c>
+      <c r="BC152" s="3" t="n"/>
+    </row>
+    <row r="153" ht="40" customHeight="1">
+      <c r="A153" s="1" t="n">
+        <v>212</v>
+      </c>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>GEA RedGenium 450</t>
+        </is>
+      </c>
+      <c r="F153" t="inlineStr">
+        <is>
+          <t>GEA RedGenium</t>
+        </is>
+      </c>
+      <c r="G153" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="n"/>
+      <c r="I153" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K153" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O153" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P153" s="2" t="n"/>
+      <c r="Q153" s="2" t="n">
+        <v>835</v>
+      </c>
+      <c r="R153" s="2" t="n"/>
+      <c r="S153" s="2" t="n"/>
+      <c r="T153" s="2" t="n"/>
+      <c r="U153" s="2" t="n"/>
+      <c r="V153" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W153" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X153" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y153" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="Z153" s="2" t="n"/>
+      <c r="AA153" s="2" t="n"/>
+      <c r="AB153" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD153" s="2" t="n"/>
+      <c r="AE153" s="1" t="n"/>
+      <c r="AF153" s="1" t="n"/>
+      <c r="AG153" s="2" t="n">
+        <v>5300</v>
+      </c>
+      <c r="AH153" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI153" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ153" s="2" t="n">
+        <v>6665</v>
+      </c>
+      <c r="AK153" s="2" t="n"/>
+      <c r="AM153" t="inlineStr">
+        <is>
+          <t>D100</t>
+        </is>
+      </c>
+      <c r="AN153" t="inlineStr">
+        <is>
+          <t>D100</t>
+        </is>
+      </c>
+      <c r="AO153" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP153" t="inlineStr">
+        <is>
+          <t>D80</t>
+        </is>
+      </c>
+      <c r="AQ153" t="inlineStr">
+        <is>
+          <t>D80</t>
+        </is>
+      </c>
+      <c r="AR153" s="2" t="n"/>
+      <c r="AS153" s="2" t="n"/>
+      <c r="AT153" s="2" t="n"/>
+      <c r="AW153" s="2" t="n"/>
+      <c r="AX153" t="inlineStr"/>
+      <c r="AY153" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ153" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA153" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/compact-heatpump-small-heat-load-redgenium/</t>
+        </is>
+      </c>
+      <c r="BC153" s="3" t="n"/>
+    </row>
+    <row r="154" ht="40" customHeight="1">
+      <c r="A154" s="1" t="n">
+        <v>209</v>
+      </c>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>GEA RedGenium 55</t>
+        </is>
+      </c>
+      <c r="F154" t="inlineStr">
+        <is>
+          <t>GEA RedGenium</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="n"/>
+      <c r="I154" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K154" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O154" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P154" s="2" t="n"/>
+      <c r="Q154" s="2" t="n">
+        <v>345</v>
+      </c>
+      <c r="R154" s="2" t="n"/>
+      <c r="S154" s="2" t="n"/>
+      <c r="T154" s="2" t="n"/>
+      <c r="U154" s="2" t="n"/>
+      <c r="V154" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W154" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X154" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y154" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="Z154" s="2" t="n"/>
+      <c r="AA154" s="2" t="n"/>
+      <c r="AB154" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD154" s="2" t="n"/>
+      <c r="AE154" s="1" t="n"/>
+      <c r="AF154" s="1" t="n"/>
+      <c r="AG154" s="2" t="n">
+        <v>4700</v>
+      </c>
+      <c r="AH154" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI154" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ154" s="2" t="n">
+        <v>5355</v>
+      </c>
+      <c r="AK154" s="2" t="n"/>
+      <c r="AM154" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AN154" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AO154" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP154" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AQ154" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AR154" s="2" t="n"/>
+      <c r="AS154" s="2" t="n"/>
+      <c r="AT154" s="2" t="n"/>
+      <c r="AW154" s="2" t="n"/>
+      <c r="AX154" t="inlineStr"/>
+      <c r="AY154" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ154" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA154" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/compact-heatpump-small-heat-load-redgenium/</t>
+        </is>
+      </c>
+      <c r="BC154" s="3" t="n"/>
+    </row>
+    <row r="155" ht="40" customHeight="1">
+      <c r="A155" s="1" t="n">
+        <v>215</v>
+      </c>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>GEA RedGenium 550</t>
+        </is>
+      </c>
+      <c r="F155" t="inlineStr">
+        <is>
+          <t>GEA RedGenium</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="n"/>
+      <c r="I155" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K155" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O155" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P155" s="2" t="n"/>
+      <c r="Q155" s="2" t="n">
+        <v>1775</v>
+      </c>
+      <c r="R155" s="2" t="n"/>
+      <c r="S155" s="2" t="n"/>
+      <c r="T155" s="2" t="n"/>
+      <c r="U155" s="2" t="n"/>
+      <c r="V155" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W155" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X155" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y155" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="Z155" s="2" t="n"/>
+      <c r="AA155" s="2" t="n"/>
+      <c r="AB155" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD155" s="2" t="n"/>
+      <c r="AE155" s="1" t="n"/>
+      <c r="AF155" s="1" t="n"/>
+      <c r="AG155" s="2" t="n">
+        <v>6100</v>
+      </c>
+      <c r="AH155" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI155" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ155" s="2" t="n">
+        <v>7280</v>
+      </c>
+      <c r="AK155" s="2" t="n"/>
+      <c r="AM155" t="inlineStr">
+        <is>
+          <t>D100</t>
+        </is>
+      </c>
+      <c r="AN155" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO155" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP155" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ155" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR155" s="2" t="n"/>
+      <c r="AS155" s="2" t="n"/>
+      <c r="AT155" s="2" t="n"/>
+      <c r="AW155" s="2" t="n"/>
+      <c r="AX155" t="inlineStr"/>
+      <c r="AY155" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ155" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA155" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/compact-heatpump-small-heat-load-redgenium/</t>
+        </is>
+      </c>
+      <c r="BC155" s="3" t="n"/>
+    </row>
+    <row r="156" ht="40" customHeight="1">
+      <c r="A156" s="1" t="n">
+        <v>213</v>
+      </c>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>GEA RedGenium 600</t>
+        </is>
+      </c>
+      <c r="F156" t="inlineStr">
+        <is>
+          <t>GEA RedGenium</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="n"/>
+      <c r="I156" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K156" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O156" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P156" s="2" t="n"/>
+      <c r="Q156" s="2" t="n">
+        <v>1120</v>
+      </c>
+      <c r="R156" s="2" t="n"/>
+      <c r="S156" s="2" t="n"/>
+      <c r="T156" s="2" t="n"/>
+      <c r="U156" s="2" t="n"/>
+      <c r="V156" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W156" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X156" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y156" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="Z156" s="2" t="n"/>
+      <c r="AA156" s="2" t="n"/>
+      <c r="AB156" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD156" s="2" t="n"/>
+      <c r="AE156" s="1" t="n"/>
+      <c r="AF156" s="1" t="n"/>
+      <c r="AG156" s="2" t="n">
+        <v>5700</v>
+      </c>
+      <c r="AH156" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI156" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ156" s="2" t="n">
+        <v>7380</v>
+      </c>
+      <c r="AK156" s="2" t="n"/>
+      <c r="AM156" t="inlineStr">
+        <is>
+          <t>D100</t>
+        </is>
+      </c>
+      <c r="AN156" t="inlineStr">
+        <is>
+          <t>D100</t>
+        </is>
+      </c>
+      <c r="AO156" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP156" t="inlineStr">
+        <is>
+          <t>D100</t>
+        </is>
+      </c>
+      <c r="AQ156" t="inlineStr">
+        <is>
+          <t>D100</t>
+        </is>
+      </c>
+      <c r="AR156" s="2" t="n"/>
+      <c r="AS156" s="2" t="n"/>
+      <c r="AT156" s="2" t="n"/>
+      <c r="AW156" s="2" t="n"/>
+      <c r="AX156" t="inlineStr"/>
+      <c r="AY156" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ156" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA156" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/compact-heatpump-small-heat-load-redgenium/</t>
+        </is>
+      </c>
+      <c r="BC156" s="3" t="n"/>
+    </row>
+    <row r="157" ht="40" customHeight="1">
+      <c r="A157" s="1" t="n">
+        <v>210</v>
+      </c>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C157" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>GEA RedGenium 65</t>
+        </is>
+      </c>
+      <c r="F157" t="inlineStr">
+        <is>
+          <t>GEA RedGenium</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="n"/>
+      <c r="I157" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K157" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O157" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P157" s="2" t="n"/>
+      <c r="Q157" s="2" t="n">
+        <v>410</v>
+      </c>
+      <c r="R157" s="2" t="n"/>
+      <c r="S157" s="2" t="n"/>
+      <c r="T157" s="2" t="n"/>
+      <c r="U157" s="2" t="n"/>
+      <c r="V157" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W157" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X157" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y157" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="Z157" s="2" t="n"/>
+      <c r="AA157" s="2" t="n"/>
+      <c r="AB157" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD157" s="2" t="n"/>
+      <c r="AE157" s="1" t="n"/>
+      <c r="AF157" s="1" t="n"/>
+      <c r="AG157" s="2" t="n">
+        <v>4700</v>
+      </c>
+      <c r="AH157" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI157" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ157" s="2" t="n">
+        <v>5455</v>
+      </c>
+      <c r="AK157" s="2" t="n"/>
+      <c r="AM157" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AN157" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AO157" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP157" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AQ157" t="inlineStr">
+        <is>
+          <t>DN80</t>
+        </is>
+      </c>
+      <c r="AR157" s="2" t="n"/>
+      <c r="AS157" s="2" t="n"/>
+      <c r="AT157" s="2" t="n"/>
+      <c r="AW157" s="2" t="n"/>
+      <c r="AX157" t="inlineStr"/>
+      <c r="AY157" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ157" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA157" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/compact-heatpump-small-heat-load-redgenium/</t>
+        </is>
+      </c>
+      <c r="BC157" s="3" t="n"/>
+    </row>
+    <row r="158" ht="40" customHeight="1">
+      <c r="A158" s="1" t="n">
+        <v>216</v>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>GEA RedGenium 750</t>
+        </is>
+      </c>
+      <c r="F158" t="inlineStr">
+        <is>
+          <t>GEA RedGenium</t>
+        </is>
+      </c>
+      <c r="G158" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="n"/>
+      <c r="I158" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K158" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O158" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P158" s="2" t="n"/>
+      <c r="Q158" s="2" t="n">
+        <v>2385</v>
+      </c>
+      <c r="R158" s="2" t="n"/>
+      <c r="S158" s="2" t="n"/>
+      <c r="T158" s="2" t="n"/>
+      <c r="U158" s="2" t="n"/>
+      <c r="V158" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W158" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X158" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y158" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="Z158" s="2" t="n"/>
+      <c r="AA158" s="2" t="n"/>
+      <c r="AB158" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD158" s="2" t="n"/>
+      <c r="AE158" s="1" t="n"/>
+      <c r="AF158" s="1" t="n"/>
+      <c r="AG158" s="2" t="n">
+        <v>6900</v>
+      </c>
+      <c r="AH158" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI158" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ158" s="2" t="n">
+        <v>8020</v>
+      </c>
+      <c r="AK158" s="2" t="n"/>
+      <c r="AM158" t="inlineStr">
+        <is>
+          <t>D125</t>
+        </is>
+      </c>
+      <c r="AN158" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO158" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP158" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ158" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR158" s="2" t="n"/>
+      <c r="AS158" s="2" t="n"/>
+      <c r="AT158" s="2" t="n"/>
+      <c r="AW158" s="2" t="n"/>
+      <c r="AX158" t="inlineStr"/>
+      <c r="AY158" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ158" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA158" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/compact-heatpump-small-heat-load-redgenium/</t>
+        </is>
+      </c>
+      <c r="BC158" s="3" t="n"/>
+    </row>
+    <row r="159" ht="40" customHeight="1">
+      <c r="A159" s="1" t="n">
+        <v>217</v>
+      </c>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>GEA RedGenium 950</t>
+        </is>
+      </c>
+      <c r="F159" t="inlineStr">
+        <is>
+          <t>GEA RedGenium</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="n"/>
+      <c r="I159" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K159" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O159" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P159" s="2" t="n"/>
+      <c r="Q159" s="2" t="n">
+        <v>2995</v>
+      </c>
+      <c r="R159" s="2" t="n"/>
+      <c r="S159" s="2" t="n"/>
+      <c r="T159" s="2" t="n"/>
+      <c r="U159" s="2" t="n"/>
+      <c r="V159" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W159" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X159" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y159" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="Z159" s="2" t="n"/>
+      <c r="AA159" s="2" t="n"/>
+      <c r="AB159" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD159" s="2" t="n"/>
+      <c r="AE159" s="1" t="n"/>
+      <c r="AF159" s="1" t="n"/>
+      <c r="AG159" s="2" t="n">
+        <v>7200</v>
+      </c>
+      <c r="AH159" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI159" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ159" s="2" t="n">
+        <v>9070</v>
+      </c>
+      <c r="AK159" s="2" t="n"/>
+      <c r="AM159" t="inlineStr">
+        <is>
+          <t>D125</t>
+        </is>
+      </c>
+      <c r="AN159" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO159" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP159" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ159" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR159" s="2" t="n"/>
+      <c r="AS159" s="2" t="n"/>
+      <c r="AT159" s="2" t="n"/>
+      <c r="AW159" s="2" t="n"/>
+      <c r="AX159" t="inlineStr"/>
+      <c r="AY159" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ159" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA159" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/compact-heatpump-small-heat-load-redgenium/</t>
+        </is>
+      </c>
+      <c r="BC159" s="3" t="n"/>
+    </row>
+    <row r="160" ht="40" customHeight="1">
+      <c r="A160" s="1" t="n">
+        <v>192</v>
+      </c>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>RedAstrum EC</t>
+        </is>
+      </c>
+      <c r="F160" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G160" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="n"/>
+      <c r="I160" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K160" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O160" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P160" s="2" t="n"/>
+      <c r="Q160" s="2" t="n">
+        <v>745</v>
+      </c>
+      <c r="R160" s="2" t="n"/>
+      <c r="S160" s="2" t="n"/>
+      <c r="T160" s="2" t="n"/>
+      <c r="U160" s="2" t="n"/>
+      <c r="V160" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W160" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X160" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y160" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z160" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA160" s="2" t="n"/>
+      <c r="AB160" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD160" s="2" t="n"/>
+      <c r="AE160" s="1" t="n"/>
+      <c r="AF160" s="1" t="n"/>
+      <c r="AG160" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH160" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI160" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AJ160" s="2" t="n">
+        <v>7420</v>
+      </c>
+      <c r="AK160" s="2" t="n"/>
+      <c r="AM160" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN160" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO160" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP160" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ160" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR160" s="2" t="n"/>
+      <c r="AS160" s="2" t="n"/>
+      <c r="AT160" s="2" t="n"/>
+      <c r="AW160" s="2" t="n"/>
+      <c r="AX160" t="inlineStr"/>
+      <c r="AY160" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ160" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA160" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC160" s="3" t="n"/>
+    </row>
+    <row r="161" ht="40" customHeight="1">
+      <c r="A161" s="1" t="n">
+        <v>193</v>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>RedAstrum ED</t>
+        </is>
+      </c>
+      <c r="F161" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="n"/>
+      <c r="I161" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K161" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O161" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P161" s="2" t="n"/>
+      <c r="Q161" s="2" t="n">
+        <v>880</v>
+      </c>
+      <c r="R161" s="2" t="n"/>
+      <c r="S161" s="2" t="n"/>
+      <c r="T161" s="2" t="n"/>
+      <c r="U161" s="2" t="n"/>
+      <c r="V161" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W161" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X161" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y161" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z161" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA161" s="2" t="n"/>
+      <c r="AB161" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD161" s="2" t="n"/>
+      <c r="AE161" s="1" t="n"/>
+      <c r="AF161" s="1" t="n"/>
+      <c r="AG161" s="2" t="n">
+        <v>7000</v>
+      </c>
+      <c r="AH161" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI161" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AJ161" s="2" t="n">
+        <v>7725</v>
+      </c>
+      <c r="AK161" s="2" t="n"/>
+      <c r="AM161" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN161" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO161" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP161" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ161" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR161" s="2" t="n"/>
+      <c r="AS161" s="2" t="n"/>
+      <c r="AT161" s="2" t="n"/>
+      <c r="AW161" s="2" t="n"/>
+      <c r="AX161" t="inlineStr"/>
+      <c r="AY161" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ161" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA161" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC161" s="3" t="n"/>
+    </row>
+    <row r="162" ht="40" customHeight="1">
+      <c r="A162" s="1" t="n">
+        <v>200</v>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>RedAstrum EE</t>
+        </is>
+      </c>
+      <c r="F162" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G162" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="n"/>
+      <c r="I162" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K162" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O162" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P162" s="2" t="n"/>
+      <c r="Q162" s="2" t="n">
+        <v>745</v>
+      </c>
+      <c r="R162" s="2" t="n"/>
+      <c r="S162" s="2" t="n"/>
+      <c r="T162" s="2" t="n"/>
+      <c r="U162" s="2" t="n"/>
+      <c r="V162" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W162" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X162" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y162" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z162" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA162" s="2" t="n"/>
+      <c r="AB162" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD162" s="2" t="n"/>
+      <c r="AE162" s="1" t="n"/>
+      <c r="AF162" s="1" t="n"/>
+      <c r="AG162" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH162" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI162" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AJ162" s="2" t="n">
+        <v>6995</v>
+      </c>
+      <c r="AK162" s="2" t="n"/>
+      <c r="AM162" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN162" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO162" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP162" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ162" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR162" s="2" t="n"/>
+      <c r="AS162" s="2" t="n"/>
+      <c r="AT162" s="2" t="n"/>
+      <c r="AW162" s="2" t="n"/>
+      <c r="AX162" t="inlineStr"/>
+      <c r="AY162" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ162" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA162" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC162" s="3" t="n"/>
+    </row>
+    <row r="163" ht="40" customHeight="1">
+      <c r="A163" s="1" t="n">
+        <v>201</v>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>RedAstrum GG</t>
+        </is>
+      </c>
+      <c r="F163" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G163" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="n"/>
+      <c r="I163" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K163" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O163" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P163" s="2" t="n"/>
+      <c r="Q163" s="2" t="n">
+        <v>650</v>
+      </c>
+      <c r="R163" s="2" t="n"/>
+      <c r="S163" s="2" t="n"/>
+      <c r="T163" s="2" t="n"/>
+      <c r="U163" s="2" t="n"/>
+      <c r="V163" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W163" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X163" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y163" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z163" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA163" s="2" t="n"/>
+      <c r="AB163" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD163" s="2" t="n"/>
+      <c r="AE163" s="1" t="n"/>
+      <c r="AF163" s="1" t="n"/>
+      <c r="AG163" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH163" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI163" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AJ163" s="2" t="n">
+        <v>7400</v>
+      </c>
+      <c r="AK163" s="2" t="n"/>
+      <c r="AM163" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN163" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO163" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP163" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ163" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR163" s="2" t="n"/>
+      <c r="AS163" s="2" t="n"/>
+      <c r="AT163" s="2" t="n"/>
+      <c r="AW163" s="2" t="n"/>
+      <c r="AX163" t="inlineStr"/>
+      <c r="AY163" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ163" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA163" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC163" s="3" t="n"/>
+    </row>
+    <row r="164" ht="40" customHeight="1">
+      <c r="A164" s="1" t="n">
+        <v>194</v>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>RedAstrum HE</t>
+        </is>
+      </c>
+      <c r="F164" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="n"/>
+      <c r="I164" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K164" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O164" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P164" s="2" t="n"/>
+      <c r="Q164" s="2" t="n">
+        <v>1095</v>
+      </c>
+      <c r="R164" s="2" t="n"/>
+      <c r="S164" s="2" t="n"/>
+      <c r="T164" s="2" t="n"/>
+      <c r="U164" s="2" t="n"/>
+      <c r="V164" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W164" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X164" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y164" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z164" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA164" s="2" t="n"/>
+      <c r="AB164" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD164" s="2" t="n"/>
+      <c r="AE164" s="1" t="n"/>
+      <c r="AF164" s="1" t="n"/>
+      <c r="AG164" s="2" t="n">
+        <v>7000</v>
+      </c>
+      <c r="AH164" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI164" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ164" s="2" t="n">
+        <v>7945</v>
+      </c>
+      <c r="AK164" s="2" t="n"/>
+      <c r="AM164" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN164" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO164" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP164" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ164" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR164" s="2" t="n"/>
+      <c r="AS164" s="2" t="n"/>
+      <c r="AT164" s="2" t="n"/>
+      <c r="AW164" s="2" t="n"/>
+      <c r="AX164" t="inlineStr"/>
+      <c r="AY164" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ164" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA164" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC164" s="3" t="n"/>
+    </row>
+    <row r="165" ht="40" customHeight="1">
+      <c r="A165" s="1" t="n">
+        <v>195</v>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>RedAstrum HG</t>
+        </is>
+      </c>
+      <c r="F165" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="n"/>
+      <c r="I165" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K165" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O165" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P165" s="2" t="n"/>
+      <c r="Q165" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="R165" s="2" t="n"/>
+      <c r="S165" s="2" t="n"/>
+      <c r="T165" s="2" t="n"/>
+      <c r="U165" s="2" t="n"/>
+      <c r="V165" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W165" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X165" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y165" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z165" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA165" s="2" t="n"/>
+      <c r="AB165" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD165" s="2" t="n"/>
+      <c r="AE165" s="1" t="n"/>
+      <c r="AF165" s="1" t="n"/>
+      <c r="AG165" s="2" t="n">
+        <v>7000</v>
+      </c>
+      <c r="AH165" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI165" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ165" s="2" t="n">
+        <v>8465</v>
+      </c>
+      <c r="AK165" s="2" t="n"/>
+      <c r="AM165" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN165" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO165" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP165" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ165" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR165" s="2" t="n"/>
+      <c r="AS165" s="2" t="n"/>
+      <c r="AT165" s="2" t="n"/>
+      <c r="AW165" s="2" t="n"/>
+      <c r="AX165" t="inlineStr"/>
+      <c r="AY165" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ165" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA165" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC165" s="3" t="n"/>
+    </row>
+    <row r="166" ht="40" customHeight="1">
+      <c r="A166" s="1" t="n">
+        <v>202</v>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>RedAstrum HH</t>
+        </is>
+      </c>
+      <c r="F166" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G166" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="n"/>
+      <c r="I166" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K166" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O166" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P166" s="2" t="n"/>
+      <c r="Q166" s="2" t="n">
+        <v>880</v>
+      </c>
+      <c r="R166" s="2" t="n"/>
+      <c r="S166" s="2" t="n"/>
+      <c r="T166" s="2" t="n"/>
+      <c r="U166" s="2" t="n"/>
+      <c r="V166" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W166" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X166" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y166" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z166" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA166" s="2" t="n"/>
+      <c r="AB166" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD166" s="2" t="n"/>
+      <c r="AE166" s="1" t="n"/>
+      <c r="AF166" s="1" t="n"/>
+      <c r="AG166" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH166" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI166" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ166" s="2" t="n">
+        <v>7705</v>
+      </c>
+      <c r="AK166" s="2" t="n"/>
+      <c r="AM166" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN166" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO166" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP166" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ166" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR166" s="2" t="n"/>
+      <c r="AS166" s="2" t="n"/>
+      <c r="AT166" s="2" t="n"/>
+      <c r="AW166" s="2" t="n"/>
+      <c r="AX166" t="inlineStr"/>
+      <c r="AY166" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ166" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA166" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC166" s="3" t="n"/>
+    </row>
+    <row r="167" ht="40" customHeight="1">
+      <c r="A167" s="1" t="n">
+        <v>203</v>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>RedAstrum LL</t>
+        </is>
+      </c>
+      <c r="F167" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="n"/>
+      <c r="I167" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K167" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O167" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P167" s="2" t="n"/>
+      <c r="Q167" s="2" t="n">
+        <v>780</v>
+      </c>
+      <c r="R167" s="2" t="n"/>
+      <c r="S167" s="2" t="n"/>
+      <c r="T167" s="2" t="n"/>
+      <c r="U167" s="2" t="n"/>
+      <c r="V167" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W167" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X167" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y167" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z167" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA167" s="2" t="n"/>
+      <c r="AB167" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD167" s="2" t="n"/>
+      <c r="AE167" s="1" t="n"/>
+      <c r="AF167" s="1" t="n"/>
+      <c r="AG167" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH167" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI167" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ167" s="2" t="n">
+        <v>7915</v>
+      </c>
+      <c r="AK167" s="2" t="n"/>
+      <c r="AM167" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN167" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO167" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP167" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ167" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR167" s="2" t="n"/>
+      <c r="AS167" s="2" t="n"/>
+      <c r="AT167" s="2" t="n"/>
+      <c r="AW167" s="2" t="n"/>
+      <c r="AX167" t="inlineStr"/>
+      <c r="AY167" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ167" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA167" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC167" s="3" t="n"/>
+    </row>
+    <row r="168" ht="40" customHeight="1">
+      <c r="A168" s="1" t="n">
+        <v>196</v>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>RedAstrum MH</t>
+        </is>
+      </c>
+      <c r="F168" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G168" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="n"/>
+      <c r="I168" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K168" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O168" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P168" s="2" t="n"/>
+      <c r="Q168" s="2" t="n">
+        <v>1690</v>
+      </c>
+      <c r="R168" s="2" t="n"/>
+      <c r="S168" s="2" t="n"/>
+      <c r="T168" s="2" t="n"/>
+      <c r="U168" s="2" t="n"/>
+      <c r="V168" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W168" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X168" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y168" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z168" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA168" s="2" t="n"/>
+      <c r="AB168" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD168" s="2" t="n"/>
+      <c r="AE168" s="1" t="n"/>
+      <c r="AF168" s="1" t="n"/>
+      <c r="AG168" s="2" t="n">
+        <v>7300</v>
+      </c>
+      <c r="AH168" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI168" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ168" s="2" t="n">
+        <v>9185</v>
+      </c>
+      <c r="AK168" s="2" t="n"/>
+      <c r="AM168" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN168" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO168" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP168" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ168" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR168" s="2" t="n"/>
+      <c r="AS168" s="2" t="n"/>
+      <c r="AT168" s="2" t="n"/>
+      <c r="AW168" s="2" t="n"/>
+      <c r="AX168" t="inlineStr"/>
+      <c r="AY168" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ168" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA168" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC168" s="3" t="n"/>
+    </row>
+    <row r="169" ht="40" customHeight="1">
+      <c r="A169" s="1" t="n">
+        <v>197</v>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>RedAstrum ML</t>
+        </is>
+      </c>
+      <c r="F169" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G169" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="n"/>
+      <c r="I169" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K169" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O169" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P169" s="2" t="n"/>
+      <c r="Q169" s="2" t="n">
+        <v>1940</v>
+      </c>
+      <c r="R169" s="2" t="n"/>
+      <c r="S169" s="2" t="n"/>
+      <c r="T169" s="2" t="n"/>
+      <c r="U169" s="2" t="n"/>
+      <c r="V169" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W169" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X169" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y169" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z169" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA169" s="2" t="n"/>
+      <c r="AB169" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD169" s="2" t="n"/>
+      <c r="AE169" s="1" t="n"/>
+      <c r="AF169" s="1" t="n"/>
+      <c r="AG169" s="2" t="n">
+        <v>7600</v>
+      </c>
+      <c r="AH169" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI169" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ169" s="2" t="n">
+        <v>10205</v>
+      </c>
+      <c r="AK169" s="2" t="n"/>
+      <c r="AM169" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN169" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO169" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP169" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ169" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR169" s="2" t="n"/>
+      <c r="AS169" s="2" t="n"/>
+      <c r="AT169" s="2" t="n"/>
+      <c r="AW169" s="2" t="n"/>
+      <c r="AX169" t="inlineStr"/>
+      <c r="AY169" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ169" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA169" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC169" s="3" t="n"/>
+    </row>
+    <row r="170" ht="40" customHeight="1">
+      <c r="A170" s="1" t="n">
+        <v>204</v>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>RedAstrum MM</t>
+        </is>
+      </c>
+      <c r="F170" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G170" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="n"/>
+      <c r="I170" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K170" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O170" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P170" s="2" t="n"/>
+      <c r="Q170" s="2" t="n">
+        <v>1095</v>
+      </c>
+      <c r="R170" s="2" t="n"/>
+      <c r="S170" s="2" t="n"/>
+      <c r="T170" s="2" t="n"/>
+      <c r="U170" s="2" t="n"/>
+      <c r="V170" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W170" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X170" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y170" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z170" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA170" s="2" t="n"/>
+      <c r="AB170" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD170" s="2" t="n"/>
+      <c r="AE170" s="1" t="n"/>
+      <c r="AF170" s="1" t="n"/>
+      <c r="AG170" s="2" t="n">
+        <v>7300</v>
+      </c>
+      <c r="AH170" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI170" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ170" s="2" t="n">
+        <v>8725</v>
+      </c>
+      <c r="AK170" s="2" t="n"/>
+      <c r="AM170" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN170" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO170" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP170" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ170" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR170" s="2" t="n"/>
+      <c r="AS170" s="2" t="n"/>
+      <c r="AT170" s="2" t="n"/>
+      <c r="AW170" s="2" t="n"/>
+      <c r="AX170" t="inlineStr"/>
+      <c r="AY170" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ170" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA170" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC170" s="3" t="n"/>
+    </row>
+    <row r="171" ht="40" customHeight="1">
+      <c r="A171" s="1" t="n">
+        <v>205</v>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>RedAstrum NN</t>
+        </is>
+      </c>
+      <c r="F171" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G171" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="n"/>
+      <c r="I171" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K171" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O171" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P171" s="2" t="n"/>
+      <c r="Q171" s="2" t="n">
+        <v>985</v>
+      </c>
+      <c r="R171" s="2" t="n"/>
+      <c r="S171" s="2" t="n"/>
+      <c r="T171" s="2" t="n"/>
+      <c r="U171" s="2" t="n"/>
+      <c r="V171" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W171" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X171" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y171" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z171" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA171" s="2" t="n"/>
+      <c r="AB171" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD171" s="2" t="n"/>
+      <c r="AE171" s="1" t="n"/>
+      <c r="AF171" s="1" t="n"/>
+      <c r="AG171" s="2" t="n">
+        <v>7300</v>
+      </c>
+      <c r="AH171" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI171" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ171" s="2" t="n">
+        <v>9945</v>
+      </c>
+      <c r="AK171" s="2" t="n"/>
+      <c r="AM171" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN171" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO171" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP171" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ171" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR171" s="2" t="n"/>
+      <c r="AS171" s="2" t="n"/>
+      <c r="AT171" s="2" t="n"/>
+      <c r="AW171" s="2" t="n"/>
+      <c r="AX171" t="inlineStr"/>
+      <c r="AY171" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ171" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA171" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC171" s="3" t="n"/>
+    </row>
+    <row r="172" ht="40" customHeight="1">
+      <c r="A172" s="1" t="n">
+        <v>198</v>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>RedAstrum RM</t>
+        </is>
+      </c>
+      <c r="F172" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G172" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="n"/>
+      <c r="I172" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K172" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O172" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P172" s="2" t="n"/>
+      <c r="Q172" s="2" t="n">
+        <v>2380</v>
+      </c>
+      <c r="R172" s="2" t="n"/>
+      <c r="S172" s="2" t="n"/>
+      <c r="T172" s="2" t="n"/>
+      <c r="U172" s="2" t="n"/>
+      <c r="V172" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W172" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X172" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y172" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z172" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA172" s="2" t="n"/>
+      <c r="AB172" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD172" s="2" t="n"/>
+      <c r="AE172" s="1" t="n"/>
+      <c r="AF172" s="1" t="n"/>
+      <c r="AG172" s="2" t="n">
+        <v>7900</v>
+      </c>
+      <c r="AH172" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AI172" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ172" s="2" t="n">
+        <v>11540</v>
+      </c>
+      <c r="AK172" s="2" t="n"/>
+      <c r="AM172" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN172" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO172" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP172" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ172" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR172" s="2" t="n"/>
+      <c r="AS172" s="2" t="n"/>
+      <c r="AT172" s="2" t="n"/>
+      <c r="AW172" s="2" t="n"/>
+      <c r="AX172" t="inlineStr"/>
+      <c r="AY172" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ172" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA172" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC172" s="3" t="n"/>
+    </row>
+    <row r="173" ht="40" customHeight="1">
+      <c r="A173" s="1" t="n">
+        <v>199</v>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>RedAstrum RN</t>
+        </is>
+      </c>
+      <c r="F173" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="n"/>
+      <c r="I173" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K173" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O173" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P173" s="2" t="n"/>
+      <c r="Q173" s="2" t="n">
+        <v>2910</v>
+      </c>
+      <c r="R173" s="2" t="n"/>
+      <c r="S173" s="2" t="n"/>
+      <c r="T173" s="2" t="n"/>
+      <c r="U173" s="2" t="n"/>
+      <c r="V173" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W173" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X173" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y173" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z173" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA173" s="2" t="n"/>
+      <c r="AB173" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD173" s="2" t="n"/>
+      <c r="AE173" s="1" t="n"/>
+      <c r="AF173" s="1" t="n"/>
+      <c r="AG173" s="2" t="n">
+        <v>7900</v>
+      </c>
+      <c r="AH173" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AI173" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ173" s="2" t="n">
+        <v>12860</v>
+      </c>
+      <c r="AK173" s="2" t="n"/>
+      <c r="AM173" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN173" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO173" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP173" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ173" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR173" s="2" t="n"/>
+      <c r="AS173" s="2" t="n"/>
+      <c r="AT173" s="2" t="n"/>
+      <c r="AW173" s="2" t="n"/>
+      <c r="AX173" t="inlineStr"/>
+      <c r="AY173" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ173" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA173" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC173" s="3" t="n"/>
+    </row>
+    <row r="174" ht="40" customHeight="1">
+      <c r="A174" s="1" t="n">
+        <v>206</v>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>RedAstrum RR</t>
+        </is>
+      </c>
+      <c r="F174" t="inlineStr">
+        <is>
+          <t>GEA RedAstrum</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="n"/>
+      <c r="I174" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K174" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O174" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P174" s="2" t="n"/>
+      <c r="Q174" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="R174" s="2" t="n"/>
+      <c r="S174" s="2" t="n"/>
+      <c r="T174" s="2" t="n"/>
+      <c r="U174" s="2" t="n"/>
+      <c r="V174" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="W174" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X174" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y174" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="Z174" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA174" s="2" t="n"/>
+      <c r="AB174" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD174" s="2" t="n"/>
+      <c r="AE174" s="1" t="n"/>
+      <c r="AF174" s="1" t="n"/>
+      <c r="AG174" s="2" t="n">
+        <v>7600</v>
+      </c>
+      <c r="AH174" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AI174" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ174" s="2" t="n">
+        <v>11260</v>
+      </c>
+      <c r="AK174" s="2" t="n"/>
+      <c r="AM174" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN174" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO174" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP174" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ174" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR174" s="2" t="n"/>
+      <c r="AS174" s="2" t="n"/>
+      <c r="AT174" s="2" t="n"/>
+      <c r="AW174" s="2" t="n"/>
+      <c r="AX174" t="inlineStr"/>
+      <c r="AY174" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ174" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA174" t="inlineStr">
+        <is>
+          <t>https://www.gea.com/de/products/heat-pumps/redastrum-ammonia-heatpump/</t>
+        </is>
+      </c>
+      <c r="BC174" s="3" t="n"/>
+    </row>
+    <row r="175" ht="40" customHeight="1">
+      <c r="A175" s="1" t="n">
+        <v>218</v>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>R744 (CO2)</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>GEA Refrigeration Netherlands</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>CO2 Heat Pump</t>
+        </is>
+      </c>
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>CO2 Heat Pump</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="n"/>
+      <c r="I175" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="K175" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O175" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P175" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="Q175" s="2" t="n">
+        <v>1200</v>
+      </c>
+      <c r="R175" s="2" t="n"/>
+      <c r="S175" s="2" t="n"/>
+      <c r="T175" s="2" t="n"/>
+      <c r="U175" s="2" t="n"/>
+      <c r="V175" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="W175" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="X175" s="2" t="n"/>
+      <c r="Y175" s="2" t="n"/>
+      <c r="Z175" s="2" t="n"/>
+      <c r="AA175" s="2" t="n"/>
+      <c r="AB175" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD175" s="2" t="n"/>
+      <c r="AE175" s="1" t="n"/>
+      <c r="AF175" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="AG175" s="2" t="n"/>
+      <c r="AH175" s="2" t="n"/>
+      <c r="AI175" s="2" t="n"/>
+      <c r="AJ175" s="2" t="n"/>
+      <c r="AK175" s="2" t="n"/>
+      <c r="AR175" s="2" t="n"/>
+      <c r="AS175" s="2" t="n"/>
+      <c r="AT175" s="2" t="n"/>
+      <c r="AW175" s="2" t="n"/>
+      <c r="AX175" t="inlineStr"/>
+      <c r="AY175" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ175" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA175" t="inlineStr">
+        <is>
+          <t>https://heatpumpingtechnologies.org/annex58/wp-content/uploads/sites/70/2022/07/hthpannex58suppliertechnologygea.pdf</t>
+        </is>
+      </c>
+      <c r="BC175" s="3" t="n"/>
+    </row>
+    <row r="176" ht="40" customHeight="1">
+      <c r="A176" s="1" t="n">
+        <v>1048</v>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>HC, HFO</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>Abwärme (Steam), Dampf (Steam)</t>
+        </is>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>Heaten Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>HBL16-S/S</t>
+        </is>
+      </c>
+      <c r="F176" t="inlineStr">
+        <is>
+          <t>HBL16</t>
+        </is>
+      </c>
+      <c r="G176" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="I176" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="J176" t="inlineStr">
+        <is>
+          <t>ab 2026</t>
+        </is>
+      </c>
+      <c r="K176" t="inlineStr">
+        <is>
+          <t>BOT</t>
+        </is>
+      </c>
+      <c r="L176" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O176" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P176" s="2" t="n"/>
+      <c r="Q176" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="R176" s="2" t="n"/>
+      <c r="S176" s="2" t="n"/>
+      <c r="T176" s="2" t="n"/>
+      <c r="U176" s="2" t="n"/>
+      <c r="V176" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="W176" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="X176" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y176" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="Z176" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="AA176" s="2" t="n"/>
+      <c r="AB176" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD176" s="2" t="n"/>
+      <c r="AE176" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF176" s="1" t="n"/>
+      <c r="AG176" s="2" t="n"/>
+      <c r="AH176" s="2" t="n"/>
+      <c r="AI176" s="2" t="n"/>
+      <c r="AJ176" s="2" t="n"/>
+      <c r="AK176" s="2" t="n"/>
+      <c r="AO176" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR176" s="2" t="n"/>
+      <c r="AS176" s="2" t="n"/>
+      <c r="AT176" s="2" t="n"/>
+      <c r="AW176" s="2" t="n"/>
+      <c r="AX176" t="inlineStr">
+        <is>
+          <t>HeatBooster System bis 50 MW (thermisch) möglich.</t>
+        </is>
+      </c>
+      <c r="AY176" s="3" t="n">
+        <v>45671</v>
+      </c>
+      <c r="AZ176" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA176" t="inlineStr">
+        <is>
+          <t>https://www.heaten.com/products/</t>
+        </is>
+      </c>
+      <c r="BC176" s="3" t="n"/>
+    </row>
+    <row r="177" ht="40" customHeight="1">
+      <c r="A177" s="1" t="n">
+        <v>1047</v>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>HC, HFO</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>Heaten Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>HBL16-W/S</t>
+        </is>
+      </c>
+      <c r="F177" t="inlineStr">
+        <is>
+          <t>HBL16</t>
+        </is>
+      </c>
+      <c r="G177" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="I177" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="J177" t="inlineStr">
+        <is>
+          <t>ab 2026</t>
+        </is>
+      </c>
+      <c r="K177" t="inlineStr">
+        <is>
+          <t>BOT</t>
+        </is>
+      </c>
+      <c r="L177" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O177" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P177" s="2" t="n"/>
+      <c r="Q177" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="R177" s="2" t="n"/>
+      <c r="S177" s="2" t="n"/>
+      <c r="T177" s="2" t="n"/>
+      <c r="U177" s="2" t="n"/>
+      <c r="V177" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="W177" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="X177" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y177" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="Z177" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="AA177" s="2" t="n"/>
+      <c r="AB177" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD177" s="2" t="n"/>
+      <c r="AE177" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF177" s="1" t="n"/>
+      <c r="AG177" s="2" t="n"/>
+      <c r="AH177" s="2" t="n"/>
+      <c r="AI177" s="2" t="n"/>
+      <c r="AJ177" s="2" t="n"/>
+      <c r="AK177" s="2" t="n"/>
+      <c r="AO177" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR177" s="2" t="n"/>
+      <c r="AS177" s="2" t="n"/>
+      <c r="AT177" s="2" t="n"/>
+      <c r="AW177" s="2" t="n"/>
+      <c r="AX177" t="inlineStr">
+        <is>
+          <t>HeatBooster System bis 50 MW (thermisch) möglich.</t>
+        </is>
+      </c>
+      <c r="AY177" s="3" t="n">
+        <v>45671</v>
+      </c>
+      <c r="AZ177" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA177" t="inlineStr">
+        <is>
+          <t>https://www.heaten.com/products/</t>
+        </is>
+      </c>
+      <c r="BC177" s="3" t="n"/>
+    </row>
+    <row r="178" ht="40" customHeight="1">
+      <c r="A178" s="1" t="n">
+        <v>1046</v>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>HC, HFO</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>Heaten Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>HBL16-W/W</t>
+        </is>
+      </c>
+      <c r="F178" t="inlineStr">
+        <is>
+          <t>HBL16</t>
+        </is>
+      </c>
+      <c r="G178" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="I178" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="J178" t="inlineStr">
+        <is>
+          <t>ab 2026</t>
+        </is>
+      </c>
+      <c r="K178" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L178" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O178" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P178" s="2" t="n"/>
+      <c r="Q178" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="R178" s="2" t="n"/>
+      <c r="S178" s="2" t="n"/>
+      <c r="T178" s="2" t="n"/>
+      <c r="U178" s="2" t="n"/>
+      <c r="V178" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="W178" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="X178" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y178" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="Z178" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="AA178" s="2" t="n"/>
+      <c r="AB178" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD178" s="2" t="n"/>
+      <c r="AE178" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF178" s="1" t="n"/>
+      <c r="AG178" s="2" t="n"/>
+      <c r="AH178" s="2" t="n"/>
+      <c r="AI178" s="2" t="n"/>
+      <c r="AJ178" s="2" t="n"/>
+      <c r="AK178" s="2" t="n"/>
+      <c r="AO178" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR178" s="2" t="n"/>
+      <c r="AS178" s="2" t="n"/>
+      <c r="AT178" s="2" t="n"/>
+      <c r="AW178" s="2" t="n"/>
+      <c r="AX178" t="inlineStr">
+        <is>
+          <t>HeatBooster System bis 50 MW (thermisch) möglich.</t>
+        </is>
+      </c>
+      <c r="AY178" s="3" t="n">
+        <v>45671</v>
+      </c>
+      <c r="AZ178" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA178" t="inlineStr">
+        <is>
+          <t>https://www.heaten.com/products/</t>
+        </is>
+      </c>
+      <c r="BC178" s="3" t="n"/>
+    </row>
+    <row r="179" ht="40" customHeight="1">
+      <c r="A179" s="1" t="n">
+        <v>1045</v>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>HC, HFO</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>Abwärme (Steam), Dampf (Steam)</t>
+        </is>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>Heaten Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>HBL4-S/S</t>
+        </is>
+      </c>
+      <c r="F179" t="inlineStr">
+        <is>
+          <t>HBL4</t>
+        </is>
+      </c>
+      <c r="G179" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="n"/>
+      <c r="I179" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K179" t="inlineStr">
+        <is>
+          <t>BOT</t>
+        </is>
+      </c>
+      <c r="L179" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O179" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P179" s="2" t="n">
+        <v>800</v>
+      </c>
+      <c r="Q179" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="R179" s="2" t="n"/>
+      <c r="S179" s="2" t="n"/>
+      <c r="T179" s="2" t="n"/>
+      <c r="U179" s="2" t="n"/>
+      <c r="V179" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="W179" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="X179" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="Y179" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="Z179" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="AA179" s="2" t="n"/>
+      <c r="AB179" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD179" s="2" t="n"/>
+      <c r="AE179" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF179" s="1" t="n"/>
+      <c r="AG179" s="2" t="n">
+        <v>8300</v>
+      </c>
+      <c r="AH179" s="2" t="n">
+        <v>2700</v>
+      </c>
+      <c r="AI179" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AJ179" s="2" t="n">
+        <v>23500</v>
+      </c>
+      <c r="AK179" s="2" t="n"/>
+      <c r="AO179" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR179" s="2" t="n"/>
+      <c r="AS179" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AT179" s="2" t="n"/>
+      <c r="AU179" t="inlineStr">
+        <is>
+          <t>Containerlösung</t>
+        </is>
+      </c>
+      <c r="AW179" s="2" t="n"/>
+      <c r="AX179" t="inlineStr">
+        <is>
+          <t>HeatBooster System bis 50 MW (thermisch) möglich.</t>
+        </is>
+      </c>
+      <c r="AY179" s="3" t="n">
+        <v>45671</v>
+      </c>
+      <c r="AZ179" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA179" t="inlineStr">
+        <is>
+          <t>https://www.heaten.com/products/</t>
+        </is>
+      </c>
+      <c r="BC179" s="3" t="n"/>
+    </row>
+    <row r="180" ht="40" customHeight="1">
+      <c r="A180" s="1" t="n">
+        <v>1044</v>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>HC, HFO</t>
+        </is>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>Heaten Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>HBL4-W/S</t>
+        </is>
+      </c>
+      <c r="F180" t="inlineStr">
+        <is>
+          <t>HBL4</t>
+        </is>
+      </c>
+      <c r="G180" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="n"/>
+      <c r="I180" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K180" t="inlineStr">
+        <is>
+          <t>MIX</t>
+        </is>
+      </c>
+      <c r="L180" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O180" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P180" s="2" t="n">
+        <v>800</v>
+      </c>
+      <c r="Q180" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="R180" s="2" t="n"/>
+      <c r="S180" s="2" t="n"/>
+      <c r="T180" s="2" t="n"/>
+      <c r="U180" s="2" t="n"/>
+      <c r="V180" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="W180" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="X180" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y180" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="Z180" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="AA180" s="2" t="n"/>
+      <c r="AB180" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD180" s="2" t="n"/>
+      <c r="AE180" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF180" s="1" t="n"/>
+      <c r="AG180" s="2" t="n">
+        <v>7500</v>
+      </c>
+      <c r="AH180" s="2" t="n">
+        <v>2700</v>
+      </c>
+      <c r="AI180" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AJ180" s="2" t="n">
+        <v>19000</v>
+      </c>
+      <c r="AK180" s="2" t="n"/>
+      <c r="AO180" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR180" s="2" t="n"/>
+      <c r="AS180" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AT180" s="2" t="n"/>
+      <c r="AU180" t="inlineStr">
+        <is>
+          <t>Containerlösung</t>
+        </is>
+      </c>
+      <c r="AW180" s="2" t="n"/>
+      <c r="AX180" t="inlineStr">
+        <is>
+          <t>HeatBooster System bis 50 MW (thermisch) möglich.</t>
+        </is>
+      </c>
+      <c r="AY180" s="3" t="n">
+        <v>45671</v>
+      </c>
+      <c r="AZ180" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA180" t="inlineStr">
+        <is>
+          <t>https://www.heaten.com/products/</t>
+        </is>
+      </c>
+      <c r="BC180" s="3" t="n"/>
+    </row>
+    <row r="181" ht="40" customHeight="1">
+      <c r="A181" s="1" t="n">
+        <v>1043</v>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>HC, HFO</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>Heaten Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>HBL4-W/W</t>
+        </is>
+      </c>
+      <c r="F181" t="inlineStr">
+        <is>
+          <t>HBL4</t>
+        </is>
+      </c>
+      <c r="G181" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="n"/>
+      <c r="I181" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K181" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L181" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O181" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P181" s="2" t="n">
+        <v>800</v>
+      </c>
+      <c r="Q181" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="R181" s="2" t="n"/>
+      <c r="S181" s="2" t="n"/>
+      <c r="T181" s="2" t="n"/>
+      <c r="U181" s="2" t="n"/>
+      <c r="V181" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="W181" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="X181" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y181" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="Z181" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="AA181" s="2" t="n"/>
+      <c r="AB181" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD181" s="2" t="n"/>
+      <c r="AE181" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF181" s="1" t="n"/>
+      <c r="AG181" s="2" t="n">
+        <v>5600</v>
+      </c>
+      <c r="AH181" s="2" t="n">
+        <v>2340</v>
+      </c>
+      <c r="AI181" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AJ181" s="2" t="n">
+        <v>13500</v>
+      </c>
+      <c r="AK181" s="2" t="n"/>
+      <c r="AO181" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR181" s="2" t="n"/>
+      <c r="AS181" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AT181" s="2" t="n"/>
+      <c r="AU181" t="inlineStr">
+        <is>
+          <t>Containerlösung</t>
+        </is>
+      </c>
+      <c r="AW181" s="2" t="n"/>
+      <c r="AX181" t="inlineStr">
+        <is>
+          <t>HeatBooster System bis 50 MW (thermisch) möglich.</t>
+        </is>
+      </c>
+      <c r="AY181" s="3" t="n">
+        <v>45671</v>
+      </c>
+      <c r="AZ181" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA181" t="inlineStr">
+        <is>
+          <t>https://www.heaten.com/products/</t>
+        </is>
+      </c>
+      <c r="BC181" s="3" t="n"/>
+    </row>
+    <row r="182" ht="40" customHeight="1">
+      <c r="A182" s="1" t="n">
+        <v>1347</v>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1234ze(E), R601 (Pentan), R601a (Isopentan)</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t>Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), feuchte Heißluft (Air), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>Heatlift</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>Heatlift HA</t>
+        </is>
+      </c>
+      <c r="F182" t="inlineStr">
+        <is>
+          <t>Heatlift</t>
+        </is>
+      </c>
+      <c r="G182" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="n"/>
+      <c r="I182" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="K182" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O182" t="inlineStr">
+        <is>
+          <t>Heiße Prozessluft</t>
+        </is>
+      </c>
+      <c r="P182" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="Q182" s="2" t="n">
+        <v>15000</v>
+      </c>
+      <c r="R182" s="2" t="n"/>
+      <c r="S182" s="2" t="n"/>
+      <c r="T182" s="2" t="n"/>
+      <c r="U182" s="2" t="n"/>
+      <c r="V182" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="W182" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="X182" s="2" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y182" s="2" t="n"/>
+      <c r="Z182" s="2" t="n"/>
+      <c r="AA182" s="2" t="n"/>
+      <c r="AB182" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC182" t="inlineStr">
+        <is>
+          <t>2-3</t>
+        </is>
+      </c>
+      <c r="AD182" s="2" t="n"/>
+      <c r="AE182" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF182" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG182" s="2" t="n"/>
+      <c r="AH182" s="2" t="n"/>
+      <c r="AI182" s="2" t="n"/>
+      <c r="AJ182" s="2" t="n"/>
+      <c r="AK182" s="2" t="n"/>
+      <c r="AO182" t="inlineStr">
+        <is>
+          <t>VFD &amp; IGV</t>
+        </is>
+      </c>
+      <c r="AR182" s="2" t="n"/>
+      <c r="AS182" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AT182" s="2" t="n"/>
+      <c r="AU182" t="inlineStr">
+        <is>
+          <t>Preassembled skids &lt; 10 MW. On-site assembly above</t>
+        </is>
+      </c>
+      <c r="AW182" s="2" t="n"/>
+      <c r="AX182" t="inlineStr">
+        <is>
+          <t>Kundenspezifische Auslegung</t>
+        </is>
+      </c>
+      <c r="AY182" s="3" t="n">
+        <v>45796</v>
+      </c>
+      <c r="AZ182" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC182" s="3" t="n">
+        <v>45796</v>
+      </c>
+    </row>
+    <row r="183" ht="40" customHeight="1">
+      <c r="A183" s="1" t="n">
+        <v>1348</v>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1234ze(E), R600a (Isobutan), R601a (Isopentan)</t>
+        </is>
+      </c>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>Heatlift</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>Heatlift HW</t>
+        </is>
+      </c>
+      <c r="F183" t="inlineStr">
+        <is>
+          <t>Heatlift</t>
+        </is>
+      </c>
+      <c r="G183" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="n"/>
+      <c r="I183" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="K183" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O183" t="inlineStr">
+        <is>
+          <t>Heiswasser</t>
+        </is>
+      </c>
+      <c r="P183" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="Q183" s="2" t="n">
+        <v>15000</v>
+      </c>
+      <c r="R183" s="2" t="n"/>
+      <c r="S183" s="2" t="n"/>
+      <c r="T183" s="2" t="n"/>
+      <c r="U183" s="2" t="n"/>
+      <c r="V183" s="2" t="n"/>
+      <c r="W183" s="2" t="n">
+        <v>210</v>
+      </c>
+      <c r="X183" s="2" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y183" s="2" t="n"/>
+      <c r="Z183" s="2" t="n"/>
+      <c r="AA183" s="2" t="n"/>
+      <c r="AB183" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC183" t="inlineStr">
+        <is>
+          <t>2-3</t>
+        </is>
+      </c>
+      <c r="AD183" s="2" t="n"/>
+      <c r="AE183" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF183" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG183" s="2" t="n"/>
+      <c r="AH183" s="2" t="n"/>
+      <c r="AI183" s="2" t="n"/>
+      <c r="AJ183" s="2" t="n"/>
+      <c r="AK183" s="2" t="n"/>
+      <c r="AO183" t="inlineStr">
+        <is>
+          <t>VFD &amp; IGV</t>
+        </is>
+      </c>
+      <c r="AR183" s="2" t="n"/>
+      <c r="AS183" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AT183" s="2" t="n"/>
+      <c r="AU183" t="inlineStr">
+        <is>
+          <t>Preassembled skids &lt; 10 MW. On-site assembly above</t>
+        </is>
+      </c>
+      <c r="AW183" s="2" t="n"/>
+      <c r="AX183" t="inlineStr">
+        <is>
+          <t>Kundenspezifische Auslegung</t>
+        </is>
+      </c>
+      <c r="AY183" s="3" t="n">
+        <v>45796</v>
+      </c>
+      <c r="AZ183" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC183" s="3" t="n">
+        <v>45796</v>
+      </c>
+    </row>
+    <row r="184" ht="40" customHeight="1">
+      <c r="A184" s="1" t="n">
+        <v>1346</v>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1234ze(E), R600a (Isobutan), R601a (Isopentan)</t>
+        </is>
+      </c>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Geothermie (Brine/Water), Gewässer (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>Heatlift</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>Heatlift SG</t>
+        </is>
+      </c>
+      <c r="F184" t="inlineStr">
+        <is>
+          <t>Heatlift</t>
+        </is>
+      </c>
+      <c r="G184" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="n"/>
+      <c r="I184" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="K184" t="inlineStr">
+        <is>
+          <t>MIX</t>
+        </is>
+      </c>
+      <c r="O184" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P184" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="Q184" s="2" t="n">
+        <v>15000</v>
+      </c>
+      <c r="R184" s="2" t="n"/>
+      <c r="S184" s="2" t="n"/>
+      <c r="T184" s="2" t="n"/>
+      <c r="U184" s="2" t="n"/>
+      <c r="V184" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="W184" s="2" t="n">
+        <v>250</v>
+      </c>
+      <c r="X184" s="2" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y184" s="2" t="n"/>
+      <c r="Z184" s="2" t="n"/>
+      <c r="AA184" s="2" t="n"/>
+      <c r="AB184" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC184" t="inlineStr">
+        <is>
+          <t>2-3</t>
+        </is>
+      </c>
+      <c r="AD184" s="2" t="n"/>
+      <c r="AE184" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF184" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG184" s="2" t="n"/>
+      <c r="AH184" s="2" t="n"/>
+      <c r="AI184" s="2" t="n"/>
+      <c r="AJ184" s="2" t="n"/>
+      <c r="AK184" s="2" t="n"/>
+      <c r="AO184" t="inlineStr">
+        <is>
+          <t>VFD &amp; IGV</t>
+        </is>
+      </c>
+      <c r="AR184" s="2" t="n"/>
+      <c r="AS184" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AT184" s="2" t="n"/>
+      <c r="AU184" t="inlineStr">
+        <is>
+          <t>Preassembled skids &lt; 10 MW. On-site assembly above</t>
+        </is>
+      </c>
+      <c r="AW184" s="2" t="n"/>
+      <c r="AX184" t="inlineStr">
+        <is>
+          <t>Kundenspezifische Auslegung</t>
+        </is>
+      </c>
+      <c r="AY184" s="3" t="n">
+        <v>45796</v>
+      </c>
+      <c r="AZ184" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC184" s="3" t="n">
+        <v>45796</v>
+      </c>
+    </row>
+    <row r="185" ht="40" customHeight="1">
+      <c r="A185" s="1" t="n">
+        <v>1382</v>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1234ze(E), R1234ze(Z), R450A (R1234ze(E)/R134a), R454C, R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Air), Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Grundwasser (Brine/Water), Luft (Air), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>HECK Kältetechnik GmbH</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>Sonderanlagenbau Wärmepumpe</t>
+        </is>
+      </c>
+      <c r="F185" t="inlineStr">
+        <is>
+          <t>Industriewärmepumpen /  Großwärmepumpen</t>
+        </is>
+      </c>
+      <c r="G185" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I185" s="1" t="n"/>
+      <c r="K185" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O185" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Fernwärme, Nahwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P185" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Q185" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="R185" s="2" t="n"/>
+      <c r="S185" s="2" t="n"/>
+      <c r="T185" s="2" t="n"/>
+      <c r="U185" s="2" t="n"/>
+      <c r="V185" s="2" t="n"/>
+      <c r="W185" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X185" s="2" t="n"/>
+      <c r="Y185" s="2" t="n"/>
+      <c r="Z185" s="2" t="n"/>
+      <c r="AA185" s="2" t="n"/>
+      <c r="AB185" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter, Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD185" s="2" t="n"/>
+      <c r="AE185" s="1" t="n"/>
+      <c r="AF185" s="1" t="n"/>
+      <c r="AG185" s="2" t="n"/>
+      <c r="AH185" s="2" t="n"/>
+      <c r="AI185" s="2" t="n"/>
+      <c r="AJ185" s="2" t="n"/>
+      <c r="AK185" s="2" t="n"/>
+      <c r="AO185" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt oder Stufenregelung</t>
+        </is>
+      </c>
+      <c r="AR185" s="2" t="n"/>
+      <c r="AS185" s="2" t="n"/>
+      <c r="AT185" s="2" t="n"/>
+      <c r="AW185" s="2" t="n"/>
+      <c r="AX185" t="inlineStr">
+        <is>
+          <t>Alle Anlagen werden projekt-/anwendungsspezifisch nach Kundenwunsch geplant und gefertigt</t>
+        </is>
+      </c>
+      <c r="AY185" s="3" t="n">
+        <v>45847</v>
+      </c>
+      <c r="AZ185" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC185" s="3" t="n">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="186" ht="40" customHeight="1">
+      <c r="A186" s="1" t="n">
+        <v>239</v>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>'-</t>
+        </is>
+      </c>
+      <c r="F186" t="inlineStr">
+        <is>
+          <t>YORK YCSE</t>
+        </is>
+      </c>
+      <c r="G186" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I186" s="1" t="n"/>
+      <c r="K186" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L186" t="inlineStr">
+        <is>
+          <t>1-8</t>
+        </is>
+      </c>
+      <c r="P186" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="Q186" s="2" t="n">
+        <v>2400</v>
+      </c>
+      <c r="R186" s="2" t="n"/>
+      <c r="S186" s="2" t="n"/>
+      <c r="T186" s="2" t="n"/>
+      <c r="U186" s="2" t="n"/>
+      <c r="V186" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="W186" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X186" s="2" t="n"/>
+      <c r="Y186" s="2" t="n"/>
+      <c r="Z186" s="2" t="n"/>
+      <c r="AA186" s="2" t="n"/>
+      <c r="AB186" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD186" s="2" t="n"/>
+      <c r="AE186" s="1" t="n"/>
+      <c r="AF186" s="1" t="n"/>
+      <c r="AG186" s="2" t="n"/>
+      <c r="AH186" s="2" t="n"/>
+      <c r="AI186" s="2" t="n"/>
+      <c r="AJ186" s="2" t="n"/>
+      <c r="AK186" s="2" t="n"/>
+      <c r="AR186" s="2" t="n"/>
+      <c r="AS186" s="2" t="n"/>
+      <c r="AT186" s="2" t="n"/>
+      <c r="AW186" s="2" t="n"/>
+      <c r="AX186" t="inlineStr"/>
+      <c r="AY186" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ186" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC186" s="3" t="n"/>
+    </row>
+    <row r="187" ht="40" customHeight="1">
+      <c r="A187" s="1" t="n">
+        <v>282</v>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>'-</t>
+        </is>
+      </c>
+      <c r="F187" t="inlineStr">
+        <is>
+          <t>YORK YMC2</t>
+        </is>
+      </c>
+      <c r="G187" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="n"/>
+      <c r="I187" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K187" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P187" s="2" t="n">
+        <v>900</v>
+      </c>
+      <c r="Q187" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="R187" s="2" t="n"/>
+      <c r="S187" s="2" t="n"/>
+      <c r="T187" s="2" t="n"/>
+      <c r="U187" s="2" t="n"/>
+      <c r="V187" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="W187" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X187" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="Y187" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Z187" s="2" t="n"/>
+      <c r="AA187" s="2" t="n"/>
+      <c r="AB187" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD187" s="2" t="n"/>
+      <c r="AE187" s="1" t="n"/>
+      <c r="AF187" s="1" t="n"/>
+      <c r="AG187" s="2" t="n"/>
+      <c r="AH187" s="2" t="n"/>
+      <c r="AI187" s="2" t="n"/>
+      <c r="AJ187" s="2" t="n"/>
+      <c r="AK187" s="2" t="n"/>
+      <c r="AR187" s="2" t="n"/>
+      <c r="AS187" s="2" t="n"/>
+      <c r="AT187" s="2" t="n"/>
+      <c r="AW187" s="2" t="n"/>
+      <c r="AX187" t="inlineStr"/>
+      <c r="AY187" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ187" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC187" s="3" t="n"/>
+    </row>
+    <row r="188" ht="40" customHeight="1">
+      <c r="A188" s="1" t="n">
+        <v>283</v>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C188" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>'-</t>
+        </is>
+      </c>
+      <c r="F188" t="inlineStr">
+        <is>
+          <t>YORK YK</t>
+        </is>
+      </c>
+      <c r="G188" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="n"/>
+      <c r="I188" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K188" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P188" s="2" t="n">
+        <v>1200</v>
+      </c>
+      <c r="Q188" s="2" t="n">
+        <v>13000</v>
+      </c>
+      <c r="R188" s="2" t="n"/>
+      <c r="S188" s="2" t="n"/>
+      <c r="T188" s="2" t="n"/>
+      <c r="U188" s="2" t="n"/>
+      <c r="V188" s="2" t="n"/>
+      <c r="W188" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X188" s="2" t="n"/>
+      <c r="Y188" s="2" t="n"/>
+      <c r="Z188" s="2" t="n"/>
+      <c r="AA188" s="2" t="n"/>
+      <c r="AB188" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD188" s="2" t="n"/>
+      <c r="AE188" s="1" t="n"/>
+      <c r="AF188" s="1" t="n"/>
+      <c r="AG188" s="2" t="n"/>
+      <c r="AH188" s="2" t="n"/>
+      <c r="AI188" s="2" t="n"/>
+      <c r="AJ188" s="2" t="n"/>
+      <c r="AK188" s="2" t="n"/>
+      <c r="AR188" s="2" t="n"/>
+      <c r="AS188" s="2" t="n"/>
+      <c r="AT188" s="2" t="n"/>
+      <c r="AW188" s="2" t="n"/>
+      <c r="AX188" t="inlineStr"/>
+      <c r="AY188" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ188" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC188" s="3" t="n"/>
+    </row>
+    <row r="189" ht="40" customHeight="1">
+      <c r="A189" s="1" t="n">
+        <v>289</v>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1234ze(Z), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>'-</t>
+        </is>
+      </c>
+      <c r="F189" t="inlineStr">
+        <is>
+          <t>YORK CYK</t>
+        </is>
+      </c>
+      <c r="G189" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="n"/>
+      <c r="I189" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K189" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P189" s="2" t="n">
+        <v>2051</v>
+      </c>
+      <c r="Q189" s="2" t="n">
+        <v>11136</v>
+      </c>
+      <c r="R189" s="2" t="n"/>
+      <c r="S189" s="2" t="n"/>
+      <c r="T189" s="2" t="n"/>
+      <c r="U189" s="2" t="n"/>
+      <c r="V189" s="2" t="n"/>
+      <c r="W189" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="X189" s="2" t="n"/>
+      <c r="Y189" s="2" t="n"/>
+      <c r="Z189" s="2" t="n"/>
+      <c r="AA189" s="2" t="n"/>
+      <c r="AB189" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD189" s="2" t="n"/>
+      <c r="AE189" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF189" s="1" t="n"/>
+      <c r="AG189" s="2" t="n"/>
+      <c r="AH189" s="2" t="n"/>
+      <c r="AI189" s="2" t="n"/>
+      <c r="AJ189" s="2" t="n"/>
+      <c r="AK189" s="2" t="n"/>
+      <c r="AO189" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR189" s="2" t="n"/>
+      <c r="AS189" s="2" t="n"/>
+      <c r="AT189" s="2" t="n"/>
+      <c r="AW189" s="2" t="n"/>
+      <c r="AX189" t="inlineStr"/>
+      <c r="AY189" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ189" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC189" s="3" t="n"/>
+    </row>
+    <row r="190" ht="40" customHeight="1">
+      <c r="A190" s="1" t="n">
+        <v>290</v>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>'-</t>
+        </is>
+      </c>
+      <c r="F190" t="inlineStr">
+        <is>
+          <t>YORK Titan OM HP</t>
+        </is>
+      </c>
+      <c r="G190" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="n"/>
+      <c r="I190" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K190" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P190" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="Q190" s="2" t="n">
+        <v>20000</v>
+      </c>
+      <c r="R190" s="2" t="n"/>
+      <c r="S190" s="2" t="n"/>
+      <c r="T190" s="2" t="n"/>
+      <c r="U190" s="2" t="n"/>
+      <c r="V190" s="2" t="n"/>
+      <c r="W190" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X190" s="2" t="n"/>
+      <c r="Y190" s="2" t="n"/>
+      <c r="Z190" s="2" t="n"/>
+      <c r="AA190" s="2" t="n"/>
+      <c r="AB190" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD190" s="2" t="n"/>
+      <c r="AE190" s="1" t="n"/>
+      <c r="AF190" s="1" t="n"/>
+      <c r="AG190" s="2" t="n"/>
+      <c r="AH190" s="2" t="n"/>
+      <c r="AI190" s="2" t="n"/>
+      <c r="AJ190" s="2" t="n"/>
+      <c r="AK190" s="2" t="n"/>
+      <c r="AR190" s="2" t="n"/>
+      <c r="AS190" s="2" t="n"/>
+      <c r="AT190" s="2" t="n"/>
+      <c r="AW190" s="2" t="n"/>
+      <c r="AX190" t="inlineStr"/>
+      <c r="AY190" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ190" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC190" s="3" t="n"/>
+    </row>
+    <row r="191" ht="40" customHeight="1">
+      <c r="A191" s="1" t="n">
+        <v>260</v>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>DualPAC 104-W</t>
+        </is>
+      </c>
+      <c r="F191" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G191" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="n"/>
+      <c r="I191" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K191" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L191" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P191" s="2" t="n"/>
+      <c r="Q191" s="2" t="n">
+        <v>1039</v>
+      </c>
+      <c r="R191" s="2" t="n"/>
+      <c r="S191" s="2" t="n"/>
+      <c r="T191" s="2" t="n"/>
+      <c r="U191" s="2" t="n"/>
+      <c r="V191" s="2" t="n"/>
+      <c r="W191" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X191" s="2" t="n"/>
+      <c r="Y191" s="2" t="n"/>
+      <c r="Z191" s="2" t="n"/>
+      <c r="AA191" s="2" t="n"/>
+      <c r="AB191" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD191" s="2" t="n"/>
+      <c r="AE191" s="1" t="n"/>
+      <c r="AF191" s="1" t="n"/>
+      <c r="AG191" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH191" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI191" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ191" s="2" t="n">
+        <v>7578</v>
+      </c>
+      <c r="AK191" s="2" t="n"/>
+      <c r="AR191" s="2" t="n"/>
+      <c r="AS191" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="AT191" s="2" t="n"/>
+      <c r="AW191" s="2" t="n"/>
+      <c r="AX191" t="inlineStr"/>
+      <c r="AY191" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ191" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC191" s="3" t="n"/>
+    </row>
+    <row r="192" ht="40" customHeight="1">
+      <c r="A192" s="1" t="n">
+        <v>261</v>
+      </c>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C192" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>DualPAC 106-W</t>
+        </is>
+      </c>
+      <c r="F192" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G192" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="n"/>
+      <c r="I192" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K192" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L192" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P192" s="2" t="n"/>
+      <c r="Q192" s="2" t="n">
+        <v>1557</v>
+      </c>
+      <c r="R192" s="2" t="n"/>
+      <c r="S192" s="2" t="n"/>
+      <c r="T192" s="2" t="n"/>
+      <c r="U192" s="2" t="n"/>
+      <c r="V192" s="2" t="n"/>
+      <c r="W192" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X192" s="2" t="n"/>
+      <c r="Y192" s="2" t="n"/>
+      <c r="Z192" s="2" t="n"/>
+      <c r="AA192" s="2" t="n"/>
+      <c r="AB192" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD192" s="2" t="n"/>
+      <c r="AE192" s="1" t="n"/>
+      <c r="AF192" s="1" t="n"/>
+      <c r="AG192" s="2" t="n">
+        <v>5500</v>
+      </c>
+      <c r="AH192" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI192" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ192" s="2" t="n">
+        <v>9303</v>
+      </c>
+      <c r="AK192" s="2" t="n"/>
+      <c r="AR192" s="2" t="n"/>
+      <c r="AS192" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AT192" s="2" t="n"/>
+      <c r="AW192" s="2" t="n"/>
+      <c r="AX192" t="inlineStr"/>
+      <c r="AY192" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ192" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC192" s="3" t="n"/>
+    </row>
+    <row r="193" ht="40" customHeight="1">
+      <c r="A193" s="1" t="n">
+        <v>262</v>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>DualPAC 108-W</t>
+        </is>
+      </c>
+      <c r="F193" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G193" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="n"/>
+      <c r="I193" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K193" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L193" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P193" s="2" t="n"/>
+      <c r="Q193" s="2" t="n">
+        <v>2075</v>
+      </c>
+      <c r="R193" s="2" t="n"/>
+      <c r="S193" s="2" t="n"/>
+      <c r="T193" s="2" t="n"/>
+      <c r="U193" s="2" t="n"/>
+      <c r="V193" s="2" t="n"/>
+      <c r="W193" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X193" s="2" t="n"/>
+      <c r="Y193" s="2" t="n"/>
+      <c r="Z193" s="2" t="n"/>
+      <c r="AA193" s="2" t="n"/>
+      <c r="AB193" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD193" s="2" t="n"/>
+      <c r="AE193" s="1" t="n"/>
+      <c r="AF193" s="1" t="n"/>
+      <c r="AG193" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH193" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI193" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ193" s="2" t="n">
+        <v>12619</v>
+      </c>
+      <c r="AK193" s="2" t="n"/>
+      <c r="AR193" s="2" t="n"/>
+      <c r="AS193" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="AT193" s="2" t="n"/>
+      <c r="AW193" s="2" t="n"/>
+      <c r="AX193" t="inlineStr"/>
+      <c r="AY193" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ193" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC193" s="3" t="n"/>
+    </row>
+    <row r="194" ht="40" customHeight="1">
+      <c r="A194" s="1" t="n">
+        <v>263</v>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>DualPAC 112-W</t>
+        </is>
+      </c>
+      <c r="F194" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G194" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="n"/>
+      <c r="I194" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K194" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L194" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P194" s="2" t="n"/>
+      <c r="Q194" s="2" t="n">
+        <v>2895</v>
+      </c>
+      <c r="R194" s="2" t="n"/>
+      <c r="S194" s="2" t="n"/>
+      <c r="T194" s="2" t="n"/>
+      <c r="U194" s="2" t="n"/>
+      <c r="V194" s="2" t="n"/>
+      <c r="W194" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X194" s="2" t="n"/>
+      <c r="Y194" s="2" t="n"/>
+      <c r="Z194" s="2" t="n"/>
+      <c r="AA194" s="2" t="n"/>
+      <c r="AB194" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD194" s="2" t="n"/>
+      <c r="AE194" s="1" t="n"/>
+      <c r="AF194" s="1" t="n"/>
+      <c r="AG194" s="2" t="n">
+        <v>7500</v>
+      </c>
+      <c r="AH194" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI194" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ194" s="2" t="n">
+        <v>16132</v>
+      </c>
+      <c r="AK194" s="2" t="n"/>
+      <c r="AR194" s="2" t="n"/>
+      <c r="AS194" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="AT194" s="2" t="n"/>
+      <c r="AW194" s="2" t="n"/>
+      <c r="AX194" t="inlineStr"/>
+      <c r="AY194" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ194" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC194" s="3" t="n"/>
+    </row>
+    <row r="195" ht="40" customHeight="1">
+      <c r="A195" s="1" t="n">
+        <v>257</v>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C195" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>DualPAC 24-W</t>
+        </is>
+      </c>
+      <c r="F195" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G195" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="n"/>
+      <c r="I195" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K195" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L195" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P195" s="2" t="n"/>
+      <c r="Q195" s="2" t="n">
+        <v>434</v>
+      </c>
+      <c r="R195" s="2" t="n"/>
+      <c r="S195" s="2" t="n"/>
+      <c r="T195" s="2" t="n"/>
+      <c r="U195" s="2" t="n"/>
+      <c r="V195" s="2" t="n"/>
+      <c r="W195" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X195" s="2" t="n"/>
+      <c r="Y195" s="2" t="n"/>
+      <c r="Z195" s="2" t="n"/>
+      <c r="AA195" s="2" t="n"/>
+      <c r="AB195" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD195" s="2" t="n"/>
+      <c r="AE195" s="1" t="n"/>
+      <c r="AF195" s="1" t="n"/>
+      <c r="AG195" s="2" t="n">
+        <v>3500</v>
+      </c>
+      <c r="AH195" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI195" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ195" s="2" t="n">
+        <v>5853</v>
+      </c>
+      <c r="AK195" s="2" t="n"/>
+      <c r="AR195" s="2" t="n"/>
+      <c r="AS195" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="AT195" s="2" t="n"/>
+      <c r="AW195" s="2" t="n"/>
+      <c r="AX195" t="inlineStr"/>
+      <c r="AY195" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ195" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC195" s="3" t="n"/>
+    </row>
+    <row r="196" ht="40" customHeight="1">
+      <c r="A196" s="1" t="n">
+        <v>258</v>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>DualPAC 26-W</t>
+        </is>
+      </c>
+      <c r="F196" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G196" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="n"/>
+      <c r="I196" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K196" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L196" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P196" s="2" t="n"/>
+      <c r="Q196" s="2" t="n">
+        <v>652</v>
+      </c>
+      <c r="R196" s="2" t="n"/>
+      <c r="S196" s="2" t="n"/>
+      <c r="T196" s="2" t="n"/>
+      <c r="U196" s="2" t="n"/>
+      <c r="V196" s="2" t="n"/>
+      <c r="W196" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X196" s="2" t="n"/>
+      <c r="Y196" s="2" t="n"/>
+      <c r="Z196" s="2" t="n"/>
+      <c r="AA196" s="2" t="n"/>
+      <c r="AB196" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD196" s="2" t="n"/>
+      <c r="AE196" s="1" t="n"/>
+      <c r="AF196" s="1" t="n"/>
+      <c r="AG196" s="2" t="n">
+        <v>3700</v>
+      </c>
+      <c r="AH196" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI196" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ196" s="2" t="n">
+        <v>6260</v>
+      </c>
+      <c r="AK196" s="2" t="n"/>
+      <c r="AR196" s="2" t="n"/>
+      <c r="AS196" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="AT196" s="2" t="n"/>
+      <c r="AW196" s="2" t="n"/>
+      <c r="AX196" t="inlineStr"/>
+      <c r="AY196" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ196" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC196" s="3" t="n"/>
+    </row>
+    <row r="197" ht="40" customHeight="1">
+      <c r="A197" s="1" t="n">
+        <v>259</v>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>DualPAC 28-W</t>
+        </is>
+      </c>
+      <c r="F197" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="n"/>
+      <c r="I197" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K197" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L197" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P197" s="2" t="n"/>
+      <c r="Q197" s="2" t="n">
+        <v>869</v>
+      </c>
+      <c r="R197" s="2" t="n"/>
+      <c r="S197" s="2" t="n"/>
+      <c r="T197" s="2" t="n"/>
+      <c r="U197" s="2" t="n"/>
+      <c r="V197" s="2" t="n"/>
+      <c r="W197" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X197" s="2" t="n"/>
+      <c r="Y197" s="2" t="n"/>
+      <c r="Z197" s="2" t="n"/>
+      <c r="AA197" s="2" t="n"/>
+      <c r="AB197" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD197" s="2" t="n"/>
+      <c r="AE197" s="1" t="n"/>
+      <c r="AF197" s="1" t="n"/>
+      <c r="AG197" s="2" t="n">
+        <v>3750</v>
+      </c>
+      <c r="AH197" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI197" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ197" s="2" t="n">
+        <v>6571</v>
+      </c>
+      <c r="AK197" s="2" t="n"/>
+      <c r="AR197" s="2" t="n"/>
+      <c r="AS197" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="AT197" s="2" t="n"/>
+      <c r="AW197" s="2" t="n"/>
+      <c r="AX197" t="inlineStr"/>
+      <c r="AY197" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ197" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC197" s="3" t="n"/>
+    </row>
+    <row r="198" ht="40" customHeight="1">
+      <c r="A198" s="1" t="n">
+        <v>264</v>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>DualPAC 704-W</t>
+        </is>
+      </c>
+      <c r="F198" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="n"/>
+      <c r="I198" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K198" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L198" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P198" s="2" t="n"/>
+      <c r="Q198" s="2" t="n">
+        <v>460</v>
+      </c>
+      <c r="R198" s="2" t="n"/>
+      <c r="S198" s="2" t="n"/>
+      <c r="T198" s="2" t="n"/>
+      <c r="U198" s="2" t="n"/>
+      <c r="V198" s="2" t="n"/>
+      <c r="W198" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X198" s="2" t="n"/>
+      <c r="Y198" s="2" t="n"/>
+      <c r="Z198" s="2" t="n"/>
+      <c r="AA198" s="2" t="n"/>
+      <c r="AB198" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD198" s="2" t="n"/>
+      <c r="AE198" s="1" t="n"/>
+      <c r="AF198" s="1" t="n"/>
+      <c r="AG198" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH198" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI198" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ198" s="2" t="n">
+        <v>7053</v>
+      </c>
+      <c r="AK198" s="2" t="n"/>
+      <c r="AR198" s="2" t="n"/>
+      <c r="AS198" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="AT198" s="2" t="n"/>
+      <c r="AW198" s="2" t="n"/>
+      <c r="AX198" t="inlineStr"/>
+      <c r="AY198" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ198" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC198" s="3" t="n"/>
+    </row>
+    <row r="199" ht="40" customHeight="1">
+      <c r="A199" s="1" t="n">
+        <v>265</v>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>DualPAC 706-W</t>
+        </is>
+      </c>
+      <c r="F199" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="n"/>
+      <c r="I199" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K199" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L199" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P199" s="2" t="n"/>
+      <c r="Q199" s="2" t="n">
+        <v>690</v>
+      </c>
+      <c r="R199" s="2" t="n"/>
+      <c r="S199" s="2" t="n"/>
+      <c r="T199" s="2" t="n"/>
+      <c r="U199" s="2" t="n"/>
+      <c r="V199" s="2" t="n"/>
+      <c r="W199" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X199" s="2" t="n"/>
+      <c r="Y199" s="2" t="n"/>
+      <c r="Z199" s="2" t="n"/>
+      <c r="AA199" s="2" t="n"/>
+      <c r="AB199" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD199" s="2" t="n"/>
+      <c r="AE199" s="1" t="n"/>
+      <c r="AF199" s="1" t="n"/>
+      <c r="AG199" s="2" t="n">
+        <v>4500</v>
+      </c>
+      <c r="AH199" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI199" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ199" s="2" t="n">
+        <v>8564</v>
+      </c>
+      <c r="AK199" s="2" t="n"/>
+      <c r="AR199" s="2" t="n"/>
+      <c r="AS199" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="AT199" s="2" t="n"/>
+      <c r="AW199" s="2" t="n"/>
+      <c r="AX199" t="inlineStr"/>
+      <c r="AY199" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ199" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC199" s="3" t="n"/>
+    </row>
+    <row r="200" ht="40" customHeight="1">
+      <c r="A200" s="1" t="n">
+        <v>266</v>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>DualPAC 708-W</t>
+        </is>
+      </c>
+      <c r="F200" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="n"/>
+      <c r="I200" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K200" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L200" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P200" s="2" t="n"/>
+      <c r="Q200" s="2" t="n">
+        <v>920</v>
+      </c>
+      <c r="R200" s="2" t="n"/>
+      <c r="S200" s="2" t="n"/>
+      <c r="T200" s="2" t="n"/>
+      <c r="U200" s="2" t="n"/>
+      <c r="V200" s="2" t="n"/>
+      <c r="W200" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X200" s="2" t="n"/>
+      <c r="Y200" s="2" t="n"/>
+      <c r="Z200" s="2" t="n"/>
+      <c r="AA200" s="2" t="n"/>
+      <c r="AB200" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD200" s="2" t="n"/>
+      <c r="AE200" s="1" t="n"/>
+      <c r="AF200" s="1" t="n"/>
+      <c r="AG200" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH200" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI200" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ200" s="2" t="n">
+        <v>10078</v>
+      </c>
+      <c r="AK200" s="2" t="n"/>
+      <c r="AR200" s="2" t="n"/>
+      <c r="AS200" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="AT200" s="2" t="n"/>
+      <c r="AW200" s="2" t="n"/>
+      <c r="AX200" t="inlineStr"/>
+      <c r="AY200" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ200" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC200" s="3" t="n"/>
+    </row>
+    <row r="201" ht="40" customHeight="1">
+      <c r="A201" s="1" t="n">
+        <v>267</v>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>DualPAC 712-W</t>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="n"/>
+      <c r="I201" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K201" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L201" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P201" s="2" t="n"/>
+      <c r="Q201" s="2" t="n">
+        <v>1381</v>
+      </c>
+      <c r="R201" s="2" t="n"/>
+      <c r="S201" s="2" t="n"/>
+      <c r="T201" s="2" t="n"/>
+      <c r="U201" s="2" t="n"/>
+      <c r="V201" s="2" t="n"/>
+      <c r="W201" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X201" s="2" t="n"/>
+      <c r="Y201" s="2" t="n"/>
+      <c r="Z201" s="2" t="n"/>
+      <c r="AA201" s="2" t="n"/>
+      <c r="AB201" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD201" s="2" t="n"/>
+      <c r="AE201" s="1" t="n"/>
+      <c r="AF201" s="1" t="n"/>
+      <c r="AG201" s="2" t="n">
+        <v>5500</v>
+      </c>
+      <c r="AH201" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI201" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ201" s="2" t="n">
+        <v>13606</v>
+      </c>
+      <c r="AK201" s="2" t="n"/>
+      <c r="AR201" s="2" t="n"/>
+      <c r="AS201" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="AT201" s="2" t="n"/>
+      <c r="AW201" s="2" t="n"/>
+      <c r="AX201" t="inlineStr"/>
+      <c r="AY201" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ201" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC201" s="3" t="n"/>
+    </row>
+    <row r="202" ht="40" customHeight="1">
+      <c r="A202" s="1" t="n">
+        <v>268</v>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>DualPAC 716-W</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>Sabroe DualPAC</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="n"/>
+      <c r="I202" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K202" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L202" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P202" s="2" t="n"/>
+      <c r="Q202" s="2" t="n">
+        <v>1841</v>
+      </c>
+      <c r="R202" s="2" t="n"/>
+      <c r="S202" s="2" t="n"/>
+      <c r="T202" s="2" t="n"/>
+      <c r="U202" s="2" t="n"/>
+      <c r="V202" s="2" t="n"/>
+      <c r="W202" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X202" s="2" t="n"/>
+      <c r="Y202" s="2" t="n"/>
+      <c r="Z202" s="2" t="n"/>
+      <c r="AA202" s="2" t="n"/>
+      <c r="AB202" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD202" s="2" t="n"/>
+      <c r="AE202" s="1" t="n"/>
+      <c r="AF202" s="1" t="n"/>
+      <c r="AG202" s="2" t="n">
+        <v>6100</v>
+      </c>
+      <c r="AH202" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AI202" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ202" s="2" t="n">
+        <v>16618</v>
+      </c>
+      <c r="AK202" s="2" t="n"/>
+      <c r="AR202" s="2" t="n"/>
+      <c r="AS202" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="AT202" s="2" t="n"/>
+      <c r="AW202" s="2" t="n"/>
+      <c r="AX202" t="inlineStr"/>
+      <c r="AY202" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ202" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC202" s="3" t="n"/>
+    </row>
+    <row r="203" ht="40" customHeight="1">
+      <c r="A203" s="1" t="n">
+        <v>247</v>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>HeatPAC 104-W</t>
+        </is>
+      </c>
+      <c r="F203" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="n"/>
+      <c r="I203" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K203" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L203" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P203" s="2" t="n"/>
+      <c r="Q203" s="2" t="n">
+        <v>725</v>
+      </c>
+      <c r="R203" s="2" t="n"/>
+      <c r="S203" s="2" t="n"/>
+      <c r="T203" s="2" t="n"/>
+      <c r="U203" s="2" t="n"/>
+      <c r="V203" s="2" t="n"/>
+      <c r="W203" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X203" s="2" t="n"/>
+      <c r="Y203" s="2" t="n"/>
+      <c r="Z203" s="2" t="n"/>
+      <c r="AA203" s="2" t="n"/>
+      <c r="AB203" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD203" s="2" t="n"/>
+      <c r="AE203" s="1" t="n"/>
+      <c r="AF203" s="1" t="n"/>
+      <c r="AG203" s="2" t="n">
+        <v>4500</v>
+      </c>
+      <c r="AH203" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI203" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ203" s="2" t="n">
+        <v>5173</v>
+      </c>
+      <c r="AK203" s="2" t="n"/>
+      <c r="AR203" s="2" t="n"/>
+      <c r="AS203" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="AT203" s="2" t="n"/>
+      <c r="AW203" s="2" t="n"/>
+      <c r="AX203" t="inlineStr"/>
+      <c r="AY203" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ203" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC203" s="3" t="n"/>
+    </row>
+    <row r="204" ht="40" customHeight="1">
+      <c r="A204" s="1" t="n">
+        <v>248</v>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>HeatPAC 106-W</t>
+        </is>
+      </c>
+      <c r="F204" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="n"/>
+      <c r="I204" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K204" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L204" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P204" s="2" t="n"/>
+      <c r="Q204" s="2" t="n">
+        <v>1087</v>
+      </c>
+      <c r="R204" s="2" t="n"/>
+      <c r="S204" s="2" t="n"/>
+      <c r="T204" s="2" t="n"/>
+      <c r="U204" s="2" t="n"/>
+      <c r="V204" s="2" t="n"/>
+      <c r="W204" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X204" s="2" t="n"/>
+      <c r="Y204" s="2" t="n"/>
+      <c r="Z204" s="2" t="n"/>
+      <c r="AA204" s="2" t="n"/>
+      <c r="AB204" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD204" s="2" t="n"/>
+      <c r="AE204" s="1" t="n"/>
+      <c r="AF204" s="1" t="n"/>
+      <c r="AG204" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AH204" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI204" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ204" s="2" t="n">
+        <v>5687</v>
+      </c>
+      <c r="AK204" s="2" t="n"/>
+      <c r="AR204" s="2" t="n"/>
+      <c r="AS204" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="AT204" s="2" t="n"/>
+      <c r="AW204" s="2" t="n"/>
+      <c r="AX204" t="inlineStr"/>
+      <c r="AY204" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ204" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC204" s="3" t="n"/>
+    </row>
+    <row r="205" ht="40" customHeight="1">
+      <c r="A205" s="1" t="n">
+        <v>249</v>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>HeatPAC 108-W</t>
+        </is>
+      </c>
+      <c r="F205" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="n"/>
+      <c r="I205" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K205" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L205" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P205" s="2" t="n"/>
+      <c r="Q205" s="2" t="n">
+        <v>1432</v>
+      </c>
+      <c r="R205" s="2" t="n"/>
+      <c r="S205" s="2" t="n"/>
+      <c r="T205" s="2" t="n"/>
+      <c r="U205" s="2" t="n"/>
+      <c r="V205" s="2" t="n"/>
+      <c r="W205" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X205" s="2" t="n"/>
+      <c r="Y205" s="2" t="n"/>
+      <c r="Z205" s="2" t="n"/>
+      <c r="AA205" s="2" t="n"/>
+      <c r="AB205" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD205" s="2" t="n"/>
+      <c r="AE205" s="1" t="n"/>
+      <c r="AF205" s="1" t="n"/>
+      <c r="AG205" s="2" t="n">
+        <v>5300</v>
+      </c>
+      <c r="AH205" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI205" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ205" s="2" t="n">
+        <v>6304</v>
+      </c>
+      <c r="AK205" s="2" t="n"/>
+      <c r="AR205" s="2" t="n"/>
+      <c r="AS205" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="AT205" s="2" t="n"/>
+      <c r="AW205" s="2" t="n"/>
+      <c r="AX205" t="inlineStr"/>
+      <c r="AY205" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ205" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC205" s="3" t="n"/>
+    </row>
+    <row r="206" ht="40" customHeight="1">
+      <c r="A206" s="1" t="n">
+        <v>250</v>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>HeatPAC 112-W</t>
+        </is>
+      </c>
+      <c r="F206" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="n"/>
+      <c r="I206" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K206" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L206" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P206" s="2" t="n"/>
+      <c r="Q206" s="2" t="n">
+        <v>2078</v>
+      </c>
+      <c r="R206" s="2" t="n"/>
+      <c r="S206" s="2" t="n"/>
+      <c r="T206" s="2" t="n"/>
+      <c r="U206" s="2" t="n"/>
+      <c r="V206" s="2" t="n"/>
+      <c r="W206" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X206" s="2" t="n"/>
+      <c r="Y206" s="2" t="n"/>
+      <c r="Z206" s="2" t="n"/>
+      <c r="AA206" s="2" t="n"/>
+      <c r="AB206" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD206" s="2" t="n"/>
+      <c r="AE206" s="1" t="n"/>
+      <c r="AF206" s="1" t="n"/>
+      <c r="AG206" s="2" t="n">
+        <v>5700</v>
+      </c>
+      <c r="AH206" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI206" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ206" s="2" t="n">
+        <v>8921</v>
+      </c>
+      <c r="AK206" s="2" t="n"/>
+      <c r="AR206" s="2" t="n"/>
+      <c r="AS206" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AT206" s="2" t="n"/>
+      <c r="AW206" s="2" t="n"/>
+      <c r="AX206" t="inlineStr"/>
+      <c r="AY206" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ206" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC206" s="3" t="n"/>
+    </row>
+    <row r="207" ht="40" customHeight="1">
+      <c r="A207" s="1" t="n">
+        <v>251</v>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>HeatPAC 116-W</t>
+        </is>
+      </c>
+      <c r="F207" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="n"/>
+      <c r="I207" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K207" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L207" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P207" s="2" t="n"/>
+      <c r="Q207" s="2" t="n">
+        <v>2663</v>
+      </c>
+      <c r="R207" s="2" t="n"/>
+      <c r="S207" s="2" t="n"/>
+      <c r="T207" s="2" t="n"/>
+      <c r="U207" s="2" t="n"/>
+      <c r="V207" s="2" t="n"/>
+      <c r="W207" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X207" s="2" t="n"/>
+      <c r="Y207" s="2" t="n"/>
+      <c r="Z207" s="2" t="n"/>
+      <c r="AA207" s="2" t="n"/>
+      <c r="AB207" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD207" s="2" t="n"/>
+      <c r="AE207" s="1" t="n"/>
+      <c r="AF207" s="1" t="n"/>
+      <c r="AG207" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH207" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI207" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ207" s="2" t="n">
+        <v>9930</v>
+      </c>
+      <c r="AK207" s="2" t="n"/>
+      <c r="AR207" s="2" t="n"/>
+      <c r="AS207" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AT207" s="2" t="n"/>
+      <c r="AW207" s="2" t="n"/>
+      <c r="AX207" t="inlineStr"/>
+      <c r="AY207" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ207" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC207" s="3" t="n"/>
+    </row>
+    <row r="208" ht="40" customHeight="1">
+      <c r="A208" s="1" t="n">
+        <v>244</v>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>HeatPAC 24-W</t>
+        </is>
+      </c>
+      <c r="F208" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="n"/>
+      <c r="I208" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K208" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L208" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P208" s="2" t="n"/>
+      <c r="Q208" s="2" t="n">
+        <v>307</v>
+      </c>
+      <c r="R208" s="2" t="n"/>
+      <c r="S208" s="2" t="n"/>
+      <c r="T208" s="2" t="n"/>
+      <c r="U208" s="2" t="n"/>
+      <c r="V208" s="2" t="n"/>
+      <c r="W208" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X208" s="2" t="n"/>
+      <c r="Y208" s="2" t="n"/>
+      <c r="Z208" s="2" t="n"/>
+      <c r="AA208" s="2" t="n"/>
+      <c r="AB208" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD208" s="2" t="n"/>
+      <c r="AE208" s="1" t="n"/>
+      <c r="AF208" s="1" t="n"/>
+      <c r="AG208" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AH208" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI208" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ208" s="2" t="n">
+        <v>3138</v>
+      </c>
+      <c r="AK208" s="2" t="n"/>
+      <c r="AR208" s="2" t="n"/>
+      <c r="AS208" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AT208" s="2" t="n"/>
+      <c r="AW208" s="2" t="n"/>
+      <c r="AX208" t="inlineStr"/>
+      <c r="AY208" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ208" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC208" s="3" t="n"/>
+    </row>
+    <row r="209" ht="40" customHeight="1">
+      <c r="A209" s="1" t="n">
+        <v>245</v>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E209" t="inlineStr">
+        <is>
+          <t>HeatPAC 26-W</t>
+        </is>
+      </c>
+      <c r="F209" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="n"/>
+      <c r="I209" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K209" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L209" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P209" s="2" t="n"/>
+      <c r="Q209" s="2" t="n">
+        <v>461</v>
+      </c>
+      <c r="R209" s="2" t="n"/>
+      <c r="S209" s="2" t="n"/>
+      <c r="T209" s="2" t="n"/>
+      <c r="U209" s="2" t="n"/>
+      <c r="V209" s="2" t="n"/>
+      <c r="W209" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X209" s="2" t="n"/>
+      <c r="Y209" s="2" t="n"/>
+      <c r="Z209" s="2" t="n"/>
+      <c r="AA209" s="2" t="n"/>
+      <c r="AB209" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD209" s="2" t="n"/>
+      <c r="AE209" s="1" t="n"/>
+      <c r="AF209" s="1" t="n"/>
+      <c r="AG209" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AH209" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI209" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ209" s="2" t="n">
+        <v>3948</v>
+      </c>
+      <c r="AK209" s="2" t="n"/>
+      <c r="AR209" s="2" t="n"/>
+      <c r="AS209" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="AT209" s="2" t="n"/>
+      <c r="AW209" s="2" t="n"/>
+      <c r="AX209" t="inlineStr"/>
+      <c r="AY209" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ209" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC209" s="3" t="n"/>
+    </row>
+    <row r="210" ht="40" customHeight="1">
+      <c r="A210" s="1" t="n">
+        <v>246</v>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>HeatPAC 28-W</t>
+        </is>
+      </c>
+      <c r="F210" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G210" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="n"/>
+      <c r="I210" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K210" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L210" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P210" s="2" t="n"/>
+      <c r="Q210" s="2" t="n">
+        <v>615</v>
+      </c>
+      <c r="R210" s="2" t="n"/>
+      <c r="S210" s="2" t="n"/>
+      <c r="T210" s="2" t="n"/>
+      <c r="U210" s="2" t="n"/>
+      <c r="V210" s="2" t="n"/>
+      <c r="W210" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X210" s="2" t="n"/>
+      <c r="Y210" s="2" t="n"/>
+      <c r="Z210" s="2" t="n"/>
+      <c r="AA210" s="2" t="n"/>
+      <c r="AB210" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD210" s="2" t="n"/>
+      <c r="AE210" s="1" t="n"/>
+      <c r="AF210" s="1" t="n"/>
+      <c r="AG210" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH210" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI210" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ210" s="2" t="n">
+        <v>4255</v>
+      </c>
+      <c r="AK210" s="2" t="n"/>
+      <c r="AR210" s="2" t="n"/>
+      <c r="AS210" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="AT210" s="2" t="n"/>
+      <c r="AW210" s="2" t="n"/>
+      <c r="AX210" t="inlineStr"/>
+      <c r="AY210" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ210" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC210" s="3" t="n"/>
+    </row>
+    <row r="211" ht="40" customHeight="1">
+      <c r="A211" s="1" t="n">
+        <v>252</v>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>HeatPAC 704-W</t>
+        </is>
+      </c>
+      <c r="F211" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="n"/>
+      <c r="I211" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K211" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L211" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P211" s="2" t="n"/>
+      <c r="Q211" s="2" t="n">
+        <v>341</v>
+      </c>
+      <c r="R211" s="2" t="n"/>
+      <c r="S211" s="2" t="n"/>
+      <c r="T211" s="2" t="n"/>
+      <c r="U211" s="2" t="n"/>
+      <c r="V211" s="2" t="n"/>
+      <c r="W211" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X211" s="2" t="n"/>
+      <c r="Y211" s="2" t="n"/>
+      <c r="Z211" s="2" t="n"/>
+      <c r="AA211" s="2" t="n"/>
+      <c r="AB211" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD211" s="2" t="n"/>
+      <c r="AE211" s="1" t="n"/>
+      <c r="AF211" s="1" t="n"/>
+      <c r="AG211" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AH211" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI211" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ211" s="2" t="n">
+        <v>3535</v>
+      </c>
+      <c r="AK211" s="2" t="n"/>
+      <c r="AR211" s="2" t="n"/>
+      <c r="AS211" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="AT211" s="2" t="n"/>
+      <c r="AW211" s="2" t="n"/>
+      <c r="AX211" t="inlineStr"/>
+      <c r="AY211" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ211" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC211" s="3" t="n"/>
+    </row>
+    <row r="212" ht="40" customHeight="1">
+      <c r="A212" s="1" t="n">
+        <v>253</v>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E212" t="inlineStr">
+        <is>
+          <t>HeatPAC 706-W</t>
+        </is>
+      </c>
+      <c r="F212" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="n"/>
+      <c r="I212" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K212" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L212" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P212" s="2" t="n"/>
+      <c r="Q212" s="2" t="n">
+        <v>511</v>
+      </c>
+      <c r="R212" s="2" t="n"/>
+      <c r="S212" s="2" t="n"/>
+      <c r="T212" s="2" t="n"/>
+      <c r="U212" s="2" t="n"/>
+      <c r="V212" s="2" t="n"/>
+      <c r="W212" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X212" s="2" t="n"/>
+      <c r="Y212" s="2" t="n"/>
+      <c r="Z212" s="2" t="n"/>
+      <c r="AA212" s="2" t="n"/>
+      <c r="AB212" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD212" s="2" t="n"/>
+      <c r="AE212" s="1" t="n"/>
+      <c r="AF212" s="1" t="n"/>
+      <c r="AG212" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH212" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI212" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ212" s="2" t="n">
+        <v>4244</v>
+      </c>
+      <c r="AK212" s="2" t="n"/>
+      <c r="AR212" s="2" t="n"/>
+      <c r="AS212" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AT212" s="2" t="n"/>
+      <c r="AW212" s="2" t="n"/>
+      <c r="AX212" t="inlineStr"/>
+      <c r="AY212" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ212" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC212" s="3" t="n"/>
+    </row>
+    <row r="213" ht="40" customHeight="1">
+      <c r="A213" s="1" t="n">
+        <v>254</v>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D213" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E213" t="inlineStr">
+        <is>
+          <t>HeatPAC 708-W</t>
+        </is>
+      </c>
+      <c r="F213" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G213" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="n"/>
+      <c r="I213" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K213" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L213" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O213" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P213" s="2" t="n"/>
+      <c r="Q213" s="2" t="n">
+        <v>682</v>
+      </c>
+      <c r="R213" s="2" t="n"/>
+      <c r="S213" s="2" t="n"/>
+      <c r="T213" s="2" t="n"/>
+      <c r="U213" s="2" t="n"/>
+      <c r="V213" s="2" t="n"/>
+      <c r="W213" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X213" s="2" t="n"/>
+      <c r="Y213" s="2" t="n"/>
+      <c r="Z213" s="2" t="n"/>
+      <c r="AA213" s="2" t="n"/>
+      <c r="AB213" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD213" s="2" t="n"/>
+      <c r="AE213" s="1" t="n"/>
+      <c r="AF213" s="1" t="n"/>
+      <c r="AG213" s="2" t="n">
+        <v>440</v>
+      </c>
+      <c r="AH213" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI213" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ213" s="2" t="n">
+        <v>5054</v>
+      </c>
+      <c r="AK213" s="2" t="n"/>
+      <c r="AR213" s="2" t="n"/>
+      <c r="AS213" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AT213" s="2" t="n"/>
+      <c r="AW213" s="2" t="n"/>
+      <c r="AX213" t="inlineStr"/>
+      <c r="AY213" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ213" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC213" s="3" t="n"/>
+    </row>
+    <row r="214" ht="40" customHeight="1">
+      <c r="A214" s="1" t="n">
+        <v>255</v>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <t>HeatPAC 712-W</t>
+        </is>
+      </c>
+      <c r="F214" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="n"/>
+      <c r="I214" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K214" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L214" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P214" s="2" t="n"/>
+      <c r="Q214" s="2" t="n">
+        <v>1023</v>
+      </c>
+      <c r="R214" s="2" t="n"/>
+      <c r="S214" s="2" t="n"/>
+      <c r="T214" s="2" t="n"/>
+      <c r="U214" s="2" t="n"/>
+      <c r="V214" s="2" t="n"/>
+      <c r="W214" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X214" s="2" t="n"/>
+      <c r="Y214" s="2" t="n"/>
+      <c r="Z214" s="2" t="n"/>
+      <c r="AA214" s="2" t="n"/>
+      <c r="AB214" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD214" s="2" t="n"/>
+      <c r="AE214" s="1" t="n"/>
+      <c r="AF214" s="1" t="n"/>
+      <c r="AG214" s="2" t="n">
+        <v>5200</v>
+      </c>
+      <c r="AH214" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI214" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ214" s="2" t="n">
+        <v>6323</v>
+      </c>
+      <c r="AK214" s="2" t="n"/>
+      <c r="AR214" s="2" t="n"/>
+      <c r="AS214" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="AT214" s="2" t="n"/>
+      <c r="AW214" s="2" t="n"/>
+      <c r="AX214" t="inlineStr"/>
+      <c r="AY214" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ214" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC214" s="3" t="n"/>
+    </row>
+    <row r="215" ht="40" customHeight="1">
+      <c r="A215" s="1" t="n">
+        <v>256</v>
+      </c>
+      <c r="B215" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E215" t="inlineStr">
+        <is>
+          <t>HeatPAC 716-W</t>
+        </is>
+      </c>
+      <c r="F215" t="inlineStr">
+        <is>
+          <t>Sabroe HeatPAC</t>
+        </is>
+      </c>
+      <c r="G215" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H215" s="1" t="n"/>
+      <c r="I215" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K215" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L215" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P215" s="2" t="n"/>
+      <c r="Q215" s="2" t="n">
+        <v>1346</v>
+      </c>
+      <c r="R215" s="2" t="n"/>
+      <c r="S215" s="2" t="n"/>
+      <c r="T215" s="2" t="n"/>
+      <c r="U215" s="2" t="n"/>
+      <c r="V215" s="2" t="n"/>
+      <c r="W215" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X215" s="2" t="n"/>
+      <c r="Y215" s="2" t="n"/>
+      <c r="Z215" s="2" t="n"/>
+      <c r="AA215" s="2" t="n"/>
+      <c r="AB215" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD215" s="2" t="n"/>
+      <c r="AE215" s="1" t="n"/>
+      <c r="AF215" s="1" t="n"/>
+      <c r="AG215" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH215" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI215" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ215" s="2" t="n">
+        <v>7088</v>
+      </c>
+      <c r="AK215" s="2" t="n"/>
+      <c r="AR215" s="2" t="n"/>
+      <c r="AS215" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="AT215" s="2" t="n"/>
+      <c r="AW215" s="2" t="n"/>
+      <c r="AX215" t="inlineStr"/>
+      <c r="AY215" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ215" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC215" s="3" t="n"/>
+    </row>
+    <row r="216" ht="40" customHeight="1">
+      <c r="A216" s="1" t="n">
+        <v>269</v>
+      </c>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D216" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E216" t="inlineStr">
+        <is>
+          <t>HicaHP 193 S</t>
+        </is>
+      </c>
+      <c r="F216" t="inlineStr">
+        <is>
+          <t>Sabroe HicaHP</t>
+        </is>
+      </c>
+      <c r="G216" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H216" s="1" t="n"/>
+      <c r="I216" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K216" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L216" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P216" s="2" t="n"/>
+      <c r="Q216" s="2" t="n">
+        <v>1690</v>
+      </c>
+      <c r="R216" s="2" t="n"/>
+      <c r="S216" s="2" t="n"/>
+      <c r="T216" s="2" t="n"/>
+      <c r="U216" s="2" t="n"/>
+      <c r="V216" s="2" t="n"/>
+      <c r="W216" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="X216" s="2" t="n"/>
+      <c r="Y216" s="2" t="n"/>
+      <c r="Z216" s="2" t="n"/>
+      <c r="AA216" s="2" t="n"/>
+      <c r="AB216" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD216" s="2" t="n"/>
+      <c r="AE216" s="1" t="n"/>
+      <c r="AF216" s="1" t="n"/>
+      <c r="AG216" s="2" t="n"/>
+      <c r="AH216" s="2" t="n"/>
+      <c r="AI216" s="2" t="n"/>
+      <c r="AJ216" s="2" t="n"/>
+      <c r="AK216" s="2" t="n"/>
+      <c r="AR216" s="2" t="n"/>
+      <c r="AS216" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="AT216" s="2" t="n"/>
+      <c r="AW216" s="2" t="n"/>
+      <c r="AX216" t="inlineStr"/>
+      <c r="AY216" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ216" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC216" s="3" t="n"/>
+    </row>
+    <row r="217" ht="40" customHeight="1">
+      <c r="A217" s="1" t="n">
+        <v>270</v>
+      </c>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C217" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D217" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E217" t="inlineStr">
+        <is>
+          <t>HicaHP 233 S</t>
+        </is>
+      </c>
+      <c r="F217" t="inlineStr">
+        <is>
+          <t>Sabroe HicaHP</t>
+        </is>
+      </c>
+      <c r="G217" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H217" s="1" t="n"/>
+      <c r="I217" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K217" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L217" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P217" s="2" t="n"/>
+      <c r="Q217" s="2" t="n">
+        <v>3021</v>
+      </c>
+      <c r="R217" s="2" t="n"/>
+      <c r="S217" s="2" t="n"/>
+      <c r="T217" s="2" t="n"/>
+      <c r="U217" s="2" t="n"/>
+      <c r="V217" s="2" t="n"/>
+      <c r="W217" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="X217" s="2" t="n"/>
+      <c r="Y217" s="2" t="n"/>
+      <c r="Z217" s="2" t="n"/>
+      <c r="AA217" s="2" t="n"/>
+      <c r="AB217" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD217" s="2" t="n"/>
+      <c r="AE217" s="1" t="n"/>
+      <c r="AF217" s="1" t="n"/>
+      <c r="AG217" s="2" t="n"/>
+      <c r="AH217" s="2" t="n"/>
+      <c r="AI217" s="2" t="n"/>
+      <c r="AJ217" s="2" t="n"/>
+      <c r="AK217" s="2" t="n"/>
+      <c r="AR217" s="2" t="n"/>
+      <c r="AS217" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="AT217" s="2" t="n"/>
+      <c r="AW217" s="2" t="n"/>
+      <c r="AX217" t="inlineStr"/>
+      <c r="AY217" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ217" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC217" s="3" t="n"/>
+    </row>
+    <row r="218" ht="40" customHeight="1">
+      <c r="A218" s="1" t="n">
+        <v>271</v>
+      </c>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C218" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D218" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E218" t="inlineStr">
+        <is>
+          <t>HicaHP 273 S</t>
+        </is>
+      </c>
+      <c r="F218" t="inlineStr">
+        <is>
+          <t>Sabroe HicaHP</t>
+        </is>
+      </c>
+      <c r="G218" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H218" s="1" t="n"/>
+      <c r="I218" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K218" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L218" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P218" s="2" t="n"/>
+      <c r="Q218" s="2" t="n">
+        <v>5375</v>
+      </c>
+      <c r="R218" s="2" t="n"/>
+      <c r="S218" s="2" t="n"/>
+      <c r="T218" s="2" t="n"/>
+      <c r="U218" s="2" t="n"/>
+      <c r="V218" s="2" t="n"/>
+      <c r="W218" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X218" s="2" t="n"/>
+      <c r="Y218" s="2" t="n"/>
+      <c r="Z218" s="2" t="n"/>
+      <c r="AA218" s="2" t="n"/>
+      <c r="AB218" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD218" s="2" t="n"/>
+      <c r="AE218" s="1" t="n"/>
+      <c r="AF218" s="1" t="n"/>
+      <c r="AG218" s="2" t="n"/>
+      <c r="AH218" s="2" t="n"/>
+      <c r="AI218" s="2" t="n"/>
+      <c r="AJ218" s="2" t="n"/>
+      <c r="AK218" s="2" t="n"/>
+      <c r="AR218" s="2" t="n"/>
+      <c r="AS218" s="2" t="n">
+        <v>84.3</v>
+      </c>
+      <c r="AT218" s="2" t="n"/>
+      <c r="AW218" s="2" t="n"/>
+      <c r="AX218" t="inlineStr"/>
+      <c r="AY218" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ218" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC218" s="3" t="n"/>
+    </row>
+    <row r="219" ht="40" customHeight="1">
+      <c r="A219" s="1" t="n">
+        <v>275</v>
+      </c>
+      <c r="B219" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C219" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D219" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E219" t="inlineStr">
+        <is>
+          <t>HicaHP 273 S/283 L</t>
+        </is>
+      </c>
+      <c r="F219" t="inlineStr">
+        <is>
+          <t>Sabroe HicaHP</t>
+        </is>
+      </c>
+      <c r="G219" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H219" s="1" t="n"/>
+      <c r="I219" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K219" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L219" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P219" s="2" t="n"/>
+      <c r="Q219" s="2" t="n">
+        <v>7260</v>
+      </c>
+      <c r="R219" s="2" t="n"/>
+      <c r="S219" s="2" t="n"/>
+      <c r="T219" s="2" t="n"/>
+      <c r="U219" s="2" t="n"/>
+      <c r="V219" s="2" t="n"/>
+      <c r="W219" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X219" s="2" t="n"/>
+      <c r="Y219" s="2" t="n"/>
+      <c r="Z219" s="2" t="n"/>
+      <c r="AA219" s="2" t="n"/>
+      <c r="AB219" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD219" s="2" t="n"/>
+      <c r="AE219" s="1" t="n"/>
+      <c r="AF219" s="1" t="n"/>
+      <c r="AG219" s="2" t="n"/>
+      <c r="AH219" s="2" t="n"/>
+      <c r="AI219" s="2" t="n"/>
+      <c r="AJ219" s="2" t="n"/>
+      <c r="AK219" s="2" t="n"/>
+      <c r="AR219" s="2" t="n"/>
+      <c r="AS219" s="2" t="n">
+        <v>86.40000000000001</v>
+      </c>
+      <c r="AT219" s="2" t="n"/>
+      <c r="AW219" s="2" t="n"/>
+      <c r="AX219" t="inlineStr"/>
+      <c r="AY219" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ219" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC219" s="3" t="n"/>
+    </row>
+    <row r="220" ht="40" customHeight="1">
+      <c r="A220" s="1" t="n">
+        <v>276</v>
+      </c>
+      <c r="B220" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C220" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D220" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E220" t="inlineStr">
+        <is>
+          <t>HicaHP 273 S/283 L</t>
+        </is>
+      </c>
+      <c r="F220" t="inlineStr">
+        <is>
+          <t>Sabroe HicaHP</t>
+        </is>
+      </c>
+      <c r="G220" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H220" s="1" t="n"/>
+      <c r="I220" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K220" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L220" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P220" s="2" t="n"/>
+      <c r="Q220" s="2" t="n">
+        <v>6450</v>
+      </c>
+      <c r="R220" s="2" t="n"/>
+      <c r="S220" s="2" t="n"/>
+      <c r="T220" s="2" t="n"/>
+      <c r="U220" s="2" t="n"/>
+      <c r="V220" s="2" t="n"/>
+      <c r="W220" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X220" s="2" t="n"/>
+      <c r="Y220" s="2" t="n"/>
+      <c r="Z220" s="2" t="n"/>
+      <c r="AA220" s="2" t="n"/>
+      <c r="AB220" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD220" s="2" t="n"/>
+      <c r="AE220" s="1" t="n"/>
+      <c r="AF220" s="1" t="n"/>
+      <c r="AG220" s="2" t="n"/>
+      <c r="AH220" s="2" t="n"/>
+      <c r="AI220" s="2" t="n"/>
+      <c r="AJ220" s="2" t="n"/>
+      <c r="AK220" s="2" t="n"/>
+      <c r="AR220" s="2" t="n"/>
+      <c r="AS220" s="2" t="n">
+        <v>86.2</v>
+      </c>
+      <c r="AT220" s="2" t="n"/>
+      <c r="AW220" s="2" t="n"/>
+      <c r="AX220" t="inlineStr"/>
+      <c r="AY220" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ220" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC220" s="3" t="n"/>
+    </row>
+    <row r="221" ht="40" customHeight="1">
+      <c r="A221" s="1" t="n">
+        <v>274</v>
+      </c>
+      <c r="B221" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C221" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D221" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E221" t="inlineStr">
+        <is>
+          <t>HicaHP 273 S/283 S</t>
+        </is>
+      </c>
+      <c r="F221" t="inlineStr">
+        <is>
+          <t>Sabroe HicaHP</t>
+        </is>
+      </c>
+      <c r="G221" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H221" s="1" t="n"/>
+      <c r="I221" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K221" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L221" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P221" s="2" t="n"/>
+      <c r="Q221" s="2" t="n">
+        <v>6750</v>
+      </c>
+      <c r="R221" s="2" t="n"/>
+      <c r="S221" s="2" t="n"/>
+      <c r="T221" s="2" t="n"/>
+      <c r="U221" s="2" t="n"/>
+      <c r="V221" s="2" t="n"/>
+      <c r="W221" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X221" s="2" t="n"/>
+      <c r="Y221" s="2" t="n"/>
+      <c r="Z221" s="2" t="n"/>
+      <c r="AA221" s="2" t="n"/>
+      <c r="AB221" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD221" s="2" t="n"/>
+      <c r="AE221" s="1" t="n"/>
+      <c r="AF221" s="1" t="n"/>
+      <c r="AG221" s="2" t="n"/>
+      <c r="AH221" s="2" t="n"/>
+      <c r="AI221" s="2" t="n"/>
+      <c r="AJ221" s="2" t="n"/>
+      <c r="AK221" s="2" t="n"/>
+      <c r="AR221" s="2" t="n"/>
+      <c r="AS221" s="2" t="n">
+        <v>86.59999999999999</v>
+      </c>
+      <c r="AT221" s="2" t="n"/>
+      <c r="AW221" s="2" t="n"/>
+      <c r="AX221" t="inlineStr"/>
+      <c r="AY221" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ221" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC221" s="3" t="n"/>
+    </row>
+    <row r="222" ht="40" customHeight="1">
+      <c r="A222" s="1" t="n">
+        <v>273</v>
+      </c>
+      <c r="B222" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C222" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D222" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E222" t="inlineStr">
+        <is>
+          <t>HicaHP 407 L</t>
+        </is>
+      </c>
+      <c r="F222" t="inlineStr">
+        <is>
+          <t>Sabroe HicaHP</t>
+        </is>
+      </c>
+      <c r="G222" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H222" s="1" t="n"/>
+      <c r="I222" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K222" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L222" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P222" s="2" t="n"/>
+      <c r="Q222" s="2" t="n">
+        <v>23986</v>
+      </c>
+      <c r="R222" s="2" t="n"/>
+      <c r="S222" s="2" t="n"/>
+      <c r="T222" s="2" t="n"/>
+      <c r="U222" s="2" t="n"/>
+      <c r="V222" s="2" t="n"/>
+      <c r="W222" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X222" s="2" t="n"/>
+      <c r="Y222" s="2" t="n"/>
+      <c r="Z222" s="2" t="n"/>
+      <c r="AA222" s="2" t="n"/>
+      <c r="AB222" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD222" s="2" t="n"/>
+      <c r="AE222" s="1" t="n"/>
+      <c r="AF222" s="1" t="n"/>
+      <c r="AG222" s="2" t="n"/>
+      <c r="AH222" s="2" t="n"/>
+      <c r="AI222" s="2" t="n"/>
+      <c r="AJ222" s="2" t="n"/>
+      <c r="AK222" s="2" t="n"/>
+      <c r="AR222" s="2" t="n"/>
+      <c r="AS222" s="2" t="n">
+        <v>84.3</v>
+      </c>
+      <c r="AT222" s="2" t="n"/>
+      <c r="AW222" s="2" t="n"/>
+      <c r="AX222" t="inlineStr"/>
+      <c r="AY222" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ222" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC222" s="3" t="n"/>
+    </row>
+    <row r="223" ht="40" customHeight="1">
+      <c r="A223" s="1" t="n">
+        <v>272</v>
+      </c>
+      <c r="B223" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C223" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D223" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E223" t="inlineStr">
+        <is>
+          <t>HicaHP 407 S</t>
+        </is>
+      </c>
+      <c r="F223" t="inlineStr">
+        <is>
+          <t>Sabroe HicaHP</t>
+        </is>
+      </c>
+      <c r="G223" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H223" s="1" t="n"/>
+      <c r="I223" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K223" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L223" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P223" s="2" t="n"/>
+      <c r="Q223" s="2" t="n">
+        <v>17937</v>
+      </c>
+      <c r="R223" s="2" t="n"/>
+      <c r="S223" s="2" t="n"/>
+      <c r="T223" s="2" t="n"/>
+      <c r="U223" s="2" t="n"/>
+      <c r="V223" s="2" t="n"/>
+      <c r="W223" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X223" s="2" t="n"/>
+      <c r="Y223" s="2" t="n"/>
+      <c r="Z223" s="2" t="n"/>
+      <c r="AA223" s="2" t="n"/>
+      <c r="AB223" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD223" s="2" t="n"/>
+      <c r="AE223" s="1" t="n"/>
+      <c r="AF223" s="1" t="n"/>
+      <c r="AG223" s="2" t="n"/>
+      <c r="AH223" s="2" t="n"/>
+      <c r="AI223" s="2" t="n"/>
+      <c r="AJ223" s="2" t="n"/>
+      <c r="AK223" s="2" t="n"/>
+      <c r="AR223" s="2" t="n"/>
+      <c r="AS223" s="2" t="n">
+        <v>84.3</v>
+      </c>
+      <c r="AT223" s="2" t="n"/>
+      <c r="AW223" s="2" t="n"/>
+      <c r="AX223" t="inlineStr"/>
+      <c r="AY223" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ223" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC223" s="3" t="n"/>
+    </row>
+    <row r="224" ht="40" customHeight="1">
+      <c r="A224" s="1" t="n">
+        <v>291</v>
+      </c>
+      <c r="B224" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak), R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C224" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D224" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E224" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="F224" t="inlineStr">
+        <is>
+          <t>HyePAC</t>
+        </is>
+      </c>
+      <c r="G224" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H224" s="1" t="n"/>
+      <c r="I224" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K224" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="N224" t="inlineStr">
+        <is>
+          <t>Hybrid (Kompression + Absorption)</t>
+        </is>
+      </c>
+      <c r="P224" s="2" t="n">
+        <v>500</v>
+      </c>
+      <c r="Q224" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="R224" s="2" t="n"/>
+      <c r="S224" s="2" t="n"/>
+      <c r="T224" s="2" t="n"/>
+      <c r="U224" s="2" t="n"/>
+      <c r="V224" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="W224" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X224" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Y224" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="Z224" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AA224" s="2" t="n"/>
+      <c r="AB224" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD224" s="2" t="n"/>
+      <c r="AE224" s="1" t="n"/>
+      <c r="AF224" s="1" t="n"/>
+      <c r="AG224" s="2" t="n"/>
+      <c r="AH224" s="2" t="n"/>
+      <c r="AI224" s="2" t="n"/>
+      <c r="AJ224" s="2" t="n"/>
+      <c r="AK224" s="2" t="n"/>
+      <c r="AR224" s="2" t="n"/>
+      <c r="AS224" s="2" t="n"/>
+      <c r="AT224" s="2" t="n"/>
+      <c r="AW224" s="2" t="n"/>
+      <c r="AX224" t="inlineStr"/>
+      <c r="AY224" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ224" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC224" s="3" t="n"/>
+    </row>
+    <row r="225" ht="40" customHeight="1">
+      <c r="A225" s="1" t="n">
+        <v>277</v>
+      </c>
+      <c r="B225" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C225" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D225" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E225" t="inlineStr">
+        <is>
+          <t>NS heat pump 193 HP</t>
+        </is>
+      </c>
+      <c r="F225" t="inlineStr">
+        <is>
+          <t>Sabroe NS heat pump</t>
+        </is>
+      </c>
+      <c r="G225" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H225" s="1" t="n"/>
+      <c r="I225" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K225" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P225" s="2" t="n"/>
+      <c r="Q225" s="2" t="n">
+        <v>3399</v>
+      </c>
+      <c r="R225" s="2" t="n"/>
+      <c r="S225" s="2" t="n"/>
+      <c r="T225" s="2" t="n"/>
+      <c r="U225" s="2" t="n"/>
+      <c r="V225" s="2" t="n"/>
+      <c r="W225" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X225" s="2" t="n"/>
+      <c r="Y225" s="2" t="n"/>
+      <c r="Z225" s="2" t="n"/>
+      <c r="AA225" s="2" t="n"/>
+      <c r="AB225" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD225" s="2" t="n"/>
+      <c r="AE225" s="1" t="n"/>
+      <c r="AF225" s="1" t="n"/>
+      <c r="AG225" s="2" t="n"/>
+      <c r="AH225" s="2" t="n"/>
+      <c r="AI225" s="2" t="n"/>
+      <c r="AJ225" s="2" t="n"/>
+      <c r="AK225" s="2" t="n"/>
+      <c r="AR225" s="2" t="n"/>
+      <c r="AS225" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="AT225" s="2" t="n"/>
+      <c r="AW225" s="2" t="n"/>
+      <c r="AX225" t="inlineStr"/>
+      <c r="AY225" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ225" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC225" s="3" t="n"/>
+    </row>
+    <row r="226" ht="40" customHeight="1">
+      <c r="A226" s="1" t="n">
+        <v>278</v>
+      </c>
+      <c r="B226" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C226" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D226" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E226" t="inlineStr">
+        <is>
+          <t>NS heat pump 233 HP</t>
+        </is>
+      </c>
+      <c r="F226" t="inlineStr">
+        <is>
+          <t>Sabroe NS heat pump</t>
+        </is>
+      </c>
+      <c r="G226" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H226" s="1" t="n"/>
+      <c r="I226" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K226" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P226" s="2" t="n"/>
+      <c r="Q226" s="2" t="n">
+        <v>5466</v>
+      </c>
+      <c r="R226" s="2" t="n"/>
+      <c r="S226" s="2" t="n"/>
+      <c r="T226" s="2" t="n"/>
+      <c r="U226" s="2" t="n"/>
+      <c r="V226" s="2" t="n"/>
+      <c r="W226" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X226" s="2" t="n"/>
+      <c r="Y226" s="2" t="n"/>
+      <c r="Z226" s="2" t="n"/>
+      <c r="AA226" s="2" t="n"/>
+      <c r="AB226" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD226" s="2" t="n"/>
+      <c r="AE226" s="1" t="n"/>
+      <c r="AF226" s="1" t="n"/>
+      <c r="AG226" s="2" t="n"/>
+      <c r="AH226" s="2" t="n"/>
+      <c r="AI226" s="2" t="n"/>
+      <c r="AJ226" s="2" t="n"/>
+      <c r="AK226" s="2" t="n"/>
+      <c r="AR226" s="2" t="n"/>
+      <c r="AS226" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="AT226" s="2" t="n"/>
+      <c r="AW226" s="2" t="n"/>
+      <c r="AX226" t="inlineStr"/>
+      <c r="AY226" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ226" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC226" s="3" t="n"/>
+    </row>
+    <row r="227" ht="40" customHeight="1">
+      <c r="A227" s="1" t="n">
+        <v>281</v>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C227" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D227" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E227" t="inlineStr">
+        <is>
+          <t>NS heat pump 273</t>
+        </is>
+      </c>
+      <c r="F227" t="inlineStr">
+        <is>
+          <t>Sabroe NS heat pump</t>
+        </is>
+      </c>
+      <c r="G227" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H227" s="1" t="n"/>
+      <c r="I227" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K227" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P227" s="2" t="n"/>
+      <c r="Q227" s="2" t="n">
+        <v>7090</v>
+      </c>
+      <c r="R227" s="2" t="n"/>
+      <c r="S227" s="2" t="n"/>
+      <c r="T227" s="2" t="n"/>
+      <c r="U227" s="2" t="n"/>
+      <c r="V227" s="2" t="n"/>
+      <c r="W227" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X227" s="2" t="n"/>
+      <c r="Y227" s="2" t="n"/>
+      <c r="Z227" s="2" t="n"/>
+      <c r="AA227" s="2" t="n"/>
+      <c r="AB227" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD227" s="2" t="n"/>
+      <c r="AE227" s="1" t="n"/>
+      <c r="AF227" s="1" t="n"/>
+      <c r="AG227" s="2" t="n"/>
+      <c r="AH227" s="2" t="n"/>
+      <c r="AI227" s="2" t="n"/>
+      <c r="AJ227" s="2" t="n"/>
+      <c r="AK227" s="2" t="n"/>
+      <c r="AR227" s="2" t="n"/>
+      <c r="AS227" s="2" t="n"/>
+      <c r="AT227" s="2" t="n"/>
+      <c r="AW227" s="2" t="n"/>
+      <c r="AX227" t="inlineStr"/>
+      <c r="AY227" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ227" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC227" s="3" t="n"/>
+    </row>
+    <row r="228" ht="40" customHeight="1">
+      <c r="A228" s="1" t="n">
+        <v>279</v>
+      </c>
+      <c r="B228" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C228" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D228" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E228" t="inlineStr">
+        <is>
+          <t>NS heat pump 283 HP</t>
+        </is>
+      </c>
+      <c r="F228" t="inlineStr">
+        <is>
+          <t>Sabroe NS heat pump</t>
+        </is>
+      </c>
+      <c r="G228" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H228" s="1" t="n"/>
+      <c r="I228" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K228" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P228" s="2" t="n"/>
+      <c r="Q228" s="2" t="n">
+        <v>7744</v>
+      </c>
+      <c r="R228" s="2" t="n"/>
+      <c r="S228" s="2" t="n"/>
+      <c r="T228" s="2" t="n"/>
+      <c r="U228" s="2" t="n"/>
+      <c r="V228" s="2" t="n"/>
+      <c r="W228" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X228" s="2" t="n"/>
+      <c r="Y228" s="2" t="n"/>
+      <c r="Z228" s="2" t="n"/>
+      <c r="AA228" s="2" t="n"/>
+      <c r="AB228" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD228" s="2" t="n"/>
+      <c r="AE228" s="1" t="n"/>
+      <c r="AF228" s="1" t="n"/>
+      <c r="AG228" s="2" t="n"/>
+      <c r="AH228" s="2" t="n"/>
+      <c r="AI228" s="2" t="n"/>
+      <c r="AJ228" s="2" t="n"/>
+      <c r="AK228" s="2" t="n"/>
+      <c r="AR228" s="2" t="n"/>
+      <c r="AS228" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="AT228" s="2" t="n"/>
+      <c r="AW228" s="2" t="n"/>
+      <c r="AX228" t="inlineStr"/>
+      <c r="AY228" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ228" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC228" s="3" t="n"/>
+    </row>
+    <row r="229" ht="40" customHeight="1">
+      <c r="A229" s="1" t="n">
+        <v>280</v>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C229" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D229" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E229" t="inlineStr">
+        <is>
+          <t>NS heat pump 355 HP</t>
+        </is>
+      </c>
+      <c r="F229" t="inlineStr">
+        <is>
+          <t>Sabroe NS heat pump</t>
+        </is>
+      </c>
+      <c r="G229" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H229" s="1" t="n"/>
+      <c r="I229" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K229" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P229" s="2" t="n"/>
+      <c r="Q229" s="2" t="n">
+        <v>12491</v>
+      </c>
+      <c r="R229" s="2" t="n"/>
+      <c r="S229" s="2" t="n"/>
+      <c r="T229" s="2" t="n"/>
+      <c r="U229" s="2" t="n"/>
+      <c r="V229" s="2" t="n"/>
+      <c r="W229" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X229" s="2" t="n"/>
+      <c r="Y229" s="2" t="n"/>
+      <c r="Z229" s="2" t="n"/>
+      <c r="AA229" s="2" t="n"/>
+      <c r="AB229" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD229" s="2" t="n"/>
+      <c r="AE229" s="1" t="n"/>
+      <c r="AF229" s="1" t="n"/>
+      <c r="AG229" s="2" t="n"/>
+      <c r="AH229" s="2" t="n"/>
+      <c r="AI229" s="2" t="n"/>
+      <c r="AJ229" s="2" t="n"/>
+      <c r="AK229" s="2" t="n"/>
+      <c r="AR229" s="2" t="n"/>
+      <c r="AS229" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="AT229" s="2" t="n"/>
+      <c r="AW229" s="2" t="n"/>
+      <c r="AX229" t="inlineStr"/>
+      <c r="AY229" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ229" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC229" s="3" t="n"/>
+    </row>
+    <row r="230" ht="40" customHeight="1">
+      <c r="A230" s="1" t="n">
+        <v>292</v>
+      </c>
+      <c r="B230" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak), R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C230" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D230" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E230" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="F230" t="inlineStr">
+        <is>
+          <t>HyePAC</t>
+        </is>
+      </c>
+      <c r="G230" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H230" s="1" t="n"/>
+      <c r="I230" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K230" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O230" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P230" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="Q230" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="R230" s="2" t="n"/>
+      <c r="S230" s="2" t="n"/>
+      <c r="T230" s="2" t="n"/>
+      <c r="U230" s="2" t="n"/>
+      <c r="V230" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="W230" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X230" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Y230" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="Z230" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AA230" s="2" t="n"/>
+      <c r="AB230" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD230" s="2" t="n"/>
+      <c r="AE230" s="1" t="n"/>
+      <c r="AF230" s="1" t="n"/>
+      <c r="AG230" s="2" t="n"/>
+      <c r="AH230" s="2" t="n"/>
+      <c r="AI230" s="2" t="n"/>
+      <c r="AJ230" s="2" t="n"/>
+      <c r="AK230" s="2" t="n"/>
+      <c r="AR230" s="2" t="n"/>
+      <c r="AS230" s="2" t="n"/>
+      <c r="AT230" s="2" t="n"/>
+      <c r="AW230" s="2" t="n"/>
+      <c r="AX230" t="inlineStr"/>
+      <c r="AY230" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ230" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC230" s="3" t="n"/>
+    </row>
+    <row r="231" ht="40" customHeight="1">
+      <c r="A231" s="1" t="n">
+        <v>286</v>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C231" t="inlineStr">
+        <is>
+          <t>Abwärme aus Ammoniak-Kälteanlagen (Refrigerant)</t>
+        </is>
+      </c>
+      <c r="D231" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr">
+        <is>
+          <t>SmartPAC 100</t>
+        </is>
+      </c>
+      <c r="F231" t="inlineStr">
+        <is>
+          <t>Frick SmartPAC</t>
+        </is>
+      </c>
+      <c r="G231" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H231" s="1" t="n"/>
+      <c r="I231" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K231" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P231" s="2" t="n">
+        <v>1816</v>
+      </c>
+      <c r="Q231" s="2" t="n">
+        <v>2785</v>
+      </c>
+      <c r="R231" s="2" t="n"/>
+      <c r="S231" s="2" t="n"/>
+      <c r="T231" s="2" t="n"/>
+      <c r="U231" s="2" t="n"/>
+      <c r="V231" s="2" t="n"/>
+      <c r="W231" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="X231" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Y231" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z231" s="2" t="n"/>
+      <c r="AA231" s="2" t="n"/>
+      <c r="AB231" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD231" s="2" t="n"/>
+      <c r="AE231" s="1" t="n"/>
+      <c r="AF231" s="1" t="n"/>
+      <c r="AG231" s="2" t="n">
+        <v>6248</v>
+      </c>
+      <c r="AH231" s="2" t="n">
+        <v>3302</v>
+      </c>
+      <c r="AI231" s="2" t="n">
+        <v>3657.6</v>
+      </c>
+      <c r="AJ231" s="2" t="n"/>
+      <c r="AK231" s="2" t="n"/>
+      <c r="AR231" s="2" t="n"/>
+      <c r="AS231" s="2" t="n"/>
+      <c r="AT231" s="2" t="n"/>
+      <c r="AW231" s="2" t="n"/>
+      <c r="AX231" t="inlineStr"/>
+      <c r="AY231" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ231" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC231" s="3" t="n"/>
+    </row>
+    <row r="232" ht="40" customHeight="1">
+      <c r="A232" s="1" t="n">
+        <v>287</v>
+      </c>
+      <c r="B232" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C232" t="inlineStr">
+        <is>
+          <t>Abwärme aus Ammoniak-Kälteanlagen (Refrigerant)</t>
+        </is>
+      </c>
+      <c r="D232" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E232" t="inlineStr">
+        <is>
+          <t>SmartPAC 166</t>
+        </is>
+      </c>
+      <c r="F232" t="inlineStr">
+        <is>
+          <t>Frick SmartPAC</t>
+        </is>
+      </c>
+      <c r="G232" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H232" s="1" t="n"/>
+      <c r="I232" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K232" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P232" s="2" t="n">
+        <v>2817</v>
+      </c>
+      <c r="Q232" s="2" t="n">
+        <v>4322</v>
+      </c>
+      <c r="R232" s="2" t="n"/>
+      <c r="S232" s="2" t="n"/>
+      <c r="T232" s="2" t="n"/>
+      <c r="U232" s="2" t="n"/>
+      <c r="V232" s="2" t="n"/>
+      <c r="W232" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X232" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Y232" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z232" s="2" t="n"/>
+      <c r="AA232" s="2" t="n"/>
+      <c r="AB232" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD232" s="2" t="n"/>
+      <c r="AE232" s="1" t="n"/>
+      <c r="AF232" s="1" t="n"/>
+      <c r="AG232" s="2" t="n">
+        <v>7620</v>
+      </c>
+      <c r="AH232" s="2" t="n">
+        <v>3937</v>
+      </c>
+      <c r="AI232" s="2" t="n">
+        <v>3657.6</v>
+      </c>
+      <c r="AJ232" s="2" t="n"/>
+      <c r="AK232" s="2" t="n"/>
+      <c r="AR232" s="2" t="n"/>
+      <c r="AS232" s="2" t="n"/>
+      <c r="AT232" s="2" t="n"/>
+      <c r="AW232" s="2" t="n"/>
+      <c r="AX232" t="inlineStr"/>
+      <c r="AY232" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ232" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC232" s="3" t="n"/>
+    </row>
+    <row r="233" ht="40" customHeight="1">
+      <c r="A233" s="1" t="n">
+        <v>288</v>
+      </c>
+      <c r="B233" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C233" t="inlineStr">
+        <is>
+          <t>Unbekannt (Unknown)</t>
+        </is>
+      </c>
+      <c r="D233" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E233" t="inlineStr">
+        <is>
+          <t>SmartPAC 221</t>
+        </is>
+      </c>
+      <c r="F233" t="inlineStr">
+        <is>
+          <t>Frick SmartPAC</t>
+        </is>
+      </c>
+      <c r="G233" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H233" s="1" t="n"/>
+      <c r="I233" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K233" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P233" s="2" t="n">
+        <v>3756</v>
+      </c>
+      <c r="Q233" s="2" t="n">
+        <v>5763</v>
+      </c>
+      <c r="R233" s="2" t="n"/>
+      <c r="S233" s="2" t="n"/>
+      <c r="T233" s="2" t="n"/>
+      <c r="U233" s="2" t="n"/>
+      <c r="V233" s="2" t="n"/>
+      <c r="W233" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X233" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Y233" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z233" s="2" t="n"/>
+      <c r="AA233" s="2" t="n"/>
+      <c r="AB233" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD233" s="2" t="n"/>
+      <c r="AE233" s="1" t="n"/>
+      <c r="AF233" s="1" t="n"/>
+      <c r="AG233" s="2" t="n"/>
+      <c r="AH233" s="2" t="n"/>
+      <c r="AI233" s="2" t="n"/>
+      <c r="AJ233" s="2" t="n"/>
+      <c r="AK233" s="2" t="n"/>
+      <c r="AR233" s="2" t="n"/>
+      <c r="AS233" s="2" t="n"/>
+      <c r="AT233" s="2" t="n"/>
+      <c r="AW233" s="2" t="n"/>
+      <c r="AX233" t="inlineStr"/>
+      <c r="AY233" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ233" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC233" s="3" t="n"/>
+    </row>
+    <row r="234" ht="40" customHeight="1">
+      <c r="A234" s="1" t="n">
+        <v>284</v>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C234" t="inlineStr">
+        <is>
+          <t>Abwärme aus Ammoniak-Kälteanlagen (Refrigerant)</t>
+        </is>
+      </c>
+      <c r="D234" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E234" t="inlineStr">
+        <is>
+          <t>SmartPAC 36</t>
+        </is>
+      </c>
+      <c r="F234" t="inlineStr">
+        <is>
+          <t>Frick SmartPAC</t>
+        </is>
+      </c>
+      <c r="G234" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H234" s="1" t="n"/>
+      <c r="I234" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K234" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P234" s="2" t="n">
+        <v>613</v>
+      </c>
+      <c r="Q234" s="2" t="n">
+        <v>949</v>
+      </c>
+      <c r="R234" s="2" t="n"/>
+      <c r="S234" s="2" t="n"/>
+      <c r="T234" s="2" t="n"/>
+      <c r="U234" s="2" t="n"/>
+      <c r="V234" s="2" t="n"/>
+      <c r="W234" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X234" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Y234" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z234" s="2" t="n"/>
+      <c r="AA234" s="2" t="n"/>
+      <c r="AB234" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD234" s="2" t="n"/>
+      <c r="AE234" s="1" t="n"/>
+      <c r="AF234" s="1" t="n"/>
+      <c r="AG234" s="2" t="n">
+        <v>5588</v>
+      </c>
+      <c r="AH234" s="2" t="n">
+        <v>3149.6</v>
+      </c>
+      <c r="AI234" s="2" t="n">
+        <v>3657.6</v>
+      </c>
+      <c r="AJ234" s="2" t="n"/>
+      <c r="AK234" s="2" t="n"/>
+      <c r="AR234" s="2" t="n"/>
+      <c r="AS234" s="2" t="n"/>
+      <c r="AT234" s="2" t="n"/>
+      <c r="AW234" s="2" t="n"/>
+      <c r="AX234" t="inlineStr"/>
+      <c r="AY234" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ234" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC234" s="3" t="n"/>
+    </row>
+    <row r="235" ht="40" customHeight="1">
+      <c r="A235" s="1" t="n">
+        <v>285</v>
+      </c>
+      <c r="B235" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C235" t="inlineStr">
+        <is>
+          <t>Abwärme aus Ammoniak-Kälteanlagen (Refrigerant)</t>
+        </is>
+      </c>
+      <c r="D235" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E235" t="inlineStr">
+        <is>
+          <t>SmartPAC 42</t>
+        </is>
+      </c>
+      <c r="F235" t="inlineStr">
+        <is>
+          <t>Frick SmartPAC</t>
+        </is>
+      </c>
+      <c r="G235" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H235" s="1" t="n"/>
+      <c r="I235" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K235" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O235" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Fernwärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P235" s="2" t="n">
+        <v>720</v>
+      </c>
+      <c r="Q235" s="2" t="n">
+        <v>1115</v>
+      </c>
+      <c r="R235" s="2" t="n"/>
+      <c r="S235" s="2" t="n"/>
+      <c r="T235" s="2" t="n"/>
+      <c r="U235" s="2" t="n"/>
+      <c r="V235" s="2" t="n"/>
+      <c r="W235" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X235" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Y235" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z235" s="2" t="n"/>
+      <c r="AA235" s="2" t="n"/>
+      <c r="AB235" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD235" s="2" t="n"/>
+      <c r="AE235" s="1" t="n"/>
+      <c r="AF235" s="1" t="n"/>
+      <c r="AG235" s="2" t="n">
+        <v>5791</v>
+      </c>
+      <c r="AH235" s="2" t="n">
+        <v>3149.6</v>
+      </c>
+      <c r="AI235" s="2" t="n">
+        <v>3657.6</v>
+      </c>
+      <c r="AJ235" s="2" t="n"/>
+      <c r="AK235" s="2" t="n"/>
+      <c r="AR235" s="2" t="n"/>
+      <c r="AS235" s="2" t="n"/>
+      <c r="AT235" s="2" t="n"/>
+      <c r="AW235" s="2" t="n"/>
+      <c r="AX235" t="inlineStr"/>
+      <c r="AY235" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ235" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC235" s="3" t="n"/>
+    </row>
+    <row r="236" ht="40" customHeight="1">
+      <c r="A236" s="1" t="n">
+        <v>225</v>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C236" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D236" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E236" t="inlineStr">
+        <is>
+          <t>YHA 1002</t>
+        </is>
+      </c>
+      <c r="F236" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G236" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H236" s="1" t="n"/>
+      <c r="I236" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K236" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L236" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P236" s="2" t="n"/>
+      <c r="Q236" s="2" t="n">
+        <v>104.9</v>
+      </c>
+      <c r="R236" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S236" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T236" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U236" s="2" t="n"/>
+      <c r="V236" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W236" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X236" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y236" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z236" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA236" s="2" t="n"/>
+      <c r="AB236" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC236" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD236" s="2" t="n"/>
+      <c r="AE236" s="1" t="n"/>
+      <c r="AF236" s="1" t="n"/>
+      <c r="AG236" s="2" t="n">
+        <v>1840</v>
+      </c>
+      <c r="AH236" s="2" t="n">
+        <v>2905</v>
+      </c>
+      <c r="AI236" s="2" t="n">
+        <v>1145</v>
+      </c>
+      <c r="AJ236" s="2" t="n">
+        <v>1160</v>
+      </c>
+      <c r="AK236" s="2" t="n"/>
+      <c r="AR236" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="AS236" s="2" t="n"/>
+      <c r="AT236" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="AW236" s="2" t="n"/>
+      <c r="AX236" t="inlineStr"/>
+      <c r="AY236" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ236" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC236" s="3" t="n"/>
+    </row>
+    <row r="237" ht="40" customHeight="1">
+      <c r="A237" s="1" t="n">
+        <v>226</v>
+      </c>
+      <c r="B237" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C237" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D237" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E237" t="inlineStr">
+        <is>
+          <t>YHA 1202</t>
+        </is>
+      </c>
+      <c r="F237" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G237" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H237" s="1" t="n"/>
+      <c r="I237" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K237" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L237" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P237" s="2" t="n"/>
+      <c r="Q237" s="2" t="n">
+        <v>114.9</v>
+      </c>
+      <c r="R237" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S237" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T237" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U237" s="2" t="n"/>
+      <c r="V237" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W237" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X237" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y237" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z237" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA237" s="2" t="n"/>
+      <c r="AB237" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC237" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD237" s="2" t="n"/>
+      <c r="AE237" s="1" t="n"/>
+      <c r="AF237" s="1" t="n"/>
+      <c r="AG237" s="2" t="n">
+        <v>1840</v>
+      </c>
+      <c r="AH237" s="2" t="n">
+        <v>2905</v>
+      </c>
+      <c r="AI237" s="2" t="n">
+        <v>1145</v>
+      </c>
+      <c r="AJ237" s="2" t="n">
+        <v>1240</v>
+      </c>
+      <c r="AK237" s="2" t="n"/>
+      <c r="AR237" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AS237" s="2" t="n"/>
+      <c r="AT237" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="AW237" s="2" t="n"/>
+      <c r="AX237" t="inlineStr"/>
+      <c r="AY237" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ237" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC237" s="3" t="n"/>
+    </row>
+    <row r="238" ht="40" customHeight="1">
+      <c r="A238" s="1" t="n">
+        <v>227</v>
+      </c>
+      <c r="B238" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C238" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D238" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E238" t="inlineStr">
+        <is>
+          <t>YHA 1402</t>
+        </is>
+      </c>
+      <c r="F238" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G238" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H238" s="1" t="n"/>
+      <c r="I238" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K238" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L238" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O238" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P238" s="2" t="n"/>
+      <c r="Q238" s="2" t="n">
+        <v>137.1</v>
+      </c>
+      <c r="R238" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S238" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T238" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U238" s="2" t="n"/>
+      <c r="V238" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W238" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X238" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y238" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z238" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA238" s="2" t="n"/>
+      <c r="AB238" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC238" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD238" s="2" t="n"/>
+      <c r="AE238" s="1" t="n"/>
+      <c r="AF238" s="1" t="n"/>
+      <c r="AG238" s="2" t="n">
+        <v>1820</v>
+      </c>
+      <c r="AH238" s="2" t="n">
+        <v>3965</v>
+      </c>
+      <c r="AI238" s="2" t="n">
+        <v>1150</v>
+      </c>
+      <c r="AJ238" s="2" t="n">
+        <v>1560</v>
+      </c>
+      <c r="AK238" s="2" t="n"/>
+      <c r="AR238" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="AS238" s="2" t="n"/>
+      <c r="AT238" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="AW238" s="2" t="n"/>
+      <c r="AX238" t="inlineStr"/>
+      <c r="AY238" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ238" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC238" s="3" t="n"/>
+    </row>
+    <row r="239" ht="40" customHeight="1">
+      <c r="A239" s="1" t="n">
+        <v>228</v>
+      </c>
+      <c r="B239" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C239" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D239" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E239" t="inlineStr">
+        <is>
+          <t>YHA 1602</t>
+        </is>
+      </c>
+      <c r="F239" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G239" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H239" s="1" t="n"/>
+      <c r="I239" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K239" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L239" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P239" s="2" t="n"/>
+      <c r="Q239" s="2" t="n">
+        <v>151</v>
+      </c>
+      <c r="R239" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S239" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T239" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U239" s="2" t="n"/>
+      <c r="V239" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W239" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X239" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y239" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z239" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA239" s="2" t="n"/>
+      <c r="AB239" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC239" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD239" s="2" t="n"/>
+      <c r="AE239" s="1" t="n"/>
+      <c r="AF239" s="1" t="n"/>
+      <c r="AG239" s="2" t="n">
+        <v>1820</v>
+      </c>
+      <c r="AH239" s="2" t="n">
+        <v>3965</v>
+      </c>
+      <c r="AI239" s="2" t="n">
+        <v>1150</v>
+      </c>
+      <c r="AJ239" s="2" t="n">
+        <v>1580</v>
+      </c>
+      <c r="AK239" s="2" t="n"/>
+      <c r="AR239" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="AS239" s="2" t="n"/>
+      <c r="AT239" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AW239" s="2" t="n"/>
+      <c r="AX239" t="inlineStr"/>
+      <c r="AY239" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ239" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC239" s="3" t="n"/>
+    </row>
+    <row r="240" ht="40" customHeight="1">
+      <c r="A240" s="1" t="n">
+        <v>229</v>
+      </c>
+      <c r="B240" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C240" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D240" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E240" t="inlineStr">
+        <is>
+          <t>YHA 1802</t>
+        </is>
+      </c>
+      <c r="F240" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G240" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H240" s="1" t="n"/>
+      <c r="I240" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K240" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L240" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P240" s="2" t="n"/>
+      <c r="Q240" s="2" t="n">
+        <v>167.9</v>
+      </c>
+      <c r="R240" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S240" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T240" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U240" s="2" t="n"/>
+      <c r="V240" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W240" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X240" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y240" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z240" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA240" s="2" t="n"/>
+      <c r="AB240" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC240" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD240" s="2" t="n"/>
+      <c r="AE240" s="1" t="n"/>
+      <c r="AF240" s="1" t="n"/>
+      <c r="AG240" s="2" t="n">
+        <v>1820</v>
+      </c>
+      <c r="AH240" s="2" t="n">
+        <v>3965</v>
+      </c>
+      <c r="AI240" s="2" t="n">
+        <v>1150</v>
+      </c>
+      <c r="AJ240" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AK240" s="2" t="n"/>
+      <c r="AR240" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="AS240" s="2" t="n"/>
+      <c r="AT240" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AW240" s="2" t="n"/>
+      <c r="AX240" t="inlineStr"/>
+      <c r="AY240" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ240" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC240" s="3" t="n"/>
+    </row>
+    <row r="241" ht="40" customHeight="1">
+      <c r="A241" s="1" t="n">
+        <v>230</v>
+      </c>
+      <c r="B241" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C241" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D241" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E241" t="inlineStr">
+        <is>
+          <t>YHA 2002</t>
+        </is>
+      </c>
+      <c r="F241" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G241" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H241" s="1" t="n"/>
+      <c r="I241" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K241" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L241" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P241" s="2" t="n"/>
+      <c r="Q241" s="2" t="n">
+        <v>182.8</v>
+      </c>
+      <c r="R241" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S241" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T241" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U241" s="2" t="n"/>
+      <c r="V241" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W241" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X241" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y241" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z241" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA241" s="2" t="n"/>
+      <c r="AB241" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC241" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD241" s="2" t="n"/>
+      <c r="AE241" s="1" t="n"/>
+      <c r="AF241" s="1" t="n"/>
+      <c r="AG241" s="2" t="n">
+        <v>1820</v>
+      </c>
+      <c r="AH241" s="2" t="n">
+        <v>3905</v>
+      </c>
+      <c r="AI241" s="2" t="n">
+        <v>1150</v>
+      </c>
+      <c r="AJ241" s="2" t="n">
+        <v>1620</v>
+      </c>
+      <c r="AK241" s="2" t="n"/>
+      <c r="AR241" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="AS241" s="2" t="n"/>
+      <c r="AT241" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AW241" s="2" t="n"/>
+      <c r="AX241" t="inlineStr"/>
+      <c r="AY241" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ241" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC241" s="3" t="n"/>
+    </row>
+    <row r="242" ht="40" customHeight="1">
+      <c r="A242" s="1" t="n">
+        <v>231</v>
+      </c>
+      <c r="B242" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C242" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D242" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E242" t="inlineStr">
+        <is>
+          <t>YHA 2302</t>
+        </is>
+      </c>
+      <c r="F242" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G242" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H242" s="1" t="n"/>
+      <c r="I242" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K242" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L242" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P242" s="2" t="n"/>
+      <c r="Q242" s="2" t="n">
+        <v>210.6</v>
+      </c>
+      <c r="R242" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S242" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T242" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U242" s="2" t="n"/>
+      <c r="V242" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W242" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X242" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y242" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z242" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA242" s="2" t="n"/>
+      <c r="AB242" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC242" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD242" s="2" t="n"/>
+      <c r="AE242" s="1" t="n"/>
+      <c r="AF242" s="1" t="n"/>
+      <c r="AG242" s="2" t="n">
+        <v>2280</v>
+      </c>
+      <c r="AH242" s="2" t="n">
+        <v>3905</v>
+      </c>
+      <c r="AI242" s="2" t="n">
+        <v>1145</v>
+      </c>
+      <c r="AJ242" s="2" t="n">
+        <v>1790</v>
+      </c>
+      <c r="AK242" s="2" t="n"/>
+      <c r="AR242" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="AS242" s="2" t="n"/>
+      <c r="AT242" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="AW242" s="2" t="n"/>
+      <c r="AX242" t="inlineStr"/>
+      <c r="AY242" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ242" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC242" s="3" t="n"/>
+    </row>
+    <row r="243" ht="40" customHeight="1">
+      <c r="A243" s="1" t="n">
+        <v>232</v>
+      </c>
+      <c r="B243" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C243" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D243" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E243" t="inlineStr">
+        <is>
+          <t>YHA 2502</t>
+        </is>
+      </c>
+      <c r="F243" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G243" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H243" s="1" t="n"/>
+      <c r="I243" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K243" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L243" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P243" s="2" t="n"/>
+      <c r="Q243" s="2" t="n">
+        <v>241.3</v>
+      </c>
+      <c r="R243" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S243" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T243" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U243" s="2" t="n"/>
+      <c r="V243" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W243" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X243" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y243" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z243" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA243" s="2" t="n"/>
+      <c r="AB243" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC243" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD243" s="2" t="n"/>
+      <c r="AE243" s="1" t="n"/>
+      <c r="AF243" s="1" t="n"/>
+      <c r="AG243" s="2" t="n">
+        <v>2280</v>
+      </c>
+      <c r="AH243" s="2" t="n">
+        <v>3905</v>
+      </c>
+      <c r="AI243" s="2" t="n">
+        <v>1145</v>
+      </c>
+      <c r="AJ243" s="2" t="n">
+        <v>1820</v>
+      </c>
+      <c r="AK243" s="2" t="n"/>
+      <c r="AR243" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="AS243" s="2" t="n"/>
+      <c r="AT243" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="AW243" s="2" t="n"/>
+      <c r="AX243" t="inlineStr"/>
+      <c r="AY243" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ243" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC243" s="3" t="n"/>
+    </row>
+    <row r="244" ht="40" customHeight="1">
+      <c r="A244" s="1" t="n">
+        <v>233</v>
+      </c>
+      <c r="B244" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C244" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D244" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E244" t="inlineStr">
+        <is>
+          <t>YHA 2504</t>
+        </is>
+      </c>
+      <c r="F244" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G244" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H244" s="1" t="n"/>
+      <c r="I244" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K244" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L244" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P244" s="2" t="n"/>
+      <c r="Q244" s="2" t="n">
+        <v>299.4</v>
+      </c>
+      <c r="R244" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S244" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T244" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U244" s="2" t="n"/>
+      <c r="V244" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W244" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X244" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y244" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z244" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA244" s="2" t="n"/>
+      <c r="AB244" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC244" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD244" s="2" t="n"/>
+      <c r="AE244" s="1" t="n"/>
+      <c r="AF244" s="1" t="n"/>
+      <c r="AG244" s="2" t="n">
+        <v>2355</v>
+      </c>
+      <c r="AH244" s="2" t="n">
+        <v>4205</v>
+      </c>
+      <c r="AI244" s="2" t="n">
+        <v>2210</v>
+      </c>
+      <c r="AJ244" s="2" t="n">
+        <v>3170</v>
+      </c>
+      <c r="AK244" s="2" t="n"/>
+      <c r="AR244" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="AS244" s="2" t="n"/>
+      <c r="AT244" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="AW244" s="2" t="n"/>
+      <c r="AX244" t="inlineStr"/>
+      <c r="AY244" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ244" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC244" s="3" t="n"/>
+    </row>
+    <row r="245" ht="40" customHeight="1">
+      <c r="A245" s="1" t="n">
+        <v>234</v>
+      </c>
+      <c r="B245" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C245" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D245" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E245" t="inlineStr">
+        <is>
+          <t>YHA 3004</t>
+        </is>
+      </c>
+      <c r="F245" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G245" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H245" s="1" t="n"/>
+      <c r="I245" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K245" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L245" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P245" s="2" t="n"/>
+      <c r="Q245" s="2" t="n">
+        <v>271.4</v>
+      </c>
+      <c r="R245" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S245" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T245" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U245" s="2" t="n"/>
+      <c r="V245" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W245" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X245" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y245" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z245" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA245" s="2" t="n"/>
+      <c r="AB245" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC245" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD245" s="2" t="n"/>
+      <c r="AE245" s="1" t="n"/>
+      <c r="AF245" s="1" t="n"/>
+      <c r="AG245" s="2" t="n">
+        <v>2355</v>
+      </c>
+      <c r="AH245" s="2" t="n">
+        <v>4205</v>
+      </c>
+      <c r="AI245" s="2" t="n">
+        <v>2210</v>
+      </c>
+      <c r="AJ245" s="2" t="n">
+        <v>3270</v>
+      </c>
+      <c r="AK245" s="2" t="n"/>
+      <c r="AR245" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="AS245" s="2" t="n"/>
+      <c r="AT245" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="AW245" s="2" t="n"/>
+      <c r="AX245" t="inlineStr"/>
+      <c r="AY245" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ245" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC245" s="3" t="n"/>
+    </row>
+    <row r="246" ht="40" customHeight="1">
+      <c r="A246" s="1" t="n">
+        <v>235</v>
+      </c>
+      <c r="B246" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C246" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D246" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E246" t="inlineStr">
+        <is>
+          <t>YHA 3204</t>
+        </is>
+      </c>
+      <c r="F246" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G246" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H246" s="1" t="n"/>
+      <c r="I246" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K246" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L246" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P246" s="2" t="n"/>
+      <c r="Q246" s="2" t="n">
+        <v>296.7</v>
+      </c>
+      <c r="R246" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S246" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T246" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U246" s="2" t="n"/>
+      <c r="V246" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W246" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X246" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y246" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z246" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA246" s="2" t="n"/>
+      <c r="AB246" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC246" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD246" s="2" t="n"/>
+      <c r="AE246" s="1" t="n"/>
+      <c r="AF246" s="1" t="n"/>
+      <c r="AG246" s="2" t="n">
+        <v>2355</v>
+      </c>
+      <c r="AH246" s="2" t="n">
+        <v>4205</v>
+      </c>
+      <c r="AI246" s="2" t="n">
+        <v>2210</v>
+      </c>
+      <c r="AJ246" s="2" t="n">
+        <v>3320</v>
+      </c>
+      <c r="AK246" s="2" t="n"/>
+      <c r="AR246" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS246" s="2" t="n"/>
+      <c r="AT246" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="AW246" s="2" t="n"/>
+      <c r="AX246" t="inlineStr"/>
+      <c r="AY246" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ246" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC246" s="3" t="n"/>
+    </row>
+    <row r="247" ht="40" customHeight="1">
+      <c r="A247" s="1" t="n">
+        <v>236</v>
+      </c>
+      <c r="B247" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C247" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D247" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E247" t="inlineStr">
+        <is>
+          <t>YHA 3504</t>
+        </is>
+      </c>
+      <c r="F247" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G247" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H247" s="1" t="n"/>
+      <c r="I247" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K247" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L247" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P247" s="2" t="n"/>
+      <c r="Q247" s="2" t="n">
+        <v>339</v>
+      </c>
+      <c r="R247" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S247" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T247" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U247" s="2" t="n"/>
+      <c r="V247" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W247" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X247" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y247" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z247" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA247" s="2" t="n"/>
+      <c r="AB247" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC247" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD247" s="2" t="n"/>
+      <c r="AE247" s="1" t="n"/>
+      <c r="AF247" s="1" t="n"/>
+      <c r="AG247" s="2" t="n">
+        <v>2355</v>
+      </c>
+      <c r="AH247" s="2" t="n">
+        <v>4205</v>
+      </c>
+      <c r="AI247" s="2" t="n">
+        <v>2210</v>
+      </c>
+      <c r="AJ247" s="2" t="n">
+        <v>3370</v>
+      </c>
+      <c r="AK247" s="2" t="n"/>
+      <c r="AR247" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS247" s="2" t="n"/>
+      <c r="AT247" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="AW247" s="2" t="n"/>
+      <c r="AX247" t="inlineStr"/>
+      <c r="AY247" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ247" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC247" s="3" t="n"/>
+    </row>
+    <row r="248" ht="40" customHeight="1">
+      <c r="A248" s="1" t="n">
+        <v>237</v>
+      </c>
+      <c r="B248" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C248" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D248" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E248" t="inlineStr">
+        <is>
+          <t>YHA 4004</t>
+        </is>
+      </c>
+      <c r="F248" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G248" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H248" s="1" t="n"/>
+      <c r="I248" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K248" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L248" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P248" s="2" t="n"/>
+      <c r="Q248" s="2" t="n">
+        <v>364.9</v>
+      </c>
+      <c r="R248" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S248" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T248" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U248" s="2" t="n"/>
+      <c r="V248" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W248" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X248" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y248" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z248" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA248" s="2" t="n"/>
+      <c r="AB248" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC248" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD248" s="2" t="n"/>
+      <c r="AE248" s="1" t="n"/>
+      <c r="AF248" s="1" t="n"/>
+      <c r="AG248" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AH248" s="2" t="n">
+        <v>4805</v>
+      </c>
+      <c r="AI248" s="2" t="n">
+        <v>2210</v>
+      </c>
+      <c r="AJ248" s="2" t="n">
+        <v>3660</v>
+      </c>
+      <c r="AK248" s="2" t="n"/>
+      <c r="AR248" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS248" s="2" t="n"/>
+      <c r="AT248" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="AW248" s="2" t="n"/>
+      <c r="AX248" t="inlineStr"/>
+      <c r="AY248" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ248" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC248" s="3" t="n"/>
+    </row>
+    <row r="249" ht="40" customHeight="1">
+      <c r="A249" s="1" t="n">
+        <v>238</v>
+      </c>
+      <c r="B249" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C249" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D249" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E249" t="inlineStr">
+        <is>
+          <t>YHA 4504</t>
+        </is>
+      </c>
+      <c r="F249" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G249" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H249" s="1" t="n"/>
+      <c r="I249" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K249" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L249" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P249" s="2" t="n"/>
+      <c r="Q249" s="2" t="n">
+        <v>407</v>
+      </c>
+      <c r="R249" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S249" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T249" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U249" s="2" t="n"/>
+      <c r="V249" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W249" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X249" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y249" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z249" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA249" s="2" t="n"/>
+      <c r="AB249" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC249" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD249" s="2" t="n"/>
+      <c r="AE249" s="1" t="n"/>
+      <c r="AF249" s="1" t="n"/>
+      <c r="AG249" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AH249" s="2" t="n">
+        <v>4805</v>
+      </c>
+      <c r="AI249" s="2" t="n">
+        <v>2210</v>
+      </c>
+      <c r="AJ249" s="2" t="n">
+        <v>3720</v>
+      </c>
+      <c r="AK249" s="2" t="n"/>
+      <c r="AR249" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS249" s="2" t="n"/>
+      <c r="AT249" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="AW249" s="2" t="n"/>
+      <c r="AX249" t="inlineStr"/>
+      <c r="AY249" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ249" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC249" s="3" t="n"/>
+    </row>
+    <row r="250" ht="40" customHeight="1">
+      <c r="A250" s="1" t="n">
+        <v>224</v>
+      </c>
+      <c r="B250" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C250" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D250" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E250" t="inlineStr">
+        <is>
+          <t>YHA 902</t>
+        </is>
+      </c>
+      <c r="F250" t="inlineStr">
+        <is>
+          <t>YORK YHA</t>
+        </is>
+      </c>
+      <c r="G250" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H250" s="1" t="n"/>
+      <c r="I250" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K250" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L250" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O250" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P250" s="2" t="n"/>
+      <c r="Q250" s="2" t="n">
+        <v>93.2</v>
+      </c>
+      <c r="R250" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S250" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T250" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U250" s="2" t="n"/>
+      <c r="V250" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W250" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X250" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y250" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="Z250" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA250" s="2" t="n"/>
+      <c r="AB250" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC250" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD250" s="2" t="n"/>
+      <c r="AE250" s="1" t="n"/>
+      <c r="AF250" s="1" t="n"/>
+      <c r="AG250" s="2" t="n">
+        <v>1840</v>
+      </c>
+      <c r="AH250" s="2" t="n">
+        <v>2905</v>
+      </c>
+      <c r="AI250" s="2" t="n">
+        <v>1145</v>
+      </c>
+      <c r="AJ250" s="2" t="n">
+        <v>1120</v>
+      </c>
+      <c r="AK250" s="2" t="n"/>
+      <c r="AR250" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="AS250" s="2" t="n"/>
+      <c r="AT250" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AW250" s="2" t="n"/>
+      <c r="AX250" t="inlineStr"/>
+      <c r="AY250" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ250" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC250" s="3" t="n"/>
+    </row>
+    <row r="251" ht="40" customHeight="1">
+      <c r="A251" s="1" t="n">
+        <v>219</v>
+      </c>
+      <c r="B251" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C251" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D251" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E251" t="inlineStr">
+        <is>
+          <t>YLPB 0345</t>
+        </is>
+      </c>
+      <c r="F251" t="inlineStr">
+        <is>
+          <t>YORK YLPB</t>
+        </is>
+      </c>
+      <c r="G251" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H251" s="1" t="n"/>
+      <c r="I251" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K251" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P251" s="2" t="n"/>
+      <c r="Q251" s="2" t="n">
+        <v>343</v>
+      </c>
+      <c r="R251" s="2" t="n"/>
+      <c r="S251" s="2" t="n"/>
+      <c r="T251" s="2" t="n"/>
+      <c r="U251" s="2" t="n"/>
+      <c r="V251" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="W251" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X251" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y251" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z251" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA251" s="2" t="n"/>
+      <c r="AB251" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD251" s="2" t="n"/>
+      <c r="AE251" s="1" t="n"/>
+      <c r="AF251" s="1" t="n"/>
+      <c r="AG251" s="2" t="n">
+        <v>4721</v>
+      </c>
+      <c r="AH251" s="2" t="n">
+        <v>2242</v>
+      </c>
+      <c r="AI251" s="2" t="n">
+        <v>2391</v>
+      </c>
+      <c r="AJ251" s="2" t="n">
+        <v>3793</v>
+      </c>
+      <c r="AK251" s="2" t="n"/>
+      <c r="AR251" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="AS251" s="2" t="n"/>
+      <c r="AT251" s="2" t="n"/>
+      <c r="AW251" s="2" t="n"/>
+      <c r="AX251" t="inlineStr"/>
+      <c r="AY251" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ251" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC251" s="3" t="n"/>
+    </row>
+    <row r="252" ht="40" customHeight="1">
+      <c r="A252" s="1" t="n">
+        <v>220</v>
+      </c>
+      <c r="B252" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C252" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D252" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E252" t="inlineStr">
+        <is>
+          <t>YLPB 0430</t>
+        </is>
+      </c>
+      <c r="F252" t="inlineStr">
+        <is>
+          <t>YORK YLPB</t>
+        </is>
+      </c>
+      <c r="G252" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H252" s="1" t="n"/>
+      <c r="I252" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K252" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P252" s="2" t="n"/>
+      <c r="Q252" s="2" t="n">
+        <v>427</v>
+      </c>
+      <c r="R252" s="2" t="n"/>
+      <c r="S252" s="2" t="n"/>
+      <c r="T252" s="2" t="n"/>
+      <c r="U252" s="2" t="n"/>
+      <c r="V252" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="W252" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X252" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y252" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z252" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA252" s="2" t="n"/>
+      <c r="AB252" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD252" s="2" t="n"/>
+      <c r="AE252" s="1" t="n"/>
+      <c r="AF252" s="1" t="n"/>
+      <c r="AG252" s="2" t="n">
+        <v>4721</v>
+      </c>
+      <c r="AH252" s="2" t="n">
+        <v>2242</v>
+      </c>
+      <c r="AI252" s="2" t="n">
+        <v>2391</v>
+      </c>
+      <c r="AJ252" s="2" t="n">
+        <v>4043</v>
+      </c>
+      <c r="AK252" s="2" t="n"/>
+      <c r="AR252" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="AS252" s="2" t="n"/>
+      <c r="AT252" s="2" t="n"/>
+      <c r="AW252" s="2" t="n"/>
+      <c r="AX252" t="inlineStr"/>
+      <c r="AY252" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ252" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC252" s="3" t="n"/>
+    </row>
+    <row r="253" ht="40" customHeight="1">
+      <c r="A253" s="1" t="n">
+        <v>221</v>
+      </c>
+      <c r="B253" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C253" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D253" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E253" t="inlineStr">
+        <is>
+          <t>YLPB 0525</t>
+        </is>
+      </c>
+      <c r="F253" t="inlineStr">
+        <is>
+          <t>YORK YLPB</t>
+        </is>
+      </c>
+      <c r="G253" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H253" s="1" t="n"/>
+      <c r="I253" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K253" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O253" t="inlineStr">
+        <is>
+          <t>Nahwärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P253" s="2" t="n"/>
+      <c r="Q253" s="2" t="n">
+        <v>514</v>
+      </c>
+      <c r="R253" s="2" t="n"/>
+      <c r="S253" s="2" t="n"/>
+      <c r="T253" s="2" t="n"/>
+      <c r="U253" s="2" t="n"/>
+      <c r="V253" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="W253" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X253" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y253" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z253" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA253" s="2" t="n"/>
+      <c r="AB253" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC253" t="inlineStr"/>
+      <c r="AD253" s="2" t="n"/>
+      <c r="AE253" s="1" t="n"/>
+      <c r="AF253" s="1" t="n"/>
+      <c r="AG253" s="2" t="n">
+        <v>4721</v>
+      </c>
+      <c r="AH253" s="2" t="n">
+        <v>2242</v>
+      </c>
+      <c r="AI253" s="2" t="n">
+        <v>2391</v>
+      </c>
+      <c r="AJ253" s="2" t="n">
+        <v>4210</v>
+      </c>
+      <c r="AK253" s="2" t="n"/>
+      <c r="AR253" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS253" s="2" t="n"/>
+      <c r="AT253" s="2" t="n"/>
+      <c r="AW253" s="2" t="n"/>
+      <c r="AY253" s="3" t="n">
+        <v>45665</v>
+      </c>
+      <c r="AZ253" t="b">
+        <v>0</v>
+      </c>
+      <c r="BC253" s="3" t="n"/>
+    </row>
+    <row r="254" ht="40" customHeight="1">
+      <c r="A254" s="1" t="n">
+        <v>222</v>
+      </c>
+      <c r="B254" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C254" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D254" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E254" t="inlineStr">
+        <is>
+          <t>YLPB 0575</t>
+        </is>
+      </c>
+      <c r="F254" t="inlineStr">
+        <is>
+          <t>YORK YLPB</t>
+        </is>
+      </c>
+      <c r="G254" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H254" s="1" t="n"/>
+      <c r="I254" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K254" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P254" s="2" t="n"/>
+      <c r="Q254" s="2" t="n">
+        <v>574</v>
+      </c>
+      <c r="R254" s="2" t="n"/>
+      <c r="S254" s="2" t="n"/>
+      <c r="T254" s="2" t="n"/>
+      <c r="U254" s="2" t="n"/>
+      <c r="V254" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="W254" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X254" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y254" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z254" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA254" s="2" t="n"/>
+      <c r="AB254" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD254" s="2" t="n"/>
+      <c r="AE254" s="1" t="n"/>
+      <c r="AF254" s="1" t="n"/>
+      <c r="AG254" s="2" t="n">
+        <v>5839</v>
+      </c>
+      <c r="AH254" s="2" t="n">
+        <v>2242</v>
+      </c>
+      <c r="AI254" s="2" t="n">
+        <v>2391</v>
+      </c>
+      <c r="AJ254" s="2" t="n">
+        <v>4747</v>
+      </c>
+      <c r="AK254" s="2" t="n"/>
+      <c r="AR254" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS254" s="2" t="n"/>
+      <c r="AT254" s="2" t="n"/>
+      <c r="AW254" s="2" t="n"/>
+      <c r="AX254" t="inlineStr"/>
+      <c r="AY254" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ254" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC254" s="3" t="n"/>
+    </row>
+    <row r="255" ht="40" customHeight="1">
+      <c r="A255" s="1" t="n">
+        <v>223</v>
+      </c>
+      <c r="B255" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C255" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D255" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E255" t="inlineStr">
+        <is>
+          <t>YLPB 0650</t>
+        </is>
+      </c>
+      <c r="F255" t="inlineStr">
+        <is>
+          <t>YORK YLPB</t>
+        </is>
+      </c>
+      <c r="G255" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H255" s="1" t="n"/>
+      <c r="I255" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K255" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P255" s="2" t="n"/>
+      <c r="Q255" s="2" t="n">
+        <v>652</v>
+      </c>
+      <c r="R255" s="2" t="n"/>
+      <c r="S255" s="2" t="n"/>
+      <c r="T255" s="2" t="n"/>
+      <c r="U255" s="2" t="n"/>
+      <c r="V255" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="W255" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X255" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y255" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z255" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AA255" s="2" t="n"/>
+      <c r="AB255" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD255" s="2" t="n"/>
+      <c r="AE255" s="1" t="n"/>
+      <c r="AF255" s="1" t="n"/>
+      <c r="AG255" s="2" t="n">
+        <v>6958</v>
+      </c>
+      <c r="AH255" s="2" t="n">
+        <v>2242</v>
+      </c>
+      <c r="AI255" s="2" t="n">
+        <v>2391</v>
+      </c>
+      <c r="AJ255" s="2" t="n">
+        <v>5495</v>
+      </c>
+      <c r="AK255" s="2" t="n"/>
+      <c r="AR255" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS255" s="2" t="n"/>
+      <c r="AT255" s="2" t="n"/>
+      <c r="AW255" s="2" t="n"/>
+      <c r="AX255" t="inlineStr"/>
+      <c r="AY255" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ255" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC255" s="3" t="n"/>
+    </row>
+    <row r="256" ht="40" customHeight="1">
+      <c r="A256" s="1" t="n">
+        <v>240</v>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C256" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D256" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E256" t="inlineStr">
+        <is>
+          <t>YVWH HP 270</t>
+        </is>
+      </c>
+      <c r="F256" t="inlineStr">
+        <is>
+          <t>YORK YVWH HP</t>
+        </is>
+      </c>
+      <c r="G256" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H256" s="1" t="n"/>
+      <c r="I256" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K256" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L256" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P256" s="2" t="n"/>
+      <c r="Q256" s="2" t="n">
+        <v>900</v>
+      </c>
+      <c r="R256" s="2" t="n"/>
+      <c r="S256" s="2" t="n"/>
+      <c r="T256" s="2" t="n"/>
+      <c r="U256" s="2" t="n"/>
+      <c r="V256" s="2" t="n"/>
+      <c r="W256" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X256" s="2" t="n"/>
+      <c r="Y256" s="2" t="n"/>
+      <c r="Z256" s="2" t="n"/>
+      <c r="AA256" s="2" t="n"/>
+      <c r="AB256" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC256" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD256" s="2" t="n"/>
+      <c r="AE256" s="1" t="n"/>
+      <c r="AF256" s="1" t="n"/>
+      <c r="AG256" s="2" t="n">
+        <v>4169</v>
+      </c>
+      <c r="AH256" s="2" t="n">
+        <v>2005</v>
+      </c>
+      <c r="AI256" s="2" t="n">
+        <v>2110</v>
+      </c>
+      <c r="AJ256" s="2" t="n">
+        <v>6908</v>
+      </c>
+      <c r="AK256" s="2" t="n"/>
+      <c r="AR256" s="2" t="n"/>
+      <c r="AS256" s="2" t="n"/>
+      <c r="AT256" s="2" t="n"/>
+      <c r="AW256" s="2" t="n"/>
+      <c r="AX256" t="inlineStr"/>
+      <c r="AY256" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ256" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC256" s="3" t="n"/>
+    </row>
+    <row r="257" ht="40" customHeight="1">
+      <c r="A257" s="1" t="n">
+        <v>241</v>
+      </c>
+      <c r="B257" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C257" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D257" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E257" t="inlineStr">
+        <is>
+          <t>YVWH HP 370</t>
+        </is>
+      </c>
+      <c r="F257" t="inlineStr">
+        <is>
+          <t>YORK YVWH HP</t>
+        </is>
+      </c>
+      <c r="G257" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H257" s="1" t="n"/>
+      <c r="I257" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K257" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L257" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P257" s="2" t="n"/>
+      <c r="Q257" s="2" t="n">
+        <v>1245</v>
+      </c>
+      <c r="R257" s="2" t="n"/>
+      <c r="S257" s="2" t="n"/>
+      <c r="T257" s="2" t="n"/>
+      <c r="U257" s="2" t="n"/>
+      <c r="V257" s="2" t="n"/>
+      <c r="W257" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X257" s="2" t="n"/>
+      <c r="Y257" s="2" t="n"/>
+      <c r="Z257" s="2" t="n"/>
+      <c r="AA257" s="2" t="n"/>
+      <c r="AB257" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC257" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD257" s="2" t="n"/>
+      <c r="AE257" s="1" t="n"/>
+      <c r="AF257" s="1" t="n"/>
+      <c r="AG257" s="2" t="n">
+        <v>4235</v>
+      </c>
+      <c r="AH257" s="2" t="n">
+        <v>2140</v>
+      </c>
+      <c r="AI257" s="2" t="n">
+        <v>2456</v>
+      </c>
+      <c r="AJ257" s="2" t="n">
+        <v>9391</v>
+      </c>
+      <c r="AK257" s="2" t="n"/>
+      <c r="AR257" s="2" t="n"/>
+      <c r="AS257" s="2" t="n"/>
+      <c r="AT257" s="2" t="n"/>
+      <c r="AW257" s="2" t="n"/>
+      <c r="AX257" t="inlineStr"/>
+      <c r="AY257" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ257" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC257" s="3" t="n"/>
+    </row>
+    <row r="258" ht="40" customHeight="1">
+      <c r="A258" s="1" t="n">
+        <v>242</v>
+      </c>
+      <c r="B258" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C258" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D258" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E258" t="inlineStr">
+        <is>
+          <t>YVWH HP 450</t>
+        </is>
+      </c>
+      <c r="F258" t="inlineStr">
+        <is>
+          <t>YORK YVWH HP</t>
+        </is>
+      </c>
+      <c r="G258" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H258" s="1" t="n"/>
+      <c r="I258" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K258" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L258" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P258" s="2" t="n"/>
+      <c r="Q258" s="2" t="n">
+        <v>1440</v>
+      </c>
+      <c r="R258" s="2" t="n"/>
+      <c r="S258" s="2" t="n"/>
+      <c r="T258" s="2" t="n"/>
+      <c r="U258" s="2" t="n"/>
+      <c r="V258" s="2" t="n"/>
+      <c r="W258" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X258" s="2" t="n"/>
+      <c r="Y258" s="2" t="n"/>
+      <c r="Z258" s="2" t="n"/>
+      <c r="AA258" s="2" t="n"/>
+      <c r="AB258" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC258" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD258" s="2" t="n"/>
+      <c r="AE258" s="1" t="n"/>
+      <c r="AF258" s="1" t="n"/>
+      <c r="AG258" s="2" t="n">
+        <v>4235</v>
+      </c>
+      <c r="AH258" s="2" t="n">
+        <v>2160</v>
+      </c>
+      <c r="AI258" s="2" t="n">
+        <v>2482</v>
+      </c>
+      <c r="AJ258" s="2" t="n">
+        <v>10286</v>
+      </c>
+      <c r="AK258" s="2" t="n"/>
+      <c r="AR258" s="2" t="n"/>
+      <c r="AS258" s="2" t="n"/>
+      <c r="AT258" s="2" t="n"/>
+      <c r="AW258" s="2" t="n"/>
+      <c r="AX258" t="inlineStr"/>
+      <c r="AY258" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ258" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC258" s="3" t="n"/>
+    </row>
+    <row r="259" ht="40" customHeight="1">
+      <c r="A259" s="1" t="n">
+        <v>243</v>
+      </c>
+      <c r="B259" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C259" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D259" t="inlineStr">
+        <is>
+          <t>Johnson Controls</t>
+        </is>
+      </c>
+      <c r="E259" t="inlineStr">
+        <is>
+          <t>YVWH HP 550</t>
+        </is>
+      </c>
+      <c r="F259" t="inlineStr">
+        <is>
+          <t>YORK YVWH HP</t>
+        </is>
+      </c>
+      <c r="G259" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H259" s="1" t="n"/>
+      <c r="I259" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K259" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L259" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P259" s="2" t="n"/>
+      <c r="Q259" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="R259" s="2" t="n"/>
+      <c r="S259" s="2" t="n"/>
+      <c r="T259" s="2" t="n"/>
+      <c r="U259" s="2" t="n"/>
+      <c r="V259" s="2" t="n"/>
+      <c r="W259" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X259" s="2" t="n"/>
+      <c r="Y259" s="2" t="n"/>
+      <c r="Z259" s="2" t="n"/>
+      <c r="AA259" s="2" t="n"/>
+      <c r="AB259" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC259" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD259" s="2" t="n"/>
+      <c r="AE259" s="1" t="n"/>
+      <c r="AF259" s="1" t="n"/>
+      <c r="AG259" s="2" t="n">
+        <v>4543</v>
+      </c>
+      <c r="AH259" s="2" t="n">
+        <v>2240</v>
+      </c>
+      <c r="AI259" s="2" t="n">
+        <v>2541</v>
+      </c>
+      <c r="AJ259" s="2" t="n">
+        <v>12399</v>
+      </c>
+      <c r="AK259" s="2" t="n"/>
+      <c r="AR259" s="2" t="n"/>
+      <c r="AS259" s="2" t="n"/>
+      <c r="AT259" s="2" t="n"/>
+      <c r="AW259" s="2" t="n"/>
+      <c r="AX259" t="inlineStr"/>
+      <c r="AY259" s="3" t="n">
+        <v>45681</v>
+      </c>
+      <c r="AZ259" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC259" s="3" t="n"/>
+    </row>
+    <row r="260" ht="40" customHeight="1">
+      <c r="A260" s="1" t="n">
+        <v>293</v>
+      </c>
+      <c r="B260" t="inlineStr">
+        <is>
+          <t>Unbekannt</t>
+        </is>
+      </c>
+      <c r="C260" t="inlineStr">
+        <is>
+          <t>Luft (Air), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D260" t="inlineStr">
+        <is>
+          <t>KKT Chillers</t>
+        </is>
+      </c>
+      <c r="E260" t="inlineStr">
+        <is>
+          <t>MAGMA</t>
+        </is>
+      </c>
+      <c r="F260" t="inlineStr">
+        <is>
+          <t>THERMODYNAMIXX</t>
+        </is>
+      </c>
+      <c r="G260" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H260" s="1" t="n"/>
+      <c r="I260" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K260" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P260" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="Q260" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="R260" s="2" t="n"/>
+      <c r="S260" s="2" t="n"/>
+      <c r="T260" s="2" t="n"/>
+      <c r="U260" s="2" t="n"/>
+      <c r="V260" s="2" t="n"/>
+      <c r="W260" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X260" s="2" t="n"/>
+      <c r="Y260" s="2" t="n"/>
+      <c r="Z260" s="2" t="n"/>
+      <c r="AA260" s="2" t="n"/>
+      <c r="AB260" t="inlineStr">
+        <is>
+          <t>Unbekannt</t>
+        </is>
+      </c>
+      <c r="AD260" s="2" t="n"/>
+      <c r="AE260" s="1" t="n"/>
+      <c r="AF260" s="1" t="n"/>
+      <c r="AG260" s="2" t="n"/>
+      <c r="AH260" s="2" t="n"/>
+      <c r="AI260" s="2" t="n"/>
+      <c r="AJ260" s="2" t="n"/>
+      <c r="AK260" s="2" t="n"/>
+      <c r="AR260" s="2" t="n"/>
+      <c r="AS260" s="2" t="n"/>
+      <c r="AT260" s="2" t="n"/>
+      <c r="AW260" s="2" t="n"/>
+      <c r="AX260" t="inlineStr"/>
+      <c r="AY260" s="3" t="n">
+        <v>45673</v>
+      </c>
+      <c r="AZ260" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA260" t="inlineStr">
+        <is>
+          <t>https://www.kkt-chillerscn.com/en/products/thermodynamixx/magma.html</t>
+        </is>
+      </c>
+      <c r="BC260" s="3" t="n"/>
+    </row>
+    <row r="261" ht="40" customHeight="1">
+      <c r="A261" s="1" t="n">
+        <v>296</v>
+      </c>
+      <c r="B261" t="inlineStr">
+        <is>
+          <t>R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C261" t="inlineStr">
+        <is>
+          <t>Dampf (Steam)</t>
+        </is>
+      </c>
+      <c r="D261" t="inlineStr">
+        <is>
+          <t>Kobelco</t>
+        </is>
+      </c>
+      <c r="E261" t="inlineStr">
+        <is>
+          <t>MSRC160L</t>
+        </is>
+      </c>
+      <c r="F261" t="inlineStr">
+        <is>
+          <t>MSRC</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H261" s="1" t="n"/>
+      <c r="I261" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K261" t="inlineStr">
+        <is>
+          <t>MVR</t>
+        </is>
+      </c>
+      <c r="O261" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P261" s="2" t="n"/>
+      <c r="Q261" s="2" t="n">
+        <v>800</v>
+      </c>
+      <c r="R261" s="2" t="n"/>
+      <c r="S261" s="2" t="n"/>
+      <c r="T261" s="2" t="n"/>
+      <c r="U261" s="2" t="n"/>
+      <c r="V261" s="2" t="n">
+        <v>145</v>
+      </c>
+      <c r="W261" s="2" t="n">
+        <v>175</v>
+      </c>
+      <c r="X261" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="Y261" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="Z261" s="2" t="n"/>
+      <c r="AA261" s="2" t="n"/>
+      <c r="AB261" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC261" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD261" s="2" t="n"/>
+      <c r="AE261" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF261" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="AG261" s="2" t="n"/>
+      <c r="AH261" s="2" t="n"/>
+      <c r="AI261" s="2" t="n"/>
+      <c r="AJ261" s="2" t="n">
+        <v>2700</v>
+      </c>
+      <c r="AK261" s="2" t="n"/>
+      <c r="AO261" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR261" s="2" t="n"/>
+      <c r="AS261" s="2" t="n"/>
+      <c r="AT261" s="2" t="n"/>
+      <c r="AV261" t="inlineStr">
+        <is>
+          <t>3,5</t>
+        </is>
+      </c>
+      <c r="AW261" s="2" t="n"/>
+      <c r="AX261" t="inlineStr"/>
+      <c r="AY261" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ261" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA261" t="inlineStr">
+        <is>
+          <t>https://heatpumpingtechnologies.org/annex58/wp-content/uploads/sites/70/2022/07/technologykobelcomsrc160l-1.pdf</t>
+        </is>
+      </c>
+      <c r="BC261" s="3" t="n"/>
+    </row>
+    <row r="262" ht="40" customHeight="1">
+      <c r="A262" s="1" t="n">
+        <v>294</v>
+      </c>
+      <c r="B262" t="inlineStr">
+        <is>
+          <t>R245fa</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D262" t="inlineStr">
+        <is>
+          <t>Kobelco</t>
+        </is>
+      </c>
+      <c r="E262" t="inlineStr">
+        <is>
+          <t>SGH 120</t>
+        </is>
+      </c>
+      <c r="F262" t="inlineStr">
+        <is>
+          <t>Steam Grow Heat Pump</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H262" s="1" t="n"/>
+      <c r="I262" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K262" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="M262" t="inlineStr">
+        <is>
+          <t>1- 5 Geräte</t>
+        </is>
+      </c>
+      <c r="N262" t="inlineStr">
+        <is>
+          <t>Flashtank für Prozessdampf</t>
+        </is>
+      </c>
+      <c r="O262" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P262" s="2" t="n">
+        <v>370</v>
+      </c>
+      <c r="Q262" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="R262" s="2" t="n"/>
+      <c r="S262" s="2" t="n"/>
+      <c r="T262" s="2" t="n"/>
+      <c r="U262" s="2" t="n"/>
+      <c r="V262" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="W262" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X262" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Y262" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="Z262" s="2" t="n"/>
+      <c r="AA262" s="2" t="n"/>
+      <c r="AB262" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC262" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD262" s="2" t="n"/>
+      <c r="AE262" s="1" t="n"/>
+      <c r="AF262" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="AG262" s="2" t="n"/>
+      <c r="AH262" s="2" t="n"/>
+      <c r="AI262" s="2" t="n"/>
+      <c r="AJ262" s="2" t="n">
+        <v>4250</v>
+      </c>
+      <c r="AK262" s="2" t="n"/>
+      <c r="AR262" s="2" t="n"/>
+      <c r="AS262" s="2" t="n"/>
+      <c r="AT262" s="2" t="n"/>
+      <c r="AV262" t="inlineStr">
+        <is>
+          <t>6,6 pro Einheit</t>
+        </is>
+      </c>
+      <c r="AW262" s="2" t="n"/>
+      <c r="AX262" t="inlineStr"/>
+      <c r="AY262" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ262" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA262" t="inlineStr">
+        <is>
+          <t>https://heatpumpingtechnologies.org/annex58/wp-content/uploads/sites/70/2022/07/technologykobelcosgh120-1.pdf</t>
+        </is>
+      </c>
+      <c r="BC262" s="3" t="n"/>
+    </row>
+    <row r="263" ht="40" customHeight="1">
+      <c r="A263" s="1" t="n">
+        <v>295</v>
+      </c>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>R134a, R245fa, R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D263" t="inlineStr">
+        <is>
+          <t>Kobelco</t>
+        </is>
+      </c>
+      <c r="E263" t="inlineStr">
+        <is>
+          <t>SGH 165</t>
+        </is>
+      </c>
+      <c r="F263" t="inlineStr">
+        <is>
+          <t>Steam Grow Heat Pump</t>
+        </is>
+      </c>
+      <c r="G263" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H263" s="1" t="n"/>
+      <c r="I263" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K263" t="inlineStr">
+        <is>
+          <t>MIX</t>
+        </is>
+      </c>
+      <c r="O263" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P263" s="2" t="n"/>
+      <c r="Q263" s="2" t="n">
+        <v>624</v>
+      </c>
+      <c r="R263" s="2" t="n"/>
+      <c r="S263" s="2" t="n"/>
+      <c r="T263" s="2" t="n"/>
+      <c r="U263" s="2" t="n"/>
+      <c r="V263" s="2" t="n">
+        <v>135</v>
+      </c>
+      <c r="W263" s="2" t="n">
+        <v>175</v>
+      </c>
+      <c r="X263" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y263" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="Z263" s="2" t="n"/>
+      <c r="AA263" s="2" t="n"/>
+      <c r="AB263" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC263" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD263" s="2" t="n"/>
+      <c r="AE263" s="1" t="n"/>
+      <c r="AF263" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="AG263" s="2" t="n"/>
+      <c r="AH263" s="2" t="n"/>
+      <c r="AI263" s="2" t="n"/>
+      <c r="AJ263" s="2" t="n">
+        <v>7050</v>
+      </c>
+      <c r="AK263" s="2" t="n"/>
+      <c r="AR263" s="2" t="n"/>
+      <c r="AS263" s="2" t="n"/>
+      <c r="AT263" s="2" t="n"/>
+      <c r="AV263" t="inlineStr">
+        <is>
+          <t>13,8</t>
+        </is>
+      </c>
+      <c r="AW263" s="2" t="n"/>
+      <c r="AX263" t="inlineStr"/>
+      <c r="AY263" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ263" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA263" t="inlineStr">
+        <is>
+          <t>https://heatpumpingtechnologies.org/annex58/wp-content/uploads/sites/70/2022/07/technologykobelcosgh165.pdf</t>
+        </is>
+      </c>
+      <c r="BC263" s="3" t="n"/>
+    </row>
+    <row r="264" ht="40" customHeight="1">
+      <c r="A264" s="1" t="n">
+        <v>1239</v>
+      </c>
+      <c r="B264" t="inlineStr">
+        <is>
+          <t>R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C264" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D264" t="inlineStr">
+        <is>
+          <t>Lübbers Anlagen- und Umwelttechnik GmbH</t>
+        </is>
+      </c>
+      <c r="E264" t="inlineStr">
+        <is>
+          <t>HT-H2O-WP</t>
+        </is>
+      </c>
+      <c r="F264" t="inlineStr">
+        <is>
+          <t>P2H</t>
+        </is>
+      </c>
+      <c r="G264" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H264" s="1" t="n"/>
+      <c r="I264" s="1" t="n"/>
+      <c r="K264" t="inlineStr">
+        <is>
+          <t>BOT</t>
+        </is>
+      </c>
+      <c r="M264" t="inlineStr">
+        <is>
+          <t>Mehrstufig</t>
+        </is>
+      </c>
+      <c r="O264" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P264" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="Q264" s="2" t="n">
+        <v>50000</v>
+      </c>
+      <c r="R264" s="2" t="n"/>
+      <c r="S264" s="2" t="n"/>
+      <c r="T264" s="2" t="n"/>
+      <c r="U264" s="2" t="n"/>
+      <c r="V264" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="W264" s="2" t="n">
+        <v>250</v>
+      </c>
+      <c r="X264" s="2" t="n"/>
+      <c r="Y264" s="2" t="n"/>
+      <c r="Z264" s="2" t="n"/>
+      <c r="AA264" s="2" t="n"/>
+      <c r="AB264" t="inlineStr">
+        <is>
+          <t>'-</t>
+        </is>
+      </c>
+      <c r="AD264" s="2" t="n"/>
+      <c r="AE264" s="1" t="n"/>
+      <c r="AF264" s="1" t="n"/>
+      <c r="AG264" s="2" t="n"/>
+      <c r="AH264" s="2" t="n"/>
+      <c r="AI264" s="2" t="n"/>
+      <c r="AJ264" s="2" t="n"/>
+      <c r="AK264" s="2" t="n"/>
+      <c r="AR264" s="2" t="n"/>
+      <c r="AS264" s="2" t="n"/>
+      <c r="AT264" s="2" t="n"/>
+      <c r="AW264" s="2" t="n"/>
+      <c r="AX264" t="inlineStr">
+        <is>
+          <t>Kundenspezifischer Anlagenbau, integrierbar in bestehendes Prozessdampfsystem.</t>
+        </is>
+      </c>
+      <c r="AY264" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ264" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA264" t="inlineStr">
+        <is>
+          <t>https://industrie-waermepumpe.de/#Dampferzeugung</t>
+        </is>
+      </c>
+      <c r="BC264" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="265" ht="40" customHeight="1">
+      <c r="A265" s="1" t="n">
+        <v>1240</v>
+      </c>
+      <c r="B265" t="inlineStr">
+        <is>
+          <t>R744 (CO2)</t>
+        </is>
+      </c>
+      <c r="C265" t="inlineStr">
+        <is>
+          <t>Eiswasser (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D265" t="inlineStr">
+        <is>
+          <t>Lübbers Anlagen- und Umwelttechnik GmbH</t>
+        </is>
+      </c>
+      <c r="E265" t="inlineStr">
+        <is>
+          <t>WKK</t>
+        </is>
+      </c>
+      <c r="F265" t="inlineStr">
+        <is>
+          <t>WKK</t>
+        </is>
+      </c>
+      <c r="G265" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H265" s="1" t="n"/>
+      <c r="I265" s="1" t="n"/>
+      <c r="K265" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O265" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P265" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="Q265" s="2" t="n">
+        <v>20000</v>
+      </c>
+      <c r="R265" s="2" t="n"/>
+      <c r="S265" s="2" t="n"/>
+      <c r="T265" s="2" t="n"/>
+      <c r="U265" s="2" t="n"/>
+      <c r="V265" s="2" t="n"/>
+      <c r="W265" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="X265" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y265" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z265" s="2" t="n"/>
+      <c r="AA265" s="2" t="n"/>
+      <c r="AB265" t="inlineStr">
+        <is>
+          <t>'-</t>
+        </is>
+      </c>
+      <c r="AD265" s="2" t="n"/>
+      <c r="AE265" s="1" t="n"/>
+      <c r="AF265" s="1" t="n"/>
+      <c r="AG265" s="2" t="n"/>
+      <c r="AH265" s="2" t="n"/>
+      <c r="AI265" s="2" t="n"/>
+      <c r="AJ265" s="2" t="n"/>
+      <c r="AK265" s="2" t="n"/>
+      <c r="AR265" s="2" t="n"/>
+      <c r="AS265" s="2" t="n"/>
+      <c r="AT265" s="2" t="n"/>
+      <c r="AW265" s="2" t="n"/>
+      <c r="AX265" t="inlineStr">
+        <is>
+          <t>Kundenspezifischer Anlagenbau bei gleichzeitigem Wärme- und Kältebedarf.</t>
+        </is>
+      </c>
+      <c r="AY265" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ265" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA265" t="inlineStr">
+        <is>
+          <t>https://industrie-waermepumpe.de/#Waerme-Kaelte</t>
+        </is>
+      </c>
+      <c r="BC265" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="266" ht="40" customHeight="1">
+      <c r="A266" s="1" t="n">
+        <v>369</v>
+      </c>
+      <c r="B266" t="inlineStr">
+        <is>
+          <t>R744 (CO2)</t>
+        </is>
+      </c>
+      <c r="C266" t="inlineStr">
+        <is>
+          <t>Geothermie (Brine/Water), Gewässer (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D266" t="inlineStr">
+        <is>
+          <t>MAN Energy Solutions, Schweiz AG</t>
+        </is>
+      </c>
+      <c r="E266" t="inlineStr">
+        <is>
+          <t>HPU28</t>
+        </is>
+      </c>
+      <c r="F266" t="inlineStr">
+        <is>
+          <t>HPU</t>
+        </is>
+      </c>
+      <c r="G266" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H266" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="I266" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K266" t="inlineStr">
+        <is>
+          <t>BOT</t>
+        </is>
+      </c>
+      <c r="O266" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P266" s="2" t="n"/>
+      <c r="Q266" s="2" t="n">
+        <v>9670</v>
+      </c>
+      <c r="R266" s="2" t="n"/>
+      <c r="S266" s="2" t="n"/>
+      <c r="T266" s="2" t="n"/>
+      <c r="U266" s="2" t="n"/>
+      <c r="V266" s="2" t="n"/>
+      <c r="W266" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="X266" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y266" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Z266" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="AA266" s="2" t="n"/>
+      <c r="AB266" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD266" s="2" t="n"/>
+      <c r="AE266" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF266" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="AG266" s="2" t="n">
+        <v>12000</v>
+      </c>
+      <c r="AH266" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="AI266" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="AJ266" s="2" t="n"/>
+      <c r="AK266" s="2" t="n"/>
+      <c r="AM266" t="inlineStr">
+        <is>
+          <t>DN500</t>
+        </is>
+      </c>
+      <c r="AN266" t="inlineStr">
+        <is>
+          <t>DN500</t>
+        </is>
+      </c>
+      <c r="AO266" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP266" t="inlineStr">
+        <is>
+          <t>DN200</t>
+        </is>
+      </c>
+      <c r="AQ266" t="inlineStr">
+        <is>
+          <t>DN200</t>
+        </is>
+      </c>
+      <c r="AR266" s="2" t="n"/>
+      <c r="AS266" s="2" t="n"/>
+      <c r="AT266" s="2" t="n"/>
+      <c r="AW266" s="2" t="n"/>
+      <c r="AX266" t="inlineStr">
+        <is>
+          <t>Kundenspezifischer Anlagenbau</t>
+        </is>
+      </c>
+      <c r="AY266" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ266" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA266" t="inlineStr">
+        <is>
+          <t>https://www.man-es.com/docs/default-source/document-sync-archive/man-heat-pump-hpu-eng.pdf?sfvrsn=e83c2883_6</t>
+        </is>
+      </c>
+      <c r="BC266" s="3" t="n"/>
+    </row>
+    <row r="267" ht="40" customHeight="1">
+      <c r="A267" s="1" t="n">
+        <v>370</v>
+      </c>
+      <c r="B267" t="inlineStr">
+        <is>
+          <t>R744 (CO2)</t>
+        </is>
+      </c>
+      <c r="C267" t="inlineStr">
+        <is>
+          <t>Abwärme (Air), Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D267" t="inlineStr">
+        <is>
+          <t>MAN Energy Solutions, Schweiz AG</t>
+        </is>
+      </c>
+      <c r="E267" t="inlineStr">
+        <is>
+          <t>HPU33</t>
+        </is>
+      </c>
+      <c r="F267" t="inlineStr">
+        <is>
+          <t>HPU</t>
+        </is>
+      </c>
+      <c r="G267" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H267" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="I267" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K267" t="inlineStr">
+        <is>
+          <t>BOT</t>
+        </is>
+      </c>
+      <c r="O267" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P267" s="2" t="n"/>
+      <c r="Q267" s="2" t="n">
+        <v>25230</v>
+      </c>
+      <c r="R267" s="2" t="n"/>
+      <c r="S267" s="2" t="n"/>
+      <c r="T267" s="2" t="n"/>
+      <c r="U267" s="2" t="n"/>
+      <c r="V267" s="2" t="n"/>
+      <c r="W267" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="X267" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y267" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Z267" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="AA267" s="2" t="n"/>
+      <c r="AB267" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD267" s="2" t="n"/>
+      <c r="AE267" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF267" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="AG267" s="2" t="n">
+        <v>16000</v>
+      </c>
+      <c r="AH267" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="AI267" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="AJ267" s="2" t="n"/>
+      <c r="AK267" s="2" t="n"/>
+      <c r="AM267" t="inlineStr">
+        <is>
+          <t>DN900</t>
+        </is>
+      </c>
+      <c r="AN267" t="inlineStr">
+        <is>
+          <t>DN900</t>
+        </is>
+      </c>
+      <c r="AO267" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP267" t="inlineStr">
+        <is>
+          <t>DN300</t>
+        </is>
+      </c>
+      <c r="AQ267" t="inlineStr">
+        <is>
+          <t>DN300</t>
+        </is>
+      </c>
+      <c r="AR267" s="2" t="n"/>
+      <c r="AS267" s="2" t="n"/>
+      <c r="AT267" s="2" t="n"/>
+      <c r="AW267" s="2" t="n"/>
+      <c r="AX267" t="inlineStr">
+        <is>
+          <t>Kundenspezifischer Anlagenbau</t>
+        </is>
+      </c>
+      <c r="AY267" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ267" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA267" t="inlineStr">
+        <is>
+          <t>https://www.man-es.com/docs/default-source/document-sync-archive/man-heat-pump-hpu-eng.pdf?sfvrsn=e83c2883_6</t>
+        </is>
+      </c>
+      <c r="BC267" s="3" t="n"/>
+    </row>
+    <row r="268" ht="40" customHeight="1">
+      <c r="A268" s="1" t="n">
+        <v>371</v>
+      </c>
+      <c r="B268" t="inlineStr">
+        <is>
+          <t>R744 (CO2)</t>
+        </is>
+      </c>
+      <c r="C268" t="inlineStr">
+        <is>
+          <t>Abwärme (Air), Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D268" t="inlineStr">
+        <is>
+          <t>MAN Energy Solutions, Schweiz AG</t>
+        </is>
+      </c>
+      <c r="E268" t="inlineStr">
+        <is>
+          <t>HPU43</t>
+        </is>
+      </c>
+      <c r="F268" t="inlineStr">
+        <is>
+          <t>HPU</t>
+        </is>
+      </c>
+      <c r="G268" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H268" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="I268" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K268" t="inlineStr">
+        <is>
+          <t>BOT</t>
+        </is>
+      </c>
+      <c r="O268" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P268" s="2" t="n"/>
+      <c r="Q268" s="2" t="n">
+        <v>48400</v>
+      </c>
+      <c r="R268" s="2" t="n"/>
+      <c r="S268" s="2" t="n"/>
+      <c r="T268" s="2" t="n"/>
+      <c r="U268" s="2" t="n"/>
+      <c r="V268" s="2" t="n"/>
+      <c r="W268" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="X268" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y268" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Z268" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="AA268" s="2" t="n"/>
+      <c r="AB268" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD268" s="2" t="n"/>
+      <c r="AE268" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF268" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="AG268" s="2" t="n">
+        <v>19000</v>
+      </c>
+      <c r="AH268" s="2" t="n">
+        <v>10000</v>
+      </c>
+      <c r="AI268" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="AJ268" s="2" t="n"/>
+      <c r="AK268" s="2" t="n"/>
+      <c r="AM268" t="inlineStr">
+        <is>
+          <t>DN140</t>
+        </is>
+      </c>
+      <c r="AN268" t="inlineStr">
+        <is>
+          <t>DN140</t>
+        </is>
+      </c>
+      <c r="AO268" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP268" t="inlineStr">
+        <is>
+          <t>DN400</t>
+        </is>
+      </c>
+      <c r="AQ268" t="inlineStr">
+        <is>
+          <t>DN400</t>
+        </is>
+      </c>
+      <c r="AR268" s="2" t="n"/>
+      <c r="AS268" s="2" t="n"/>
+      <c r="AT268" s="2" t="n"/>
+      <c r="AW268" s="2" t="n"/>
+      <c r="AX268" t="inlineStr">
+        <is>
+          <t>Kundenspezifischer Anlagenbau</t>
+        </is>
+      </c>
+      <c r="AY268" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ268" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA268" t="inlineStr">
+        <is>
+          <t>https://www.man-es.com/docs/default-source/document-sync-archive/man-heat-pump-hpu-eng.pdf?sfvrsn=e83c2883_6</t>
+        </is>
+      </c>
+      <c r="BC268" s="3" t="n"/>
+    </row>
+    <row r="269" ht="40" customHeight="1">
+      <c r="A269" s="1" t="n">
+        <v>372</v>
+      </c>
+      <c r="B269" t="inlineStr">
+        <is>
+          <t>HFO, Natürlich</t>
+        </is>
+      </c>
+      <c r="C269" t="inlineStr">
+        <is>
+          <t>Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Geothermie (Brine/Water), Gewässer (Brine/Water), Luft (Air), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D269" t="inlineStr">
+        <is>
+          <t>MAN Energy Solutions, Schweiz AG</t>
+        </is>
+      </c>
+      <c r="E269" t="inlineStr">
+        <is>
+          <t>MAN HPS / HPL</t>
+        </is>
+      </c>
+      <c r="F269" t="inlineStr">
+        <is>
+          <t>Vapor compression cycle (VCC)</t>
+        </is>
+      </c>
+      <c r="G269" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H269" s="1" t="n"/>
+      <c r="I269" s="1" t="n"/>
+      <c r="K269" t="inlineStr">
+        <is>
+          <t>BOT</t>
+        </is>
+      </c>
+      <c r="O269" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P269" s="2" t="n">
+        <v>10000</v>
+      </c>
+      <c r="Q269" s="2" t="n">
+        <v>100000</v>
+      </c>
+      <c r="R269" s="2" t="n"/>
+      <c r="S269" s="2" t="n"/>
+      <c r="T269" s="2" t="n"/>
+      <c r="U269" s="2" t="n"/>
+      <c r="V269" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="W269" s="2" t="n">
+        <v>280</v>
+      </c>
+      <c r="X269" s="2" t="n"/>
+      <c r="Y269" s="2" t="n"/>
+      <c r="Z269" s="2" t="n"/>
+      <c r="AA269" s="2" t="n"/>
+      <c r="AB269" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD269" s="2" t="n"/>
+      <c r="AE269" s="1" t="n"/>
+      <c r="AF269" s="1" t="n"/>
+      <c r="AG269" s="2" t="n"/>
+      <c r="AH269" s="2" t="n"/>
+      <c r="AI269" s="2" t="n"/>
+      <c r="AJ269" s="2" t="n"/>
+      <c r="AK269" s="2" t="n"/>
+      <c r="AR269" s="2" t="n"/>
+      <c r="AS269" s="2" t="n"/>
+      <c r="AT269" s="2" t="n"/>
+      <c r="AW269" s="2" t="n"/>
+      <c r="AX269" t="inlineStr"/>
+      <c r="AY269" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ269" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA269" t="inlineStr">
+        <is>
+          <t>https://www.man-es.com/docs/default-source/document-sync/man-heat-pumps---vapor-compression-cycle-(vcc)-eng.pdf?sfvrsn=ef27de90_17</t>
+        </is>
+      </c>
+      <c r="BC269" s="3" t="n"/>
+    </row>
+    <row r="270" ht="40" customHeight="1">
+      <c r="A270" s="1" t="n">
+        <v>1376</v>
+      </c>
+      <c r="B270" t="inlineStr">
+        <is>
+          <t>R601 (Pentan)</t>
+        </is>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>Kältemittel (Refrigerant), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D270" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E270" t="inlineStr">
+        <is>
+          <t>FC-Package</t>
+        </is>
+      </c>
+      <c r="F270" t="inlineStr">
+        <is>
+          <t>Mycom</t>
+        </is>
+      </c>
+      <c r="G270" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H270" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="I270" s="1" t="n"/>
+      <c r="K270" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L270" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O270" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P270" s="2" t="n">
+        <v>300</v>
+      </c>
+      <c r="Q270" s="2" t="n">
+        <v>3500</v>
+      </c>
+      <c r="R270" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S270" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T270" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U270" s="2" t="n"/>
+      <c r="V270" s="2" t="n"/>
+      <c r="W270" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="X270" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="Y270" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="Z270" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AA270" s="2" t="n"/>
+      <c r="AB270" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD270" s="2" t="n"/>
+      <c r="AE270" s="1" t="n"/>
+      <c r="AF270" s="1" t="n"/>
+      <c r="AG270" s="2" t="n"/>
+      <c r="AH270" s="2" t="n"/>
+      <c r="AI270" s="2" t="n"/>
+      <c r="AJ270" s="2" t="n"/>
+      <c r="AK270" s="2" t="n"/>
+      <c r="AR270" s="2" t="n"/>
+      <c r="AS270" s="2" t="n"/>
+      <c r="AT270" s="2" t="n"/>
+      <c r="AW270" s="2" t="n"/>
+      <c r="AX270" t="inlineStr"/>
+      <c r="AY270" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ270" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC270" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="271" ht="40" customHeight="1">
+      <c r="A271" s="1" t="n">
+        <v>1372</v>
+      </c>
+      <c r="B271" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C271" t="inlineStr">
+        <is>
+          <t>Kältemittel (Refrigerant), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D271" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E271" t="inlineStr">
+        <is>
+          <t>HS-Package</t>
+        </is>
+      </c>
+      <c r="F271" t="inlineStr">
+        <is>
+          <t>Mycom</t>
+        </is>
+      </c>
+      <c r="G271" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H271" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I271" s="1" t="n"/>
+      <c r="K271" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L271" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O271" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P271" s="2" t="n">
+        <v>300</v>
+      </c>
+      <c r="Q271" s="2" t="n">
+        <v>1100</v>
+      </c>
+      <c r="R271" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S271" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T271" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U271" s="2" t="n"/>
+      <c r="V271" s="2" t="n"/>
+      <c r="W271" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="X271" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y271" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="Z271" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA271" s="2" t="n"/>
+      <c r="AB271" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC271" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="AD271" s="2" t="n"/>
+      <c r="AE271" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF271" s="1" t="n"/>
+      <c r="AG271" s="2" t="n">
+        <v>6300</v>
+      </c>
+      <c r="AH271" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI271" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ271" s="2" t="n"/>
+      <c r="AK271" s="2" t="n"/>
+      <c r="AO271" t="inlineStr">
+        <is>
+          <t>Inverter und Zylinderkopfabschaltung</t>
+        </is>
+      </c>
+      <c r="AR271" s="2" t="n"/>
+      <c r="AS271" s="2" t="n"/>
+      <c r="AT271" s="2" t="n"/>
+      <c r="AW271" s="2" t="n"/>
+      <c r="AX271" t="inlineStr"/>
+      <c r="AY271" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ271" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC271" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="272" ht="40" customHeight="1">
+      <c r="A272" s="1" t="n">
+        <v>1374</v>
+      </c>
+      <c r="B272" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C272" t="inlineStr">
+        <is>
+          <t>Kältemittel (Refrigerant), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D272" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E272" t="inlineStr">
+        <is>
+          <t>J-Package</t>
+        </is>
+      </c>
+      <c r="F272" t="inlineStr">
+        <is>
+          <t>Mycom</t>
+        </is>
+      </c>
+      <c r="G272" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H272" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I272" s="1" t="n"/>
+      <c r="K272" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L272" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O272" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P272" s="2" t="n">
+        <v>300</v>
+      </c>
+      <c r="Q272" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="R272" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S272" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T272" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U272" s="2" t="n"/>
+      <c r="V272" s="2" t="n"/>
+      <c r="W272" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X272" s="2" t="n"/>
+      <c r="Y272" s="2" t="n"/>
+      <c r="Z272" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="AA272" s="2" t="n"/>
+      <c r="AB272" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter oder Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD272" s="2" t="n"/>
+      <c r="AE272" s="1" t="n"/>
+      <c r="AF272" s="1" t="n"/>
+      <c r="AG272" s="2" t="n"/>
+      <c r="AH272" s="2" t="n"/>
+      <c r="AI272" s="2" t="n"/>
+      <c r="AJ272" s="2" t="n"/>
+      <c r="AK272" s="2" t="n"/>
+      <c r="AR272" s="2" t="n"/>
+      <c r="AS272" s="2" t="n"/>
+      <c r="AT272" s="2" t="n"/>
+      <c r="AW272" s="2" t="n"/>
+      <c r="AX272" t="inlineStr"/>
+      <c r="AY272" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ272" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC272" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="273" ht="40" customHeight="1">
+      <c r="A273" s="1" t="n">
+        <v>1373</v>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>Kältemittel (Refrigerant), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D273" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E273" t="inlineStr">
+        <is>
+          <t>M+HS-Package</t>
+        </is>
+      </c>
+      <c r="F273" t="inlineStr">
+        <is>
+          <t>Mycom</t>
+        </is>
+      </c>
+      <c r="G273" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H273" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I273" s="1" t="n"/>
+      <c r="K273" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L273" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O273" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P273" s="2" t="n">
+        <v>500</v>
+      </c>
+      <c r="Q273" s="2" t="n">
+        <v>3500</v>
+      </c>
+      <c r="R273" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S273" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T273" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U273" s="2" t="n"/>
+      <c r="V273" s="2" t="n"/>
+      <c r="W273" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="X273" s="2" t="n">
+        <v>-5</v>
+      </c>
+      <c r="Y273" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z273" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="AA273" s="2" t="n"/>
+      <c r="AB273" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC273" t="inlineStr">
+        <is>
+          <t>2-4</t>
+        </is>
+      </c>
+      <c r="AD273" s="2" t="n"/>
+      <c r="AE273" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF273" s="1" t="n"/>
+      <c r="AG273" s="2" t="n">
+        <v>11000</v>
+      </c>
+      <c r="AH273" s="2" t="n">
+        <v>3249</v>
+      </c>
+      <c r="AI273" s="2" t="n">
+        <v>3623</v>
+      </c>
+      <c r="AJ273" s="2" t="n"/>
+      <c r="AK273" s="2" t="n"/>
+      <c r="AO273" t="inlineStr">
+        <is>
+          <t>Inverter und Zylinderkopfabschaltung</t>
+        </is>
+      </c>
+      <c r="AR273" s="2" t="n"/>
+      <c r="AS273" s="2" t="n"/>
+      <c r="AT273" s="2" t="n"/>
+      <c r="AW273" s="2" t="n"/>
+      <c r="AX273" t="inlineStr"/>
+      <c r="AY273" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ273" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC273" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="274" ht="40" customHeight="1">
+      <c r="A274" s="1" t="n">
+        <v>1371</v>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D274" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E274" t="inlineStr">
+        <is>
+          <t>NEZU</t>
+        </is>
+      </c>
+      <c r="F274" t="inlineStr">
+        <is>
+          <t>mHeat</t>
+        </is>
+      </c>
+      <c r="G274" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H274" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I274" s="1" t="n"/>
+      <c r="K274" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L274" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O274" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P274" s="2" t="n">
+        <v>300</v>
+      </c>
+      <c r="Q274" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="R274" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S274" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T274" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U274" s="2" t="n"/>
+      <c r="V274" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="W274" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X274" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y274" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="Z274" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA274" s="2" t="n"/>
+      <c r="AB274" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC274" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD274" s="2" t="n"/>
+      <c r="AE274" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF274" s="1" t="n"/>
+      <c r="AG274" s="2" t="n">
+        <v>5100</v>
+      </c>
+      <c r="AH274" s="2" t="n">
+        <v>1200</v>
+      </c>
+      <c r="AI274" s="2" t="n">
+        <v>2400</v>
+      </c>
+      <c r="AJ274" s="2" t="n">
+        <v>12000</v>
+      </c>
+      <c r="AK274" s="2" t="n"/>
+      <c r="AL274" t="inlineStr">
+        <is>
+          <t>Leergewicht</t>
+        </is>
+      </c>
+      <c r="AM274" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AN274" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AO274" t="inlineStr">
+        <is>
+          <t>Inverter und Zylinderkopfabschaltung</t>
+        </is>
+      </c>
+      <c r="AP274" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AQ274" t="inlineStr">
+        <is>
+          <t>DN100</t>
+        </is>
+      </c>
+      <c r="AR274" s="2" t="n"/>
+      <c r="AS274" s="2" t="n"/>
+      <c r="AT274" s="2" t="n"/>
+      <c r="AU274" t="inlineStr">
+        <is>
+          <t>Plug in / Indoor / Outdoor</t>
+        </is>
+      </c>
+      <c r="AW274" s="2" t="n"/>
+      <c r="AX274" t="inlineStr"/>
+      <c r="AY274" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ274" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC274" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="275" ht="40" customHeight="1">
+      <c r="A275" s="1" t="n">
+        <v>301</v>
+      </c>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C275" t="inlineStr">
+        <is>
+          <t>Abwärme aus Ammoniak-Kälteanlagen (Refrigerant), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D275" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E275" t="inlineStr">
+        <is>
+          <t>PH-R105</t>
+        </is>
+      </c>
+      <c r="F275" t="inlineStr">
+        <is>
+          <t>Plus+HEAT</t>
+        </is>
+      </c>
+      <c r="G275" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H275" s="1" t="n"/>
+      <c r="I275" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K275" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="N275" t="inlineStr">
+        <is>
+          <t>Ammoniak-Abwärmenutzung</t>
+        </is>
+      </c>
+      <c r="O275" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P275" s="2" t="n"/>
+      <c r="Q275" s="2" t="n">
+        <v>444</v>
+      </c>
+      <c r="R275" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S275" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T275" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U275" s="2" t="n"/>
+      <c r="V275" s="2" t="n"/>
+      <c r="W275" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X275" s="2" t="n"/>
+      <c r="Y275" s="2" t="n"/>
+      <c r="Z275" s="2" t="n"/>
+      <c r="AA275" s="2" t="n"/>
+      <c r="AB275" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter, Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD275" s="2" t="n"/>
+      <c r="AE275" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF275" s="1" t="n"/>
+      <c r="AG275" s="2" t="n">
+        <v>3795</v>
+      </c>
+      <c r="AH275" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI275" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AJ275" s="2" t="n">
+        <v>3600</v>
+      </c>
+      <c r="AK275" s="2" t="n"/>
+      <c r="AO275" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR275" s="2" t="n"/>
+      <c r="AS275" s="2" t="n"/>
+      <c r="AT275" s="2" t="n"/>
+      <c r="AW275" s="2" t="n"/>
+      <c r="AX275" t="inlineStr"/>
+      <c r="AY275" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ275" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA275" t="inlineStr">
+        <is>
+          <t>https://mayekawa.com.au/494/wp-content/uploads/2013/02/Plus-Heat-Water-Heat-Source-Heat-Pump.pdf</t>
+        </is>
+      </c>
+      <c r="BC275" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="276" ht="40" customHeight="1">
+      <c r="A276" s="1" t="n">
+        <v>302</v>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C276" t="inlineStr">
+        <is>
+          <t>Abwärme aus Ammoniak-Kälteanlagen (Refrigerant), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D276" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E276" t="inlineStr">
+        <is>
+          <t>PH-R125</t>
+        </is>
+      </c>
+      <c r="F276" t="inlineStr">
+        <is>
+          <t>Plus+HEAT</t>
+        </is>
+      </c>
+      <c r="G276" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H276" s="1" t="n"/>
+      <c r="I276" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K276" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="N276" t="inlineStr">
+        <is>
+          <t>Ammoniak-Abwärmenutzung</t>
+        </is>
+      </c>
+      <c r="O276" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P276" s="2" t="n"/>
+      <c r="Q276" s="2" t="n">
+        <v>487</v>
+      </c>
+      <c r="R276" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S276" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T276" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U276" s="2" t="n"/>
+      <c r="V276" s="2" t="n"/>
+      <c r="W276" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X276" s="2" t="n"/>
+      <c r="Y276" s="2" t="n"/>
+      <c r="Z276" s="2" t="n"/>
+      <c r="AA276" s="2" t="n"/>
+      <c r="AB276" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter, Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD276" s="2" t="n"/>
+      <c r="AE276" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF276" s="1" t="n"/>
+      <c r="AG276" s="2" t="n">
+        <v>3795</v>
+      </c>
+      <c r="AH276" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI276" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AJ276" s="2" t="n">
+        <v>3600</v>
+      </c>
+      <c r="AK276" s="2" t="n"/>
+      <c r="AO276" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR276" s="2" t="n"/>
+      <c r="AS276" s="2" t="n"/>
+      <c r="AT276" s="2" t="n"/>
+      <c r="AW276" s="2" t="n"/>
+      <c r="AX276" t="inlineStr"/>
+      <c r="AY276" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ276" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA276" t="inlineStr">
+        <is>
+          <t>https://mayekawa.com.au/494/wp-content/uploads/2013/02/Plus-Heat-Water-Heat-Source-Heat-Pump.pdf</t>
+        </is>
+      </c>
+      <c r="BC276" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="277" ht="40" customHeight="1">
+      <c r="A277" s="1" t="n">
+        <v>300</v>
+      </c>
+      <c r="B277" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C277" t="inlineStr">
+        <is>
+          <t>Abwärme aus Ammoniak-Kälteanlagen (Refrigerant), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D277" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E277" t="inlineStr">
+        <is>
+          <t>PH-R85</t>
+        </is>
+      </c>
+      <c r="F277" t="inlineStr">
+        <is>
+          <t>Plus+HEAT</t>
+        </is>
+      </c>
+      <c r="G277" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H277" s="1" t="n"/>
+      <c r="I277" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K277" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="N277" t="inlineStr">
+        <is>
+          <t>Ammoniak-Abwärmenutzung</t>
+        </is>
+      </c>
+      <c r="O277" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P277" s="2" t="n"/>
+      <c r="Q277" s="2" t="n">
+        <v>471</v>
+      </c>
+      <c r="R277" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S277" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T277" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U277" s="2" t="n"/>
+      <c r="V277" s="2" t="n"/>
+      <c r="W277" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X277" s="2" t="n"/>
+      <c r="Y277" s="2" t="n"/>
+      <c r="Z277" s="2" t="n"/>
+      <c r="AA277" s="2" t="n"/>
+      <c r="AB277" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter, Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD277" s="2" t="n"/>
+      <c r="AE277" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF277" s="1" t="n"/>
+      <c r="AG277" s="2" t="n">
+        <v>3795</v>
+      </c>
+      <c r="AH277" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI277" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AJ277" s="2" t="n">
+        <v>3600</v>
+      </c>
+      <c r="AK277" s="2" t="n"/>
+      <c r="AO277" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR277" s="2" t="n"/>
+      <c r="AS277" s="2" t="n"/>
+      <c r="AT277" s="2" t="n"/>
+      <c r="AW277" s="2" t="n"/>
+      <c r="AX277" t="inlineStr"/>
+      <c r="AY277" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ277" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA277" t="inlineStr">
+        <is>
+          <t>https://mayekawa.com.au/494/wp-content/uploads/2013/02/Plus-Heat-Water-Heat-Source-Heat-Pump.pdf</t>
+        </is>
+      </c>
+      <c r="BC277" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="278" ht="40" customHeight="1">
+      <c r="A278" s="1" t="n">
+        <v>298</v>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C278" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Geothermie (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D278" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E278" t="inlineStr">
+        <is>
+          <t>PH-W105</t>
+        </is>
+      </c>
+      <c r="F278" t="inlineStr">
+        <is>
+          <t>Plus+HEAT</t>
+        </is>
+      </c>
+      <c r="G278" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H278" s="1" t="n"/>
+      <c r="I278" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K278" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O278" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P278" s="2" t="n"/>
+      <c r="Q278" s="2" t="n">
+        <v>444</v>
+      </c>
+      <c r="R278" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S278" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T278" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U278" s="2" t="n"/>
+      <c r="V278" s="2" t="n"/>
+      <c r="W278" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X278" s="2" t="n"/>
+      <c r="Y278" s="2" t="n"/>
+      <c r="Z278" s="2" t="n"/>
+      <c r="AA278" s="2" t="n"/>
+      <c r="AB278" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter, Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD278" s="2" t="n"/>
+      <c r="AE278" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF278" s="1" t="n"/>
+      <c r="AG278" s="2" t="n">
+        <v>3795</v>
+      </c>
+      <c r="AH278" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI278" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AJ278" s="2" t="n">
+        <v>3600</v>
+      </c>
+      <c r="AK278" s="2" t="n"/>
+      <c r="AO278" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR278" s="2" t="n"/>
+      <c r="AS278" s="2" t="n"/>
+      <c r="AT278" s="2" t="n"/>
+      <c r="AW278" s="2" t="n"/>
+      <c r="AX278" t="inlineStr"/>
+      <c r="AY278" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ278" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA278" t="inlineStr">
+        <is>
+          <t>https://mayekawa.com.au/494/wp-content/uploads/2013/02/Plus-Heat-Water-Heat-Source-Heat-Pump.pdf</t>
+        </is>
+      </c>
+      <c r="BC278" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="279" ht="40" customHeight="1">
+      <c r="A279" s="1" t="n">
+        <v>299</v>
+      </c>
+      <c r="B279" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C279" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Geothermie (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D279" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E279" t="inlineStr">
+        <is>
+          <t>PH-W125</t>
+        </is>
+      </c>
+      <c r="F279" t="inlineStr">
+        <is>
+          <t>Plus+HEAT</t>
+        </is>
+      </c>
+      <c r="G279" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H279" s="1" t="n"/>
+      <c r="I279" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K279" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O279" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P279" s="2" t="n"/>
+      <c r="Q279" s="2" t="n">
+        <v>487</v>
+      </c>
+      <c r="R279" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S279" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T279" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U279" s="2" t="n"/>
+      <c r="V279" s="2" t="n"/>
+      <c r="W279" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X279" s="2" t="n"/>
+      <c r="Y279" s="2" t="n"/>
+      <c r="Z279" s="2" t="n"/>
+      <c r="AA279" s="2" t="n"/>
+      <c r="AB279" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter, Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD279" s="2" t="n"/>
+      <c r="AE279" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF279" s="1" t="n"/>
+      <c r="AG279" s="2" t="n">
+        <v>3795</v>
+      </c>
+      <c r="AH279" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI279" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AJ279" s="2" t="n">
+        <v>3600</v>
+      </c>
+      <c r="AK279" s="2" t="n"/>
+      <c r="AO279" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR279" s="2" t="n"/>
+      <c r="AS279" s="2" t="n"/>
+      <c r="AT279" s="2" t="n"/>
+      <c r="AW279" s="2" t="n"/>
+      <c r="AX279" t="inlineStr"/>
+      <c r="AY279" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ279" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA279" t="inlineStr">
+        <is>
+          <t>https://mayekawa.com.au/494/wp-content/uploads/2013/02/Plus-Heat-Water-Heat-Source-Heat-Pump.pdf</t>
+        </is>
+      </c>
+      <c r="BC279" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="280" ht="40" customHeight="1">
+      <c r="A280" s="1" t="n">
+        <v>297</v>
+      </c>
+      <c r="B280" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C280" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Geothermie (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D280" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E280" t="inlineStr">
+        <is>
+          <t>PH-W85</t>
+        </is>
+      </c>
+      <c r="F280" t="inlineStr">
+        <is>
+          <t>Plus+HEAT</t>
+        </is>
+      </c>
+      <c r="G280" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H280" s="1" t="n"/>
+      <c r="I280" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K280" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O280" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P280" s="2" t="n"/>
+      <c r="Q280" s="2" t="n">
+        <v>471</v>
+      </c>
+      <c r="R280" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S280" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T280" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U280" s="2" t="n"/>
+      <c r="V280" s="2" t="n"/>
+      <c r="W280" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X280" s="2" t="n"/>
+      <c r="Y280" s="2" t="n"/>
+      <c r="Z280" s="2" t="n"/>
+      <c r="AA280" s="2" t="n"/>
+      <c r="AB280" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter, Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD280" s="2" t="n"/>
+      <c r="AE280" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AF280" s="1" t="n"/>
+      <c r="AG280" s="2" t="n">
+        <v>3795</v>
+      </c>
+      <c r="AH280" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="AI280" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AJ280" s="2" t="n">
+        <v>3600</v>
+      </c>
+      <c r="AK280" s="2" t="n"/>
+      <c r="AO280" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR280" s="2" t="n"/>
+      <c r="AS280" s="2" t="n"/>
+      <c r="AT280" s="2" t="n"/>
+      <c r="AW280" s="2" t="n"/>
+      <c r="AX280" t="inlineStr"/>
+      <c r="AY280" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ280" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA280" t="inlineStr">
+        <is>
+          <t>https://mayekawa.com.au/494/wp-content/uploads/2013/02/Plus-Heat-Water-Heat-Source-Heat-Pump.pdf</t>
+        </is>
+      </c>
+      <c r="BC280" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="281" ht="40" customHeight="1">
+      <c r="A281" s="1" t="n">
+        <v>304</v>
+      </c>
+      <c r="B281" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C281" t="inlineStr">
+        <is>
+          <t>Abwärme aus Ammoniak-Kälteanlagen (Refrigerant)</t>
+        </is>
+      </c>
+      <c r="D281" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E281" t="inlineStr">
+        <is>
+          <t>PHX-R110</t>
+        </is>
+      </c>
+      <c r="F281" t="inlineStr">
+        <is>
+          <t>Plus+HEAT</t>
+        </is>
+      </c>
+      <c r="G281" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H281" s="1" t="n"/>
+      <c r="I281" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K281" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="N281" t="inlineStr">
+        <is>
+          <t>Ammoniak-Abwärmenutzung</t>
+        </is>
+      </c>
+      <c r="O281" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P281" s="2" t="n"/>
+      <c r="Q281" s="2" t="n">
+        <v>480</v>
+      </c>
+      <c r="R281" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S281" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T281" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U281" s="2" t="n"/>
+      <c r="V281" s="2" t="n"/>
+      <c r="W281" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X281" s="2" t="n"/>
+      <c r="Y281" s="2" t="n"/>
+      <c r="Z281" s="2" t="n"/>
+      <c r="AA281" s="2" t="n"/>
+      <c r="AB281" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD281" s="2" t="n"/>
+      <c r="AE281" s="1" t="n"/>
+      <c r="AF281" s="1" t="n"/>
+      <c r="AG281" s="2" t="n">
+        <v>3500</v>
+      </c>
+      <c r="AH281" s="2" t="n">
+        <v>1050</v>
+      </c>
+      <c r="AI281" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ281" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK281" s="2" t="n"/>
+      <c r="AR281" s="2" t="n"/>
+      <c r="AS281" s="2" t="n"/>
+      <c r="AT281" s="2" t="n"/>
+      <c r="AW281" s="2" t="n"/>
+      <c r="AX281" t="inlineStr"/>
+      <c r="AY281" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ281" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA281" t="inlineStr">
+        <is>
+          <t>http://www.mayekawa.eu/ru/media/brochure-downloads/download/20</t>
+        </is>
+      </c>
+      <c r="BC281" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="282" ht="40" customHeight="1">
+      <c r="A282" s="1" t="n">
+        <v>305</v>
+      </c>
+      <c r="B282" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C282" t="inlineStr">
+        <is>
+          <t>Abwärme aus Ammoniak-Kälteanlagen (Refrigerant)</t>
+        </is>
+      </c>
+      <c r="D282" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E282" t="inlineStr">
+        <is>
+          <t>PHX-R132</t>
+        </is>
+      </c>
+      <c r="F282" t="inlineStr">
+        <is>
+          <t>Plus+HEAT</t>
+        </is>
+      </c>
+      <c r="G282" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H282" s="1" t="n"/>
+      <c r="I282" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K282" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="N282" t="inlineStr">
+        <is>
+          <t>Ammoniak-Abwärmenutzung</t>
+        </is>
+      </c>
+      <c r="O282" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P282" s="2" t="n"/>
+      <c r="Q282" s="2" t="n">
+        <v>465</v>
+      </c>
+      <c r="R282" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S282" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T282" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U282" s="2" t="n"/>
+      <c r="V282" s="2" t="n"/>
+      <c r="W282" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X282" s="2" t="n"/>
+      <c r="Y282" s="2" t="n"/>
+      <c r="Z282" s="2" t="n"/>
+      <c r="AA282" s="2" t="n"/>
+      <c r="AB282" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD282" s="2" t="n"/>
+      <c r="AE282" s="1" t="n"/>
+      <c r="AF282" s="1" t="n"/>
+      <c r="AG282" s="2" t="n">
+        <v>3500</v>
+      </c>
+      <c r="AH282" s="2" t="n">
+        <v>1050</v>
+      </c>
+      <c r="AI282" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ282" s="2" t="n">
+        <v>3300</v>
+      </c>
+      <c r="AK282" s="2" t="n"/>
+      <c r="AR282" s="2" t="n"/>
+      <c r="AS282" s="2" t="n"/>
+      <c r="AT282" s="2" t="n"/>
+      <c r="AW282" s="2" t="n"/>
+      <c r="AX282" t="inlineStr"/>
+      <c r="AY282" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ282" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA282" t="inlineStr">
+        <is>
+          <t>http://www.mayekawa.eu/ru/media/brochure-downloads/download/20</t>
+        </is>
+      </c>
+      <c r="BC282" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="283" ht="40" customHeight="1">
+      <c r="A283" s="1" t="n">
+        <v>306</v>
+      </c>
+      <c r="B283" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C283" t="inlineStr">
+        <is>
+          <t>Abwärme aus Ammoniak-Kälteanlagen (Refrigerant)</t>
+        </is>
+      </c>
+      <c r="D283" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E283" t="inlineStr">
+        <is>
+          <t>PHX-R132H</t>
+        </is>
+      </c>
+      <c r="F283" t="inlineStr">
+        <is>
+          <t>Plus+HEAT</t>
+        </is>
+      </c>
+      <c r="G283" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H283" s="1" t="n"/>
+      <c r="I283" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K283" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="N283" t="inlineStr">
+        <is>
+          <t>Ammoniak-Abwärmenutzung</t>
+        </is>
+      </c>
+      <c r="O283" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P283" s="2" t="n"/>
+      <c r="Q283" s="2" t="n">
+        <v>523</v>
+      </c>
+      <c r="R283" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S283" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T283" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U283" s="2" t="n"/>
+      <c r="V283" s="2" t="n"/>
+      <c r="W283" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X283" s="2" t="n"/>
+      <c r="Y283" s="2" t="n"/>
+      <c r="Z283" s="2" t="n"/>
+      <c r="AA283" s="2" t="n"/>
+      <c r="AB283" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD283" s="2" t="n"/>
+      <c r="AE283" s="1" t="n"/>
+      <c r="AF283" s="1" t="n"/>
+      <c r="AG283" s="2" t="n"/>
+      <c r="AH283" s="2" t="n"/>
+      <c r="AI283" s="2" t="n"/>
+      <c r="AJ283" s="2" t="n"/>
+      <c r="AK283" s="2" t="n"/>
+      <c r="AR283" s="2" t="n"/>
+      <c r="AS283" s="2" t="n"/>
+      <c r="AT283" s="2" t="n"/>
+      <c r="AW283" s="2" t="n"/>
+      <c r="AX283" t="inlineStr"/>
+      <c r="AY283" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ283" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA283" t="inlineStr">
+        <is>
+          <t>http://www.mayekawa.eu/ru/media/brochure-downloads/download/20</t>
+        </is>
+      </c>
+      <c r="BC283" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="284" ht="40" customHeight="1">
+      <c r="A284" s="1" t="n">
+        <v>303</v>
+      </c>
+      <c r="B284" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C284" t="inlineStr">
+        <is>
+          <t>Abwärme aus Ammoniak-Kälteanlagen (Refrigerant)</t>
+        </is>
+      </c>
+      <c r="D284" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E284" t="inlineStr">
+        <is>
+          <t>PHX-R90</t>
+        </is>
+      </c>
+      <c r="F284" t="inlineStr">
+        <is>
+          <t>Plus+HEAT</t>
+        </is>
+      </c>
+      <c r="G284" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H284" s="1" t="n"/>
+      <c r="I284" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K284" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="N284" t="inlineStr">
+        <is>
+          <t>Ammoniak-Abwärmenutzung</t>
+        </is>
+      </c>
+      <c r="O284" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P284" s="2" t="n"/>
+      <c r="Q284" s="2" t="n">
+        <v>510</v>
+      </c>
+      <c r="R284" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S284" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T284" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U284" s="2" t="n"/>
+      <c r="V284" s="2" t="n"/>
+      <c r="W284" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X284" s="2" t="n"/>
+      <c r="Y284" s="2" t="n"/>
+      <c r="Z284" s="2" t="n"/>
+      <c r="AA284" s="2" t="n"/>
+      <c r="AB284" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD284" s="2" t="n"/>
+      <c r="AE284" s="1" t="n"/>
+      <c r="AF284" s="1" t="n"/>
+      <c r="AG284" s="2" t="n">
+        <v>3500</v>
+      </c>
+      <c r="AH284" s="2" t="n">
+        <v>1050</v>
+      </c>
+      <c r="AI284" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AJ284" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AK284" s="2" t="n"/>
+      <c r="AR284" s="2" t="n"/>
+      <c r="AS284" s="2" t="n"/>
+      <c r="AT284" s="2" t="n"/>
+      <c r="AW284" s="2" t="n"/>
+      <c r="AX284" t="inlineStr"/>
+      <c r="AY284" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ284" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA284" t="inlineStr">
+        <is>
+          <t>http://www.mayekawa.eu/ru/media/brochure-downloads/download/20</t>
+        </is>
+      </c>
+      <c r="BC284" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="285" ht="40" customHeight="1">
+      <c r="A285" s="1" t="n">
+        <v>1375</v>
+      </c>
+      <c r="B285" t="inlineStr">
+        <is>
+          <t>R600 (Butan), R600a (Isobutan)</t>
+        </is>
+      </c>
+      <c r="C285" t="inlineStr">
+        <is>
+          <t>Kältemittel (Refrigerant), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D285" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E285" t="inlineStr">
+        <is>
+          <t>SCV-Package</t>
+        </is>
+      </c>
+      <c r="F285" t="inlineStr">
+        <is>
+          <t>Mycom</t>
+        </is>
+      </c>
+      <c r="G285" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H285" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I285" s="1" t="n"/>
+      <c r="K285" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L285" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O285" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf, Gebäudewärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P285" s="2" t="n">
+        <v>300</v>
+      </c>
+      <c r="Q285" s="2" t="n">
+        <v>4500</v>
+      </c>
+      <c r="R285" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S285" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T285" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U285" s="2" t="n"/>
+      <c r="V285" s="2" t="n"/>
+      <c r="W285" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X285" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Y285" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="Z285" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AA285" s="2" t="n"/>
+      <c r="AB285" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD285" s="2" t="n"/>
+      <c r="AE285" s="1" t="n"/>
+      <c r="AF285" s="1" t="n"/>
+      <c r="AG285" s="2" t="n"/>
+      <c r="AH285" s="2" t="n"/>
+      <c r="AI285" s="2" t="n"/>
+      <c r="AJ285" s="2" t="n"/>
+      <c r="AK285" s="2" t="n"/>
+      <c r="AR285" s="2" t="n"/>
+      <c r="AS285" s="2" t="n"/>
+      <c r="AT285" s="2" t="n"/>
+      <c r="AW285" s="2" t="n"/>
+      <c r="AX285" t="inlineStr"/>
+      <c r="AY285" s="3" t="n">
+        <v>45814</v>
+      </c>
+      <c r="AZ285" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC285" s="3" t="n">
+        <v>45814</v>
+      </c>
+    </row>
+    <row r="286" ht="40" customHeight="1">
+      <c r="A286" s="1" t="n">
+        <v>307</v>
+      </c>
+      <c r="B286" t="inlineStr">
+        <is>
+          <t>R134a, R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C286" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Geothermie (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D286" t="inlineStr">
+        <is>
+          <t>Mayekawa</t>
+        </is>
+      </c>
+      <c r="E286" t="inlineStr">
+        <is>
+          <t>Separate heat pump for air conditioning</t>
+        </is>
+      </c>
+      <c r="F286" t="inlineStr">
+        <is>
+          <t>Separate heat pump for air conditioning</t>
+        </is>
+      </c>
+      <c r="G286" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H286" s="1" t="n"/>
+      <c r="I286" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K286" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O286" t="inlineStr">
+        <is>
+          <t>Luft</t>
+        </is>
+      </c>
+      <c r="P286" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="Q286" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="R286" s="2" t="n"/>
+      <c r="S286" s="2" t="n"/>
+      <c r="T286" s="2" t="n"/>
+      <c r="U286" s="2" t="n"/>
+      <c r="V286" s="2" t="n"/>
+      <c r="W286" s="2" t="n"/>
+      <c r="X286" s="2" t="n"/>
+      <c r="Y286" s="2" t="n"/>
+      <c r="Z286" s="2" t="n"/>
+      <c r="AA286" s="2" t="n"/>
+      <c r="AB286" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD286" s="2" t="n"/>
+      <c r="AE286" s="1" t="n"/>
+      <c r="AF286" s="1" t="n"/>
+      <c r="AG286" s="2" t="n"/>
+      <c r="AH286" s="2" t="n"/>
+      <c r="AI286" s="2" t="n"/>
+      <c r="AJ286" s="2" t="n"/>
+      <c r="AK286" s="2" t="n"/>
+      <c r="AR286" s="2" t="n"/>
+      <c r="AS286" s="2" t="n"/>
+      <c r="AT286" s="2" t="n"/>
+      <c r="AU286" t="inlineStr">
+        <is>
+          <t>seperate Aufstellung von Kompressor und Luftwärmeübertrager</t>
+        </is>
+      </c>
+      <c r="AW286" s="2" t="n"/>
+      <c r="AX286" t="inlineStr"/>
+      <c r="AY286" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ286" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA286" t="inlineStr">
+        <is>
+          <t>https://mayekawa.com/products/heat_pumps/</t>
+        </is>
+      </c>
+      <c r="BC286" s="3" t="n"/>
+    </row>
+    <row r="287" ht="40" customHeight="1">
+      <c r="A287" s="1" t="n">
+        <v>308</v>
+      </c>
+      <c r="B287" t="inlineStr">
+        <is>
+          <t>R600 (Butan)</t>
+        </is>
+      </c>
+      <c r="C287" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D287" t="inlineStr">
+        <is>
+          <t>Mayekawa Europe NV</t>
+        </is>
+      </c>
+      <c r="E287" t="inlineStr">
+        <is>
+          <t>Hydrocarbon Heat Pump / HS-compressor</t>
+        </is>
+      </c>
+      <c r="F287" t="inlineStr">
+        <is>
+          <t>Hydrocarbon Heat Pump / HS-compressor</t>
+        </is>
+      </c>
+      <c r="G287" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H287" s="1" t="n"/>
+      <c r="I287" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="K287" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O287" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P287" s="2" t="n"/>
+      <c r="Q287" s="2" t="n">
+        <v>750</v>
+      </c>
+      <c r="R287" s="2" t="n"/>
+      <c r="S287" s="2" t="n"/>
+      <c r="T287" s="2" t="n"/>
+      <c r="U287" s="2" t="n"/>
+      <c r="V287" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="W287" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X287" s="2" t="n"/>
+      <c r="Y287" s="2" t="n"/>
+      <c r="Z287" s="2" t="n"/>
+      <c r="AA287" s="2" t="n"/>
+      <c r="AB287" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD287" s="2" t="n"/>
+      <c r="AE287" s="1" t="n"/>
+      <c r="AF287" s="1" t="n"/>
+      <c r="AG287" s="2" t="n"/>
+      <c r="AH287" s="2" t="n"/>
+      <c r="AI287" s="2" t="n"/>
+      <c r="AJ287" s="2" t="n">
+        <v>13750</v>
+      </c>
+      <c r="AK287" s="2" t="n"/>
+      <c r="AR287" s="2" t="n"/>
+      <c r="AS287" s="2" t="n"/>
+      <c r="AT287" s="2" t="n"/>
+      <c r="AW287" s="2" t="n"/>
+      <c r="AX287" t="inlineStr"/>
+      <c r="AY287" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ287" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA287" t="inlineStr">
+        <is>
+          <t>https://heatpumpingtechnologies.org/annex58/wp-content/uploads/sites/70/2022/07/hthpannex58hs-compressor.pdf</t>
+        </is>
+      </c>
+      <c r="BC287" s="3" t="n"/>
+    </row>
+    <row r="288" ht="40" customHeight="1">
+      <c r="A288" s="1" t="n">
+        <v>356</v>
+      </c>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C288" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D288" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E288" t="inlineStr">
+        <is>
+          <t>1002 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F288" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G288" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H288" s="1" t="n"/>
+      <c r="I288" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K288" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L288" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O288" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P288" s="2" t="n"/>
+      <c r="Q288" s="2" t="n">
+        <v>1007</v>
+      </c>
+      <c r="R288" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S288" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T288" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U288" s="2" t="n"/>
+      <c r="V288" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W288" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X288" s="2" t="n"/>
+      <c r="Y288" s="2" t="n"/>
+      <c r="Z288" s="2" t="n"/>
+      <c r="AA288" s="2" t="n"/>
+      <c r="AB288" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC288" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD288" s="2" t="n"/>
+      <c r="AE288" s="1" t="n"/>
+      <c r="AF288" s="1" t="n"/>
+      <c r="AG288" s="2" t="n">
+        <v>11800</v>
+      </c>
+      <c r="AH288" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI288" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ288" s="2" t="n">
+        <v>11578</v>
+      </c>
+      <c r="AK288" s="2" t="n"/>
+      <c r="AO288" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR288" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="AS288" s="2" t="n"/>
+      <c r="AT288" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="AW288" s="2" t="n"/>
+      <c r="AX288" t="inlineStr"/>
+      <c r="AY288" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ288" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA288" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC288" s="3" t="n"/>
+    </row>
+    <row r="289" ht="40" customHeight="1">
+      <c r="A289" s="1" t="n">
+        <v>365</v>
+      </c>
+      <c r="B289" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C289" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D289" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E289" t="inlineStr">
+        <is>
+          <t>1002 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F289" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G289" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H289" s="1" t="n"/>
+      <c r="I289" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K289" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L289" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O289" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P289" s="2" t="n"/>
+      <c r="Q289" s="2" t="n">
+        <v>997</v>
+      </c>
+      <c r="R289" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S289" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T289" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U289" s="2" t="n"/>
+      <c r="V289" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W289" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X289" s="2" t="n"/>
+      <c r="Y289" s="2" t="n"/>
+      <c r="Z289" s="2" t="n"/>
+      <c r="AA289" s="2" t="n"/>
+      <c r="AB289" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC289" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD289" s="2" t="n"/>
+      <c r="AE289" s="1" t="n"/>
+      <c r="AF289" s="1" t="n"/>
+      <c r="AG289" s="2" t="n">
+        <v>11800</v>
+      </c>
+      <c r="AH289" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI289" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ289" s="2" t="n">
+        <v>11840</v>
+      </c>
+      <c r="AK289" s="2" t="n"/>
+      <c r="AO289" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR289" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="AS289" s="2" t="n"/>
+      <c r="AT289" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="AW289" s="2" t="n"/>
+      <c r="AX289" t="inlineStr"/>
+      <c r="AY289" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ289" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA289" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC289" s="3" t="n"/>
+    </row>
+    <row r="290" ht="40" customHeight="1">
+      <c r="A290" s="1" t="n">
+        <v>357</v>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D290" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E290" t="inlineStr">
+        <is>
+          <t>1152 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F290" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H290" s="1" t="n"/>
+      <c r="I290" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K290" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L290" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O290" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P290" s="2" t="n"/>
+      <c r="Q290" s="2" t="n">
+        <v>1112</v>
+      </c>
+      <c r="R290" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S290" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T290" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U290" s="2" t="n"/>
+      <c r="V290" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W290" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X290" s="2" t="n"/>
+      <c r="Y290" s="2" t="n"/>
+      <c r="Z290" s="2" t="n"/>
+      <c r="AA290" s="2" t="n"/>
+      <c r="AB290" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC290" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD290" s="2" t="n"/>
+      <c r="AE290" s="1" t="n"/>
+      <c r="AF290" s="1" t="n"/>
+      <c r="AG290" s="2" t="n">
+        <v>11800</v>
+      </c>
+      <c r="AH290" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI290" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ290" s="2" t="n">
+        <v>12651</v>
+      </c>
+      <c r="AK290" s="2" t="n"/>
+      <c r="AO290" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR290" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="AS290" s="2" t="n"/>
+      <c r="AT290" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="AW290" s="2" t="n"/>
+      <c r="AX290" t="inlineStr"/>
+      <c r="AY290" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ290" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA290" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC290" s="3" t="n"/>
+    </row>
+    <row r="291" ht="40" customHeight="1">
+      <c r="A291" s="1" t="n">
+        <v>366</v>
+      </c>
+      <c r="B291" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C291" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D291" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E291" t="inlineStr">
+        <is>
+          <t>1152 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F291" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H291" s="1" t="n"/>
+      <c r="I291" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K291" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L291" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O291" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P291" s="2" t="n"/>
+      <c r="Q291" s="2" t="n">
+        <v>1101</v>
+      </c>
+      <c r="R291" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S291" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T291" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U291" s="2" t="n"/>
+      <c r="V291" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W291" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X291" s="2" t="n"/>
+      <c r="Y291" s="2" t="n"/>
+      <c r="Z291" s="2" t="n"/>
+      <c r="AA291" s="2" t="n"/>
+      <c r="AB291" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC291" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD291" s="2" t="n"/>
+      <c r="AE291" s="1" t="n"/>
+      <c r="AF291" s="1" t="n"/>
+      <c r="AG291" s="2" t="n">
+        <v>11800</v>
+      </c>
+      <c r="AH291" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI291" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ291" s="2" t="n">
+        <v>15158</v>
+      </c>
+      <c r="AK291" s="2" t="n"/>
+      <c r="AO291" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR291" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="AS291" s="2" t="n"/>
+      <c r="AT291" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="AW291" s="2" t="n"/>
+      <c r="AX291" t="inlineStr"/>
+      <c r="AY291" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ291" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA291" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC291" s="3" t="n"/>
+    </row>
+    <row r="292" ht="40" customHeight="1">
+      <c r="A292" s="1" t="n">
+        <v>337</v>
+      </c>
+      <c r="B292" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C292" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D292" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E292" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="F292" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G292" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H292" s="1" t="n"/>
+      <c r="I292" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K292" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L292" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O292" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P292" s="2" t="n"/>
+      <c r="Q292" s="2" t="n">
+        <v>467</v>
+      </c>
+      <c r="R292" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S292" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T292" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U292" s="2" t="n"/>
+      <c r="V292" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W292" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X292" s="2" t="n"/>
+      <c r="Y292" s="2" t="n"/>
+      <c r="Z292" s="2" t="n"/>
+      <c r="AA292" s="2" t="n"/>
+      <c r="AB292" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC292" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD292" s="2" t="n"/>
+      <c r="AE292" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF292" s="1" t="n"/>
+      <c r="AG292" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AH292" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI292" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ292" s="2" t="n">
+        <v>6190</v>
+      </c>
+      <c r="AK292" s="2" t="n"/>
+      <c r="AO292" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR292" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS292" s="2" t="n"/>
+      <c r="AT292" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="AW292" s="2" t="n"/>
+      <c r="AX292" t="inlineStr"/>
+      <c r="AY292" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ292" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA292" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC292" s="3" t="n"/>
+    </row>
+    <row r="293" ht="40" customHeight="1">
+      <c r="A293" s="1" t="n">
+        <v>341</v>
+      </c>
+      <c r="B293" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C293" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D293" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E293" t="inlineStr">
+        <is>
+          <t>2022 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F293" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G293" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H293" s="1" t="n"/>
+      <c r="I293" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K293" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L293" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O293" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P293" s="2" t="n"/>
+      <c r="Q293" s="2" t="n">
+        <v>476</v>
+      </c>
+      <c r="R293" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S293" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T293" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U293" s="2" t="n"/>
+      <c r="V293" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W293" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X293" s="2" t="n"/>
+      <c r="Y293" s="2" t="n"/>
+      <c r="Z293" s="2" t="n"/>
+      <c r="AA293" s="2" t="n"/>
+      <c r="AB293" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC293" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD293" s="2" t="n"/>
+      <c r="AE293" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF293" s="1" t="n"/>
+      <c r="AG293" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AH293" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI293" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ293" s="2" t="n">
+        <v>6050</v>
+      </c>
+      <c r="AK293" s="2" t="n"/>
+      <c r="AO293" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR293" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="AS293" s="2" t="n"/>
+      <c r="AT293" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="AW293" s="2" t="n"/>
+      <c r="AX293" t="inlineStr"/>
+      <c r="AY293" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ293" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA293" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC293" s="3" t="n"/>
+    </row>
+    <row r="294" ht="40" customHeight="1">
+      <c r="A294" s="1" t="n">
+        <v>345</v>
+      </c>
+      <c r="B294" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D294" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E294" t="inlineStr">
+        <is>
+          <t>2022 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F294" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G294" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H294" s="1" t="n"/>
+      <c r="I294" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K294" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L294" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O294" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P294" s="2" t="n"/>
+      <c r="Q294" s="2" t="n">
+        <v>467</v>
+      </c>
+      <c r="R294" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S294" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T294" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U294" s="2" t="n"/>
+      <c r="V294" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W294" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X294" s="2" t="n"/>
+      <c r="Y294" s="2" t="n"/>
+      <c r="Z294" s="2" t="n"/>
+      <c r="AA294" s="2" t="n"/>
+      <c r="AB294" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC294" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD294" s="2" t="n"/>
+      <c r="AE294" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF294" s="1" t="n"/>
+      <c r="AG294" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AH294" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI294" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ294" s="2" t="n">
+        <v>6190</v>
+      </c>
+      <c r="AK294" s="2" t="n"/>
+      <c r="AO294" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR294" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS294" s="2" t="n"/>
+      <c r="AT294" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="AW294" s="2" t="n"/>
+      <c r="AX294" t="inlineStr"/>
+      <c r="AY294" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ294" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA294" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC294" s="3" t="n"/>
+    </row>
+    <row r="295" ht="40" customHeight="1">
+      <c r="A295" s="1" t="n">
+        <v>338</v>
+      </c>
+      <c r="B295" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C295" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D295" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E295" t="inlineStr">
+        <is>
+          <t>2222</t>
+        </is>
+      </c>
+      <c r="F295" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G295" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H295" s="1" t="n"/>
+      <c r="I295" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K295" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L295" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O295" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P295" s="2" t="n"/>
+      <c r="Q295" s="2" t="n">
+        <v>521</v>
+      </c>
+      <c r="R295" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S295" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T295" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U295" s="2" t="n"/>
+      <c r="V295" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W295" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X295" s="2" t="n"/>
+      <c r="Y295" s="2" t="n"/>
+      <c r="Z295" s="2" t="n"/>
+      <c r="AA295" s="2" t="n"/>
+      <c r="AB295" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC295" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD295" s="2" t="n"/>
+      <c r="AE295" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF295" s="1" t="n"/>
+      <c r="AG295" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH295" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI295" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ295" s="2" t="n">
+        <v>6680</v>
+      </c>
+      <c r="AK295" s="2" t="n"/>
+      <c r="AO295" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR295" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS295" s="2" t="n"/>
+      <c r="AT295" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AW295" s="2" t="n"/>
+      <c r="AX295" t="inlineStr"/>
+      <c r="AY295" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ295" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA295" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC295" s="3" t="n"/>
+    </row>
+    <row r="296" ht="40" customHeight="1">
+      <c r="A296" s="1" t="n">
+        <v>342</v>
+      </c>
+      <c r="B296" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C296" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D296" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E296" t="inlineStr">
+        <is>
+          <t>2222 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F296" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G296" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H296" s="1" t="n"/>
+      <c r="I296" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K296" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L296" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O296" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P296" s="2" t="n"/>
+      <c r="Q296" s="2" t="n">
+        <v>527</v>
+      </c>
+      <c r="R296" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S296" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T296" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U296" s="2" t="n"/>
+      <c r="V296" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W296" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X296" s="2" t="n"/>
+      <c r="Y296" s="2" t="n"/>
+      <c r="Z296" s="2" t="n"/>
+      <c r="AA296" s="2" t="n"/>
+      <c r="AB296" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC296" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD296" s="2" t="n"/>
+      <c r="AE296" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF296" s="1" t="n"/>
+      <c r="AG296" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH296" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI296" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ296" s="2" t="n">
+        <v>6630</v>
+      </c>
+      <c r="AK296" s="2" t="n"/>
+      <c r="AO296" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR296" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="AS296" s="2" t="n"/>
+      <c r="AT296" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="AW296" s="2" t="n"/>
+      <c r="AX296" t="inlineStr"/>
+      <c r="AY296" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ296" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA296" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC296" s="3" t="n"/>
+    </row>
+    <row r="297" ht="40" customHeight="1">
+      <c r="A297" s="1" t="n">
+        <v>346</v>
+      </c>
+      <c r="B297" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C297" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D297" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E297" t="inlineStr">
+        <is>
+          <t>2222 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F297" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G297" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H297" s="1" t="n"/>
+      <c r="I297" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K297" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L297" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O297" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P297" s="2" t="n"/>
+      <c r="Q297" s="2" t="n">
+        <v>521</v>
+      </c>
+      <c r="R297" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S297" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T297" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U297" s="2" t="n"/>
+      <c r="V297" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W297" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X297" s="2" t="n"/>
+      <c r="Y297" s="2" t="n"/>
+      <c r="Z297" s="2" t="n"/>
+      <c r="AA297" s="2" t="n"/>
+      <c r="AB297" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC297" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD297" s="2" t="n"/>
+      <c r="AE297" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF297" s="1" t="n"/>
+      <c r="AG297" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH297" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI297" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ297" s="2" t="n">
+        <v>6680</v>
+      </c>
+      <c r="AK297" s="2" t="n"/>
+      <c r="AO297" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR297" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS297" s="2" t="n"/>
+      <c r="AT297" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AW297" s="2" t="n"/>
+      <c r="AX297" t="inlineStr"/>
+      <c r="AY297" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ297" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA297" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC297" s="3" t="n"/>
+    </row>
+    <row r="298" ht="40" customHeight="1">
+      <c r="A298" s="1" t="n">
+        <v>339</v>
+      </c>
+      <c r="B298" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C298" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D298" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E298" t="inlineStr">
+        <is>
+          <t>2422</t>
+        </is>
+      </c>
+      <c r="F298" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G298" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H298" s="1" t="n"/>
+      <c r="I298" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K298" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L298" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O298" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P298" s="2" t="n"/>
+      <c r="Q298" s="2" t="n">
+        <v>554</v>
+      </c>
+      <c r="R298" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S298" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T298" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U298" s="2" t="n"/>
+      <c r="V298" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W298" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X298" s="2" t="n"/>
+      <c r="Y298" s="2" t="n"/>
+      <c r="Z298" s="2" t="n"/>
+      <c r="AA298" s="2" t="n"/>
+      <c r="AB298" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC298" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD298" s="2" t="n"/>
+      <c r="AE298" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF298" s="1" t="n"/>
+      <c r="AG298" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH298" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI298" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ298" s="2" t="n">
+        <v>6770</v>
+      </c>
+      <c r="AK298" s="2" t="n"/>
+      <c r="AO298" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR298" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS298" s="2" t="n"/>
+      <c r="AT298" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AW298" s="2" t="n"/>
+      <c r="AX298" t="inlineStr"/>
+      <c r="AY298" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ298" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA298" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC298" s="3" t="n"/>
+    </row>
+    <row r="299" ht="40" customHeight="1">
+      <c r="A299" s="1" t="n">
+        <v>343</v>
+      </c>
+      <c r="B299" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C299" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D299" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E299" t="inlineStr">
+        <is>
+          <t>2422 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F299" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H299" s="1" t="n"/>
+      <c r="I299" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K299" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L299" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O299" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P299" s="2" t="n"/>
+      <c r="Q299" s="2" t="n">
+        <v>561</v>
+      </c>
+      <c r="R299" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S299" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T299" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U299" s="2" t="n"/>
+      <c r="V299" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W299" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X299" s="2" t="n"/>
+      <c r="Y299" s="2" t="n"/>
+      <c r="Z299" s="2" t="n"/>
+      <c r="AA299" s="2" t="n"/>
+      <c r="AB299" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC299" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD299" s="2" t="n"/>
+      <c r="AE299" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF299" s="1" t="n"/>
+      <c r="AG299" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH299" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI299" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ299" s="2" t="n">
+        <v>6710</v>
+      </c>
+      <c r="AK299" s="2" t="n"/>
+      <c r="AO299" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR299" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="AS299" s="2" t="n"/>
+      <c r="AT299" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="AW299" s="2" t="n"/>
+      <c r="AX299" t="inlineStr"/>
+      <c r="AY299" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ299" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA299" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC299" s="3" t="n"/>
+    </row>
+    <row r="300" ht="40" customHeight="1">
+      <c r="A300" s="1" t="n">
+        <v>347</v>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>2422 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G300" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H300" s="1" t="n"/>
+      <c r="I300" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K300" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L300" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O300" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P300" s="2" t="n"/>
+      <c r="Q300" s="2" t="n">
+        <v>554</v>
+      </c>
+      <c r="R300" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S300" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T300" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U300" s="2" t="n"/>
+      <c r="V300" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W300" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X300" s="2" t="n"/>
+      <c r="Y300" s="2" t="n"/>
+      <c r="Z300" s="2" t="n"/>
+      <c r="AA300" s="2" t="n"/>
+      <c r="AB300" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC300" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD300" s="2" t="n"/>
+      <c r="AE300" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF300" s="1" t="n"/>
+      <c r="AG300" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH300" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI300" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ300" s="2" t="n">
+        <v>6770</v>
+      </c>
+      <c r="AK300" s="2" t="n"/>
+      <c r="AO300" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR300" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS300" s="2" t="n"/>
+      <c r="AT300" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AW300" s="2" t="n"/>
+      <c r="AX300" t="inlineStr"/>
+      <c r="AY300" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ300" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA300" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC300" s="3" t="n"/>
+    </row>
+    <row r="301" ht="40" customHeight="1">
+      <c r="A301" s="1" t="n">
+        <v>340</v>
+      </c>
+      <c r="B301" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C301" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D301" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E301" t="inlineStr">
+        <is>
+          <t>2622</t>
+        </is>
+      </c>
+      <c r="F301" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G301" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H301" s="1" t="n"/>
+      <c r="I301" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K301" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L301" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O301" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P301" s="2" t="n"/>
+      <c r="Q301" s="2" t="n">
+        <v>585</v>
+      </c>
+      <c r="R301" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S301" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T301" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U301" s="2" t="n"/>
+      <c r="V301" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W301" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X301" s="2" t="n"/>
+      <c r="Y301" s="2" t="n"/>
+      <c r="Z301" s="2" t="n"/>
+      <c r="AA301" s="2" t="n"/>
+      <c r="AB301" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC301" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD301" s="2" t="n"/>
+      <c r="AE301" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF301" s="1" t="n"/>
+      <c r="AG301" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH301" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI301" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ301" s="2" t="n">
+        <v>7010</v>
+      </c>
+      <c r="AK301" s="2" t="n"/>
+      <c r="AO301" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR301" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS301" s="2" t="n"/>
+      <c r="AT301" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AW301" s="2" t="n"/>
+      <c r="AX301" t="inlineStr"/>
+      <c r="AY301" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ301" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA301" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC301" s="3" t="n"/>
+    </row>
+    <row r="302" ht="40" customHeight="1">
+      <c r="A302" s="1" t="n">
+        <v>344</v>
+      </c>
+      <c r="B302" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C302" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D302" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E302" t="inlineStr">
+        <is>
+          <t>2622 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F302" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G302" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H302" s="1" t="n"/>
+      <c r="I302" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K302" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L302" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O302" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P302" s="2" t="n"/>
+      <c r="Q302" s="2" t="n">
+        <v>597</v>
+      </c>
+      <c r="R302" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S302" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T302" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U302" s="2" t="n"/>
+      <c r="V302" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W302" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X302" s="2" t="n"/>
+      <c r="Y302" s="2" t="n"/>
+      <c r="Z302" s="2" t="n"/>
+      <c r="AA302" s="2" t="n"/>
+      <c r="AB302" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC302" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD302" s="2" t="n"/>
+      <c r="AE302" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF302" s="1" t="n"/>
+      <c r="AG302" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH302" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI302" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ302" s="2" t="n">
+        <v>6950</v>
+      </c>
+      <c r="AK302" s="2" t="n"/>
+      <c r="AO302" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR302" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="AS302" s="2" t="n"/>
+      <c r="AT302" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="AW302" s="2" t="n"/>
+      <c r="AX302" t="inlineStr"/>
+      <c r="AY302" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ302" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA302" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC302" s="3" t="n"/>
+    </row>
+    <row r="303" ht="40" customHeight="1">
+      <c r="A303" s="1" t="n">
+        <v>348</v>
+      </c>
+      <c r="B303" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C303" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D303" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E303" t="inlineStr">
+        <is>
+          <t>2622 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F303" t="inlineStr">
+        <is>
+          <t>FOCS-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G303" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H303" s="1" t="n"/>
+      <c r="I303" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K303" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L303" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O303" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P303" s="2" t="n"/>
+      <c r="Q303" s="2" t="n">
+        <v>585</v>
+      </c>
+      <c r="R303" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S303" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T303" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U303" s="2" t="n"/>
+      <c r="V303" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W303" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X303" s="2" t="n"/>
+      <c r="Y303" s="2" t="n"/>
+      <c r="Z303" s="2" t="n"/>
+      <c r="AA303" s="2" t="n"/>
+      <c r="AB303" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC303" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD303" s="2" t="n"/>
+      <c r="AE303" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF303" s="1" t="n"/>
+      <c r="AG303" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH303" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI303" s="2" t="n">
+        <v>2430</v>
+      </c>
+      <c r="AJ303" s="2" t="n">
+        <v>7010</v>
+      </c>
+      <c r="AK303" s="2" t="n"/>
+      <c r="AO303" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR303" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS303" s="2" t="n"/>
+      <c r="AT303" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AW303" s="2" t="n"/>
+      <c r="AX303" t="inlineStr"/>
+      <c r="AY303" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ303" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA303" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/focs-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC303" s="3" t="n"/>
+    </row>
+    <row r="304" ht="40" customHeight="1">
+      <c r="A304" s="1" t="n">
+        <v>309</v>
+      </c>
+      <c r="B304" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C304" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D304" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E304" t="inlineStr">
+        <is>
+          <t>344</t>
+        </is>
+      </c>
+      <c r="F304" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G304" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H304" s="1" t="n"/>
+      <c r="I304" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K304" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L304" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O304" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P304" s="2" t="n"/>
+      <c r="Q304" s="2" t="n">
+        <v>365</v>
+      </c>
+      <c r="R304" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S304" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T304" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U304" s="2" t="n"/>
+      <c r="V304" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W304" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X304" s="2" t="n"/>
+      <c r="Y304" s="2" t="n"/>
+      <c r="Z304" s="2" t="n"/>
+      <c r="AA304" s="2" t="n"/>
+      <c r="AB304" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC304" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD304" s="2" t="n"/>
+      <c r="AE304" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF304" s="1" t="n"/>
+      <c r="AG304" s="2" t="n">
+        <v>3905</v>
+      </c>
+      <c r="AH304" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI304" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ304" s="2" t="n">
+        <v>3030</v>
+      </c>
+      <c r="AK304" s="2" t="n"/>
+      <c r="AO304" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR304" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS304" s="2" t="n"/>
+      <c r="AT304" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AW304" s="2" t="n"/>
+      <c r="AX304" t="inlineStr"/>
+      <c r="AY304" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ304" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA304" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC304" s="3" t="n"/>
+    </row>
+    <row r="305" ht="40" customHeight="1">
+      <c r="A305" s="1" t="n">
+        <v>316</v>
+      </c>
+      <c r="B305" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C305" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D305" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E305" t="inlineStr">
+        <is>
+          <t>344 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F305" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G305" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H305" s="1" t="n"/>
+      <c r="I305" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K305" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L305" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O305" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P305" s="2" t="n"/>
+      <c r="Q305" s="2" t="n">
+        <v>376</v>
+      </c>
+      <c r="R305" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S305" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T305" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U305" s="2" t="n"/>
+      <c r="V305" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W305" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X305" s="2" t="n"/>
+      <c r="Y305" s="2" t="n"/>
+      <c r="Z305" s="2" t="n"/>
+      <c r="AA305" s="2" t="n"/>
+      <c r="AB305" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC305" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD305" s="2" t="n"/>
+      <c r="AE305" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF305" s="1" t="n"/>
+      <c r="AG305" s="2" t="n">
+        <v>5080</v>
+      </c>
+      <c r="AH305" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI305" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ305" s="2" t="n">
+        <v>3350</v>
+      </c>
+      <c r="AK305" s="2" t="n"/>
+      <c r="AO305" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR305" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS305" s="2" t="n"/>
+      <c r="AT305" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AW305" s="2" t="n"/>
+      <c r="AX305" t="inlineStr"/>
+      <c r="AY305" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ305" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA305" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC305" s="3" t="n"/>
+    </row>
+    <row r="306" ht="40" customHeight="1">
+      <c r="A306" s="1" t="n">
+        <v>328</v>
+      </c>
+      <c r="B306" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C306" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D306" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E306" t="inlineStr">
+        <is>
+          <t>344 (Low Noise Version)</t>
+        </is>
+      </c>
+      <c r="F306" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G306" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H306" s="1" t="n"/>
+      <c r="I306" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K306" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L306" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O306" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P306" s="2" t="n"/>
+      <c r="Q306" s="2" t="n">
+        <v>362</v>
+      </c>
+      <c r="R306" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S306" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T306" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U306" s="2" t="n"/>
+      <c r="V306" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W306" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X306" s="2" t="n"/>
+      <c r="Y306" s="2" t="n"/>
+      <c r="Z306" s="2" t="n"/>
+      <c r="AA306" s="2" t="n"/>
+      <c r="AB306" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC306" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD306" s="2" t="n"/>
+      <c r="AE306" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF306" s="1" t="n"/>
+      <c r="AG306" s="2" t="n">
+        <v>4515</v>
+      </c>
+      <c r="AH306" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI306" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ306" s="2" t="n">
+        <v>3330</v>
+      </c>
+      <c r="AK306" s="2" t="n"/>
+      <c r="AO306" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR306" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="AS306" s="2" t="n"/>
+      <c r="AT306" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="AW306" s="2" t="n"/>
+      <c r="AX306" t="inlineStr"/>
+      <c r="AY306" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ306" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA306" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC306" s="3" t="n"/>
+    </row>
+    <row r="307" ht="40" customHeight="1">
+      <c r="A307" s="1" t="n">
+        <v>310</v>
+      </c>
+      <c r="B307" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C307" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D307" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E307" t="inlineStr">
+        <is>
+          <t>364</t>
+        </is>
+      </c>
+      <c r="F307" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G307" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H307" s="1" t="n"/>
+      <c r="I307" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K307" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L307" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O307" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P307" s="2" t="n"/>
+      <c r="Q307" s="2" t="n">
+        <v>387</v>
+      </c>
+      <c r="R307" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S307" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T307" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U307" s="2" t="n"/>
+      <c r="V307" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W307" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X307" s="2" t="n"/>
+      <c r="Y307" s="2" t="n"/>
+      <c r="Z307" s="2" t="n"/>
+      <c r="AA307" s="2" t="n"/>
+      <c r="AB307" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC307" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD307" s="2" t="n"/>
+      <c r="AE307" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF307" s="1" t="n"/>
+      <c r="AG307" s="2" t="n">
+        <v>3905</v>
+      </c>
+      <c r="AH307" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI307" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ307" s="2" t="n">
+        <v>3110</v>
+      </c>
+      <c r="AK307" s="2" t="n"/>
+      <c r="AO307" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR307" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS307" s="2" t="n"/>
+      <c r="AT307" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AW307" s="2" t="n"/>
+      <c r="AX307" t="inlineStr"/>
+      <c r="AY307" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ307" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA307" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC307" s="3" t="n"/>
+    </row>
+    <row r="308" ht="40" customHeight="1">
+      <c r="A308" s="1" t="n">
+        <v>317</v>
+      </c>
+      <c r="B308" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C308" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D308" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E308" t="inlineStr">
+        <is>
+          <t>364 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F308" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G308" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H308" s="1" t="n"/>
+      <c r="I308" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K308" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L308" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O308" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P308" s="2" t="n"/>
+      <c r="Q308" s="2" t="n">
+        <v>397</v>
+      </c>
+      <c r="R308" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S308" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T308" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U308" s="2" t="n"/>
+      <c r="V308" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W308" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X308" s="2" t="n"/>
+      <c r="Y308" s="2" t="n"/>
+      <c r="Z308" s="2" t="n"/>
+      <c r="AA308" s="2" t="n"/>
+      <c r="AB308" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC308" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD308" s="2" t="n"/>
+      <c r="AE308" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF308" s="1" t="n"/>
+      <c r="AG308" s="2" t="n">
+        <v>5080</v>
+      </c>
+      <c r="AH308" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI308" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ308" s="2" t="n">
+        <v>3440</v>
+      </c>
+      <c r="AK308" s="2" t="n"/>
+      <c r="AO308" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR308" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS308" s="2" t="n"/>
+      <c r="AT308" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AW308" s="2" t="n"/>
+      <c r="AX308" t="inlineStr"/>
+      <c r="AY308" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ308" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA308" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC308" s="3" t="n"/>
+    </row>
+    <row r="309" ht="40" customHeight="1">
+      <c r="A309" s="1" t="n">
+        <v>329</v>
+      </c>
+      <c r="B309" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C309" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D309" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E309" t="inlineStr">
+        <is>
+          <t>364 (Low Noise Version)</t>
+        </is>
+      </c>
+      <c r="F309" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G309" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H309" s="1" t="n"/>
+      <c r="I309" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K309" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L309" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O309" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P309" s="2" t="n"/>
+      <c r="Q309" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="R309" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S309" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T309" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U309" s="2" t="n"/>
+      <c r="V309" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W309" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X309" s="2" t="n"/>
+      <c r="Y309" s="2" t="n"/>
+      <c r="Z309" s="2" t="n"/>
+      <c r="AA309" s="2" t="n"/>
+      <c r="AB309" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC309" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD309" s="2" t="n"/>
+      <c r="AE309" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF309" s="1" t="n"/>
+      <c r="AG309" s="2" t="n">
+        <v>5080</v>
+      </c>
+      <c r="AH309" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI309" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ309" s="2" t="n">
+        <v>3460</v>
+      </c>
+      <c r="AK309" s="2" t="n"/>
+      <c r="AO309" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR309" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="AS309" s="2" t="n"/>
+      <c r="AT309" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="AW309" s="2" t="n"/>
+      <c r="AX309" t="inlineStr"/>
+      <c r="AY309" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ309" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA309" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC309" s="3" t="n"/>
+    </row>
+    <row r="310" ht="40" customHeight="1">
+      <c r="A310" s="1" t="n">
+        <v>311</v>
+      </c>
+      <c r="B310" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C310" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D310" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E310" t="inlineStr">
+        <is>
+          <t>404</t>
+        </is>
+      </c>
+      <c r="F310" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G310" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H310" s="1" t="n"/>
+      <c r="I310" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K310" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L310" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O310" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P310" s="2" t="n"/>
+      <c r="Q310" s="2" t="n">
+        <v>415</v>
+      </c>
+      <c r="R310" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S310" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T310" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U310" s="2" t="n"/>
+      <c r="V310" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W310" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X310" s="2" t="n"/>
+      <c r="Y310" s="2" t="n"/>
+      <c r="Z310" s="2" t="n"/>
+      <c r="AA310" s="2" t="n"/>
+      <c r="AB310" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC310" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD310" s="2" t="n"/>
+      <c r="AE310" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF310" s="1" t="n"/>
+      <c r="AG310" s="2" t="n">
+        <v>3905</v>
+      </c>
+      <c r="AH310" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI310" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ310" s="2" t="n">
+        <v>3150</v>
+      </c>
+      <c r="AK310" s="2" t="n"/>
+      <c r="AO310" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR310" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS310" s="2" t="n"/>
+      <c r="AT310" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AW310" s="2" t="n"/>
+      <c r="AX310" t="inlineStr"/>
+      <c r="AY310" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ310" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA310" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC310" s="3" t="n"/>
+    </row>
+    <row r="311" ht="40" customHeight="1">
+      <c r="A311" s="1" t="n">
+        <v>318</v>
+      </c>
+      <c r="B311" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C311" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D311" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E311" t="inlineStr">
+        <is>
+          <t>404 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F311" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G311" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H311" s="1" t="n"/>
+      <c r="I311" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K311" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L311" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O311" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P311" s="2" t="n"/>
+      <c r="Q311" s="2" t="n">
+        <v>427</v>
+      </c>
+      <c r="R311" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S311" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T311" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U311" s="2" t="n"/>
+      <c r="V311" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W311" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X311" s="2" t="n"/>
+      <c r="Y311" s="2" t="n"/>
+      <c r="Z311" s="2" t="n"/>
+      <c r="AA311" s="2" t="n"/>
+      <c r="AB311" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC311" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD311" s="2" t="n"/>
+      <c r="AE311" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF311" s="1" t="n"/>
+      <c r="AG311" s="2" t="n">
+        <v>5080</v>
+      </c>
+      <c r="AH311" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI311" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ311" s="2" t="n">
+        <v>3480</v>
+      </c>
+      <c r="AK311" s="2" t="n"/>
+      <c r="AO311" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR311" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS311" s="2" t="n"/>
+      <c r="AT311" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AW311" s="2" t="n"/>
+      <c r="AX311" t="inlineStr"/>
+      <c r="AY311" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ311" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA311" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC311" s="3" t="n"/>
+    </row>
+    <row r="312" ht="40" customHeight="1">
+      <c r="A312" s="1" t="n">
+        <v>330</v>
+      </c>
+      <c r="B312" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C312" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D312" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E312" t="inlineStr">
+        <is>
+          <t>404 (Low Noise Version)</t>
+        </is>
+      </c>
+      <c r="F312" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G312" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H312" s="1" t="n"/>
+      <c r="I312" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K312" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L312" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O312" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P312" s="2" t="n"/>
+      <c r="Q312" s="2" t="n">
+        <v>420</v>
+      </c>
+      <c r="R312" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S312" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T312" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U312" s="2" t="n"/>
+      <c r="V312" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W312" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X312" s="2" t="n"/>
+      <c r="Y312" s="2" t="n"/>
+      <c r="Z312" s="2" t="n"/>
+      <c r="AA312" s="2" t="n"/>
+      <c r="AB312" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC312" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD312" s="2" t="n"/>
+      <c r="AE312" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF312" s="1" t="n"/>
+      <c r="AG312" s="2" t="n">
+        <v>5080</v>
+      </c>
+      <c r="AH312" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI312" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ312" s="2" t="n">
+        <v>3630</v>
+      </c>
+      <c r="AK312" s="2" t="n"/>
+      <c r="AO312" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR312" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="AS312" s="2" t="n"/>
+      <c r="AT312" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="AW312" s="2" t="n"/>
+      <c r="AX312" t="inlineStr"/>
+      <c r="AY312" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ312" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA312" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC312" s="3" t="n"/>
+    </row>
+    <row r="313" ht="40" customHeight="1">
+      <c r="A313" s="1" t="n">
+        <v>312</v>
+      </c>
+      <c r="B313" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C313" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D313" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E313" t="inlineStr">
+        <is>
+          <t>446</t>
+        </is>
+      </c>
+      <c r="F313" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G313" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H313" s="1" t="n"/>
+      <c r="I313" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K313" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L313" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O313" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P313" s="2" t="n"/>
+      <c r="Q313" s="2" t="n">
+        <v>470</v>
+      </c>
+      <c r="R313" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S313" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T313" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U313" s="2" t="n"/>
+      <c r="V313" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W313" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X313" s="2" t="n"/>
+      <c r="Y313" s="2" t="n"/>
+      <c r="Z313" s="2" t="n"/>
+      <c r="AA313" s="2" t="n"/>
+      <c r="AB313" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC313" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD313" s="2" t="n"/>
+      <c r="AE313" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF313" s="1" t="n"/>
+      <c r="AG313" s="2" t="n">
+        <v>4515</v>
+      </c>
+      <c r="AH313" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI313" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ313" s="2" t="n">
+        <v>4040</v>
+      </c>
+      <c r="AK313" s="2" t="n"/>
+      <c r="AO313" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR313" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS313" s="2" t="n"/>
+      <c r="AT313" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AW313" s="2" t="n"/>
+      <c r="AX313" t="inlineStr"/>
+      <c r="AY313" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ313" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA313" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC313" s="3" t="n"/>
+    </row>
+    <row r="314" ht="40" customHeight="1">
+      <c r="A314" s="1" t="n">
+        <v>319</v>
+      </c>
+      <c r="B314" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C314" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D314" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E314" t="inlineStr">
+        <is>
+          <t>446 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F314" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G314" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H314" s="1" t="n"/>
+      <c r="I314" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K314" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L314" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O314" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P314" s="2" t="n"/>
+      <c r="Q314" s="2" t="n">
+        <v>493</v>
+      </c>
+      <c r="R314" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S314" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T314" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U314" s="2" t="n"/>
+      <c r="V314" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W314" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X314" s="2" t="n"/>
+      <c r="Y314" s="2" t="n"/>
+      <c r="Z314" s="2" t="n"/>
+      <c r="AA314" s="2" t="n"/>
+      <c r="AB314" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC314" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD314" s="2" t="n"/>
+      <c r="AE314" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF314" s="1" t="n"/>
+      <c r="AG314" s="2" t="n">
+        <v>6255</v>
+      </c>
+      <c r="AH314" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI314" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ314" s="2" t="n">
+        <v>4650</v>
+      </c>
+      <c r="AK314" s="2" t="n"/>
+      <c r="AO314" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR314" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS314" s="2" t="n"/>
+      <c r="AT314" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AW314" s="2" t="n"/>
+      <c r="AX314" t="inlineStr"/>
+      <c r="AY314" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ314" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA314" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC314" s="3" t="n"/>
+    </row>
+    <row r="315" ht="40" customHeight="1">
+      <c r="A315" s="1" t="n">
+        <v>331</v>
+      </c>
+      <c r="B315" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C315" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D315" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E315" t="inlineStr">
+        <is>
+          <t>446 (Low Noise Version)</t>
+        </is>
+      </c>
+      <c r="F315" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G315" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H315" s="1" t="n"/>
+      <c r="I315" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K315" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L315" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O315" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P315" s="2" t="n"/>
+      <c r="Q315" s="2" t="n">
+        <v>471</v>
+      </c>
+      <c r="R315" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S315" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T315" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U315" s="2" t="n"/>
+      <c r="V315" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W315" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X315" s="2" t="n"/>
+      <c r="Y315" s="2" t="n"/>
+      <c r="Z315" s="2" t="n"/>
+      <c r="AA315" s="2" t="n"/>
+      <c r="AB315" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC315" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD315" s="2" t="n"/>
+      <c r="AE315" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF315" s="1" t="n"/>
+      <c r="AG315" s="2" t="n">
+        <v>5690</v>
+      </c>
+      <c r="AH315" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI315" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ315" s="2" t="n">
+        <v>4640</v>
+      </c>
+      <c r="AK315" s="2" t="n"/>
+      <c r="AO315" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR315" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS315" s="2" t="n"/>
+      <c r="AT315" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="AW315" s="2" t="n"/>
+      <c r="AX315" t="inlineStr"/>
+      <c r="AY315" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ315" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA315" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC315" s="3" t="n"/>
+    </row>
+    <row r="316" ht="40" customHeight="1">
+      <c r="A316" s="1" t="n">
+        <v>349</v>
+      </c>
+      <c r="B316" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C316" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D316" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E316" t="inlineStr">
+        <is>
+          <t>472 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F316" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G316" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H316" s="1" t="n"/>
+      <c r="I316" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K316" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L316" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O316" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P316" s="2" t="n"/>
+      <c r="Q316" s="2" t="n">
+        <v>453</v>
+      </c>
+      <c r="R316" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S316" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T316" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U316" s="2" t="n"/>
+      <c r="V316" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W316" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X316" s="2" t="n"/>
+      <c r="Y316" s="2" t="n"/>
+      <c r="Z316" s="2" t="n"/>
+      <c r="AA316" s="2" t="n"/>
+      <c r="AB316" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC316" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD316" s="2" t="n"/>
+      <c r="AE316" s="1" t="n"/>
+      <c r="AF316" s="1" t="n"/>
+      <c r="AG316" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AH316" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI316" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ316" s="2" t="n">
+        <v>6400</v>
+      </c>
+      <c r="AK316" s="2" t="n"/>
+      <c r="AO316" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR316" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="AS316" s="2" t="n"/>
+      <c r="AT316" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="AW316" s="2" t="n"/>
+      <c r="AX316" t="inlineStr"/>
+      <c r="AY316" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ316" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA316" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC316" s="3" t="n"/>
+    </row>
+    <row r="317" ht="40" customHeight="1">
+      <c r="A317" s="1" t="n">
+        <v>358</v>
+      </c>
+      <c r="B317" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C317" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D317" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E317" t="inlineStr">
+        <is>
+          <t>472 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F317" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G317" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H317" s="1" t="n"/>
+      <c r="I317" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K317" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L317" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O317" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P317" s="2" t="n"/>
+      <c r="Q317" s="2" t="n">
+        <v>449</v>
+      </c>
+      <c r="R317" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S317" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T317" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U317" s="2" t="n"/>
+      <c r="V317" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W317" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X317" s="2" t="n"/>
+      <c r="Y317" s="2" t="n"/>
+      <c r="Z317" s="2" t="n"/>
+      <c r="AA317" s="2" t="n"/>
+      <c r="AB317" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC317" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD317" s="2" t="n"/>
+      <c r="AE317" s="1" t="n"/>
+      <c r="AF317" s="1" t="n"/>
+      <c r="AG317" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AH317" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI317" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ317" s="2" t="n">
+        <v>6672</v>
+      </c>
+      <c r="AK317" s="2" t="n"/>
+      <c r="AO317" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR317" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="AS317" s="2" t="n"/>
+      <c r="AT317" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="AW317" s="2" t="n"/>
+      <c r="AX317" t="inlineStr"/>
+      <c r="AY317" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ317" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA317" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC317" s="3" t="n"/>
+    </row>
+    <row r="318" ht="40" customHeight="1">
+      <c r="A318" s="1" t="n">
+        <v>313</v>
+      </c>
+      <c r="B318" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C318" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D318" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E318" t="inlineStr">
+        <is>
+          <t>506</t>
+        </is>
+      </c>
+      <c r="F318" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G318" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H318" s="1" t="n"/>
+      <c r="I318" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K318" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L318" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O318" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P318" s="2" t="n"/>
+      <c r="Q318" s="2" t="n">
+        <v>513</v>
+      </c>
+      <c r="R318" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S318" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T318" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U318" s="2" t="n"/>
+      <c r="V318" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W318" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X318" s="2" t="n"/>
+      <c r="Y318" s="2" t="n"/>
+      <c r="Z318" s="2" t="n"/>
+      <c r="AA318" s="2" t="n"/>
+      <c r="AB318" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC318" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD318" s="2" t="n"/>
+      <c r="AE318" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF318" s="1" t="n"/>
+      <c r="AG318" s="2" t="n">
+        <v>5690</v>
+      </c>
+      <c r="AH318" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI318" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ318" s="2" t="n">
+        <v>4400</v>
+      </c>
+      <c r="AK318" s="2" t="n"/>
+      <c r="AO318" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR318" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS318" s="2" t="n"/>
+      <c r="AT318" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AW318" s="2" t="n"/>
+      <c r="AX318" t="inlineStr"/>
+      <c r="AY318" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ318" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA318" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC318" s="3" t="n"/>
+    </row>
+    <row r="319" ht="40" customHeight="1">
+      <c r="A319" s="1" t="n">
+        <v>320</v>
+      </c>
+      <c r="B319" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C319" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D319" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E319" t="inlineStr">
+        <is>
+          <t>506 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F319" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G319" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H319" s="1" t="n"/>
+      <c r="I319" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K319" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L319" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O319" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P319" s="2" t="n"/>
+      <c r="Q319" s="2" t="n">
+        <v>531</v>
+      </c>
+      <c r="R319" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S319" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T319" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U319" s="2" t="n"/>
+      <c r="V319" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W319" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X319" s="2" t="n"/>
+      <c r="Y319" s="2" t="n"/>
+      <c r="Z319" s="2" t="n"/>
+      <c r="AA319" s="2" t="n"/>
+      <c r="AB319" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC319" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD319" s="2" t="n"/>
+      <c r="AE319" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF319" s="1" t="n"/>
+      <c r="AG319" s="2" t="n">
+        <v>7430</v>
+      </c>
+      <c r="AH319" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI319" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ319" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AK319" s="2" t="n"/>
+      <c r="AO319" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR319" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="AS319" s="2" t="n"/>
+      <c r="AT319" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AW319" s="2" t="n"/>
+      <c r="AX319" t="inlineStr"/>
+      <c r="AY319" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ319" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA319" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC319" s="3" t="n"/>
+    </row>
+    <row r="320" ht="40" customHeight="1">
+      <c r="A320" s="1" t="n">
+        <v>332</v>
+      </c>
+      <c r="B320" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C320" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D320" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E320" t="inlineStr">
+        <is>
+          <t>506 (Low Noise Version)</t>
+        </is>
+      </c>
+      <c r="F320" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G320" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H320" s="1" t="n"/>
+      <c r="I320" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K320" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L320" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O320" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P320" s="2" t="n"/>
+      <c r="Q320" s="2" t="n">
+        <v>511</v>
+      </c>
+      <c r="R320" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S320" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T320" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U320" s="2" t="n"/>
+      <c r="V320" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W320" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X320" s="2" t="n"/>
+      <c r="Y320" s="2" t="n"/>
+      <c r="Z320" s="2" t="n"/>
+      <c r="AA320" s="2" t="n"/>
+      <c r="AB320" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC320" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD320" s="2" t="n"/>
+      <c r="AE320" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF320" s="1" t="n"/>
+      <c r="AG320" s="2" t="n">
+        <v>5690</v>
+      </c>
+      <c r="AH320" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI320" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ320" s="2" t="n">
+        <v>4750</v>
+      </c>
+      <c r="AK320" s="2" t="n"/>
+      <c r="AO320" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR320" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS320" s="2" t="n"/>
+      <c r="AT320" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="AW320" s="2" t="n"/>
+      <c r="AX320" t="inlineStr"/>
+      <c r="AY320" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ320" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA320" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC320" s="3" t="n"/>
+    </row>
+    <row r="321" ht="40" customHeight="1">
+      <c r="A321" s="1" t="n">
+        <v>350</v>
+      </c>
+      <c r="B321" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C321" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D321" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E321" t="inlineStr">
+        <is>
+          <t>512 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F321" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G321" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H321" s="1" t="n"/>
+      <c r="I321" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K321" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L321" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O321" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P321" s="2" t="n"/>
+      <c r="Q321" s="2" t="n">
+        <v>507</v>
+      </c>
+      <c r="R321" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S321" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T321" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U321" s="2" t="n"/>
+      <c r="V321" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W321" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X321" s="2" t="n"/>
+      <c r="Y321" s="2" t="n"/>
+      <c r="Z321" s="2" t="n"/>
+      <c r="AA321" s="2" t="n"/>
+      <c r="AB321" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC321" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD321" s="2" t="n"/>
+      <c r="AE321" s="1" t="n"/>
+      <c r="AF321" s="1" t="n"/>
+      <c r="AG321" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH321" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI321" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ321" s="2" t="n">
+        <v>6894</v>
+      </c>
+      <c r="AK321" s="2" t="n"/>
+      <c r="AO321" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR321" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="AS321" s="2" t="n"/>
+      <c r="AT321" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="AW321" s="2" t="n"/>
+      <c r="AX321" t="inlineStr"/>
+      <c r="AY321" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ321" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA321" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC321" s="3" t="n"/>
+    </row>
+    <row r="322" ht="40" customHeight="1">
+      <c r="A322" s="1" t="n">
+        <v>359</v>
+      </c>
+      <c r="B322" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C322" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D322" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E322" t="inlineStr">
+        <is>
+          <t>512 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F322" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G322" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H322" s="1" t="n"/>
+      <c r="I322" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K322" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L322" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O322" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P322" s="2" t="n"/>
+      <c r="Q322" s="2" t="n">
+        <v>500</v>
+      </c>
+      <c r="R322" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S322" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T322" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U322" s="2" t="n"/>
+      <c r="V322" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W322" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X322" s="2" t="n"/>
+      <c r="Y322" s="2" t="n"/>
+      <c r="Z322" s="2" t="n"/>
+      <c r="AA322" s="2" t="n"/>
+      <c r="AB322" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC322" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD322" s="2" t="n"/>
+      <c r="AE322" s="1" t="n"/>
+      <c r="AF322" s="1" t="n"/>
+      <c r="AG322" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH322" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI322" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ322" s="2" t="n">
+        <v>7155</v>
+      </c>
+      <c r="AK322" s="2" t="n"/>
+      <c r="AO322" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR322" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS322" s="2" t="n"/>
+      <c r="AT322" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="AW322" s="2" t="n"/>
+      <c r="AX322" t="inlineStr"/>
+      <c r="AY322" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ322" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA322" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC322" s="3" t="n"/>
+    </row>
+    <row r="323" ht="40" customHeight="1">
+      <c r="A323" s="1" t="n">
+        <v>314</v>
+      </c>
+      <c r="B323" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C323" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D323" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E323" t="inlineStr">
+        <is>
+          <t>526</t>
+        </is>
+      </c>
+      <c r="F323" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G323" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H323" s="1" t="n"/>
+      <c r="I323" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K323" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L323" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O323" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P323" s="2" t="n"/>
+      <c r="Q323" s="2" t="n">
+        <v>560</v>
+      </c>
+      <c r="R323" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S323" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T323" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U323" s="2" t="n"/>
+      <c r="V323" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W323" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X323" s="2" t="n"/>
+      <c r="Y323" s="2" t="n"/>
+      <c r="Z323" s="2" t="n"/>
+      <c r="AA323" s="2" t="n"/>
+      <c r="AB323" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC323" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD323" s="2" t="n"/>
+      <c r="AE323" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF323" s="1" t="n"/>
+      <c r="AG323" s="2" t="n">
+        <v>5690</v>
+      </c>
+      <c r="AH323" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI323" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ323" s="2" t="n">
+        <v>4530</v>
+      </c>
+      <c r="AK323" s="2" t="n"/>
+      <c r="AO323" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR323" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS323" s="2" t="n"/>
+      <c r="AT323" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AW323" s="2" t="n"/>
+      <c r="AX323" t="inlineStr"/>
+      <c r="AY323" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ323" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA323" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC323" s="3" t="n"/>
+    </row>
+    <row r="324" ht="40" customHeight="1">
+      <c r="A324" s="1" t="n">
+        <v>321</v>
+      </c>
+      <c r="B324" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C324" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D324" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E324" t="inlineStr">
+        <is>
+          <t>526 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F324" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G324" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H324" s="1" t="n"/>
+      <c r="I324" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K324" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L324" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O324" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P324" s="2" t="n"/>
+      <c r="Q324" s="2" t="n">
+        <v>574</v>
+      </c>
+      <c r="R324" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S324" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T324" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U324" s="2" t="n"/>
+      <c r="V324" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W324" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X324" s="2" t="n"/>
+      <c r="Y324" s="2" t="n"/>
+      <c r="Z324" s="2" t="n"/>
+      <c r="AA324" s="2" t="n"/>
+      <c r="AB324" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC324" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD324" s="2" t="n"/>
+      <c r="AE324" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF324" s="1" t="n"/>
+      <c r="AG324" s="2" t="n">
+        <v>7430</v>
+      </c>
+      <c r="AH324" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI324" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ324" s="2" t="n">
+        <v>5060</v>
+      </c>
+      <c r="AK324" s="2" t="n"/>
+      <c r="AO324" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR324" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="AS324" s="2" t="n"/>
+      <c r="AT324" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AW324" s="2" t="n"/>
+      <c r="AX324" t="inlineStr"/>
+      <c r="AY324" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ324" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA324" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC324" s="3" t="n"/>
+    </row>
+    <row r="325" ht="40" customHeight="1">
+      <c r="A325" s="1" t="n">
+        <v>333</v>
+      </c>
+      <c r="B325" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>526 (Low Noise Version)</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G325" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H325" s="1" t="n"/>
+      <c r="I325" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K325" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L325" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O325" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P325" s="2" t="n"/>
+      <c r="Q325" s="2" t="n">
+        <v>552</v>
+      </c>
+      <c r="R325" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S325" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T325" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U325" s="2" t="n"/>
+      <c r="V325" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W325" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X325" s="2" t="n"/>
+      <c r="Y325" s="2" t="n"/>
+      <c r="Z325" s="2" t="n"/>
+      <c r="AA325" s="2" t="n"/>
+      <c r="AB325" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC325" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD325" s="2" t="n"/>
+      <c r="AE325" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF325" s="1" t="n"/>
+      <c r="AG325" s="2" t="n">
+        <v>6865</v>
+      </c>
+      <c r="AH325" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI325" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ325" s="2" t="n">
+        <v>5050</v>
+      </c>
+      <c r="AK325" s="2" t="n"/>
+      <c r="AO325" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR325" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="AS325" s="2" t="n"/>
+      <c r="AT325" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="AW325" s="2" t="n"/>
+      <c r="AX325" t="inlineStr"/>
+      <c r="AY325" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ325" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA325" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC325" s="3" t="n"/>
+    </row>
+    <row r="326" ht="40" customHeight="1">
+      <c r="A326" s="1" t="n">
+        <v>315</v>
+      </c>
+      <c r="B326" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C326" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D326" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>546</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G326" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H326" s="1" t="n"/>
+      <c r="I326" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K326" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L326" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O326" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P326" s="2" t="n"/>
+      <c r="Q326" s="2" t="n">
+        <v>580</v>
+      </c>
+      <c r="R326" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S326" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T326" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U326" s="2" t="n"/>
+      <c r="V326" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W326" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X326" s="2" t="n"/>
+      <c r="Y326" s="2" t="n"/>
+      <c r="Z326" s="2" t="n"/>
+      <c r="AA326" s="2" t="n"/>
+      <c r="AB326" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC326" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD326" s="2" t="n"/>
+      <c r="AE326" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF326" s="1" t="n"/>
+      <c r="AG326" s="2" t="n">
+        <v>5690</v>
+      </c>
+      <c r="AH326" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI326" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ326" s="2" t="n">
+        <v>4600</v>
+      </c>
+      <c r="AK326" s="2" t="n"/>
+      <c r="AO326" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR326" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS326" s="2" t="n"/>
+      <c r="AT326" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AW326" s="2" t="n"/>
+      <c r="AX326" t="inlineStr"/>
+      <c r="AY326" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ326" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA326" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC326" s="3" t="n"/>
+    </row>
+    <row r="327" ht="40" customHeight="1">
+      <c r="A327" s="1" t="n">
+        <v>322</v>
+      </c>
+      <c r="B327" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C327" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D327" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E327" t="inlineStr">
+        <is>
+          <t>546 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F327" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G327" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H327" s="1" t="n"/>
+      <c r="I327" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K327" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L327" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O327" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P327" s="2" t="n"/>
+      <c r="Q327" s="2" t="n">
+        <v>596</v>
+      </c>
+      <c r="R327" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S327" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T327" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U327" s="2" t="n"/>
+      <c r="V327" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W327" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X327" s="2" t="n"/>
+      <c r="Y327" s="2" t="n"/>
+      <c r="Z327" s="2" t="n"/>
+      <c r="AA327" s="2" t="n"/>
+      <c r="AB327" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC327" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD327" s="2" t="n"/>
+      <c r="AE327" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF327" s="1" t="n"/>
+      <c r="AG327" s="2" t="n">
+        <v>7430</v>
+      </c>
+      <c r="AH327" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI327" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ327" s="2" t="n">
+        <v>5140</v>
+      </c>
+      <c r="AK327" s="2" t="n"/>
+      <c r="AO327" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR327" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="AS327" s="2" t="n"/>
+      <c r="AT327" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AW327" s="2" t="n"/>
+      <c r="AX327" t="inlineStr"/>
+      <c r="AY327" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ327" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA327" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC327" s="3" t="n"/>
+    </row>
+    <row r="328" ht="40" customHeight="1">
+      <c r="A328" s="1" t="n">
+        <v>334</v>
+      </c>
+      <c r="B328" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C328" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D328" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E328" t="inlineStr">
+        <is>
+          <t>546 (Low Noise Version)</t>
+        </is>
+      </c>
+      <c r="F328" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G328" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H328" s="1" t="n"/>
+      <c r="I328" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K328" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L328" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O328" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P328" s="2" t="n"/>
+      <c r="Q328" s="2" t="n">
+        <v>569</v>
+      </c>
+      <c r="R328" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S328" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T328" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U328" s="2" t="n"/>
+      <c r="V328" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W328" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X328" s="2" t="n"/>
+      <c r="Y328" s="2" t="n"/>
+      <c r="Z328" s="2" t="n"/>
+      <c r="AA328" s="2" t="n"/>
+      <c r="AB328" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC328" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD328" s="2" t="n"/>
+      <c r="AE328" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF328" s="1" t="n"/>
+      <c r="AG328" s="2" t="n">
+        <v>7430</v>
+      </c>
+      <c r="AH328" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI328" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ328" s="2" t="n">
+        <v>5170</v>
+      </c>
+      <c r="AK328" s="2" t="n"/>
+      <c r="AO328" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR328" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="AS328" s="2" t="n"/>
+      <c r="AT328" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="AW328" s="2" t="n"/>
+      <c r="AX328" t="inlineStr"/>
+      <c r="AY328" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ328" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA328" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC328" s="3" t="n"/>
+    </row>
+    <row r="329" ht="40" customHeight="1">
+      <c r="A329" s="1" t="n">
+        <v>351</v>
+      </c>
+      <c r="B329" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C329" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D329" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E329" t="inlineStr">
+        <is>
+          <t>572 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F329" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G329" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H329" s="1" t="n"/>
+      <c r="I329" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K329" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L329" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O329" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P329" s="2" t="n"/>
+      <c r="Q329" s="2" t="n">
+        <v>548</v>
+      </c>
+      <c r="R329" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S329" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T329" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U329" s="2" t="n"/>
+      <c r="V329" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W329" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X329" s="2" t="n"/>
+      <c r="Y329" s="2" t="n"/>
+      <c r="Z329" s="2" t="n"/>
+      <c r="AA329" s="2" t="n"/>
+      <c r="AB329" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC329" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD329" s="2" t="n"/>
+      <c r="AE329" s="1" t="n"/>
+      <c r="AF329" s="1" t="n"/>
+      <c r="AG329" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH329" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI329" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ329" s="2" t="n">
+        <v>7033</v>
+      </c>
+      <c r="AK329" s="2" t="n"/>
+      <c r="AO329" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR329" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="AS329" s="2" t="n"/>
+      <c r="AT329" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="AW329" s="2" t="n"/>
+      <c r="AX329" t="inlineStr"/>
+      <c r="AY329" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ329" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA329" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC329" s="3" t="n"/>
+    </row>
+    <row r="330" ht="40" customHeight="1">
+      <c r="A330" s="1" t="n">
+        <v>360</v>
+      </c>
+      <c r="B330" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C330" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D330" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E330" t="inlineStr">
+        <is>
+          <t>572 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F330" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G330" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H330" s="1" t="n"/>
+      <c r="I330" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K330" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L330" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O330" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P330" s="2" t="n"/>
+      <c r="Q330" s="2" t="n">
+        <v>542</v>
+      </c>
+      <c r="R330" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S330" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T330" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U330" s="2" t="n"/>
+      <c r="V330" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W330" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X330" s="2" t="n"/>
+      <c r="Y330" s="2" t="n"/>
+      <c r="Z330" s="2" t="n"/>
+      <c r="AA330" s="2" t="n"/>
+      <c r="AB330" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC330" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD330" s="2" t="n"/>
+      <c r="AE330" s="1" t="n"/>
+      <c r="AF330" s="1" t="n"/>
+      <c r="AG330" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH330" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI330" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ330" s="2" t="n">
+        <v>7307</v>
+      </c>
+      <c r="AK330" s="2" t="n"/>
+      <c r="AO330" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR330" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS330" s="2" t="n"/>
+      <c r="AT330" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="AW330" s="2" t="n"/>
+      <c r="AX330" t="inlineStr"/>
+      <c r="AY330" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ330" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA330" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC330" s="3" t="n"/>
+    </row>
+    <row r="331" ht="40" customHeight="1">
+      <c r="A331" s="1" t="n">
+        <v>352</v>
+      </c>
+      <c r="B331" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C331" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D331" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E331" t="inlineStr">
+        <is>
+          <t>602 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F331" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G331" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H331" s="1" t="n"/>
+      <c r="I331" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K331" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L331" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O331" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P331" s="2" t="n"/>
+      <c r="Q331" s="2" t="n">
+        <v>576</v>
+      </c>
+      <c r="R331" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S331" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T331" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U331" s="2" t="n"/>
+      <c r="V331" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W331" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X331" s="2" t="n"/>
+      <c r="Y331" s="2" t="n"/>
+      <c r="Z331" s="2" t="n"/>
+      <c r="AA331" s="2" t="n"/>
+      <c r="AB331" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC331" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD331" s="2" t="n"/>
+      <c r="AE331" s="1" t="n"/>
+      <c r="AF331" s="1" t="n"/>
+      <c r="AG331" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH331" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI331" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ331" s="2" t="n">
+        <v>7256</v>
+      </c>
+      <c r="AK331" s="2" t="n"/>
+      <c r="AO331" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR331" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="AS331" s="2" t="n"/>
+      <c r="AT331" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="AW331" s="2" t="n"/>
+      <c r="AX331" t="inlineStr"/>
+      <c r="AY331" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ331" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA331" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC331" s="3" t="n"/>
+    </row>
+    <row r="332" ht="40" customHeight="1">
+      <c r="A332" s="1" t="n">
+        <v>361</v>
+      </c>
+      <c r="B332" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C332" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D332" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E332" t="inlineStr">
+        <is>
+          <t>602 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F332" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G332" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H332" s="1" t="n"/>
+      <c r="I332" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K332" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L332" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O332" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P332" s="2" t="n"/>
+      <c r="Q332" s="2" t="n">
+        <v>568</v>
+      </c>
+      <c r="R332" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S332" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T332" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U332" s="2" t="n"/>
+      <c r="V332" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W332" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X332" s="2" t="n"/>
+      <c r="Y332" s="2" t="n"/>
+      <c r="Z332" s="2" t="n"/>
+      <c r="AA332" s="2" t="n"/>
+      <c r="AB332" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC332" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD332" s="2" t="n"/>
+      <c r="AE332" s="1" t="n"/>
+      <c r="AF332" s="1" t="n"/>
+      <c r="AG332" s="2" t="n">
+        <v>5800</v>
+      </c>
+      <c r="AH332" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI332" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ332" s="2" t="n">
+        <v>7550</v>
+      </c>
+      <c r="AK332" s="2" t="n"/>
+      <c r="AO332" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR332" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS332" s="2" t="n"/>
+      <c r="AT332" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="AW332" s="2" t="n"/>
+      <c r="AX332" t="inlineStr"/>
+      <c r="AY332" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ332" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA332" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC332" s="3" t="n"/>
+    </row>
+    <row r="333" ht="40" customHeight="1">
+      <c r="A333" s="1" t="n">
+        <v>323</v>
+      </c>
+      <c r="B333" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>606 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G333" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H333" s="1" t="n"/>
+      <c r="I333" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K333" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L333" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O333" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P333" s="2" t="n"/>
+      <c r="Q333" s="2" t="n">
+        <v>640</v>
+      </c>
+      <c r="R333" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S333" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T333" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U333" s="2" t="n"/>
+      <c r="V333" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W333" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X333" s="2" t="n"/>
+      <c r="Y333" s="2" t="n"/>
+      <c r="Z333" s="2" t="n"/>
+      <c r="AA333" s="2" t="n"/>
+      <c r="AB333" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC333" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD333" s="2" t="n"/>
+      <c r="AE333" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF333" s="1" t="n"/>
+      <c r="AG333" s="2" t="n">
+        <v>7430</v>
+      </c>
+      <c r="AH333" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI333" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ333" s="2" t="n">
+        <v>5200</v>
+      </c>
+      <c r="AK333" s="2" t="n"/>
+      <c r="AO333" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR333" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="AS333" s="2" t="n"/>
+      <c r="AT333" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="AW333" s="2" t="n"/>
+      <c r="AX333" t="inlineStr"/>
+      <c r="AY333" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ333" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA333" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC333" s="3" t="n"/>
+    </row>
+    <row r="334" ht="40" customHeight="1">
+      <c r="A334" s="1" t="n">
+        <v>353</v>
+      </c>
+      <c r="B334" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C334" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D334" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>652 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G334" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H334" s="1" t="n"/>
+      <c r="I334" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K334" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L334" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O334" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P334" s="2" t="n"/>
+      <c r="Q334" s="2" t="n">
+        <v>664</v>
+      </c>
+      <c r="R334" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S334" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T334" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U334" s="2" t="n"/>
+      <c r="V334" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W334" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X334" s="2" t="n"/>
+      <c r="Y334" s="2" t="n"/>
+      <c r="Z334" s="2" t="n"/>
+      <c r="AA334" s="2" t="n"/>
+      <c r="AB334" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC334" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD334" s="2" t="n"/>
+      <c r="AE334" s="1" t="n"/>
+      <c r="AF334" s="1" t="n"/>
+      <c r="AG334" s="2" t="n">
+        <v>7000</v>
+      </c>
+      <c r="AH334" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI334" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ334" s="2" t="n">
+        <v>7518</v>
+      </c>
+      <c r="AK334" s="2" t="n"/>
+      <c r="AO334" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR334" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="AS334" s="2" t="n"/>
+      <c r="AT334" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="AW334" s="2" t="n"/>
+      <c r="AX334" t="inlineStr"/>
+      <c r="AY334" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ334" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA334" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC334" s="3" t="n"/>
+    </row>
+    <row r="335" ht="40" customHeight="1">
+      <c r="A335" s="1" t="n">
+        <v>362</v>
+      </c>
+      <c r="B335" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C335" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D335" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E335" t="inlineStr">
+        <is>
+          <t>652 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F335" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G335" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H335" s="1" t="n"/>
+      <c r="I335" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K335" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L335" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O335" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P335" s="2" t="n"/>
+      <c r="Q335" s="2" t="n">
+        <v>658</v>
+      </c>
+      <c r="R335" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S335" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T335" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U335" s="2" t="n"/>
+      <c r="V335" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W335" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X335" s="2" t="n"/>
+      <c r="Y335" s="2" t="n"/>
+      <c r="Z335" s="2" t="n"/>
+      <c r="AA335" s="2" t="n"/>
+      <c r="AB335" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC335" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD335" s="2" t="n"/>
+      <c r="AE335" s="1" t="n"/>
+      <c r="AF335" s="1" t="n"/>
+      <c r="AG335" s="2" t="n">
+        <v>7000</v>
+      </c>
+      <c r="AH335" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI335" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ335" s="2" t="n">
+        <v>7791</v>
+      </c>
+      <c r="AK335" s="2" t="n"/>
+      <c r="AO335" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR335" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS335" s="2" t="n"/>
+      <c r="AT335" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="AW335" s="2" t="n"/>
+      <c r="AX335" t="inlineStr"/>
+      <c r="AY335" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ335" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA335" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC335" s="3" t="n"/>
+    </row>
+    <row r="336" ht="40" customHeight="1">
+      <c r="A336" s="1" t="n">
+        <v>324</v>
+      </c>
+      <c r="B336" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C336" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D336" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E336" t="inlineStr">
+        <is>
+          <t>708 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F336" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G336" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H336" s="1" t="n"/>
+      <c r="I336" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K336" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L336" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="O336" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P336" s="2" t="n"/>
+      <c r="Q336" s="2" t="n">
+        <v>753</v>
+      </c>
+      <c r="R336" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S336" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T336" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U336" s="2" t="n"/>
+      <c r="V336" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W336" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X336" s="2" t="n"/>
+      <c r="Y336" s="2" t="n"/>
+      <c r="Z336" s="2" t="n"/>
+      <c r="AA336" s="2" t="n"/>
+      <c r="AB336" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC336" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="AD336" s="2" t="n"/>
+      <c r="AE336" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="AF336" s="1" t="n"/>
+      <c r="AG336" s="2" t="n">
+        <v>9780</v>
+      </c>
+      <c r="AH336" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI336" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ336" s="2" t="n">
+        <v>6580</v>
+      </c>
+      <c r="AK336" s="2" t="n"/>
+      <c r="AO336" t="inlineStr">
+        <is>
+          <t>8 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR336" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="AS336" s="2" t="n"/>
+      <c r="AT336" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AW336" s="2" t="n"/>
+      <c r="AX336" t="inlineStr"/>
+      <c r="AY336" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ336" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA336" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC336" s="3" t="n"/>
+    </row>
+    <row r="337" ht="40" customHeight="1">
+      <c r="A337" s="1" t="n">
+        <v>325</v>
+      </c>
+      <c r="B337" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C337" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D337" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E337" t="inlineStr">
+        <is>
+          <t>738 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F337" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G337" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H337" s="1" t="n"/>
+      <c r="I337" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K337" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L337" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="O337" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P337" s="2" t="n"/>
+      <c r="Q337" s="2" t="n">
+        <v>795</v>
+      </c>
+      <c r="R337" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S337" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T337" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U337" s="2" t="n"/>
+      <c r="V337" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W337" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X337" s="2" t="n"/>
+      <c r="Y337" s="2" t="n"/>
+      <c r="Z337" s="2" t="n"/>
+      <c r="AA337" s="2" t="n"/>
+      <c r="AB337" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC337" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="AD337" s="2" t="n"/>
+      <c r="AE337" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="AF337" s="1" t="n"/>
+      <c r="AG337" s="2" t="n">
+        <v>9780</v>
+      </c>
+      <c r="AH337" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI337" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ337" s="2" t="n">
+        <v>6760</v>
+      </c>
+      <c r="AK337" s="2" t="n"/>
+      <c r="AO337" t="inlineStr">
+        <is>
+          <t>8 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR337" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AS337" s="2" t="n"/>
+      <c r="AT337" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="AW337" s="2" t="n"/>
+      <c r="AX337" t="inlineStr"/>
+      <c r="AY337" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ337" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA337" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC337" s="3" t="n"/>
+    </row>
+    <row r="338" ht="40" customHeight="1">
+      <c r="A338" s="1" t="n">
+        <v>326</v>
+      </c>
+      <c r="B338" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C338" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D338" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E338" t="inlineStr">
+        <is>
+          <t>768 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F338" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G338" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H338" s="1" t="n"/>
+      <c r="I338" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K338" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L338" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="O338" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P338" s="2" t="n"/>
+      <c r="Q338" s="2" t="n">
+        <v>826</v>
+      </c>
+      <c r="R338" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S338" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T338" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U338" s="2" t="n"/>
+      <c r="V338" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W338" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X338" s="2" t="n"/>
+      <c r="Y338" s="2" t="n"/>
+      <c r="Z338" s="2" t="n"/>
+      <c r="AA338" s="2" t="n"/>
+      <c r="AB338" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC338" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="AD338" s="2" t="n"/>
+      <c r="AE338" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="AF338" s="1" t="n"/>
+      <c r="AG338" s="2" t="n">
+        <v>9780</v>
+      </c>
+      <c r="AH338" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI338" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ338" s="2" t="n">
+        <v>6800</v>
+      </c>
+      <c r="AK338" s="2" t="n"/>
+      <c r="AO338" t="inlineStr">
+        <is>
+          <t>8 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR338" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AS338" s="2" t="n"/>
+      <c r="AT338" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="AW338" s="2" t="n"/>
+      <c r="AX338" t="inlineStr"/>
+      <c r="AY338" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ338" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA338" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC338" s="3" t="n"/>
+    </row>
+    <row r="339" ht="40" customHeight="1">
+      <c r="A339" s="1" t="n">
+        <v>354</v>
+      </c>
+      <c r="B339" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C339" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D339" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E339" t="inlineStr">
+        <is>
+          <t>772 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F339" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G339" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H339" s="1" t="n"/>
+      <c r="I339" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K339" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L339" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O339" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P339" s="2" t="n"/>
+      <c r="Q339" s="2" t="n">
+        <v>748</v>
+      </c>
+      <c r="R339" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S339" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T339" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U339" s="2" t="n"/>
+      <c r="V339" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W339" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X339" s="2" t="n"/>
+      <c r="Y339" s="2" t="n"/>
+      <c r="Z339" s="2" t="n"/>
+      <c r="AA339" s="2" t="n"/>
+      <c r="AB339" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC339" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD339" s="2" t="n"/>
+      <c r="AE339" s="1" t="n"/>
+      <c r="AF339" s="1" t="n"/>
+      <c r="AG339" s="2" t="n">
+        <v>7900</v>
+      </c>
+      <c r="AH339" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI339" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ339" s="2" t="n">
+        <v>8551</v>
+      </c>
+      <c r="AK339" s="2" t="n"/>
+      <c r="AO339" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR339" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="AS339" s="2" t="n"/>
+      <c r="AT339" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="AW339" s="2" t="n"/>
+      <c r="AX339" t="inlineStr"/>
+      <c r="AY339" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ339" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA339" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC339" s="3" t="n"/>
+    </row>
+    <row r="340" ht="40" customHeight="1">
+      <c r="A340" s="1" t="n">
+        <v>363</v>
+      </c>
+      <c r="B340" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C340" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D340" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E340" t="inlineStr">
+        <is>
+          <t>772 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F340" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G340" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H340" s="1" t="n"/>
+      <c r="I340" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K340" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L340" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O340" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P340" s="2" t="n"/>
+      <c r="Q340" s="2" t="n">
+        <v>741</v>
+      </c>
+      <c r="R340" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S340" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T340" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U340" s="2" t="n"/>
+      <c r="V340" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W340" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X340" s="2" t="n"/>
+      <c r="Y340" s="2" t="n"/>
+      <c r="Z340" s="2" t="n"/>
+      <c r="AA340" s="2" t="n"/>
+      <c r="AB340" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC340" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD340" s="2" t="n"/>
+      <c r="AE340" s="1" t="n"/>
+      <c r="AF340" s="1" t="n"/>
+      <c r="AG340" s="2" t="n">
+        <v>7900</v>
+      </c>
+      <c r="AH340" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI340" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ340" s="2" t="n">
+        <v>8921</v>
+      </c>
+      <c r="AK340" s="2" t="n"/>
+      <c r="AO340" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR340" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS340" s="2" t="n"/>
+      <c r="AT340" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="AW340" s="2" t="n"/>
+      <c r="AX340" t="inlineStr"/>
+      <c r="AY340" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ340" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA340" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC340" s="3" t="n"/>
+    </row>
+    <row r="341" ht="40" customHeight="1">
+      <c r="A341" s="1" t="n">
+        <v>327</v>
+      </c>
+      <c r="B341" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C341" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D341" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E341" t="inlineStr">
+        <is>
+          <t>808 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F341" t="inlineStr">
+        <is>
+          <t>Climaveneta NX2-N Commercial Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G341" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H341" s="1" t="n"/>
+      <c r="I341" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K341" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L341" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="O341" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P341" s="2" t="n"/>
+      <c r="Q341" s="2" t="n">
+        <v>854</v>
+      </c>
+      <c r="R341" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S341" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T341" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U341" s="2" t="n"/>
+      <c r="V341" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="W341" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X341" s="2" t="n"/>
+      <c r="Y341" s="2" t="n"/>
+      <c r="Z341" s="2" t="n"/>
+      <c r="AA341" s="2" t="n"/>
+      <c r="AB341" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC341" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="AD341" s="2" t="n"/>
+      <c r="AE341" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="AF341" s="1" t="n"/>
+      <c r="AG341" s="2" t="n">
+        <v>9780</v>
+      </c>
+      <c r="AH341" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI341" s="2" t="n">
+        <v>2450</v>
+      </c>
+      <c r="AJ341" s="2" t="n">
+        <v>6840</v>
+      </c>
+      <c r="AK341" s="2" t="n"/>
+      <c r="AO341" t="inlineStr">
+        <is>
+          <t>8 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR341" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AS341" s="2" t="n"/>
+      <c r="AT341" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="AW341" s="2" t="n"/>
+      <c r="AX341" t="inlineStr"/>
+      <c r="AY341" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ341" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA341" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/nx2-n-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC341" s="3" t="n"/>
+    </row>
+    <row r="342" ht="40" customHeight="1">
+      <c r="A342" s="1" t="n">
+        <v>355</v>
+      </c>
+      <c r="B342" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C342" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D342" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E342" t="inlineStr">
+        <is>
+          <t>902 (High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F342" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G342" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H342" s="1" t="n"/>
+      <c r="I342" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K342" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L342" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O342" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P342" s="2" t="n"/>
+      <c r="Q342" s="2" t="n">
+        <v>872</v>
+      </c>
+      <c r="R342" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S342" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T342" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U342" s="2" t="n"/>
+      <c r="V342" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W342" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X342" s="2" t="n"/>
+      <c r="Y342" s="2" t="n"/>
+      <c r="Z342" s="2" t="n"/>
+      <c r="AA342" s="2" t="n"/>
+      <c r="AB342" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC342" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD342" s="2" t="n"/>
+      <c r="AE342" s="1" t="n"/>
+      <c r="AF342" s="1" t="n"/>
+      <c r="AG342" s="2" t="n">
+        <v>10000</v>
+      </c>
+      <c r="AH342" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI342" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ342" s="2" t="n">
+        <v>9835</v>
+      </c>
+      <c r="AK342" s="2" t="n"/>
+      <c r="AO342" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR342" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="AS342" s="2" t="n"/>
+      <c r="AT342" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="AW342" s="2" t="n"/>
+      <c r="AX342" t="inlineStr"/>
+      <c r="AY342" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ342" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA342" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC342" s="3" t="n"/>
+    </row>
+    <row r="343" ht="40" customHeight="1">
+      <c r="A343" s="1" t="n">
+        <v>364</v>
+      </c>
+      <c r="B343" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C343" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D343" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E343" t="inlineStr">
+        <is>
+          <t>902 (Low Noise &amp; High Efficiency Version)</t>
+        </is>
+      </c>
+      <c r="F343" t="inlineStr">
+        <is>
+          <t>Climaveneta i-FX-N Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G343" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H343" s="1" t="n"/>
+      <c r="I343" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K343" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L343" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O343" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P343" s="2" t="n"/>
+      <c r="Q343" s="2" t="n">
+        <v>863</v>
+      </c>
+      <c r="R343" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S343" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T343" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U343" s="2" t="n"/>
+      <c r="V343" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W343" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X343" s="2" t="n"/>
+      <c r="Y343" s="2" t="n"/>
+      <c r="Z343" s="2" t="n"/>
+      <c r="AA343" s="2" t="n"/>
+      <c r="AB343" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC343" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD343" s="2" t="n"/>
+      <c r="AE343" s="1" t="n"/>
+      <c r="AF343" s="1" t="n"/>
+      <c r="AG343" s="2" t="n">
+        <v>10000</v>
+      </c>
+      <c r="AH343" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AI343" s="2" t="n">
+        <v>2260</v>
+      </c>
+      <c r="AJ343" s="2" t="n">
+        <v>10101</v>
+      </c>
+      <c r="AK343" s="2" t="n"/>
+      <c r="AO343" t="inlineStr">
+        <is>
+          <t>stufenlos</t>
+        </is>
+      </c>
+      <c r="AR343" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS343" s="2" t="n"/>
+      <c r="AT343" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="AW343" s="2" t="n"/>
+      <c r="AX343" t="inlineStr"/>
+      <c r="AY343" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ343" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA343" t="inlineStr">
+        <is>
+          <t>https://library.mitsubishielectric.co.uk/pdf/book/Climaveneta-i-FX-N-Air-Source-Heat-Pump-Product-Information-Sheet#page-1</t>
+        </is>
+      </c>
+      <c r="BC343" s="3" t="n"/>
+    </row>
+    <row r="344" ht="40" customHeight="1">
+      <c r="A344" s="1" t="n">
+        <v>335</v>
+      </c>
+      <c r="B344" t="inlineStr">
+        <is>
+          <t>R32</t>
+        </is>
+      </c>
+      <c r="C344" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D344" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E344" t="inlineStr">
+        <is>
+          <t>EAHV-M1500YCL-N</t>
+        </is>
+      </c>
+      <c r="F344" t="inlineStr">
+        <is>
+          <t>EAHV R32 Modular Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G344" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H344" s="1" t="n"/>
+      <c r="I344" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K344" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L344" t="inlineStr">
+        <is>
+          <t>1-6</t>
+        </is>
+      </c>
+      <c r="M344" t="inlineStr">
+        <is>
+          <t>1-6 Module</t>
+        </is>
+      </c>
+      <c r="O344" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P344" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="Q344" s="2" t="n">
+        <v>900</v>
+      </c>
+      <c r="R344" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S344" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T344" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U344" s="2" t="n"/>
+      <c r="V344" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W344" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X344" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y344" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="Z344" s="2" t="n"/>
+      <c r="AA344" s="2" t="n"/>
+      <c r="AB344" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC344" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD344" s="2" t="n"/>
+      <c r="AE344" s="1" t="n"/>
+      <c r="AF344" s="1" t="n"/>
+      <c r="AG344" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AH344" s="2" t="n">
+        <v>3400</v>
+      </c>
+      <c r="AI344" s="2" t="n">
+        <v>1080</v>
+      </c>
+      <c r="AJ344" s="2" t="n">
+        <v>1280</v>
+      </c>
+      <c r="AK344" s="2" t="n"/>
+      <c r="AR344" s="2" t="n"/>
+      <c r="AS344" s="2" t="n"/>
+      <c r="AT344" s="2" t="n"/>
+      <c r="AW344" s="2" t="n"/>
+      <c r="AX344" t="inlineStr">
+        <is>
+          <t>Höhe pro Modul</t>
+        </is>
+      </c>
+      <c r="AY344" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ344" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA344" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/eahv-r32-modular-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC344" s="3" t="n"/>
+    </row>
+    <row r="345" ht="40" customHeight="1">
+      <c r="A345" s="1" t="n">
+        <v>336</v>
+      </c>
+      <c r="B345" t="inlineStr">
+        <is>
+          <t>R32</t>
+        </is>
+      </c>
+      <c r="C345" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D345" t="inlineStr">
+        <is>
+          <t>Mitsubishi Electric, Living Environment Systems</t>
+        </is>
+      </c>
+      <c r="E345" t="inlineStr">
+        <is>
+          <t>EAHV-M1800YCL-N</t>
+        </is>
+      </c>
+      <c r="F345" t="inlineStr">
+        <is>
+          <t>EAHV R32 Modular Air Source Heat Pump</t>
+        </is>
+      </c>
+      <c r="G345" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H345" s="1" t="n"/>
+      <c r="I345" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K345" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L345" t="inlineStr">
+        <is>
+          <t>1-6</t>
+        </is>
+      </c>
+      <c r="M345" t="inlineStr">
+        <is>
+          <t>1-6 Module</t>
+        </is>
+      </c>
+      <c r="O345" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P345" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="Q345" s="2" t="n">
+        <v>1080</v>
+      </c>
+      <c r="R345" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S345" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T345" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U345" s="2" t="n"/>
+      <c r="V345" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W345" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X345" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y345" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="Z345" s="2" t="n"/>
+      <c r="AA345" s="2" t="n"/>
+      <c r="AB345" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC345" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD345" s="2" t="n"/>
+      <c r="AE345" s="1" t="n"/>
+      <c r="AF345" s="1" t="n"/>
+      <c r="AG345" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AH345" s="2" t="n">
+        <v>3400</v>
+      </c>
+      <c r="AI345" s="2" t="n">
+        <v>1080</v>
+      </c>
+      <c r="AJ345" s="2" t="n">
+        <v>1281</v>
+      </c>
+      <c r="AK345" s="2" t="n"/>
+      <c r="AR345" s="2" t="n"/>
+      <c r="AS345" s="2" t="n"/>
+      <c r="AT345" s="2" t="n"/>
+      <c r="AW345" s="2" t="n"/>
+      <c r="AX345" t="inlineStr">
+        <is>
+          <t>Höhe pro Modul</t>
+        </is>
+      </c>
+      <c r="AY345" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ345" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA345" t="inlineStr">
+        <is>
+          <t>https://les.mitsubishielectric.co.uk/products/commercial-heat-pumps-and-chillers/commercial-heat-pumps/eahv-r32-modular-air-source-heat-pump</t>
+        </is>
+      </c>
+      <c r="BC345" s="3" t="n"/>
+    </row>
+    <row r="346" ht="40" customHeight="1">
+      <c r="A346" s="1" t="n">
+        <v>367</v>
+      </c>
+      <c r="B346" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C346" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D346" t="inlineStr">
+        <is>
+          <t>Mitsubishi Heavy Industries, Ltd.</t>
+        </is>
+      </c>
+      <c r="E346" t="inlineStr">
+        <is>
+          <t>ETW-L</t>
+        </is>
+      </c>
+      <c r="F346" t="inlineStr">
+        <is>
+          <t>ETW</t>
+        </is>
+      </c>
+      <c r="G346" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H346" s="1" t="n"/>
+      <c r="I346" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K346" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="M346" t="inlineStr">
+        <is>
+          <t>1-6 Module</t>
+        </is>
+      </c>
+      <c r="O346" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Prozesswärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P346" s="2" t="n">
+        <v>320</v>
+      </c>
+      <c r="Q346" s="2" t="n">
+        <v>3762</v>
+      </c>
+      <c r="R346" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S346" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T346" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U346" s="2" t="n"/>
+      <c r="V346" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="W346" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X346" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y346" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="Z346" s="2" t="n"/>
+      <c r="AA346" s="2" t="n"/>
+      <c r="AB346" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC346" t="inlineStr">
+        <is>
+          <t>1 (zweistufig)</t>
+        </is>
+      </c>
+      <c r="AD346" s="2" t="n"/>
+      <c r="AE346" s="1" t="n"/>
+      <c r="AF346" s="1" t="n"/>
+      <c r="AG346" s="2" t="n">
+        <v>1550</v>
+      </c>
+      <c r="AH346" s="2" t="n">
+        <v>1200</v>
+      </c>
+      <c r="AI346" s="2" t="n">
+        <v>2056</v>
+      </c>
+      <c r="AJ346" s="2" t="n">
+        <v>2700</v>
+      </c>
+      <c r="AK346" s="2" t="n"/>
+      <c r="AO346" t="inlineStr">
+        <is>
+          <t>On-Off</t>
+        </is>
+      </c>
+      <c r="AR346" s="2" t="n"/>
+      <c r="AS346" s="2" t="n"/>
+      <c r="AT346" s="2" t="n"/>
+      <c r="AW346" s="2" t="n"/>
+      <c r="AX346" t="inlineStr"/>
+      <c r="AY346" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ346" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA346" t="inlineStr">
+        <is>
+          <t>https://www.mhi.co.jp/technology/review/pdf/e482/e482045.pdf</t>
+        </is>
+      </c>
+      <c r="BC346" s="3" t="n"/>
+    </row>
+    <row r="347" ht="40" customHeight="1">
+      <c r="A347" s="1" t="n">
+        <v>368</v>
+      </c>
+      <c r="B347" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C347" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D347" t="inlineStr">
+        <is>
+          <t>Mitsubishi Heavy Industries, Ltd.</t>
+        </is>
+      </c>
+      <c r="E347" t="inlineStr">
+        <is>
+          <t>ETW-S</t>
+        </is>
+      </c>
+      <c r="F347" t="inlineStr">
+        <is>
+          <t>ETW</t>
+        </is>
+      </c>
+      <c r="G347" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H347" s="1" t="n"/>
+      <c r="I347" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K347" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O347" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P347" s="2" t="n"/>
+      <c r="Q347" s="2" t="n">
+        <v>627</v>
+      </c>
+      <c r="R347" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S347" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T347" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U347" s="2" t="n"/>
+      <c r="V347" s="2" t="n"/>
+      <c r="W347" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="X347" s="2" t="n"/>
+      <c r="Y347" s="2" t="n"/>
+      <c r="Z347" s="2" t="n"/>
+      <c r="AA347" s="2" t="n"/>
+      <c r="AB347" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC347" t="inlineStr">
+        <is>
+          <t>1  (zweistufig)</t>
+        </is>
+      </c>
+      <c r="AD347" s="2" t="n"/>
+      <c r="AE347" s="1" t="n"/>
+      <c r="AF347" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="AG347" s="2" t="n"/>
+      <c r="AH347" s="2" t="n"/>
+      <c r="AI347" s="2" t="n"/>
+      <c r="AJ347" s="2" t="n">
+        <v>6500</v>
+      </c>
+      <c r="AK347" s="2" t="n"/>
+      <c r="AR347" s="2" t="n"/>
+      <c r="AS347" s="2" t="n"/>
+      <c r="AT347" s="2" t="n"/>
+      <c r="AV347" t="inlineStr">
+        <is>
+          <t>7,7</t>
+        </is>
+      </c>
+      <c r="AW347" s="2" t="n"/>
+      <c r="AX347" t="inlineStr"/>
+      <c r="AY347" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ347" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA347" t="inlineStr">
+        <is>
+          <t>https://heatpumpingtechnologies.org/annex58/wp-content/uploads/sites/70/2022/07/hthpannex58hs-compressor.pdf</t>
+        </is>
+      </c>
+      <c r="BC347" s="3" t="n"/>
+    </row>
+    <row r="348" ht="40" customHeight="1">
+      <c r="A348" s="1" t="n">
+        <v>1125</v>
+      </c>
+      <c r="B348" t="inlineStr">
+        <is>
+          <t>R1234yf</t>
+        </is>
+      </c>
+      <c r="C348" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D348" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E348" t="inlineStr">
+        <is>
+          <t>ILWHS 385 ER5c2</t>
+        </is>
+      </c>
+      <c r="F348" t="inlineStr">
+        <is>
+          <t>ILWHS</t>
+        </is>
+      </c>
+      <c r="G348" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H348" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I348" s="1" t="n"/>
+      <c r="K348" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P348" s="2" t="n"/>
+      <c r="Q348" s="2" t="n">
+        <v>385</v>
+      </c>
+      <c r="R348" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S348" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T348" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U348" s="2" t="n"/>
+      <c r="V348" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="W348" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X348" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y348" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z348" s="2" t="n"/>
+      <c r="AA348" s="2" t="n"/>
+      <c r="AB348" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC348" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD348" s="2" t="n">
+        <v>225</v>
+      </c>
+      <c r="AE348" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF348" s="1" t="n"/>
+      <c r="AG348" s="2" t="n">
+        <v>8100</v>
+      </c>
+      <c r="AH348" s="2" t="n">
+        <v>2420</v>
+      </c>
+      <c r="AI348" s="2" t="n">
+        <v>2753</v>
+      </c>
+      <c r="AJ348" s="2" t="n">
+        <v>10700</v>
+      </c>
+      <c r="AK348" s="2" t="n"/>
+      <c r="AO348" t="inlineStr">
+        <is>
+          <t>3 Leistungsstufen (50%, 75%,100%)</t>
+        </is>
+      </c>
+      <c r="AR348" s="2" t="n"/>
+      <c r="AS348" s="2" t="n"/>
+      <c r="AT348" s="2" t="n"/>
+      <c r="AW348" s="2" t="n"/>
+      <c r="AX348" t="inlineStr"/>
+      <c r="AY348" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ348" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC348" s="3" t="n"/>
+    </row>
+    <row r="349" ht="40" customHeight="1">
+      <c r="A349" s="1" t="n">
+        <v>373</v>
+      </c>
+      <c r="B349" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C349" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D349" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E349" t="inlineStr">
+        <is>
+          <t>ISWS 120 ER6a u</t>
+        </is>
+      </c>
+      <c r="F349" t="inlineStr">
+        <is>
+          <t>ISWS ER a u</t>
+        </is>
+      </c>
+      <c r="G349" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H349" s="1" t="n"/>
+      <c r="I349" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K349" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P349" s="2" t="n"/>
+      <c r="Q349" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="R349" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S349" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T349" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U349" s="2" t="n"/>
+      <c r="V349" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W349" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X349" s="2" t="n">
+        <v>-5</v>
+      </c>
+      <c r="Y349" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z349" s="2" t="n"/>
+      <c r="AA349" s="2" t="n"/>
+      <c r="AB349" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC349" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD349" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AE349" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF349" s="1" t="n"/>
+      <c r="AG349" s="2" t="n">
+        <v>3050</v>
+      </c>
+      <c r="AH349" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI349" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AJ349" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AK349" s="2" t="n"/>
+      <c r="AO349" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR349" s="2" t="n">
+        <v>89.40000000000001</v>
+      </c>
+      <c r="AS349" s="2" t="n"/>
+      <c r="AT349" s="2" t="n"/>
+      <c r="AW349" s="2" t="n"/>
+      <c r="AX349" t="inlineStr"/>
+      <c r="AY349" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ349" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC349" s="3" t="n"/>
+    </row>
+    <row r="350" ht="40" customHeight="1">
+      <c r="A350" s="1" t="n">
+        <v>374</v>
+      </c>
+      <c r="B350" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D350" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E350" t="inlineStr">
+        <is>
+          <t>ISWS 120 ER7a u</t>
+        </is>
+      </c>
+      <c r="F350" t="inlineStr">
+        <is>
+          <t>ISWS ER a u</t>
+        </is>
+      </c>
+      <c r="G350" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H350" s="1" t="n"/>
+      <c r="I350" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K350" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P350" s="2" t="n"/>
+      <c r="Q350" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="R350" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S350" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T350" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U350" s="2" t="n"/>
+      <c r="V350" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W350" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X350" s="2" t="n">
+        <v>-5</v>
+      </c>
+      <c r="Y350" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z350" s="2" t="n"/>
+      <c r="AA350" s="2" t="n"/>
+      <c r="AB350" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC350" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD350" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AE350" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF350" s="1" t="n"/>
+      <c r="AG350" s="2" t="n">
+        <v>3050</v>
+      </c>
+      <c r="AH350" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI350" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AJ350" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AK350" s="2" t="n"/>
+      <c r="AO350" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR350" s="2" t="n">
+        <v>89.40000000000001</v>
+      </c>
+      <c r="AS350" s="2" t="n"/>
+      <c r="AT350" s="2" t="n"/>
+      <c r="AW350" s="2" t="n"/>
+      <c r="AX350" t="inlineStr"/>
+      <c r="AY350" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ350" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC350" s="3" t="n"/>
+    </row>
+    <row r="351" ht="40" customHeight="1">
+      <c r="A351" s="1" t="n">
+        <v>382</v>
+      </c>
+      <c r="B351" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C351" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D351" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E351" t="inlineStr">
+        <is>
+          <t>ISWS 120 R6a</t>
+        </is>
+      </c>
+      <c r="F351" t="inlineStr">
+        <is>
+          <t>ISWS R6a</t>
+        </is>
+      </c>
+      <c r="G351" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H351" s="1" t="n"/>
+      <c r="I351" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K351" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P351" s="2" t="n"/>
+      <c r="Q351" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="R351" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S351" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T351" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U351" s="2" t="n"/>
+      <c r="V351" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W351" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X351" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y351" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z351" s="2" t="n"/>
+      <c r="AA351" s="2" t="n"/>
+      <c r="AB351" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC351" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD351" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="AE351" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF351" s="1" t="n"/>
+      <c r="AG351" s="2" t="n">
+        <v>3300</v>
+      </c>
+      <c r="AH351" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="AI351" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AJ351" s="2" t="n">
+        <v>1750</v>
+      </c>
+      <c r="AK351" s="2" t="n"/>
+      <c r="AO351" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR351" s="2" t="n">
+        <v>87.59999999999999</v>
+      </c>
+      <c r="AS351" s="2" t="n"/>
+      <c r="AT351" s="2" t="n"/>
+      <c r="AW351" s="2" t="n"/>
+      <c r="AX351" t="inlineStr"/>
+      <c r="AY351" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ351" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC351" s="3" t="n"/>
+    </row>
+    <row r="352" ht="40" customHeight="1">
+      <c r="A352" s="1" t="n">
+        <v>391</v>
+      </c>
+      <c r="B352" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C352" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D352" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E352" t="inlineStr">
+        <is>
+          <t>ISWS 120 R7a</t>
+        </is>
+      </c>
+      <c r="F352" t="inlineStr">
+        <is>
+          <t>ISWS R7a</t>
+        </is>
+      </c>
+      <c r="G352" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H352" s="1" t="n"/>
+      <c r="I352" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K352" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P352" s="2" t="n"/>
+      <c r="Q352" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="R352" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S352" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T352" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U352" s="2" t="n"/>
+      <c r="V352" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W352" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="X352" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y352" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z352" s="2" t="n"/>
+      <c r="AA352" s="2" t="n"/>
+      <c r="AB352" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC352" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD352" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="AE352" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF352" s="1" t="n"/>
+      <c r="AG352" s="2" t="n">
+        <v>3300</v>
+      </c>
+      <c r="AH352" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="AI352" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AJ352" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AK352" s="2" t="n"/>
+      <c r="AO352" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR352" s="2" t="n">
+        <v>87.59999999999999</v>
+      </c>
+      <c r="AS352" s="2" t="n"/>
+      <c r="AT352" s="2" t="n"/>
+      <c r="AW352" s="2" t="n"/>
+      <c r="AX352" t="inlineStr"/>
+      <c r="AY352" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ352" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC352" s="3" t="n"/>
+    </row>
+    <row r="353" ht="40" customHeight="1">
+      <c r="A353" s="1" t="n">
+        <v>383</v>
+      </c>
+      <c r="B353" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C353" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D353" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E353" t="inlineStr">
+        <is>
+          <t>ISWS 150 R6a</t>
+        </is>
+      </c>
+      <c r="F353" t="inlineStr">
+        <is>
+          <t>ISWS R6a</t>
+        </is>
+      </c>
+      <c r="G353" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H353" s="1" t="n"/>
+      <c r="I353" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K353" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P353" s="2" t="n"/>
+      <c r="Q353" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="R353" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S353" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T353" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U353" s="2" t="n"/>
+      <c r="V353" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W353" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X353" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y353" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z353" s="2" t="n"/>
+      <c r="AA353" s="2" t="n"/>
+      <c r="AB353" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC353" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD353" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="AE353" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF353" s="1" t="n"/>
+      <c r="AG353" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AH353" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AI353" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ353" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AK353" s="2" t="n"/>
+      <c r="AO353" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR353" s="2" t="n">
+        <v>87.7</v>
+      </c>
+      <c r="AS353" s="2" t="n"/>
+      <c r="AT353" s="2" t="n"/>
+      <c r="AW353" s="2" t="n"/>
+      <c r="AX353" t="inlineStr"/>
+      <c r="AY353" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ353" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC353" s="3" t="n"/>
+    </row>
+    <row r="354" ht="40" customHeight="1">
+      <c r="A354" s="1" t="n">
+        <v>392</v>
+      </c>
+      <c r="B354" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C354" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D354" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E354" t="inlineStr">
+        <is>
+          <t>ISWS 150 R7a</t>
+        </is>
+      </c>
+      <c r="F354" t="inlineStr">
+        <is>
+          <t>ISWS R7a</t>
+        </is>
+      </c>
+      <c r="G354" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H354" s="1" t="n"/>
+      <c r="I354" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K354" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P354" s="2" t="n"/>
+      <c r="Q354" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="R354" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S354" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T354" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U354" s="2" t="n"/>
+      <c r="V354" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W354" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="X354" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y354" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z354" s="2" t="n"/>
+      <c r="AA354" s="2" t="n"/>
+      <c r="AB354" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC354" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD354" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="AE354" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF354" s="1" t="n"/>
+      <c r="AG354" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AH354" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AI354" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ354" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AK354" s="2" t="n"/>
+      <c r="AO354" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR354" s="2" t="n">
+        <v>87.7</v>
+      </c>
+      <c r="AS354" s="2" t="n"/>
+      <c r="AT354" s="2" t="n"/>
+      <c r="AW354" s="2" t="n"/>
+      <c r="AX354" t="inlineStr"/>
+      <c r="AY354" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ354" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC354" s="3" t="n"/>
+    </row>
+    <row r="355" ht="40" customHeight="1">
+      <c r="A355" s="1" t="n">
+        <v>375</v>
+      </c>
+      <c r="B355" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C355" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D355" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E355" t="inlineStr">
+        <is>
+          <t>ISWS 200 ER6a u</t>
+        </is>
+      </c>
+      <c r="F355" t="inlineStr">
+        <is>
+          <t>ISWS ER a u</t>
+        </is>
+      </c>
+      <c r="G355" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H355" s="1" t="n"/>
+      <c r="I355" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K355" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P355" s="2" t="n"/>
+      <c r="Q355" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="R355" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S355" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T355" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U355" s="2" t="n"/>
+      <c r="V355" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W355" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X355" s="2" t="n">
+        <v>-5</v>
+      </c>
+      <c r="Y355" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z355" s="2" t="n"/>
+      <c r="AA355" s="2" t="n"/>
+      <c r="AB355" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC355" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD355" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AE355" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF355" s="1" t="n"/>
+      <c r="AG355" s="2" t="n">
+        <v>3400</v>
+      </c>
+      <c r="AH355" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI355" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ355" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AK355" s="2" t="n"/>
+      <c r="AO355" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR355" s="2" t="n">
+        <v>89.59999999999999</v>
+      </c>
+      <c r="AS355" s="2" t="n"/>
+      <c r="AT355" s="2" t="n"/>
+      <c r="AW355" s="2" t="n"/>
+      <c r="AX355" t="inlineStr"/>
+      <c r="AY355" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ355" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC355" s="3" t="n"/>
+    </row>
+    <row r="356" ht="40" customHeight="1">
+      <c r="A356" s="1" t="n">
+        <v>376</v>
+      </c>
+      <c r="B356" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C356" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D356" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E356" t="inlineStr">
+        <is>
+          <t>ISWS 200 ER7a u</t>
+        </is>
+      </c>
+      <c r="F356" t="inlineStr">
+        <is>
+          <t>ISWS ER a u</t>
+        </is>
+      </c>
+      <c r="G356" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H356" s="1" t="n"/>
+      <c r="I356" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K356" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P356" s="2" t="n"/>
+      <c r="Q356" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="R356" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S356" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T356" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U356" s="2" t="n"/>
+      <c r="V356" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W356" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X356" s="2" t="n">
+        <v>-5</v>
+      </c>
+      <c r="Y356" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z356" s="2" t="n"/>
+      <c r="AA356" s="2" t="n"/>
+      <c r="AB356" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC356" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD356" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AE356" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF356" s="1" t="n"/>
+      <c r="AG356" s="2" t="n">
+        <v>3400</v>
+      </c>
+      <c r="AH356" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI356" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ356" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AK356" s="2" t="n"/>
+      <c r="AO356" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR356" s="2" t="n">
+        <v>89.59999999999999</v>
+      </c>
+      <c r="AS356" s="2" t="n"/>
+      <c r="AT356" s="2" t="n"/>
+      <c r="AW356" s="2" t="n"/>
+      <c r="AX356" t="inlineStr"/>
+      <c r="AY356" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ356" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC356" s="3" t="n"/>
+    </row>
+    <row r="357" ht="40" customHeight="1">
+      <c r="A357" s="1" t="n">
+        <v>384</v>
+      </c>
+      <c r="B357" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C357" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D357" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E357" t="inlineStr">
+        <is>
+          <t>ISWS 200 R6a</t>
+        </is>
+      </c>
+      <c r="F357" t="inlineStr">
+        <is>
+          <t>ISWS R6a</t>
+        </is>
+      </c>
+      <c r="G357" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H357" s="1" t="n"/>
+      <c r="I357" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K357" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P357" s="2" t="n"/>
+      <c r="Q357" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="R357" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S357" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T357" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U357" s="2" t="n"/>
+      <c r="V357" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W357" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X357" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y357" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z357" s="2" t="n"/>
+      <c r="AA357" s="2" t="n"/>
+      <c r="AB357" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC357" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD357" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="AE357" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF357" s="1" t="n"/>
+      <c r="AG357" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH357" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI357" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ357" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AK357" s="2" t="n"/>
+      <c r="AO357" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR357" s="2" t="n">
+        <v>91.8</v>
+      </c>
+      <c r="AS357" s="2" t="n"/>
+      <c r="AT357" s="2" t="n"/>
+      <c r="AW357" s="2" t="n"/>
+      <c r="AX357" t="inlineStr"/>
+      <c r="AY357" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ357" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC357" s="3" t="n"/>
+    </row>
+    <row r="358" ht="40" customHeight="1">
+      <c r="A358" s="1" t="n">
+        <v>393</v>
+      </c>
+      <c r="B358" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C358" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D358" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E358" t="inlineStr">
+        <is>
+          <t>ISWS 200 R7a</t>
+        </is>
+      </c>
+      <c r="F358" t="inlineStr">
+        <is>
+          <t>ISWS R7a</t>
+        </is>
+      </c>
+      <c r="G358" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H358" s="1" t="n"/>
+      <c r="I358" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K358" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P358" s="2" t="n"/>
+      <c r="Q358" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="R358" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S358" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T358" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U358" s="2" t="n"/>
+      <c r="V358" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W358" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="X358" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y358" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z358" s="2" t="n"/>
+      <c r="AA358" s="2" t="n"/>
+      <c r="AB358" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC358" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD358" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="AE358" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF358" s="1" t="n"/>
+      <c r="AG358" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH358" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI358" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ358" s="2" t="n">
+        <v>2150</v>
+      </c>
+      <c r="AK358" s="2" t="n"/>
+      <c r="AO358" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR358" s="2" t="n">
+        <v>91.8</v>
+      </c>
+      <c r="AS358" s="2" t="n"/>
+      <c r="AT358" s="2" t="n"/>
+      <c r="AW358" s="2" t="n"/>
+      <c r="AX358" t="inlineStr"/>
+      <c r="AY358" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ358" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC358" s="3" t="n"/>
+    </row>
+    <row r="359" ht="40" customHeight="1">
+      <c r="A359" s="1" t="n">
+        <v>377</v>
+      </c>
+      <c r="B359" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C359" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D359" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E359" t="inlineStr">
+        <is>
+          <t>ISWS 250 ER6a u</t>
+        </is>
+      </c>
+      <c r="F359" t="inlineStr">
+        <is>
+          <t>ISWS ER a u</t>
+        </is>
+      </c>
+      <c r="G359" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H359" s="1" t="n"/>
+      <c r="I359" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K359" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P359" s="2" t="n"/>
+      <c r="Q359" s="2" t="n">
+        <v>250</v>
+      </c>
+      <c r="R359" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S359" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T359" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U359" s="2" t="n"/>
+      <c r="V359" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W359" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X359" s="2" t="n">
+        <v>-5</v>
+      </c>
+      <c r="Y359" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z359" s="2" t="n"/>
+      <c r="AA359" s="2" t="n"/>
+      <c r="AB359" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC359" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD359" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AE359" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF359" s="1" t="n"/>
+      <c r="AG359" s="2" t="n">
+        <v>3750</v>
+      </c>
+      <c r="AH359" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AI359" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ359" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AK359" s="2" t="n"/>
+      <c r="AO359" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR359" s="2" t="n">
+        <v>93.40000000000001</v>
+      </c>
+      <c r="AS359" s="2" t="n"/>
+      <c r="AT359" s="2" t="n"/>
+      <c r="AW359" s="2" t="n"/>
+      <c r="AX359" t="inlineStr"/>
+      <c r="AY359" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ359" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC359" s="3" t="n"/>
+    </row>
+    <row r="360" ht="40" customHeight="1">
+      <c r="A360" s="1" t="n">
+        <v>378</v>
+      </c>
+      <c r="B360" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C360" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D360" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E360" t="inlineStr">
+        <is>
+          <t>ISWS 250 ER7a u</t>
+        </is>
+      </c>
+      <c r="F360" t="inlineStr">
+        <is>
+          <t>ISWS ER a u</t>
+        </is>
+      </c>
+      <c r="G360" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H360" s="1" t="n"/>
+      <c r="I360" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K360" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P360" s="2" t="n"/>
+      <c r="Q360" s="2" t="n">
+        <v>250</v>
+      </c>
+      <c r="R360" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S360" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T360" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U360" s="2" t="n"/>
+      <c r="V360" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W360" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X360" s="2" t="n">
+        <v>-5</v>
+      </c>
+      <c r="Y360" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z360" s="2" t="n"/>
+      <c r="AA360" s="2" t="n"/>
+      <c r="AB360" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC360" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD360" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AE360" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF360" s="1" t="n"/>
+      <c r="AG360" s="2" t="n">
+        <v>3750</v>
+      </c>
+      <c r="AH360" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AI360" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ360" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AK360" s="2" t="n"/>
+      <c r="AO360" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR360" s="2" t="n">
+        <v>93.40000000000001</v>
+      </c>
+      <c r="AS360" s="2" t="n"/>
+      <c r="AT360" s="2" t="n"/>
+      <c r="AW360" s="2" t="n"/>
+      <c r="AX360" t="inlineStr"/>
+      <c r="AY360" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ360" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC360" s="3" t="n"/>
+    </row>
+    <row r="361" ht="40" customHeight="1">
+      <c r="A361" s="1" t="n">
+        <v>385</v>
+      </c>
+      <c r="B361" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C361" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D361" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E361" t="inlineStr">
+        <is>
+          <t>ISWS 250 R6a</t>
+        </is>
+      </c>
+      <c r="F361" t="inlineStr">
+        <is>
+          <t>ISWS R6a</t>
+        </is>
+      </c>
+      <c r="G361" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H361" s="1" t="n"/>
+      <c r="I361" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K361" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P361" s="2" t="n"/>
+      <c r="Q361" s="2" t="n">
+        <v>250</v>
+      </c>
+      <c r="R361" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S361" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T361" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U361" s="2" t="n"/>
+      <c r="V361" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W361" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X361" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y361" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z361" s="2" t="n"/>
+      <c r="AA361" s="2" t="n"/>
+      <c r="AB361" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC361" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD361" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="AE361" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF361" s="1" t="n"/>
+      <c r="AG361" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH361" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI361" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ361" s="2" t="n">
+        <v>3100</v>
+      </c>
+      <c r="AK361" s="2" t="n"/>
+      <c r="AO361" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR361" s="2" t="n">
+        <v>93.40000000000001</v>
+      </c>
+      <c r="AS361" s="2" t="n"/>
+      <c r="AT361" s="2" t="n"/>
+      <c r="AW361" s="2" t="n"/>
+      <c r="AX361" t="inlineStr"/>
+      <c r="AY361" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ361" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC361" s="3" t="n"/>
+    </row>
+    <row r="362" ht="40" customHeight="1">
+      <c r="A362" s="1" t="n">
+        <v>394</v>
+      </c>
+      <c r="B362" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C362" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D362" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E362" t="inlineStr">
+        <is>
+          <t>ISWS 250 R7a</t>
+        </is>
+      </c>
+      <c r="F362" t="inlineStr">
+        <is>
+          <t>ISWS R7a</t>
+        </is>
+      </c>
+      <c r="G362" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H362" s="1" t="n"/>
+      <c r="I362" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K362" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P362" s="2" t="n"/>
+      <c r="Q362" s="2" t="n">
+        <v>250</v>
+      </c>
+      <c r="R362" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S362" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T362" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U362" s="2" t="n"/>
+      <c r="V362" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W362" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="X362" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y362" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z362" s="2" t="n"/>
+      <c r="AA362" s="2" t="n"/>
+      <c r="AB362" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC362" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD362" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="AE362" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF362" s="1" t="n"/>
+      <c r="AG362" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH362" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI362" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ362" s="2" t="n">
+        <v>2900</v>
+      </c>
+      <c r="AK362" s="2" t="n"/>
+      <c r="AO362" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR362" s="2" t="n">
+        <v>93.40000000000001</v>
+      </c>
+      <c r="AS362" s="2" t="n"/>
+      <c r="AT362" s="2" t="n"/>
+      <c r="AW362" s="2" t="n"/>
+      <c r="AX362" t="inlineStr"/>
+      <c r="AY362" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ362" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC362" s="3" t="n"/>
+    </row>
+    <row r="363" ht="40" customHeight="1">
+      <c r="A363" s="1" t="n">
+        <v>379</v>
+      </c>
+      <c r="B363" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C363" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D363" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E363" t="inlineStr">
+        <is>
+          <t>ISWS 330 ER6a u</t>
+        </is>
+      </c>
+      <c r="F363" t="inlineStr">
+        <is>
+          <t>ISWS ER a u</t>
+        </is>
+      </c>
+      <c r="G363" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H363" s="1" t="n"/>
+      <c r="I363" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K363" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P363" s="2" t="n"/>
+      <c r="Q363" s="2" t="n">
+        <v>330</v>
+      </c>
+      <c r="R363" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S363" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T363" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U363" s="2" t="n"/>
+      <c r="V363" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W363" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X363" s="2" t="n">
+        <v>-5</v>
+      </c>
+      <c r="Y363" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z363" s="2" t="n"/>
+      <c r="AA363" s="2" t="n"/>
+      <c r="AB363" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC363" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD363" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="AE363" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF363" s="1" t="n"/>
+      <c r="AG363" s="2" t="n">
+        <v>4050</v>
+      </c>
+      <c r="AH363" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AI363" s="2" t="n">
+        <v>2050</v>
+      </c>
+      <c r="AJ363" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK363" s="2" t="n"/>
+      <c r="AO363" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR363" s="2" t="n">
+        <v>96.09999999999999</v>
+      </c>
+      <c r="AS363" s="2" t="n"/>
+      <c r="AT363" s="2" t="n"/>
+      <c r="AW363" s="2" t="n"/>
+      <c r="AX363" t="inlineStr"/>
+      <c r="AY363" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ363" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC363" s="3" t="n"/>
+    </row>
+    <row r="364" ht="40" customHeight="1">
+      <c r="A364" s="1" t="n">
+        <v>380</v>
+      </c>
+      <c r="B364" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C364" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D364" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E364" t="inlineStr">
+        <is>
+          <t>ISWS 330 ER7a u</t>
+        </is>
+      </c>
+      <c r="F364" t="inlineStr">
+        <is>
+          <t>ISWS ER a u</t>
+        </is>
+      </c>
+      <c r="G364" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H364" s="1" t="n"/>
+      <c r="I364" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K364" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P364" s="2" t="n"/>
+      <c r="Q364" s="2" t="n">
+        <v>330</v>
+      </c>
+      <c r="R364" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S364" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T364" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U364" s="2" t="n"/>
+      <c r="V364" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W364" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X364" s="2" t="n">
+        <v>-5</v>
+      </c>
+      <c r="Y364" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z364" s="2" t="n"/>
+      <c r="AA364" s="2" t="n"/>
+      <c r="AB364" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC364" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD364" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="AE364" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF364" s="1" t="n"/>
+      <c r="AG364" s="2" t="n">
+        <v>4050</v>
+      </c>
+      <c r="AH364" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AI364" s="2" t="n">
+        <v>2050</v>
+      </c>
+      <c r="AJ364" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK364" s="2" t="n"/>
+      <c r="AO364" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR364" s="2" t="n">
+        <v>96.09999999999999</v>
+      </c>
+      <c r="AS364" s="2" t="n"/>
+      <c r="AT364" s="2" t="n"/>
+      <c r="AW364" s="2" t="n"/>
+      <c r="AX364" t="inlineStr"/>
+      <c r="AY364" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ364" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC364" s="3" t="n"/>
+    </row>
+    <row r="365" ht="40" customHeight="1">
+      <c r="A365" s="1" t="n">
+        <v>386</v>
+      </c>
+      <c r="B365" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C365" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D365" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E365" t="inlineStr">
+        <is>
+          <t>ISWS 330 R6a</t>
+        </is>
+      </c>
+      <c r="F365" t="inlineStr">
+        <is>
+          <t>ISWS R6a</t>
+        </is>
+      </c>
+      <c r="G365" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H365" s="1" t="n"/>
+      <c r="I365" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K365" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P365" s="2" t="n"/>
+      <c r="Q365" s="2" t="n">
+        <v>330</v>
+      </c>
+      <c r="R365" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S365" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T365" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U365" s="2" t="n"/>
+      <c r="V365" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W365" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X365" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y365" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z365" s="2" t="n"/>
+      <c r="AA365" s="2" t="n"/>
+      <c r="AB365" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC365" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD365" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AE365" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF365" s="1" t="n"/>
+      <c r="AG365" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AH365" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI365" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ365" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AK365" s="2" t="n"/>
+      <c r="AO365" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR365" s="2" t="n">
+        <v>93.5</v>
+      </c>
+      <c r="AS365" s="2" t="n"/>
+      <c r="AT365" s="2" t="n"/>
+      <c r="AW365" s="2" t="n"/>
+      <c r="AX365" t="inlineStr"/>
+      <c r="AY365" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ365" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC365" s="3" t="n"/>
+    </row>
+    <row r="366" ht="40" customHeight="1">
+      <c r="A366" s="1" t="n">
+        <v>395</v>
+      </c>
+      <c r="B366" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C366" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D366" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E366" t="inlineStr">
+        <is>
+          <t>ISWS 330 R7a</t>
+        </is>
+      </c>
+      <c r="F366" t="inlineStr">
+        <is>
+          <t>ISWS R7a</t>
+        </is>
+      </c>
+      <c r="G366" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H366" s="1" t="n"/>
+      <c r="I366" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K366" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P366" s="2" t="n"/>
+      <c r="Q366" s="2" t="n">
+        <v>330</v>
+      </c>
+      <c r="R366" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S366" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T366" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U366" s="2" t="n"/>
+      <c r="V366" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W366" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="X366" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y366" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z366" s="2" t="n"/>
+      <c r="AA366" s="2" t="n"/>
+      <c r="AB366" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC366" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD366" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AE366" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF366" s="1" t="n"/>
+      <c r="AG366" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AH366" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI366" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ366" s="2" t="n">
+        <v>3600</v>
+      </c>
+      <c r="AK366" s="2" t="n"/>
+      <c r="AO366" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR366" s="2" t="n">
+        <v>93.5</v>
+      </c>
+      <c r="AS366" s="2" t="n"/>
+      <c r="AT366" s="2" t="n"/>
+      <c r="AW366" s="2" t="n"/>
+      <c r="AX366" t="inlineStr"/>
+      <c r="AY366" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ366" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC366" s="3" t="n"/>
+    </row>
+    <row r="367" ht="40" customHeight="1">
+      <c r="A367" s="1" t="n">
+        <v>387</v>
+      </c>
+      <c r="B367" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C367" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D367" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E367" t="inlineStr">
+        <is>
+          <t>ISWS 380 R6a</t>
+        </is>
+      </c>
+      <c r="F367" t="inlineStr">
+        <is>
+          <t>ISWS R6a</t>
+        </is>
+      </c>
+      <c r="G367" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H367" s="1" t="n"/>
+      <c r="I367" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K367" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P367" s="2" t="n"/>
+      <c r="Q367" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="R367" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S367" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T367" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U367" s="2" t="n"/>
+      <c r="V367" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W367" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X367" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y367" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z367" s="2" t="n"/>
+      <c r="AA367" s="2" t="n"/>
+      <c r="AB367" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC367" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD367" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="AE367" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF367" s="1" t="n"/>
+      <c r="AG367" s="2" t="n">
+        <v>4150</v>
+      </c>
+      <c r="AH367" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI367" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ367" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AK367" s="2" t="n"/>
+      <c r="AO367" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR367" s="2" t="n">
+        <v>93.5</v>
+      </c>
+      <c r="AS367" s="2" t="n"/>
+      <c r="AT367" s="2" t="n"/>
+      <c r="AW367" s="2" t="n"/>
+      <c r="AX367" t="inlineStr"/>
+      <c r="AY367" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ367" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC367" s="3" t="n"/>
+    </row>
+    <row r="368" ht="40" customHeight="1">
+      <c r="A368" s="1" t="n">
+        <v>396</v>
+      </c>
+      <c r="B368" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C368" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D368" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E368" t="inlineStr">
+        <is>
+          <t>ISWS 380 R7a</t>
+        </is>
+      </c>
+      <c r="F368" t="inlineStr">
+        <is>
+          <t>ISWS R7a</t>
+        </is>
+      </c>
+      <c r="G368" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H368" s="1" t="n"/>
+      <c r="I368" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K368" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P368" s="2" t="n"/>
+      <c r="Q368" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="R368" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S368" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T368" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U368" s="2" t="n"/>
+      <c r="V368" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W368" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="X368" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y368" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z368" s="2" t="n"/>
+      <c r="AA368" s="2" t="n"/>
+      <c r="AB368" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC368" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD368" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AE368" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF368" s="1" t="n"/>
+      <c r="AG368" s="2" t="n">
+        <v>4150</v>
+      </c>
+      <c r="AH368" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI368" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ368" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AK368" s="2" t="n"/>
+      <c r="AO368" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR368" s="2" t="n">
+        <v>93.5</v>
+      </c>
+      <c r="AS368" s="2" t="n"/>
+      <c r="AT368" s="2" t="n"/>
+      <c r="AW368" s="2" t="n"/>
+      <c r="AX368" t="inlineStr"/>
+      <c r="AY368" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ368" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC368" s="3" t="n"/>
+    </row>
+    <row r="369" ht="40" customHeight="1">
+      <c r="A369" s="1" t="n">
+        <v>388</v>
+      </c>
+      <c r="B369" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C369" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D369" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E369" t="inlineStr">
+        <is>
+          <t>ISWS 490 R6a</t>
+        </is>
+      </c>
+      <c r="F369" t="inlineStr">
+        <is>
+          <t>ISWS R6a</t>
+        </is>
+      </c>
+      <c r="G369" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H369" s="1" t="n"/>
+      <c r="I369" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K369" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P369" s="2" t="n"/>
+      <c r="Q369" s="2" t="n">
+        <v>490</v>
+      </c>
+      <c r="R369" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S369" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T369" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U369" s="2" t="n"/>
+      <c r="V369" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W369" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X369" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y369" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z369" s="2" t="n"/>
+      <c r="AA369" s="2" t="n"/>
+      <c r="AB369" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC369" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD369" s="2" t="n">
+        <v>128</v>
+      </c>
+      <c r="AE369" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF369" s="1" t="n"/>
+      <c r="AG369" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH369" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AI369" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ369" s="2" t="n">
+        <v>4500</v>
+      </c>
+      <c r="AK369" s="2" t="n"/>
+      <c r="AO369" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR369" s="2" t="n">
+        <v>94.59999999999999</v>
+      </c>
+      <c r="AS369" s="2" t="n"/>
+      <c r="AT369" s="2" t="n"/>
+      <c r="AW369" s="2" t="n"/>
+      <c r="AX369" t="inlineStr"/>
+      <c r="AY369" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ369" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC369" s="3" t="n"/>
+    </row>
+    <row r="370" ht="40" customHeight="1">
+      <c r="A370" s="1" t="n">
+        <v>397</v>
+      </c>
+      <c r="B370" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C370" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D370" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E370" t="inlineStr">
+        <is>
+          <t>ISWS 490 R7a</t>
+        </is>
+      </c>
+      <c r="F370" t="inlineStr">
+        <is>
+          <t>ISWS R7a</t>
+        </is>
+      </c>
+      <c r="G370" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H370" s="1" t="n"/>
+      <c r="I370" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K370" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P370" s="2" t="n"/>
+      <c r="Q370" s="2" t="n">
+        <v>490</v>
+      </c>
+      <c r="R370" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S370" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T370" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U370" s="2" t="n"/>
+      <c r="V370" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W370" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="X370" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y370" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z370" s="2" t="n"/>
+      <c r="AA370" s="2" t="n"/>
+      <c r="AB370" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC370" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD370" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="AE370" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF370" s="1" t="n"/>
+      <c r="AG370" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH370" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AI370" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ370" s="2" t="n">
+        <v>4400</v>
+      </c>
+      <c r="AK370" s="2" t="n"/>
+      <c r="AO370" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR370" s="2" t="n">
+        <v>94.59999999999999</v>
+      </c>
+      <c r="AS370" s="2" t="n"/>
+      <c r="AT370" s="2" t="n"/>
+      <c r="AW370" s="2" t="n"/>
+      <c r="AX370" t="inlineStr"/>
+      <c r="AY370" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ370" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC370" s="3" t="n"/>
+    </row>
+    <row r="371" ht="40" customHeight="1">
+      <c r="A371" s="1" t="n">
+        <v>389</v>
+      </c>
+      <c r="B371" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C371" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D371" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E371" t="inlineStr">
+        <is>
+          <t>ISWS 630 R6a</t>
+        </is>
+      </c>
+      <c r="F371" t="inlineStr">
+        <is>
+          <t>ISWS R6a</t>
+        </is>
+      </c>
+      <c r="G371" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H371" s="1" t="n"/>
+      <c r="I371" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K371" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P371" s="2" t="n"/>
+      <c r="Q371" s="2" t="n">
+        <v>630</v>
+      </c>
+      <c r="R371" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S371" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T371" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U371" s="2" t="n"/>
+      <c r="V371" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W371" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X371" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y371" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z371" s="2" t="n"/>
+      <c r="AA371" s="2" t="n"/>
+      <c r="AB371" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC371" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD371" s="2" t="n">
+        <v>148</v>
+      </c>
+      <c r="AE371" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF371" s="1" t="n"/>
+      <c r="AG371" s="2" t="n">
+        <v>4400</v>
+      </c>
+      <c r="AH371" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI371" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ371" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AK371" s="2" t="n"/>
+      <c r="AO371" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR371" s="2" t="n">
+        <v>96.3</v>
+      </c>
+      <c r="AS371" s="2" t="n"/>
+      <c r="AT371" s="2" t="n"/>
+      <c r="AW371" s="2" t="n"/>
+      <c r="AX371" t="inlineStr"/>
+      <c r="AY371" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ371" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC371" s="3" t="n"/>
+    </row>
+    <row r="372" ht="40" customHeight="1">
+      <c r="A372" s="1" t="n">
+        <v>398</v>
+      </c>
+      <c r="B372" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C372" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D372" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E372" t="inlineStr">
+        <is>
+          <t>ISWS 630 R7a</t>
+        </is>
+      </c>
+      <c r="F372" t="inlineStr">
+        <is>
+          <t>ISWS R7a</t>
+        </is>
+      </c>
+      <c r="G372" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H372" s="1" t="n"/>
+      <c r="I372" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K372" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P372" s="2" t="n"/>
+      <c r="Q372" s="2" t="n">
+        <v>630</v>
+      </c>
+      <c r="R372" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S372" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T372" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U372" s="2" t="n"/>
+      <c r="V372" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W372" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="X372" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y372" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z372" s="2" t="n"/>
+      <c r="AA372" s="2" t="n"/>
+      <c r="AB372" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC372" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD372" s="2" t="n">
+        <v>126</v>
+      </c>
+      <c r="AE372" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF372" s="1" t="n"/>
+      <c r="AG372" s="2" t="n">
+        <v>4400</v>
+      </c>
+      <c r="AH372" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI372" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ372" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AK372" s="2" t="n"/>
+      <c r="AO372" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR372" s="2" t="n">
+        <v>96.3</v>
+      </c>
+      <c r="AS372" s="2" t="n"/>
+      <c r="AT372" s="2" t="n"/>
+      <c r="AW372" s="2" t="n"/>
+      <c r="AX372" t="inlineStr"/>
+      <c r="AY372" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ372" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC372" s="3" t="n"/>
+    </row>
+    <row r="373" ht="40" customHeight="1">
+      <c r="A373" s="1" t="n">
+        <v>381</v>
+      </c>
+      <c r="B373" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C373" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D373" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E373" t="inlineStr">
+        <is>
+          <t>ISWS 80 R6a</t>
+        </is>
+      </c>
+      <c r="F373" t="inlineStr">
+        <is>
+          <t>ISWS R6a</t>
+        </is>
+      </c>
+      <c r="G373" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H373" s="1" t="n"/>
+      <c r="I373" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K373" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P373" s="2" t="n"/>
+      <c r="Q373" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="R373" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S373" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T373" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U373" s="2" t="n"/>
+      <c r="V373" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W373" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="X373" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y373" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z373" s="2" t="n"/>
+      <c r="AA373" s="2" t="n"/>
+      <c r="AB373" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC373" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD373" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="AE373" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF373" s="1" t="n"/>
+      <c r="AG373" s="2" t="n">
+        <v>2900</v>
+      </c>
+      <c r="AH373" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="AI373" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AJ373" s="2" t="n">
+        <v>1450</v>
+      </c>
+      <c r="AK373" s="2" t="n"/>
+      <c r="AO373" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR373" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AS373" s="2" t="n"/>
+      <c r="AT373" s="2" t="n"/>
+      <c r="AW373" s="2" t="n"/>
+      <c r="AX373" t="inlineStr"/>
+      <c r="AY373" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ373" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC373" s="3" t="n"/>
+    </row>
+    <row r="374" ht="40" customHeight="1">
+      <c r="A374" s="1" t="n">
+        <v>390</v>
+      </c>
+      <c r="B374" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C374" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D374" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E374" t="inlineStr">
+        <is>
+          <t>ISWS 80 R7a</t>
+        </is>
+      </c>
+      <c r="F374" t="inlineStr">
+        <is>
+          <t>ISWS R7a</t>
+        </is>
+      </c>
+      <c r="G374" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H374" s="1" t="n"/>
+      <c r="I374" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K374" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P374" s="2" t="n"/>
+      <c r="Q374" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="R374" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S374" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T374" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U374" s="2" t="n"/>
+      <c r="V374" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W374" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="X374" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y374" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z374" s="2" t="n"/>
+      <c r="AA374" s="2" t="n"/>
+      <c r="AB374" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC374" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD374" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="AE374" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF374" s="1" t="n"/>
+      <c r="AG374" s="2" t="n">
+        <v>2900</v>
+      </c>
+      <c r="AH374" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="AI374" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AJ374" s="2" t="n">
+        <v>1350</v>
+      </c>
+      <c r="AK374" s="2" t="n"/>
+      <c r="AO374" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR374" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AS374" s="2" t="n"/>
+      <c r="AT374" s="2" t="n"/>
+      <c r="AW374" s="2" t="n"/>
+      <c r="AX374" t="inlineStr"/>
+      <c r="AY374" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ374" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC374" s="3" t="n"/>
+    </row>
+    <row r="375" ht="40" customHeight="1">
+      <c r="A375" s="1" t="n">
+        <v>399</v>
+      </c>
+      <c r="B375" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C375" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D375" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E375" t="inlineStr">
+        <is>
+          <t>ISWSV 320 ER7a</t>
+        </is>
+      </c>
+      <c r="F375" t="inlineStr">
+        <is>
+          <t>ISWSV ER7a</t>
+        </is>
+      </c>
+      <c r="G375" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H375" s="1" t="n"/>
+      <c r="I375" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K375" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P375" s="2" t="n"/>
+      <c r="Q375" s="2" t="n">
+        <v>320</v>
+      </c>
+      <c r="R375" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S375" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T375" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U375" s="2" t="n"/>
+      <c r="V375" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W375" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X375" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y375" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z375" s="2" t="n"/>
+      <c r="AA375" s="2" t="n"/>
+      <c r="AB375" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC375" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD375" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AE375" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF375" s="1" t="n"/>
+      <c r="AG375" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH375" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI375" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ375" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AK375" s="2" t="n"/>
+      <c r="AO375" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR375" s="2" t="n"/>
+      <c r="AS375" s="2" t="n"/>
+      <c r="AT375" s="2" t="n"/>
+      <c r="AW375" s="2" t="n"/>
+      <c r="AX375" t="inlineStr"/>
+      <c r="AY375" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ375" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC375" s="3" t="n"/>
+    </row>
+    <row r="376" ht="40" customHeight="1">
+      <c r="A376" s="1" t="n">
+        <v>404</v>
+      </c>
+      <c r="B376" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C376" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D376" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E376" t="inlineStr">
+        <is>
+          <t>ISWSV 320 R7a</t>
+        </is>
+      </c>
+      <c r="F376" t="inlineStr">
+        <is>
+          <t>ISWSV R7a</t>
+        </is>
+      </c>
+      <c r="G376" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H376" s="1" t="n"/>
+      <c r="I376" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K376" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P376" s="2" t="n"/>
+      <c r="Q376" s="2" t="n">
+        <v>320</v>
+      </c>
+      <c r="R376" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S376" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T376" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U376" s="2" t="n"/>
+      <c r="V376" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W376" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="X376" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y376" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z376" s="2" t="n"/>
+      <c r="AA376" s="2" t="n"/>
+      <c r="AB376" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC376" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD376" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AE376" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF376" s="1" t="n"/>
+      <c r="AG376" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH376" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI376" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ376" s="2" t="n">
+        <v>2900</v>
+      </c>
+      <c r="AK376" s="2" t="n"/>
+      <c r="AO376" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR376" s="2" t="n"/>
+      <c r="AS376" s="2" t="n"/>
+      <c r="AT376" s="2" t="n"/>
+      <c r="AW376" s="2" t="n"/>
+      <c r="AX376" t="inlineStr"/>
+      <c r="AY376" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ376" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC376" s="3" t="n"/>
+    </row>
+    <row r="377" ht="40" customHeight="1">
+      <c r="A377" s="1" t="n">
+        <v>400</v>
+      </c>
+      <c r="B377" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C377" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D377" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E377" t="inlineStr">
+        <is>
+          <t>ISWSV 400 ER7a</t>
+        </is>
+      </c>
+      <c r="F377" t="inlineStr">
+        <is>
+          <t>ISWSV ER7a</t>
+        </is>
+      </c>
+      <c r="G377" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H377" s="1" t="n"/>
+      <c r="I377" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K377" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P377" s="2" t="n"/>
+      <c r="Q377" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="R377" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S377" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T377" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U377" s="2" t="n"/>
+      <c r="V377" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W377" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X377" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y377" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z377" s="2" t="n"/>
+      <c r="AA377" s="2" t="n"/>
+      <c r="AB377" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC377" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD377" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="AE377" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF377" s="1" t="n"/>
+      <c r="AG377" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH377" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI377" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ377" s="2" t="n">
+        <v>3100</v>
+      </c>
+      <c r="AK377" s="2" t="n"/>
+      <c r="AO377" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR377" s="2" t="n"/>
+      <c r="AS377" s="2" t="n"/>
+      <c r="AT377" s="2" t="n"/>
+      <c r="AW377" s="2" t="n"/>
+      <c r="AX377" t="inlineStr"/>
+      <c r="AY377" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ377" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC377" s="3" t="n"/>
+    </row>
+    <row r="378" ht="40" customHeight="1">
+      <c r="A378" s="1" t="n">
+        <v>405</v>
+      </c>
+      <c r="B378" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C378" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D378" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E378" t="inlineStr">
+        <is>
+          <t>ISWSV 400 R7a</t>
+        </is>
+      </c>
+      <c r="F378" t="inlineStr">
+        <is>
+          <t>ISWSV R7a</t>
+        </is>
+      </c>
+      <c r="G378" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H378" s="1" t="n"/>
+      <c r="I378" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K378" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P378" s="2" t="n"/>
+      <c r="Q378" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="R378" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S378" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T378" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U378" s="2" t="n"/>
+      <c r="V378" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W378" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="X378" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y378" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z378" s="2" t="n"/>
+      <c r="AA378" s="2" t="n"/>
+      <c r="AB378" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC378" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD378" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="AE378" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF378" s="1" t="n"/>
+      <c r="AG378" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH378" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI378" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ378" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AK378" s="2" t="n"/>
+      <c r="AO378" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR378" s="2" t="n"/>
+      <c r="AS378" s="2" t="n"/>
+      <c r="AT378" s="2" t="n"/>
+      <c r="AW378" s="2" t="n"/>
+      <c r="AX378" t="inlineStr"/>
+      <c r="AY378" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ378" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC378" s="3" t="n"/>
+    </row>
+    <row r="379" ht="40" customHeight="1">
+      <c r="A379" s="1" t="n">
+        <v>401</v>
+      </c>
+      <c r="B379" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C379" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D379" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E379" t="inlineStr">
+        <is>
+          <t>ISWSV 490 ER7a</t>
+        </is>
+      </c>
+      <c r="F379" t="inlineStr">
+        <is>
+          <t>ISWSV ER7a</t>
+        </is>
+      </c>
+      <c r="G379" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H379" s="1" t="n"/>
+      <c r="I379" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K379" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P379" s="2" t="n"/>
+      <c r="Q379" s="2" t="n">
+        <v>490</v>
+      </c>
+      <c r="R379" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S379" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T379" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U379" s="2" t="n"/>
+      <c r="V379" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W379" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X379" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y379" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z379" s="2" t="n"/>
+      <c r="AA379" s="2" t="n"/>
+      <c r="AB379" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC379" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD379" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="AE379" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF379" s="1" t="n"/>
+      <c r="AG379" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH379" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI379" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ379" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK379" s="2" t="n"/>
+      <c r="AO379" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR379" s="2" t="n"/>
+      <c r="AS379" s="2" t="n"/>
+      <c r="AT379" s="2" t="n"/>
+      <c r="AW379" s="2" t="n"/>
+      <c r="AX379" t="inlineStr"/>
+      <c r="AY379" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ379" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC379" s="3" t="n"/>
+    </row>
+    <row r="380" ht="40" customHeight="1">
+      <c r="A380" s="1" t="n">
+        <v>406</v>
+      </c>
+      <c r="B380" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C380" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D380" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E380" t="inlineStr">
+        <is>
+          <t>ISWSV 490 R7a</t>
+        </is>
+      </c>
+      <c r="F380" t="inlineStr">
+        <is>
+          <t>ISWSV R7a</t>
+        </is>
+      </c>
+      <c r="G380" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H380" s="1" t="n"/>
+      <c r="I380" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K380" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P380" s="2" t="n"/>
+      <c r="Q380" s="2" t="n">
+        <v>490</v>
+      </c>
+      <c r="R380" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S380" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T380" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U380" s="2" t="n"/>
+      <c r="V380" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W380" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="X380" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y380" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z380" s="2" t="n"/>
+      <c r="AA380" s="2" t="n"/>
+      <c r="AB380" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC380" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD380" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="AE380" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF380" s="1" t="n"/>
+      <c r="AG380" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH380" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI380" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ380" s="2" t="n">
+        <v>3100</v>
+      </c>
+      <c r="AK380" s="2" t="n"/>
+      <c r="AO380" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR380" s="2" t="n"/>
+      <c r="AS380" s="2" t="n"/>
+      <c r="AT380" s="2" t="n"/>
+      <c r="AW380" s="2" t="n"/>
+      <c r="AX380" t="inlineStr"/>
+      <c r="AY380" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ380" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC380" s="3" t="n"/>
+    </row>
+    <row r="381" ht="40" customHeight="1">
+      <c r="A381" s="1" t="n">
+        <v>402</v>
+      </c>
+      <c r="B381" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C381" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D381" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E381" t="inlineStr">
+        <is>
+          <t>ISWSV 650 ER7a</t>
+        </is>
+      </c>
+      <c r="F381" t="inlineStr">
+        <is>
+          <t>ISWSV ER7a</t>
+        </is>
+      </c>
+      <c r="G381" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H381" s="1" t="n"/>
+      <c r="I381" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K381" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P381" s="2" t="n"/>
+      <c r="Q381" s="2" t="n">
+        <v>650</v>
+      </c>
+      <c r="R381" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S381" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T381" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U381" s="2" t="n"/>
+      <c r="V381" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W381" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X381" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y381" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z381" s="2" t="n"/>
+      <c r="AA381" s="2" t="n"/>
+      <c r="AB381" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC381" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD381" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="AE381" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF381" s="1" t="n"/>
+      <c r="AG381" s="2" t="n">
+        <v>4800</v>
+      </c>
+      <c r="AH381" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI381" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ381" s="2" t="n">
+        <v>3850</v>
+      </c>
+      <c r="AK381" s="2" t="n"/>
+      <c r="AO381" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR381" s="2" t="n"/>
+      <c r="AS381" s="2" t="n"/>
+      <c r="AT381" s="2" t="n"/>
+      <c r="AW381" s="2" t="n"/>
+      <c r="AX381" t="inlineStr"/>
+      <c r="AY381" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ381" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC381" s="3" t="n"/>
+    </row>
+    <row r="382" ht="40" customHeight="1">
+      <c r="A382" s="1" t="n">
+        <v>407</v>
+      </c>
+      <c r="B382" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C382" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D382" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E382" t="inlineStr">
+        <is>
+          <t>ISWSV 650 R7a</t>
+        </is>
+      </c>
+      <c r="F382" t="inlineStr">
+        <is>
+          <t>ISWSV R7a</t>
+        </is>
+      </c>
+      <c r="G382" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H382" s="1" t="n"/>
+      <c r="I382" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K382" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P382" s="2" t="n"/>
+      <c r="Q382" s="2" t="n">
+        <v>650</v>
+      </c>
+      <c r="R382" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S382" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T382" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U382" s="2" t="n"/>
+      <c r="V382" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W382" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="X382" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y382" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z382" s="2" t="n"/>
+      <c r="AA382" s="2" t="n"/>
+      <c r="AB382" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC382" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD382" s="2" t="n">
+        <v>117</v>
+      </c>
+      <c r="AE382" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF382" s="1" t="n"/>
+      <c r="AG382" s="2" t="n">
+        <v>4800</v>
+      </c>
+      <c r="AH382" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI382" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ382" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AK382" s="2" t="n"/>
+      <c r="AO382" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR382" s="2" t="n"/>
+      <c r="AS382" s="2" t="n"/>
+      <c r="AT382" s="2" t="n"/>
+      <c r="AW382" s="2" t="n"/>
+      <c r="AX382" t="inlineStr"/>
+      <c r="AY382" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ382" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC382" s="3" t="n"/>
+    </row>
+    <row r="383" ht="40" customHeight="1">
+      <c r="A383" s="1" t="n">
+        <v>403</v>
+      </c>
+      <c r="B383" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C383" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D383" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E383" t="inlineStr">
+        <is>
+          <t>ISWSV 780 ER7a</t>
+        </is>
+      </c>
+      <c r="F383" t="inlineStr">
+        <is>
+          <t>ISWSV ER7a</t>
+        </is>
+      </c>
+      <c r="G383" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H383" s="1" t="n"/>
+      <c r="I383" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K383" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P383" s="2" t="n"/>
+      <c r="Q383" s="2" t="n">
+        <v>780</v>
+      </c>
+      <c r="R383" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S383" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T383" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U383" s="2" t="n"/>
+      <c r="V383" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W383" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X383" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y383" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z383" s="2" t="n"/>
+      <c r="AA383" s="2" t="n"/>
+      <c r="AB383" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC383" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD383" s="2" t="n">
+        <v>144</v>
+      </c>
+      <c r="AE383" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF383" s="1" t="n"/>
+      <c r="AG383" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH383" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI383" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ383" s="2" t="n">
+        <v>3950</v>
+      </c>
+      <c r="AK383" s="2" t="n"/>
+      <c r="AO383" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR383" s="2" t="n"/>
+      <c r="AS383" s="2" t="n"/>
+      <c r="AT383" s="2" t="n"/>
+      <c r="AW383" s="2" t="n"/>
+      <c r="AX383" t="inlineStr"/>
+      <c r="AY383" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ383" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC383" s="3" t="n"/>
+    </row>
+    <row r="384" ht="40" customHeight="1">
+      <c r="A384" s="1" t="n">
+        <v>408</v>
+      </c>
+      <c r="B384" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C384" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D384" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E384" t="inlineStr">
+        <is>
+          <t>ISWSV 780 R7a</t>
+        </is>
+      </c>
+      <c r="F384" t="inlineStr">
+        <is>
+          <t>ISWSV R7a</t>
+        </is>
+      </c>
+      <c r="G384" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H384" s="1" t="n"/>
+      <c r="I384" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K384" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P384" s="2" t="n"/>
+      <c r="Q384" s="2" t="n">
+        <v>780</v>
+      </c>
+      <c r="R384" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S384" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T384" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U384" s="2" t="n"/>
+      <c r="V384" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W384" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="X384" s="2" t="n">
+        <v>-6</v>
+      </c>
+      <c r="Y384" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z384" s="2" t="n"/>
+      <c r="AA384" s="2" t="n"/>
+      <c r="AB384" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC384" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD384" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="AE384" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF384" s="1" t="n"/>
+      <c r="AG384" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH384" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI384" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ384" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AK384" s="2" t="n"/>
+      <c r="AO384" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR384" s="2" t="n"/>
+      <c r="AS384" s="2" t="n"/>
+      <c r="AT384" s="2" t="n"/>
+      <c r="AW384" s="2" t="n"/>
+      <c r="AX384" t="inlineStr"/>
+      <c r="AY384" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ384" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC384" s="3" t="n"/>
+    </row>
+    <row r="385" ht="40" customHeight="1">
+      <c r="A385" s="1" t="n">
+        <v>410</v>
+      </c>
+      <c r="B385" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C385" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D385" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E385" t="inlineStr">
+        <is>
+          <t>IWWDS 110 ER4b</t>
+        </is>
+      </c>
+      <c r="F385" t="inlineStr">
+        <is>
+          <t>IWWDS ER4b</t>
+        </is>
+      </c>
+      <c r="G385" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H385" s="1" t="n"/>
+      <c r="I385" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K385" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P385" s="2" t="n"/>
+      <c r="Q385" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="R385" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S385" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T385" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U385" s="2" t="n"/>
+      <c r="V385" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W385" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X385" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y385" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z385" s="2" t="n"/>
+      <c r="AA385" s="2" t="n"/>
+      <c r="AB385" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC385" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD385" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="AE385" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF385" s="1" t="n"/>
+      <c r="AG385" s="2" t="n">
+        <v>3700</v>
+      </c>
+      <c r="AH385" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AI385" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ385" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AK385" s="2" t="n"/>
+      <c r="AO385" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR385" s="2" t="n"/>
+      <c r="AS385" s="2" t="n"/>
+      <c r="AT385" s="2" t="n"/>
+      <c r="AW385" s="2" t="n"/>
+      <c r="AX385" t="inlineStr"/>
+      <c r="AY385" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ385" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC385" s="3" t="n"/>
+    </row>
+    <row r="386" ht="40" customHeight="1">
+      <c r="A386" s="1" t="n">
+        <v>416</v>
+      </c>
+      <c r="B386" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C386" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D386" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E386" t="inlineStr">
+        <is>
+          <t>IWWDS 110 R4b</t>
+        </is>
+      </c>
+      <c r="F386" t="inlineStr">
+        <is>
+          <t>IWWDS R4b</t>
+        </is>
+      </c>
+      <c r="G386" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H386" s="1" t="n"/>
+      <c r="I386" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K386" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P386" s="2" t="n"/>
+      <c r="Q386" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="R386" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S386" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T386" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U386" s="2" t="n"/>
+      <c r="V386" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W386" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="X386" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y386" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z386" s="2" t="n"/>
+      <c r="AA386" s="2" t="n"/>
+      <c r="AB386" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC386" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD386" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="AE386" s="1" t="n"/>
+      <c r="AF386" s="1" t="n"/>
+      <c r="AG386" s="2" t="n">
+        <v>3700</v>
+      </c>
+      <c r="AH386" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AI386" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ386" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AK386" s="2" t="n"/>
+      <c r="AR386" s="2" t="n"/>
+      <c r="AS386" s="2" t="n"/>
+      <c r="AT386" s="2" t="n"/>
+      <c r="AW386" s="2" t="n"/>
+      <c r="AX386" t="inlineStr"/>
+      <c r="AY386" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ386" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC386" s="3" t="n"/>
+    </row>
+    <row r="387" ht="40" customHeight="1">
+      <c r="A387" s="1" t="n">
+        <v>411</v>
+      </c>
+      <c r="B387" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C387" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D387" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E387" t="inlineStr">
+        <is>
+          <t>IWWDS 160 ER4b</t>
+        </is>
+      </c>
+      <c r="F387" t="inlineStr">
+        <is>
+          <t>IWWDS ER4b</t>
+        </is>
+      </c>
+      <c r="G387" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H387" s="1" t="n"/>
+      <c r="I387" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K387" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P387" s="2" t="n"/>
+      <c r="Q387" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="R387" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S387" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T387" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U387" s="2" t="n"/>
+      <c r="V387" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W387" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X387" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y387" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z387" s="2" t="n"/>
+      <c r="AA387" s="2" t="n"/>
+      <c r="AB387" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC387" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD387" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="AE387" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF387" s="1" t="n"/>
+      <c r="AG387" s="2" t="n">
+        <v>3700</v>
+      </c>
+      <c r="AH387" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI387" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ387" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AK387" s="2" t="n"/>
+      <c r="AO387" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR387" s="2" t="n"/>
+      <c r="AS387" s="2" t="n"/>
+      <c r="AT387" s="2" t="n"/>
+      <c r="AW387" s="2" t="n"/>
+      <c r="AX387" t="inlineStr"/>
+      <c r="AY387" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ387" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC387" s="3" t="n"/>
+    </row>
+    <row r="388" ht="40" customHeight="1">
+      <c r="A388" s="1" t="n">
+        <v>417</v>
+      </c>
+      <c r="B388" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C388" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D388" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E388" t="inlineStr">
+        <is>
+          <t>IWWDS 160 R4b</t>
+        </is>
+      </c>
+      <c r="F388" t="inlineStr">
+        <is>
+          <t>IWWDS R4b</t>
+        </is>
+      </c>
+      <c r="G388" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H388" s="1" t="n"/>
+      <c r="I388" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K388" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P388" s="2" t="n"/>
+      <c r="Q388" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="R388" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S388" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T388" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U388" s="2" t="n"/>
+      <c r="V388" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W388" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="X388" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y388" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z388" s="2" t="n"/>
+      <c r="AA388" s="2" t="n"/>
+      <c r="AB388" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC388" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD388" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="AE388" s="1" t="n"/>
+      <c r="AF388" s="1" t="n"/>
+      <c r="AG388" s="2" t="n">
+        <v>3700</v>
+      </c>
+      <c r="AH388" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI388" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ388" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AK388" s="2" t="n"/>
+      <c r="AR388" s="2" t="n"/>
+      <c r="AS388" s="2" t="n"/>
+      <c r="AT388" s="2" t="n"/>
+      <c r="AW388" s="2" t="n"/>
+      <c r="AX388" t="inlineStr"/>
+      <c r="AY388" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ388" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC388" s="3" t="n"/>
+    </row>
+    <row r="389" ht="40" customHeight="1">
+      <c r="A389" s="1" t="n">
+        <v>412</v>
+      </c>
+      <c r="B389" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C389" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D389" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E389" t="inlineStr">
+        <is>
+          <t>IWWDS 210 ER4b</t>
+        </is>
+      </c>
+      <c r="F389" t="inlineStr">
+        <is>
+          <t>IWWDS ER4b</t>
+        </is>
+      </c>
+      <c r="G389" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H389" s="1" t="n"/>
+      <c r="I389" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K389" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P389" s="2" t="n"/>
+      <c r="Q389" s="2" t="n">
+        <v>210</v>
+      </c>
+      <c r="R389" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S389" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T389" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U389" s="2" t="n"/>
+      <c r="V389" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W389" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X389" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y389" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z389" s="2" t="n"/>
+      <c r="AA389" s="2" t="n"/>
+      <c r="AB389" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC389" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD389" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AE389" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF389" s="1" t="n"/>
+      <c r="AG389" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH389" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI389" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ389" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AK389" s="2" t="n"/>
+      <c r="AO389" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR389" s="2" t="n"/>
+      <c r="AS389" s="2" t="n"/>
+      <c r="AT389" s="2" t="n"/>
+      <c r="AW389" s="2" t="n"/>
+      <c r="AX389" t="inlineStr"/>
+      <c r="AY389" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ389" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC389" s="3" t="n"/>
+    </row>
+    <row r="390" ht="40" customHeight="1">
+      <c r="A390" s="1" t="n">
+        <v>418</v>
+      </c>
+      <c r="B390" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C390" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D390" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E390" t="inlineStr">
+        <is>
+          <t>IWWDS 210 R4b</t>
+        </is>
+      </c>
+      <c r="F390" t="inlineStr">
+        <is>
+          <t>IWWDS R4b</t>
+        </is>
+      </c>
+      <c r="G390" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H390" s="1" t="n"/>
+      <c r="I390" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K390" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P390" s="2" t="n"/>
+      <c r="Q390" s="2" t="n">
+        <v>210</v>
+      </c>
+      <c r="R390" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S390" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T390" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U390" s="2" t="n"/>
+      <c r="V390" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W390" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="X390" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y390" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z390" s="2" t="n"/>
+      <c r="AA390" s="2" t="n"/>
+      <c r="AB390" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC390" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD390" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AE390" s="1" t="n"/>
+      <c r="AF390" s="1" t="n"/>
+      <c r="AG390" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH390" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI390" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ390" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AK390" s="2" t="n"/>
+      <c r="AR390" s="2" t="n"/>
+      <c r="AS390" s="2" t="n"/>
+      <c r="AT390" s="2" t="n"/>
+      <c r="AW390" s="2" t="n"/>
+      <c r="AX390" t="inlineStr"/>
+      <c r="AY390" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ390" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC390" s="3" t="n"/>
+    </row>
+    <row r="391" ht="40" customHeight="1">
+      <c r="A391" s="1" t="n">
+        <v>413</v>
+      </c>
+      <c r="B391" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C391" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D391" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E391" t="inlineStr">
+        <is>
+          <t>IWWDS 280 ER4b</t>
+        </is>
+      </c>
+      <c r="F391" t="inlineStr">
+        <is>
+          <t>IWWDS ER4b</t>
+        </is>
+      </c>
+      <c r="G391" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H391" s="1" t="n"/>
+      <c r="I391" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K391" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P391" s="2" t="n"/>
+      <c r="Q391" s="2" t="n">
+        <v>280</v>
+      </c>
+      <c r="R391" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S391" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T391" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U391" s="2" t="n"/>
+      <c r="V391" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W391" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X391" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y391" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z391" s="2" t="n"/>
+      <c r="AA391" s="2" t="n"/>
+      <c r="AB391" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC391" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD391" s="2" t="n">
+        <v>115</v>
+      </c>
+      <c r="AE391" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF391" s="1" t="n"/>
+      <c r="AG391" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AH391" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI391" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ391" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK391" s="2" t="n"/>
+      <c r="AO391" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR391" s="2" t="n"/>
+      <c r="AS391" s="2" t="n"/>
+      <c r="AT391" s="2" t="n"/>
+      <c r="AW391" s="2" t="n"/>
+      <c r="AX391" t="inlineStr"/>
+      <c r="AY391" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ391" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC391" s="3" t="n"/>
+    </row>
+    <row r="392" ht="40" customHeight="1">
+      <c r="A392" s="1" t="n">
+        <v>419</v>
+      </c>
+      <c r="B392" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D392" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E392" t="inlineStr">
+        <is>
+          <t>IWWDS 280 R4b</t>
+        </is>
+      </c>
+      <c r="F392" t="inlineStr">
+        <is>
+          <t>IWWDS R4b</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H392" s="1" t="n"/>
+      <c r="I392" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K392" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P392" s="2" t="n"/>
+      <c r="Q392" s="2" t="n">
+        <v>280</v>
+      </c>
+      <c r="R392" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S392" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T392" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U392" s="2" t="n"/>
+      <c r="V392" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W392" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="X392" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y392" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z392" s="2" t="n"/>
+      <c r="AA392" s="2" t="n"/>
+      <c r="AB392" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC392" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD392" s="2" t="n">
+        <v>115</v>
+      </c>
+      <c r="AE392" s="1" t="n"/>
+      <c r="AF392" s="1" t="n"/>
+      <c r="AG392" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AH392" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI392" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ392" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK392" s="2" t="n"/>
+      <c r="AR392" s="2" t="n"/>
+      <c r="AS392" s="2" t="n"/>
+      <c r="AT392" s="2" t="n"/>
+      <c r="AW392" s="2" t="n"/>
+      <c r="AX392" t="inlineStr"/>
+      <c r="AY392" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ392" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC392" s="3" t="n"/>
+    </row>
+    <row r="393" ht="40" customHeight="1">
+      <c r="A393" s="1" t="n">
+        <v>414</v>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D393" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>IWWDS 430 ER4b</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
+          <t>IWWDS ER4b</t>
+        </is>
+      </c>
+      <c r="G393" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H393" s="1" t="n"/>
+      <c r="I393" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K393" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P393" s="2" t="n"/>
+      <c r="Q393" s="2" t="n">
+        <v>430</v>
+      </c>
+      <c r="R393" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S393" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T393" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U393" s="2" t="n"/>
+      <c r="V393" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W393" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X393" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y393" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z393" s="2" t="n"/>
+      <c r="AA393" s="2" t="n"/>
+      <c r="AB393" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC393" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD393" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="AE393" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF393" s="1" t="n"/>
+      <c r="AG393" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH393" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI393" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ393" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AK393" s="2" t="n"/>
+      <c r="AO393" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR393" s="2" t="n"/>
+      <c r="AS393" s="2" t="n"/>
+      <c r="AT393" s="2" t="n"/>
+      <c r="AW393" s="2" t="n"/>
+      <c r="AX393" t="inlineStr"/>
+      <c r="AY393" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ393" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC393" s="3" t="n"/>
+    </row>
+    <row r="394" ht="40" customHeight="1">
+      <c r="A394" s="1" t="n">
+        <v>420</v>
+      </c>
+      <c r="B394" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C394" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D394" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>IWWDS 430 R4b</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
+        <is>
+          <t>IWWDS R4b</t>
+        </is>
+      </c>
+      <c r="G394" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H394" s="1" t="n"/>
+      <c r="I394" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K394" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P394" s="2" t="n"/>
+      <c r="Q394" s="2" t="n">
+        <v>430</v>
+      </c>
+      <c r="R394" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S394" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T394" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U394" s="2" t="n"/>
+      <c r="V394" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W394" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="X394" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y394" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z394" s="2" t="n"/>
+      <c r="AA394" s="2" t="n"/>
+      <c r="AB394" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC394" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD394" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="AE394" s="1" t="n"/>
+      <c r="AF394" s="1" t="n"/>
+      <c r="AG394" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH394" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI394" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ394" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AK394" s="2" t="n"/>
+      <c r="AR394" s="2" t="n"/>
+      <c r="AS394" s="2" t="n"/>
+      <c r="AT394" s="2" t="n"/>
+      <c r="AW394" s="2" t="n"/>
+      <c r="AX394" t="inlineStr"/>
+      <c r="AY394" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ394" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC394" s="3" t="n"/>
+    </row>
+    <row r="395" ht="40" customHeight="1">
+      <c r="A395" s="1" t="n">
+        <v>409</v>
+      </c>
+      <c r="B395" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C395" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D395" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E395" t="inlineStr">
+        <is>
+          <t>IWWDS 50 ER4b</t>
+        </is>
+      </c>
+      <c r="F395" t="inlineStr">
+        <is>
+          <t>IWWDS ER4b</t>
+        </is>
+      </c>
+      <c r="G395" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H395" s="1" t="n"/>
+      <c r="I395" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K395" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P395" s="2" t="n"/>
+      <c r="Q395" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="R395" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S395" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T395" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U395" s="2" t="n"/>
+      <c r="V395" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W395" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X395" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y395" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z395" s="2" t="n"/>
+      <c r="AA395" s="2" t="n"/>
+      <c r="AB395" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC395" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD395" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AE395" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF395" s="1" t="n"/>
+      <c r="AG395" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AH395" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AI395" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AJ395" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AK395" s="2" t="n"/>
+      <c r="AO395" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR395" s="2" t="n"/>
+      <c r="AS395" s="2" t="n"/>
+      <c r="AT395" s="2" t="n"/>
+      <c r="AW395" s="2" t="n"/>
+      <c r="AX395" t="inlineStr"/>
+      <c r="AY395" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ395" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC395" s="3" t="n"/>
+    </row>
+    <row r="396" ht="40" customHeight="1">
+      <c r="A396" s="1" t="n">
+        <v>415</v>
+      </c>
+      <c r="B396" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C396" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D396" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E396" t="inlineStr">
+        <is>
+          <t>IWWDS 50 R4b</t>
+        </is>
+      </c>
+      <c r="F396" t="inlineStr">
+        <is>
+          <t>IWWDS R4b</t>
+        </is>
+      </c>
+      <c r="G396" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H396" s="1" t="n"/>
+      <c r="I396" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K396" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P396" s="2" t="n"/>
+      <c r="Q396" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="R396" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S396" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T396" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U396" s="2" t="n"/>
+      <c r="V396" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W396" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="X396" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y396" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z396" s="2" t="n"/>
+      <c r="AA396" s="2" t="n"/>
+      <c r="AB396" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC396" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD396" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AE396" s="1" t="n"/>
+      <c r="AF396" s="1" t="n"/>
+      <c r="AG396" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AH396" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AI396" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AJ396" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AK396" s="2" t="n"/>
+      <c r="AR396" s="2" t="n"/>
+      <c r="AS396" s="2" t="n"/>
+      <c r="AT396" s="2" t="n"/>
+      <c r="AW396" s="2" t="n"/>
+      <c r="AX396" t="inlineStr"/>
+      <c r="AY396" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ396" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC396" s="3" t="n"/>
+    </row>
+    <row r="397" ht="40" customHeight="1">
+      <c r="A397" s="1" t="n">
+        <v>422</v>
+      </c>
+      <c r="B397" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C397" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D397" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E397" t="inlineStr">
+        <is>
+          <t>IWWHS 130 ER4b</t>
+        </is>
+      </c>
+      <c r="F397" t="inlineStr">
+        <is>
+          <t>IWWHS ER4b</t>
+        </is>
+      </c>
+      <c r="G397" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H397" s="1" t="n"/>
+      <c r="I397" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K397" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P397" s="2" t="n"/>
+      <c r="Q397" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="R397" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S397" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T397" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U397" s="2" t="n"/>
+      <c r="V397" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W397" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X397" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y397" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z397" s="2" t="n"/>
+      <c r="AA397" s="2" t="n"/>
+      <c r="AB397" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC397" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD397" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="AE397" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF397" s="1" t="n"/>
+      <c r="AG397" s="2" t="n">
+        <v>3700</v>
+      </c>
+      <c r="AH397" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AI397" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ397" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AK397" s="2" t="n"/>
+      <c r="AO397" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR397" s="2" t="n"/>
+      <c r="AS397" s="2" t="n"/>
+      <c r="AT397" s="2" t="n"/>
+      <c r="AW397" s="2" t="n"/>
+      <c r="AX397" t="inlineStr"/>
+      <c r="AY397" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ397" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC397" s="3" t="n"/>
+    </row>
+    <row r="398" ht="40" customHeight="1">
+      <c r="A398" s="1" t="n">
+        <v>423</v>
+      </c>
+      <c r="B398" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C398" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D398" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E398" t="inlineStr">
+        <is>
+          <t>IWWHS 190 ER4b</t>
+        </is>
+      </c>
+      <c r="F398" t="inlineStr">
+        <is>
+          <t>IWWHS ER4b</t>
+        </is>
+      </c>
+      <c r="G398" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H398" s="1" t="n"/>
+      <c r="I398" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K398" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P398" s="2" t="n"/>
+      <c r="Q398" s="2" t="n">
+        <v>190</v>
+      </c>
+      <c r="R398" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S398" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T398" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U398" s="2" t="n"/>
+      <c r="V398" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W398" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X398" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y398" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z398" s="2" t="n"/>
+      <c r="AA398" s="2" t="n"/>
+      <c r="AB398" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC398" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD398" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="AE398" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF398" s="1" t="n"/>
+      <c r="AG398" s="2" t="n">
+        <v>3700</v>
+      </c>
+      <c r="AH398" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI398" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ398" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AK398" s="2" t="n"/>
+      <c r="AO398" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR398" s="2" t="n"/>
+      <c r="AS398" s="2" t="n"/>
+      <c r="AT398" s="2" t="n"/>
+      <c r="AW398" s="2" t="n"/>
+      <c r="AX398" t="inlineStr"/>
+      <c r="AY398" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ398" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC398" s="3" t="n"/>
+    </row>
+    <row r="399" ht="40" customHeight="1">
+      <c r="A399" s="1" t="n">
+        <v>424</v>
+      </c>
+      <c r="B399" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C399" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D399" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E399" t="inlineStr">
+        <is>
+          <t>IWWHS 240 ER4b</t>
+        </is>
+      </c>
+      <c r="F399" t="inlineStr">
+        <is>
+          <t>IWWHS ER4b</t>
+        </is>
+      </c>
+      <c r="G399" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H399" s="1" t="n"/>
+      <c r="I399" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K399" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P399" s="2" t="n"/>
+      <c r="Q399" s="2" t="n">
+        <v>240</v>
+      </c>
+      <c r="R399" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S399" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T399" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U399" s="2" t="n"/>
+      <c r="V399" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W399" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X399" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y399" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z399" s="2" t="n"/>
+      <c r="AA399" s="2" t="n"/>
+      <c r="AB399" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC399" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD399" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AE399" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF399" s="1" t="n"/>
+      <c r="AG399" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH399" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI399" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ399" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AK399" s="2" t="n"/>
+      <c r="AO399" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR399" s="2" t="n"/>
+      <c r="AS399" s="2" t="n"/>
+      <c r="AT399" s="2" t="n"/>
+      <c r="AW399" s="2" t="n"/>
+      <c r="AX399" t="inlineStr"/>
+      <c r="AY399" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ399" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC399" s="3" t="n"/>
+    </row>
+    <row r="400" ht="40" customHeight="1">
+      <c r="A400" s="1" t="n">
+        <v>425</v>
+      </c>
+      <c r="B400" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C400" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D400" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E400" t="inlineStr">
+        <is>
+          <t>IWWHS 320 ER4b</t>
+        </is>
+      </c>
+      <c r="F400" t="inlineStr">
+        <is>
+          <t>IWWHS ER4b</t>
+        </is>
+      </c>
+      <c r="G400" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H400" s="1" t="n"/>
+      <c r="I400" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K400" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P400" s="2" t="n"/>
+      <c r="Q400" s="2" t="n">
+        <v>320</v>
+      </c>
+      <c r="R400" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S400" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T400" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U400" s="2" t="n"/>
+      <c r="V400" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W400" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X400" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y400" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z400" s="2" t="n"/>
+      <c r="AA400" s="2" t="n"/>
+      <c r="AB400" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC400" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD400" s="2" t="n">
+        <v>115</v>
+      </c>
+      <c r="AE400" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF400" s="1" t="n"/>
+      <c r="AG400" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AH400" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AI400" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ400" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK400" s="2" t="n"/>
+      <c r="AO400" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR400" s="2" t="n"/>
+      <c r="AS400" s="2" t="n"/>
+      <c r="AT400" s="2" t="n"/>
+      <c r="AW400" s="2" t="n"/>
+      <c r="AX400" t="inlineStr"/>
+      <c r="AY400" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ400" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC400" s="3" t="n"/>
+    </row>
+    <row r="401" ht="40" customHeight="1">
+      <c r="A401" s="1" t="n">
+        <v>427</v>
+      </c>
+      <c r="B401" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C401" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D401" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E401" t="inlineStr">
+        <is>
+          <t>IWWHS 390 ER6c2</t>
+        </is>
+      </c>
+      <c r="F401" t="inlineStr">
+        <is>
+          <t>IWWHS ER6c2</t>
+        </is>
+      </c>
+      <c r="G401" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H401" s="1" t="n"/>
+      <c r="I401" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K401" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P401" s="2" t="n"/>
+      <c r="Q401" s="2" t="n">
+        <v>390</v>
+      </c>
+      <c r="R401" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S401" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T401" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U401" s="2" t="n"/>
+      <c r="V401" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="W401" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="X401" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y401" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z401" s="2" t="n"/>
+      <c r="AA401" s="2" t="n"/>
+      <c r="AB401" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC401" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD401" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="AE401" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF401" s="1" t="n"/>
+      <c r="AG401" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AH401" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI401" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ401" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK401" s="2" t="n"/>
+      <c r="AO401" t="inlineStr">
+        <is>
+          <t>2 Stufen (50%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR401" s="2" t="n"/>
+      <c r="AS401" s="2" t="n"/>
+      <c r="AT401" s="2" t="n"/>
+      <c r="AW401" s="2" t="n"/>
+      <c r="AX401" t="inlineStr"/>
+      <c r="AY401" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ401" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC401" s="3" t="n"/>
+    </row>
+    <row r="402" ht="40" customHeight="1">
+      <c r="A402" s="1" t="n">
+        <v>431</v>
+      </c>
+      <c r="B402" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C402" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D402" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E402" t="inlineStr">
+        <is>
+          <t>IWWHS 390 ER7c2</t>
+        </is>
+      </c>
+      <c r="F402" t="inlineStr">
+        <is>
+          <t>IWWHS ER7c2</t>
+        </is>
+      </c>
+      <c r="G402" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H402" s="1" t="n"/>
+      <c r="I402" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K402" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P402" s="2" t="n"/>
+      <c r="Q402" s="2" t="n">
+        <v>390</v>
+      </c>
+      <c r="R402" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S402" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T402" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U402" s="2" t="n"/>
+      <c r="V402" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="W402" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X402" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y402" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z402" s="2" t="n"/>
+      <c r="AA402" s="2" t="n"/>
+      <c r="AB402" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC402" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD402" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="AE402" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF402" s="1" t="n"/>
+      <c r="AG402" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AH402" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI402" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ402" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK402" s="2" t="n"/>
+      <c r="AO402" t="inlineStr">
+        <is>
+          <t>2 Stufen (50%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR402" s="2" t="n"/>
+      <c r="AS402" s="2" t="n"/>
+      <c r="AT402" s="2" t="n"/>
+      <c r="AW402" s="2" t="n"/>
+      <c r="AX402" t="inlineStr"/>
+      <c r="AY402" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ402" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC402" s="3" t="n"/>
+    </row>
+    <row r="403" ht="40" customHeight="1">
+      <c r="A403" s="1" t="n">
+        <v>428</v>
+      </c>
+      <c r="B403" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C403" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D403" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E403" t="inlineStr">
+        <is>
+          <t>IWWHS 470 ER6c2</t>
+        </is>
+      </c>
+      <c r="F403" t="inlineStr">
+        <is>
+          <t>IWWHS ER6c2</t>
+        </is>
+      </c>
+      <c r="G403" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H403" s="1" t="n"/>
+      <c r="I403" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K403" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P403" s="2" t="n"/>
+      <c r="Q403" s="2" t="n">
+        <v>470</v>
+      </c>
+      <c r="R403" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S403" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T403" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U403" s="2" t="n"/>
+      <c r="V403" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="W403" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="X403" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y403" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z403" s="2" t="n"/>
+      <c r="AA403" s="2" t="n"/>
+      <c r="AB403" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC403" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD403" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="AE403" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF403" s="1" t="n"/>
+      <c r="AG403" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH403" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI403" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ403" s="2" t="n">
+        <v>3600</v>
+      </c>
+      <c r="AK403" s="2" t="n"/>
+      <c r="AO403" t="inlineStr">
+        <is>
+          <t>2 Stufen (50%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR403" s="2" t="n"/>
+      <c r="AS403" s="2" t="n"/>
+      <c r="AT403" s="2" t="n"/>
+      <c r="AW403" s="2" t="n"/>
+      <c r="AX403" t="inlineStr"/>
+      <c r="AY403" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ403" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC403" s="3" t="n"/>
+    </row>
+    <row r="404" ht="40" customHeight="1">
+      <c r="A404" s="1" t="n">
+        <v>432</v>
+      </c>
+      <c r="B404" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C404" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D404" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E404" t="inlineStr">
+        <is>
+          <t>IWWHS 470 ER7c2</t>
+        </is>
+      </c>
+      <c r="F404" t="inlineStr">
+        <is>
+          <t>IWWHS ER7c2</t>
+        </is>
+      </c>
+      <c r="G404" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H404" s="1" t="n"/>
+      <c r="I404" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K404" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P404" s="2" t="n"/>
+      <c r="Q404" s="2" t="n">
+        <v>470</v>
+      </c>
+      <c r="R404" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S404" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T404" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U404" s="2" t="n"/>
+      <c r="V404" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="W404" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X404" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y404" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z404" s="2" t="n"/>
+      <c r="AA404" s="2" t="n"/>
+      <c r="AB404" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC404" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD404" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="AE404" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF404" s="1" t="n"/>
+      <c r="AG404" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH404" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI404" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ404" s="2" t="n">
+        <v>3600</v>
+      </c>
+      <c r="AK404" s="2" t="n"/>
+      <c r="AO404" t="inlineStr">
+        <is>
+          <t>2 Stufen (50%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR404" s="2" t="n"/>
+      <c r="AS404" s="2" t="n"/>
+      <c r="AT404" s="2" t="n"/>
+      <c r="AW404" s="2" t="n"/>
+      <c r="AX404" t="inlineStr"/>
+      <c r="AY404" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ404" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC404" s="3" t="n"/>
+    </row>
+    <row r="405" ht="40" customHeight="1">
+      <c r="A405" s="1" t="n">
+        <v>426</v>
+      </c>
+      <c r="B405" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C405" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D405" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E405" t="inlineStr">
+        <is>
+          <t>IWWHS 540 ER4b</t>
+        </is>
+      </c>
+      <c r="F405" t="inlineStr">
+        <is>
+          <t>IWWHS ER4b</t>
+        </is>
+      </c>
+      <c r="G405" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H405" s="1" t="n"/>
+      <c r="I405" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K405" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P405" s="2" t="n"/>
+      <c r="Q405" s="2" t="n">
+        <v>540</v>
+      </c>
+      <c r="R405" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S405" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T405" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U405" s="2" t="n"/>
+      <c r="V405" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W405" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X405" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y405" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z405" s="2" t="n"/>
+      <c r="AA405" s="2" t="n"/>
+      <c r="AB405" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC405" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD405" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="AE405" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF405" s="1" t="n"/>
+      <c r="AG405" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH405" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI405" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AJ405" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AK405" s="2" t="n"/>
+      <c r="AO405" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR405" s="2" t="n"/>
+      <c r="AS405" s="2" t="n"/>
+      <c r="AT405" s="2" t="n"/>
+      <c r="AW405" s="2" t="n"/>
+      <c r="AX405" t="inlineStr"/>
+      <c r="AY405" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ405" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC405" s="3" t="n"/>
+    </row>
+    <row r="406" ht="40" customHeight="1">
+      <c r="A406" s="1" t="n">
+        <v>429</v>
+      </c>
+      <c r="B406" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C406" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D406" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E406" t="inlineStr">
+        <is>
+          <t>IWWHS 570 ER6c2</t>
+        </is>
+      </c>
+      <c r="F406" t="inlineStr">
+        <is>
+          <t>IWWHS ER6c2</t>
+        </is>
+      </c>
+      <c r="G406" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H406" s="1" t="n"/>
+      <c r="I406" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K406" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P406" s="2" t="n"/>
+      <c r="Q406" s="2" t="n">
+        <v>570</v>
+      </c>
+      <c r="R406" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S406" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T406" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U406" s="2" t="n"/>
+      <c r="V406" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="W406" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="X406" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y406" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z406" s="2" t="n"/>
+      <c r="AA406" s="2" t="n"/>
+      <c r="AB406" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC406" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD406" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="AE406" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF406" s="1" t="n"/>
+      <c r="AG406" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH406" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI406" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ406" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AK406" s="2" t="n"/>
+      <c r="AO406" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR406" s="2" t="n"/>
+      <c r="AS406" s="2" t="n"/>
+      <c r="AT406" s="2" t="n"/>
+      <c r="AW406" s="2" t="n"/>
+      <c r="AX406" t="inlineStr"/>
+      <c r="AY406" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ406" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC406" s="3" t="n"/>
+    </row>
+    <row r="407" ht="40" customHeight="1">
+      <c r="A407" s="1" t="n">
+        <v>433</v>
+      </c>
+      <c r="B407" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C407" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D407" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E407" t="inlineStr">
+        <is>
+          <t>IWWHS 570 ER7c2</t>
+        </is>
+      </c>
+      <c r="F407" t="inlineStr">
+        <is>
+          <t>IWWHS ER7c2</t>
+        </is>
+      </c>
+      <c r="G407" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H407" s="1" t="n"/>
+      <c r="I407" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K407" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P407" s="2" t="n"/>
+      <c r="Q407" s="2" t="n">
+        <v>570</v>
+      </c>
+      <c r="R407" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S407" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T407" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U407" s="2" t="n"/>
+      <c r="V407" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="W407" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X407" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y407" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z407" s="2" t="n"/>
+      <c r="AA407" s="2" t="n"/>
+      <c r="AB407" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC407" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD407" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="AE407" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF407" s="1" t="n"/>
+      <c r="AG407" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH407" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI407" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ407" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AK407" s="2" t="n"/>
+      <c r="AO407" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR407" s="2" t="n"/>
+      <c r="AS407" s="2" t="n"/>
+      <c r="AT407" s="2" t="n"/>
+      <c r="AW407" s="2" t="n"/>
+      <c r="AX407" t="inlineStr"/>
+      <c r="AY407" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ407" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC407" s="3" t="n"/>
+    </row>
+    <row r="408" ht="40" customHeight="1">
+      <c r="A408" s="1" t="n">
+        <v>421</v>
+      </c>
+      <c r="B408" t="inlineStr">
+        <is>
+          <t>R1233zd(E)</t>
+        </is>
+      </c>
+      <c r="C408" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D408" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E408" t="inlineStr">
+        <is>
+          <t>IWWHS 60 ER4b</t>
+        </is>
+      </c>
+      <c r="F408" t="inlineStr">
+        <is>
+          <t>IWWHS ER4b</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H408" s="1" t="n"/>
+      <c r="I408" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K408" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P408" s="2" t="n"/>
+      <c r="Q408" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="R408" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S408" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T408" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U408" s="2" t="n"/>
+      <c r="V408" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="W408" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="X408" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Y408" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Z408" s="2" t="n"/>
+      <c r="AA408" s="2" t="n"/>
+      <c r="AB408" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC408" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD408" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AE408" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="AF408" s="1" t="n"/>
+      <c r="AG408" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AH408" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AI408" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AJ408" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AK408" s="2" t="n"/>
+      <c r="AO408" t="inlineStr">
+        <is>
+          <t>2 Stufen (75%, 100%) / Drehzahlgeregelt (75%-100%)</t>
+        </is>
+      </c>
+      <c r="AR408" s="2" t="n"/>
+      <c r="AS408" s="2" t="n"/>
+      <c r="AT408" s="2" t="n"/>
+      <c r="AW408" s="2" t="n"/>
+      <c r="AX408" t="inlineStr"/>
+      <c r="AY408" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ408" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC408" s="3" t="n"/>
+    </row>
+    <row r="409" ht="40" customHeight="1">
+      <c r="A409" s="1" t="n">
+        <v>430</v>
+      </c>
+      <c r="B409" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C409" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D409" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E409" t="inlineStr">
+        <is>
+          <t>IWWHS 740 ER6c2</t>
+        </is>
+      </c>
+      <c r="F409" t="inlineStr">
+        <is>
+          <t>IWWHS ER6c2</t>
+        </is>
+      </c>
+      <c r="G409" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H409" s="1" t="n"/>
+      <c r="I409" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K409" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P409" s="2" t="n"/>
+      <c r="Q409" s="2" t="n">
+        <v>740</v>
+      </c>
+      <c r="R409" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S409" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T409" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U409" s="2" t="n"/>
+      <c r="V409" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="W409" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="X409" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y409" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z409" s="2" t="n"/>
+      <c r="AA409" s="2" t="n"/>
+      <c r="AB409" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC409" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD409" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="AE409" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF409" s="1" t="n"/>
+      <c r="AG409" s="2" t="n">
+        <v>5100</v>
+      </c>
+      <c r="AH409" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AI409" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ409" s="2" t="n">
+        <v>4800</v>
+      </c>
+      <c r="AK409" s="2" t="n"/>
+      <c r="AO409" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR409" s="2" t="n"/>
+      <c r="AS409" s="2" t="n"/>
+      <c r="AT409" s="2" t="n"/>
+      <c r="AW409" s="2" t="n"/>
+      <c r="AX409" t="inlineStr"/>
+      <c r="AY409" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ409" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC409" s="3" t="n"/>
+    </row>
+    <row r="410" ht="40" customHeight="1">
+      <c r="A410" s="1" t="n">
+        <v>434</v>
+      </c>
+      <c r="B410" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C410" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D410" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E410" t="inlineStr">
+        <is>
+          <t>IWWHS 740 ER7c2</t>
+        </is>
+      </c>
+      <c r="F410" t="inlineStr">
+        <is>
+          <t>IWWHS ER7c2</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H410" s="1" t="n"/>
+      <c r="I410" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K410" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P410" s="2" t="n"/>
+      <c r="Q410" s="2" t="n">
+        <v>740</v>
+      </c>
+      <c r="R410" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S410" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T410" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U410" s="2" t="n"/>
+      <c r="V410" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="W410" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X410" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y410" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z410" s="2" t="n"/>
+      <c r="AA410" s="2" t="n"/>
+      <c r="AB410" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC410" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD410" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="AE410" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF410" s="1" t="n"/>
+      <c r="AG410" s="2" t="n">
+        <v>4600</v>
+      </c>
+      <c r="AH410" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AI410" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ410" s="2" t="n">
+        <v>4800</v>
+      </c>
+      <c r="AK410" s="2" t="n"/>
+      <c r="AO410" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR410" s="2" t="n"/>
+      <c r="AS410" s="2" t="n"/>
+      <c r="AT410" s="2" t="n"/>
+      <c r="AW410" s="2" t="n"/>
+      <c r="AX410" t="inlineStr"/>
+      <c r="AY410" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ410" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC410" s="3" t="n"/>
+    </row>
+    <row r="411" ht="40" customHeight="1">
+      <c r="A411" s="1" t="n">
+        <v>443</v>
+      </c>
+      <c r="B411" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C411" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D411" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E411" t="inlineStr">
+        <is>
+          <t>IWWS 110 R6a</t>
+        </is>
+      </c>
+      <c r="F411" t="inlineStr">
+        <is>
+          <t>IWWS R6a</t>
+        </is>
+      </c>
+      <c r="G411" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H411" s="1" t="n"/>
+      <c r="I411" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K411" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P411" s="2" t="n"/>
+      <c r="Q411" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="R411" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S411" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T411" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U411" s="2" t="n"/>
+      <c r="V411" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W411" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X411" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y411" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="Z411" s="2" t="n"/>
+      <c r="AA411" s="2" t="n"/>
+      <c r="AB411" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC411" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD411" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="AE411" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF411" s="1" t="n"/>
+      <c r="AG411" s="2" t="n">
+        <v>2900</v>
+      </c>
+      <c r="AH411" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="AI411" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AJ411" s="2" t="n">
+        <v>1450</v>
+      </c>
+      <c r="AK411" s="2" t="n"/>
+      <c r="AO411" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR411" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AS411" s="2" t="n"/>
+      <c r="AT411" s="2" t="n"/>
+      <c r="AW411" s="2" t="n"/>
+      <c r="AX411" t="inlineStr"/>
+      <c r="AY411" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ411" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC411" s="3" t="n"/>
+    </row>
+    <row r="412" ht="40" customHeight="1">
+      <c r="A412" s="1" t="n">
+        <v>452</v>
+      </c>
+      <c r="B412" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C412" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D412" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E412" t="inlineStr">
+        <is>
+          <t>IWWS 110 R7a</t>
+        </is>
+      </c>
+      <c r="F412" t="inlineStr">
+        <is>
+          <t>IWWS R7a</t>
+        </is>
+      </c>
+      <c r="G412" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H412" s="1" t="n"/>
+      <c r="I412" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K412" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P412" s="2" t="n"/>
+      <c r="Q412" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="R412" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S412" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T412" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U412" s="2" t="n"/>
+      <c r="V412" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W412" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="X412" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y412" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z412" s="2" t="n"/>
+      <c r="AA412" s="2" t="n"/>
+      <c r="AB412" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC412" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD412" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="AE412" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF412" s="1" t="n"/>
+      <c r="AG412" s="2" t="n">
+        <v>2900</v>
+      </c>
+      <c r="AH412" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="AI412" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AJ412" s="2" t="n">
+        <v>1350</v>
+      </c>
+      <c r="AK412" s="2" t="n"/>
+      <c r="AO412" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR412" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AS412" s="2" t="n"/>
+      <c r="AT412" s="2" t="n"/>
+      <c r="AW412" s="2" t="n"/>
+      <c r="AX412" t="inlineStr"/>
+      <c r="AY412" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ412" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC412" s="3" t="n"/>
+    </row>
+    <row r="413" ht="40" customHeight="1">
+      <c r="A413" s="1" t="n">
+        <v>435</v>
+      </c>
+      <c r="B413" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C413" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D413" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E413" t="inlineStr">
+        <is>
+          <t>IWWS 170 ER6a u</t>
+        </is>
+      </c>
+      <c r="F413" t="inlineStr">
+        <is>
+          <t>IWWS ER a u</t>
+        </is>
+      </c>
+      <c r="G413" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H413" s="1" t="n"/>
+      <c r="I413" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K413" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P413" s="2" t="n"/>
+      <c r="Q413" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="R413" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S413" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T413" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U413" s="2" t="n"/>
+      <c r="V413" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W413" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X413" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y413" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z413" s="2" t="n"/>
+      <c r="AA413" s="2" t="n"/>
+      <c r="AB413" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC413" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD413" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AE413" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF413" s="1" t="n"/>
+      <c r="AG413" s="2" t="n">
+        <v>3050</v>
+      </c>
+      <c r="AH413" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI413" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AJ413" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AK413" s="2" t="n"/>
+      <c r="AO413" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR413" s="2" t="n">
+        <v>89.40000000000001</v>
+      </c>
+      <c r="AS413" s="2" t="n"/>
+      <c r="AT413" s="2" t="n"/>
+      <c r="AW413" s="2" t="n"/>
+      <c r="AX413" t="inlineStr"/>
+      <c r="AY413" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ413" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC413" s="3" t="n"/>
+    </row>
+    <row r="414" ht="40" customHeight="1">
+      <c r="A414" s="1" t="n">
+        <v>436</v>
+      </c>
+      <c r="B414" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C414" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D414" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E414" t="inlineStr">
+        <is>
+          <t>IWWS 170 ER7a u</t>
+        </is>
+      </c>
+      <c r="F414" t="inlineStr">
+        <is>
+          <t>IWWS ER a u</t>
+        </is>
+      </c>
+      <c r="G414" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H414" s="1" t="n"/>
+      <c r="I414" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K414" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P414" s="2" t="n"/>
+      <c r="Q414" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="R414" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S414" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T414" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U414" s="2" t="n"/>
+      <c r="V414" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="W414" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X414" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y414" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z414" s="2" t="n"/>
+      <c r="AA414" s="2" t="n"/>
+      <c r="AB414" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC414" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD414" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AE414" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF414" s="1" t="n"/>
+      <c r="AG414" s="2" t="n">
+        <v>3050</v>
+      </c>
+      <c r="AH414" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI414" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AJ414" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AK414" s="2" t="n"/>
+      <c r="AO414" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR414" s="2" t="n">
+        <v>89.40000000000001</v>
+      </c>
+      <c r="AS414" s="2" t="n"/>
+      <c r="AT414" s="2" t="n"/>
+      <c r="AW414" s="2" t="n"/>
+      <c r="AX414" t="inlineStr"/>
+      <c r="AY414" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ414" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC414" s="3" t="n"/>
+    </row>
+    <row r="415" ht="40" customHeight="1">
+      <c r="A415" s="1" t="n">
+        <v>444</v>
+      </c>
+      <c r="B415" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C415" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D415" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E415" t="inlineStr">
+        <is>
+          <t>IWWS 170 R6a</t>
+        </is>
+      </c>
+      <c r="F415" t="inlineStr">
+        <is>
+          <t>IWWS R6a</t>
+        </is>
+      </c>
+      <c r="G415" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H415" s="1" t="n"/>
+      <c r="I415" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K415" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P415" s="2" t="n"/>
+      <c r="Q415" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="R415" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S415" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T415" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U415" s="2" t="n"/>
+      <c r="V415" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W415" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X415" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y415" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="Z415" s="2" t="n"/>
+      <c r="AA415" s="2" t="n"/>
+      <c r="AB415" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC415" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD415" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="AE415" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF415" s="1" t="n"/>
+      <c r="AG415" s="2" t="n">
+        <v>3300</v>
+      </c>
+      <c r="AH415" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="AI415" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AJ415" s="2" t="n">
+        <v>1750</v>
+      </c>
+      <c r="AK415" s="2" t="n"/>
+      <c r="AO415" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR415" s="2" t="n">
+        <v>87.59999999999999</v>
+      </c>
+      <c r="AS415" s="2" t="n"/>
+      <c r="AT415" s="2" t="n"/>
+      <c r="AW415" s="2" t="n"/>
+      <c r="AX415" t="inlineStr"/>
+      <c r="AY415" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ415" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC415" s="3" t="n"/>
+    </row>
+    <row r="416" ht="40" customHeight="1">
+      <c r="A416" s="1" t="n">
+        <v>453</v>
+      </c>
+      <c r="B416" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D416" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E416" t="inlineStr">
+        <is>
+          <t>IWWS 170 R7a</t>
+        </is>
+      </c>
+      <c r="F416" t="inlineStr">
+        <is>
+          <t>IWWS R7a</t>
+        </is>
+      </c>
+      <c r="G416" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H416" s="1" t="n"/>
+      <c r="I416" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K416" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P416" s="2" t="n"/>
+      <c r="Q416" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="R416" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S416" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T416" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U416" s="2" t="n"/>
+      <c r="V416" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W416" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="X416" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y416" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z416" s="2" t="n"/>
+      <c r="AA416" s="2" t="n"/>
+      <c r="AB416" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC416" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD416" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="AE416" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF416" s="1" t="n"/>
+      <c r="AG416" s="2" t="n">
+        <v>3300</v>
+      </c>
+      <c r="AH416" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="AI416" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AJ416" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AK416" s="2" t="n"/>
+      <c r="AO416" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR416" s="2" t="n">
+        <v>87.59999999999999</v>
+      </c>
+      <c r="AS416" s="2" t="n"/>
+      <c r="AT416" s="2" t="n"/>
+      <c r="AW416" s="2" t="n"/>
+      <c r="AX416" t="inlineStr"/>
+      <c r="AY416" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ416" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC416" s="3" t="n"/>
+    </row>
+    <row r="417" ht="40" customHeight="1">
+      <c r="A417" s="1" t="n">
+        <v>445</v>
+      </c>
+      <c r="B417" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C417" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D417" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E417" t="inlineStr">
+        <is>
+          <t>IWWS 210 R6a</t>
+        </is>
+      </c>
+      <c r="F417" t="inlineStr">
+        <is>
+          <t>IWWS R6a</t>
+        </is>
+      </c>
+      <c r="G417" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H417" s="1" t="n"/>
+      <c r="I417" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K417" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P417" s="2" t="n"/>
+      <c r="Q417" s="2" t="n">
+        <v>210</v>
+      </c>
+      <c r="R417" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S417" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T417" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U417" s="2" t="n"/>
+      <c r="V417" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W417" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X417" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y417" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="Z417" s="2" t="n"/>
+      <c r="AA417" s="2" t="n"/>
+      <c r="AB417" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC417" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD417" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="AE417" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF417" s="1" t="n"/>
+      <c r="AG417" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AH417" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AI417" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ417" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AK417" s="2" t="n"/>
+      <c r="AO417" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR417" s="2" t="n">
+        <v>87.7</v>
+      </c>
+      <c r="AS417" s="2" t="n"/>
+      <c r="AT417" s="2" t="n"/>
+      <c r="AW417" s="2" t="n"/>
+      <c r="AX417" t="inlineStr"/>
+      <c r="AY417" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ417" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC417" s="3" t="n"/>
+    </row>
+    <row r="418" ht="40" customHeight="1">
+      <c r="A418" s="1" t="n">
+        <v>454</v>
+      </c>
+      <c r="B418" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C418" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D418" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E418" t="inlineStr">
+        <is>
+          <t>IWWS 210 R7a</t>
+        </is>
+      </c>
+      <c r="F418" t="inlineStr">
+        <is>
+          <t>IWWS R7a</t>
+        </is>
+      </c>
+      <c r="G418" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H418" s="1" t="n"/>
+      <c r="I418" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K418" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P418" s="2" t="n"/>
+      <c r="Q418" s="2" t="n">
+        <v>210</v>
+      </c>
+      <c r="R418" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S418" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T418" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U418" s="2" t="n"/>
+      <c r="V418" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W418" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="X418" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y418" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z418" s="2" t="n"/>
+      <c r="AA418" s="2" t="n"/>
+      <c r="AB418" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC418" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD418" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="AE418" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF418" s="1" t="n"/>
+      <c r="AG418" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AH418" s="2" t="n">
+        <v>1400</v>
+      </c>
+      <c r="AI418" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ418" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AK418" s="2" t="n"/>
+      <c r="AO418" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR418" s="2" t="n">
+        <v>87.7</v>
+      </c>
+      <c r="AS418" s="2" t="n"/>
+      <c r="AT418" s="2" t="n"/>
+      <c r="AW418" s="2" t="n"/>
+      <c r="AX418" t="inlineStr"/>
+      <c r="AY418" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ418" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC418" s="3" t="n"/>
+    </row>
+    <row r="419" ht="40" customHeight="1">
+      <c r="A419" s="1" t="n">
+        <v>437</v>
+      </c>
+      <c r="B419" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C419" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D419" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E419" t="inlineStr">
+        <is>
+          <t>IWWS 270 ER6a u</t>
+        </is>
+      </c>
+      <c r="F419" t="inlineStr">
+        <is>
+          <t>IWWS ER a u</t>
+        </is>
+      </c>
+      <c r="G419" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H419" s="1" t="n"/>
+      <c r="I419" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K419" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P419" s="2" t="n"/>
+      <c r="Q419" s="2" t="n">
+        <v>270</v>
+      </c>
+      <c r="R419" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S419" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T419" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U419" s="2" t="n"/>
+      <c r="V419" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W419" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X419" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y419" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z419" s="2" t="n"/>
+      <c r="AA419" s="2" t="n"/>
+      <c r="AB419" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC419" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD419" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AE419" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF419" s="1" t="n"/>
+      <c r="AG419" s="2" t="n">
+        <v>3400</v>
+      </c>
+      <c r="AH419" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI419" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ419" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AK419" s="2" t="n"/>
+      <c r="AO419" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR419" s="2" t="n">
+        <v>89.59999999999999</v>
+      </c>
+      <c r="AS419" s="2" t="n"/>
+      <c r="AT419" s="2" t="n"/>
+      <c r="AW419" s="2" t="n"/>
+      <c r="AX419" t="inlineStr"/>
+      <c r="AY419" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ419" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC419" s="3" t="n"/>
+    </row>
+    <row r="420" ht="40" customHeight="1">
+      <c r="A420" s="1" t="n">
+        <v>438</v>
+      </c>
+      <c r="B420" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C420" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D420" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E420" t="inlineStr">
+        <is>
+          <t>IWWS 270 ER7a u</t>
+        </is>
+      </c>
+      <c r="F420" t="inlineStr">
+        <is>
+          <t>IWWS ER a u</t>
+        </is>
+      </c>
+      <c r="G420" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H420" s="1" t="n"/>
+      <c r="I420" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K420" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P420" s="2" t="n"/>
+      <c r="Q420" s="2" t="n">
+        <v>270</v>
+      </c>
+      <c r="R420" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S420" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T420" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U420" s="2" t="n"/>
+      <c r="V420" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="W420" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X420" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y420" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z420" s="2" t="n"/>
+      <c r="AA420" s="2" t="n"/>
+      <c r="AB420" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC420" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD420" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AE420" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF420" s="1" t="n"/>
+      <c r="AG420" s="2" t="n">
+        <v>3400</v>
+      </c>
+      <c r="AH420" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI420" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ420" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AK420" s="2" t="n"/>
+      <c r="AO420" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR420" s="2" t="n">
+        <v>89.59999999999999</v>
+      </c>
+      <c r="AS420" s="2" t="n"/>
+      <c r="AT420" s="2" t="n"/>
+      <c r="AW420" s="2" t="n"/>
+      <c r="AX420" t="inlineStr"/>
+      <c r="AY420" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ420" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC420" s="3" t="n"/>
+    </row>
+    <row r="421" ht="40" customHeight="1">
+      <c r="A421" s="1" t="n">
+        <v>446</v>
+      </c>
+      <c r="B421" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C421" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D421" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E421" t="inlineStr">
+        <is>
+          <t>IWWS 270 R6a</t>
+        </is>
+      </c>
+      <c r="F421" t="inlineStr">
+        <is>
+          <t>IWWS R6a</t>
+        </is>
+      </c>
+      <c r="G421" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H421" s="1" t="n"/>
+      <c r="I421" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K421" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P421" s="2" t="n"/>
+      <c r="Q421" s="2" t="n">
+        <v>270</v>
+      </c>
+      <c r="R421" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S421" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T421" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U421" s="2" t="n"/>
+      <c r="V421" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W421" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X421" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y421" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="Z421" s="2" t="n"/>
+      <c r="AA421" s="2" t="n"/>
+      <c r="AB421" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC421" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD421" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="AE421" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF421" s="1" t="n"/>
+      <c r="AG421" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH421" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI421" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ421" s="2" t="n">
+        <v>2350</v>
+      </c>
+      <c r="AK421" s="2" t="n"/>
+      <c r="AO421" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR421" s="2" t="n">
+        <v>91.8</v>
+      </c>
+      <c r="AS421" s="2" t="n"/>
+      <c r="AT421" s="2" t="n"/>
+      <c r="AW421" s="2" t="n"/>
+      <c r="AX421" t="inlineStr"/>
+      <c r="AY421" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ421" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC421" s="3" t="n"/>
+    </row>
+    <row r="422" ht="40" customHeight="1">
+      <c r="A422" s="1" t="n">
+        <v>455</v>
+      </c>
+      <c r="B422" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C422" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D422" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E422" t="inlineStr">
+        <is>
+          <t>IWWS 270 R7a</t>
+        </is>
+      </c>
+      <c r="F422" t="inlineStr">
+        <is>
+          <t>IWWS R7a</t>
+        </is>
+      </c>
+      <c r="G422" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H422" s="1" t="n"/>
+      <c r="I422" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K422" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P422" s="2" t="n"/>
+      <c r="Q422" s="2" t="n">
+        <v>270</v>
+      </c>
+      <c r="R422" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S422" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T422" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U422" s="2" t="n"/>
+      <c r="V422" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W422" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="X422" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y422" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z422" s="2" t="n"/>
+      <c r="AA422" s="2" t="n"/>
+      <c r="AB422" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC422" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD422" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="AE422" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF422" s="1" t="n"/>
+      <c r="AG422" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH422" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI422" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ422" s="2" t="n">
+        <v>2150</v>
+      </c>
+      <c r="AK422" s="2" t="n"/>
+      <c r="AO422" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR422" s="2" t="n">
+        <v>91.8</v>
+      </c>
+      <c r="AS422" s="2" t="n"/>
+      <c r="AT422" s="2" t="n"/>
+      <c r="AW422" s="2" t="n"/>
+      <c r="AX422" t="inlineStr"/>
+      <c r="AY422" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ422" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC422" s="3" t="n"/>
+    </row>
+    <row r="423" ht="40" customHeight="1">
+      <c r="A423" s="1" t="n">
+        <v>439</v>
+      </c>
+      <c r="B423" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C423" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D423" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E423" t="inlineStr">
+        <is>
+          <t>IWWS 340 ER6a u</t>
+        </is>
+      </c>
+      <c r="F423" t="inlineStr">
+        <is>
+          <t>IWWS ER a u</t>
+        </is>
+      </c>
+      <c r="G423" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H423" s="1" t="n"/>
+      <c r="I423" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K423" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P423" s="2" t="n"/>
+      <c r="Q423" s="2" t="n">
+        <v>340</v>
+      </c>
+      <c r="R423" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S423" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T423" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U423" s="2" t="n"/>
+      <c r="V423" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W423" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X423" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y423" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z423" s="2" t="n"/>
+      <c r="AA423" s="2" t="n"/>
+      <c r="AB423" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC423" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD423" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AE423" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF423" s="1" t="n"/>
+      <c r="AG423" s="2" t="n">
+        <v>3750</v>
+      </c>
+      <c r="AH423" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AI423" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ423" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AK423" s="2" t="n"/>
+      <c r="AO423" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR423" s="2" t="n">
+        <v>93.40000000000001</v>
+      </c>
+      <c r="AS423" s="2" t="n"/>
+      <c r="AT423" s="2" t="n"/>
+      <c r="AW423" s="2" t="n"/>
+      <c r="AX423" t="inlineStr"/>
+      <c r="AY423" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ423" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC423" s="3" t="n"/>
+    </row>
+    <row r="424" ht="40" customHeight="1">
+      <c r="A424" s="1" t="n">
+        <v>440</v>
+      </c>
+      <c r="B424" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C424" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D424" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E424" t="inlineStr">
+        <is>
+          <t>IWWS 340 ER7a u</t>
+        </is>
+      </c>
+      <c r="F424" t="inlineStr">
+        <is>
+          <t>IWWS ER a u</t>
+        </is>
+      </c>
+      <c r="G424" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H424" s="1" t="n"/>
+      <c r="I424" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K424" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P424" s="2" t="n"/>
+      <c r="Q424" s="2" t="n">
+        <v>340</v>
+      </c>
+      <c r="R424" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S424" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T424" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U424" s="2" t="n"/>
+      <c r="V424" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="W424" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X424" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y424" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z424" s="2" t="n"/>
+      <c r="AA424" s="2" t="n"/>
+      <c r="AB424" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC424" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD424" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AE424" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF424" s="1" t="n"/>
+      <c r="AG424" s="2" t="n">
+        <v>3750</v>
+      </c>
+      <c r="AH424" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AI424" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ424" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AK424" s="2" t="n"/>
+      <c r="AO424" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR424" s="2" t="n">
+        <v>93.40000000000001</v>
+      </c>
+      <c r="AS424" s="2" t="n"/>
+      <c r="AT424" s="2" t="n"/>
+      <c r="AW424" s="2" t="n"/>
+      <c r="AX424" t="inlineStr"/>
+      <c r="AY424" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ424" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC424" s="3" t="n"/>
+    </row>
+    <row r="425" ht="40" customHeight="1">
+      <c r="A425" s="1" t="n">
+        <v>447</v>
+      </c>
+      <c r="B425" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C425" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D425" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E425" t="inlineStr">
+        <is>
+          <t>IWWS 340 R6a</t>
+        </is>
+      </c>
+      <c r="F425" t="inlineStr">
+        <is>
+          <t>IWWS R6a</t>
+        </is>
+      </c>
+      <c r="G425" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H425" s="1" t="n"/>
+      <c r="I425" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K425" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P425" s="2" t="n"/>
+      <c r="Q425" s="2" t="n">
+        <v>340</v>
+      </c>
+      <c r="R425" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S425" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T425" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U425" s="2" t="n"/>
+      <c r="V425" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W425" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X425" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y425" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="Z425" s="2" t="n"/>
+      <c r="AA425" s="2" t="n"/>
+      <c r="AB425" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC425" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD425" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="AE425" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF425" s="1" t="n"/>
+      <c r="AG425" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH425" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI425" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ425" s="2" t="n">
+        <v>3100</v>
+      </c>
+      <c r="AK425" s="2" t="n"/>
+      <c r="AO425" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR425" s="2" t="n">
+        <v>93.40000000000001</v>
+      </c>
+      <c r="AS425" s="2" t="n"/>
+      <c r="AT425" s="2" t="n"/>
+      <c r="AW425" s="2" t="n"/>
+      <c r="AX425" t="inlineStr"/>
+      <c r="AY425" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ425" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC425" s="3" t="n"/>
+    </row>
+    <row r="426" ht="40" customHeight="1">
+      <c r="A426" s="1" t="n">
+        <v>456</v>
+      </c>
+      <c r="B426" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C426" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D426" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E426" t="inlineStr">
+        <is>
+          <t>IWWS 340 R7a</t>
+        </is>
+      </c>
+      <c r="F426" t="inlineStr">
+        <is>
+          <t>IWWS R7a</t>
+        </is>
+      </c>
+      <c r="G426" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H426" s="1" t="n"/>
+      <c r="I426" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K426" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P426" s="2" t="n"/>
+      <c r="Q426" s="2" t="n">
+        <v>340</v>
+      </c>
+      <c r="R426" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S426" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T426" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U426" s="2" t="n"/>
+      <c r="V426" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W426" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="X426" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y426" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z426" s="2" t="n"/>
+      <c r="AA426" s="2" t="n"/>
+      <c r="AB426" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC426" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD426" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="AE426" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF426" s="1" t="n"/>
+      <c r="AG426" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AH426" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI426" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ426" s="2" t="n">
+        <v>2900</v>
+      </c>
+      <c r="AK426" s="2" t="n"/>
+      <c r="AO426" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR426" s="2" t="n">
+        <v>93.40000000000001</v>
+      </c>
+      <c r="AS426" s="2" t="n"/>
+      <c r="AT426" s="2" t="n"/>
+      <c r="AW426" s="2" t="n"/>
+      <c r="AX426" t="inlineStr"/>
+      <c r="AY426" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ426" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC426" s="3" t="n"/>
+    </row>
+    <row r="427" ht="40" customHeight="1">
+      <c r="A427" s="1" t="n">
+        <v>441</v>
+      </c>
+      <c r="B427" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C427" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D427" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E427" t="inlineStr">
+        <is>
+          <t>IWWS 460 ER6a u</t>
+        </is>
+      </c>
+      <c r="F427" t="inlineStr">
+        <is>
+          <t>IWWS ER a u</t>
+        </is>
+      </c>
+      <c r="G427" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H427" s="1" t="n"/>
+      <c r="I427" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K427" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P427" s="2" t="n"/>
+      <c r="Q427" s="2" t="n">
+        <v>460</v>
+      </c>
+      <c r="R427" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S427" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T427" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U427" s="2" t="n"/>
+      <c r="V427" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="W427" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X427" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y427" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z427" s="2" t="n"/>
+      <c r="AA427" s="2" t="n"/>
+      <c r="AB427" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC427" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD427" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="AE427" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF427" s="1" t="n"/>
+      <c r="AG427" s="2" t="n">
+        <v>4050</v>
+      </c>
+      <c r="AH427" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AI427" s="2" t="n">
+        <v>2050</v>
+      </c>
+      <c r="AJ427" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK427" s="2" t="n"/>
+      <c r="AO427" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR427" s="2" t="n">
+        <v>96.09999999999999</v>
+      </c>
+      <c r="AS427" s="2" t="n"/>
+      <c r="AT427" s="2" t="n"/>
+      <c r="AW427" s="2" t="n"/>
+      <c r="AX427" t="inlineStr"/>
+      <c r="AY427" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ427" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC427" s="3" t="n"/>
+    </row>
+    <row r="428" ht="40" customHeight="1">
+      <c r="A428" s="1" t="n">
+        <v>442</v>
+      </c>
+      <c r="B428" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C428" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D428" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E428" t="inlineStr">
+        <is>
+          <t>IWWS 460 ER7a u</t>
+        </is>
+      </c>
+      <c r="F428" t="inlineStr">
+        <is>
+          <t>IWWS ER a u</t>
+        </is>
+      </c>
+      <c r="G428" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H428" s="1" t="n"/>
+      <c r="I428" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K428" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P428" s="2" t="n"/>
+      <c r="Q428" s="2" t="n">
+        <v>460</v>
+      </c>
+      <c r="R428" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S428" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T428" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U428" s="2" t="n"/>
+      <c r="V428" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="W428" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X428" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y428" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="Z428" s="2" t="n"/>
+      <c r="AA428" s="2" t="n"/>
+      <c r="AB428" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC428" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD428" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="AE428" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF428" s="1" t="n"/>
+      <c r="AG428" s="2" t="n">
+        <v>4050</v>
+      </c>
+      <c r="AH428" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AI428" s="2" t="n">
+        <v>2050</v>
+      </c>
+      <c r="AJ428" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK428" s="2" t="n"/>
+      <c r="AO428" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR428" s="2" t="n">
+        <v>96.09999999999999</v>
+      </c>
+      <c r="AS428" s="2" t="n"/>
+      <c r="AT428" s="2" t="n"/>
+      <c r="AW428" s="2" t="n"/>
+      <c r="AX428" t="inlineStr"/>
+      <c r="AY428" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ428" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC428" s="3" t="n"/>
+    </row>
+    <row r="429" ht="40" customHeight="1">
+      <c r="A429" s="1" t="n">
+        <v>448</v>
+      </c>
+      <c r="B429" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C429" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D429" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E429" t="inlineStr">
+        <is>
+          <t>IWWS 460 R6a</t>
+        </is>
+      </c>
+      <c r="F429" t="inlineStr">
+        <is>
+          <t>IWWS R6a</t>
+        </is>
+      </c>
+      <c r="G429" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H429" s="1" t="n"/>
+      <c r="I429" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K429" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P429" s="2" t="n"/>
+      <c r="Q429" s="2" t="n">
+        <v>460</v>
+      </c>
+      <c r="R429" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S429" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T429" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U429" s="2" t="n"/>
+      <c r="V429" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W429" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X429" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y429" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="Z429" s="2" t="n"/>
+      <c r="AA429" s="2" t="n"/>
+      <c r="AB429" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC429" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD429" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AE429" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF429" s="1" t="n"/>
+      <c r="AG429" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AH429" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI429" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ429" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AK429" s="2" t="n"/>
+      <c r="AO429" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR429" s="2" t="n">
+        <v>93.5</v>
+      </c>
+      <c r="AS429" s="2" t="n"/>
+      <c r="AT429" s="2" t="n"/>
+      <c r="AW429" s="2" t="n"/>
+      <c r="AX429" t="inlineStr"/>
+      <c r="AY429" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ429" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC429" s="3" t="n"/>
+    </row>
+    <row r="430" ht="40" customHeight="1">
+      <c r="A430" s="1" t="n">
+        <v>457</v>
+      </c>
+      <c r="B430" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C430" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D430" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E430" t="inlineStr">
+        <is>
+          <t>IWWS 460 R7a</t>
+        </is>
+      </c>
+      <c r="F430" t="inlineStr">
+        <is>
+          <t>IWWS R7a</t>
+        </is>
+      </c>
+      <c r="G430" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H430" s="1" t="n"/>
+      <c r="I430" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K430" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P430" s="2" t="n"/>
+      <c r="Q430" s="2" t="n">
+        <v>460</v>
+      </c>
+      <c r="R430" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S430" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T430" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U430" s="2" t="n"/>
+      <c r="V430" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W430" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="X430" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y430" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z430" s="2" t="n"/>
+      <c r="AA430" s="2" t="n"/>
+      <c r="AB430" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC430" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD430" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="AE430" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF430" s="1" t="n"/>
+      <c r="AG430" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AH430" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI430" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ430" s="2" t="n">
+        <v>3600</v>
+      </c>
+      <c r="AK430" s="2" t="n"/>
+      <c r="AO430" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR430" s="2" t="n">
+        <v>93.5</v>
+      </c>
+      <c r="AS430" s="2" t="n"/>
+      <c r="AT430" s="2" t="n"/>
+      <c r="AW430" s="2" t="n"/>
+      <c r="AX430" t="inlineStr"/>
+      <c r="AY430" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ430" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC430" s="3" t="n"/>
+    </row>
+    <row r="431" ht="40" customHeight="1">
+      <c r="A431" s="1" t="n">
+        <v>449</v>
+      </c>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C431" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D431" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E431" t="inlineStr">
+        <is>
+          <t>IWWS 520 R6a</t>
+        </is>
+      </c>
+      <c r="F431" t="inlineStr">
+        <is>
+          <t>IWWS R6a</t>
+        </is>
+      </c>
+      <c r="G431" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H431" s="1" t="n"/>
+      <c r="I431" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K431" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P431" s="2" t="n"/>
+      <c r="Q431" s="2" t="n">
+        <v>520</v>
+      </c>
+      <c r="R431" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S431" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T431" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U431" s="2" t="n"/>
+      <c r="V431" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W431" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X431" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y431" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="Z431" s="2" t="n"/>
+      <c r="AA431" s="2" t="n"/>
+      <c r="AB431" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC431" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD431" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="AE431" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF431" s="1" t="n"/>
+      <c r="AG431" s="2" t="n">
+        <v>4150</v>
+      </c>
+      <c r="AH431" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI431" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ431" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AK431" s="2" t="n"/>
+      <c r="AO431" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR431" s="2" t="n">
+        <v>93.5</v>
+      </c>
+      <c r="AS431" s="2" t="n"/>
+      <c r="AT431" s="2" t="n"/>
+      <c r="AW431" s="2" t="n"/>
+      <c r="AX431" t="inlineStr"/>
+      <c r="AY431" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ431" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC431" s="3" t="n"/>
+    </row>
+    <row r="432" ht="40" customHeight="1">
+      <c r="A432" s="1" t="n">
+        <v>458</v>
+      </c>
+      <c r="B432" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C432" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D432" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E432" t="inlineStr">
+        <is>
+          <t>IWWS 520 R7a</t>
+        </is>
+      </c>
+      <c r="F432" t="inlineStr">
+        <is>
+          <t>IWWS R7a</t>
+        </is>
+      </c>
+      <c r="G432" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H432" s="1" t="n"/>
+      <c r="I432" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K432" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P432" s="2" t="n"/>
+      <c r="Q432" s="2" t="n">
+        <v>520</v>
+      </c>
+      <c r="R432" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S432" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T432" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U432" s="2" t="n"/>
+      <c r="V432" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W432" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="X432" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y432" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z432" s="2" t="n"/>
+      <c r="AA432" s="2" t="n"/>
+      <c r="AB432" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC432" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD432" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AE432" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF432" s="1" t="n"/>
+      <c r="AG432" s="2" t="n">
+        <v>4150</v>
+      </c>
+      <c r="AH432" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI432" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ432" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AK432" s="2" t="n"/>
+      <c r="AO432" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR432" s="2" t="n">
+        <v>93.5</v>
+      </c>
+      <c r="AS432" s="2" t="n"/>
+      <c r="AT432" s="2" t="n"/>
+      <c r="AW432" s="2" t="n"/>
+      <c r="AX432" t="inlineStr"/>
+      <c r="AY432" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ432" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC432" s="3" t="n"/>
+    </row>
+    <row r="433" ht="40" customHeight="1">
+      <c r="A433" s="1" t="n">
+        <v>450</v>
+      </c>
+      <c r="B433" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C433" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D433" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E433" t="inlineStr">
+        <is>
+          <t>IWWS 660 R6a</t>
+        </is>
+      </c>
+      <c r="F433" t="inlineStr">
+        <is>
+          <t>IWWS R6a</t>
+        </is>
+      </c>
+      <c r="G433" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H433" s="1" t="n"/>
+      <c r="I433" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K433" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P433" s="2" t="n"/>
+      <c r="Q433" s="2" t="n">
+        <v>660</v>
+      </c>
+      <c r="R433" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S433" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T433" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U433" s="2" t="n"/>
+      <c r="V433" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W433" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="X433" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y433" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="Z433" s="2" t="n"/>
+      <c r="AA433" s="2" t="n"/>
+      <c r="AB433" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC433" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD433" s="2" t="n">
+        <v>128</v>
+      </c>
+      <c r="AE433" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF433" s="1" t="n"/>
+      <c r="AG433" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH433" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AI433" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ433" s="2" t="n">
+        <v>4500</v>
+      </c>
+      <c r="AK433" s="2" t="n"/>
+      <c r="AO433" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR433" s="2" t="n">
+        <v>94.59999999999999</v>
+      </c>
+      <c r="AS433" s="2" t="n"/>
+      <c r="AT433" s="2" t="n"/>
+      <c r="AW433" s="2" t="n"/>
+      <c r="AX433" t="inlineStr"/>
+      <c r="AY433" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ433" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC433" s="3" t="n"/>
+    </row>
+    <row r="434" ht="40" customHeight="1">
+      <c r="A434" s="1" t="n">
+        <v>459</v>
+      </c>
+      <c r="B434" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C434" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D434" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E434" t="inlineStr">
+        <is>
+          <t>IWWS 660 R7a</t>
+        </is>
+      </c>
+      <c r="F434" t="inlineStr">
+        <is>
+          <t>IWWS R7a</t>
+        </is>
+      </c>
+      <c r="G434" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H434" s="1" t="n"/>
+      <c r="I434" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K434" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P434" s="2" t="n"/>
+      <c r="Q434" s="2" t="n">
+        <v>660</v>
+      </c>
+      <c r="R434" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S434" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T434" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U434" s="2" t="n"/>
+      <c r="V434" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W434" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="X434" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y434" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="Z434" s="2" t="n"/>
+      <c r="AA434" s="2" t="n"/>
+      <c r="AB434" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC434" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD434" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="AE434" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF434" s="1" t="n"/>
+      <c r="AG434" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH434" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AI434" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ434" s="2" t="n">
+        <v>4400</v>
+      </c>
+      <c r="AK434" s="2" t="n"/>
+      <c r="AO434" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR434" s="2" t="n">
+        <v>94.59999999999999</v>
+      </c>
+      <c r="AS434" s="2" t="n"/>
+      <c r="AT434" s="2" t="n"/>
+      <c r="AW434" s="2" t="n"/>
+      <c r="AX434" t="inlineStr"/>
+      <c r="AY434" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ434" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC434" s="3" t="n"/>
+    </row>
+    <row r="435" ht="40" customHeight="1">
+      <c r="A435" s="1" t="n">
+        <v>451</v>
+      </c>
+      <c r="B435" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C435" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D435" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E435" t="inlineStr">
+        <is>
+          <t>IWWS 830 R6a</t>
+        </is>
+      </c>
+      <c r="F435" t="inlineStr">
+        <is>
+          <t>IWWS R6a</t>
+        </is>
+      </c>
+      <c r="G435" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H435" s="1" t="n"/>
+      <c r="I435" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K435" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P435" s="2" t="n"/>
+      <c r="Q435" s="2" t="n">
+        <v>830</v>
+      </c>
+      <c r="R435" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S435" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T435" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U435" s="2" t="n"/>
+      <c r="V435" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W435" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="X435" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y435" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="Z435" s="2" t="n"/>
+      <c r="AA435" s="2" t="n"/>
+      <c r="AB435" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC435" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD435" s="2" t="n">
+        <v>148</v>
+      </c>
+      <c r="AE435" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF435" s="1" t="n"/>
+      <c r="AG435" s="2" t="n">
+        <v>4400</v>
+      </c>
+      <c r="AH435" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI435" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ435" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AK435" s="2" t="n"/>
+      <c r="AO435" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR435" s="2" t="n">
+        <v>96.3</v>
+      </c>
+      <c r="AS435" s="2" t="n"/>
+      <c r="AT435" s="2" t="n"/>
+      <c r="AW435" s="2" t="n"/>
+      <c r="AX435" t="inlineStr"/>
+      <c r="AY435" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ435" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC435" s="3" t="n"/>
+    </row>
+    <row r="436" ht="40" customHeight="1">
+      <c r="A436" s="1" t="n">
+        <v>460</v>
+      </c>
+      <c r="B436" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C436" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D436" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E436" t="inlineStr">
+        <is>
+          <t>IWWS 830 R7a</t>
+        </is>
+      </c>
+      <c r="F436" t="inlineStr">
+        <is>
+          <t>IWWS R7a</t>
+        </is>
+      </c>
+      <c r="G436" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H436" s="1" t="n"/>
+      <c r="I436" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K436" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P436" s="2" t="n"/>
+      <c r="Q436" s="2" t="n">
+        <v>830</v>
+      </c>
+      <c r="R436" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S436" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T436" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U436" s="2" t="n"/>
+      <c r="V436" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W436" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X436" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y436" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z436" s="2" t="n"/>
+      <c r="AA436" s="2" t="n"/>
+      <c r="AB436" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC436" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD436" s="2" t="n">
+        <v>126</v>
+      </c>
+      <c r="AE436" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF436" s="1" t="n"/>
+      <c r="AG436" s="2" t="n">
+        <v>4400</v>
+      </c>
+      <c r="AH436" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI436" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ436" s="2" t="n">
+        <v>4900</v>
+      </c>
+      <c r="AK436" s="2" t="n"/>
+      <c r="AO436" t="inlineStr">
+        <is>
+          <t>3 Stufen (50%, 75%, 100%) / Drehzahlgeregelt (50%-100%)</t>
+        </is>
+      </c>
+      <c r="AR436" s="2" t="n">
+        <v>96.3</v>
+      </c>
+      <c r="AS436" s="2" t="n"/>
+      <c r="AT436" s="2" t="n"/>
+      <c r="AW436" s="2" t="n"/>
+      <c r="AX436" t="inlineStr"/>
+      <c r="AY436" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ436" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC436" s="3" t="n"/>
+    </row>
+    <row r="437" ht="40" customHeight="1">
+      <c r="A437" s="1" t="n">
+        <v>465</v>
+      </c>
+      <c r="B437" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C437" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D437" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E437" t="inlineStr">
+        <is>
+          <t>IWWSV 1020 ER6a</t>
+        </is>
+      </c>
+      <c r="F437" t="inlineStr">
+        <is>
+          <t>IWWSV ER6a</t>
+        </is>
+      </c>
+      <c r="G437" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H437" s="1" t="n"/>
+      <c r="I437" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K437" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P437" s="2" t="n"/>
+      <c r="Q437" s="2" t="n">
+        <v>1020</v>
+      </c>
+      <c r="R437" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S437" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T437" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U437" s="2" t="n"/>
+      <c r="V437" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W437" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X437" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y437" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z437" s="2" t="n"/>
+      <c r="AA437" s="2" t="n"/>
+      <c r="AB437" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC437" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD437" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="AE437" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF437" s="1" t="n"/>
+      <c r="AG437" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH437" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI437" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ437" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AK437" s="2" t="n"/>
+      <c r="AO437" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR437" s="2" t="n"/>
+      <c r="AS437" s="2" t="n"/>
+      <c r="AT437" s="2" t="n"/>
+      <c r="AW437" s="2" t="n"/>
+      <c r="AX437" t="inlineStr"/>
+      <c r="AY437" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ437" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC437" s="3" t="n"/>
+    </row>
+    <row r="438" ht="40" customHeight="1">
+      <c r="A438" s="1" t="n">
+        <v>470</v>
+      </c>
+      <c r="B438" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C438" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D438" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E438" t="inlineStr">
+        <is>
+          <t>IWWSV 1020 ER7a</t>
+        </is>
+      </c>
+      <c r="F438" t="inlineStr">
+        <is>
+          <t>IWWSV ER7a</t>
+        </is>
+      </c>
+      <c r="G438" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H438" s="1" t="n"/>
+      <c r="I438" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K438" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P438" s="2" t="n"/>
+      <c r="Q438" s="2" t="n">
+        <v>1020</v>
+      </c>
+      <c r="R438" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S438" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T438" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U438" s="2" t="n"/>
+      <c r="V438" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W438" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X438" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y438" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z438" s="2" t="n"/>
+      <c r="AA438" s="2" t="n"/>
+      <c r="AB438" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC438" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD438" s="2" t="n">
+        <v>144</v>
+      </c>
+      <c r="AE438" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF438" s="1" t="n"/>
+      <c r="AG438" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH438" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI438" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ438" s="2" t="n">
+        <v>3950</v>
+      </c>
+      <c r="AK438" s="2" t="n"/>
+      <c r="AO438" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR438" s="2" t="n"/>
+      <c r="AS438" s="2" t="n"/>
+      <c r="AT438" s="2" t="n"/>
+      <c r="AW438" s="2" t="n"/>
+      <c r="AX438" t="inlineStr"/>
+      <c r="AY438" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ438" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC438" s="3" t="n"/>
+    </row>
+    <row r="439" ht="40" customHeight="1">
+      <c r="A439" s="1" t="n">
+        <v>475</v>
+      </c>
+      <c r="B439" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C439" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D439" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E439" t="inlineStr">
+        <is>
+          <t>IWWSV 1020 R6a</t>
+        </is>
+      </c>
+      <c r="F439" t="inlineStr">
+        <is>
+          <t>IWWSV R6a</t>
+        </is>
+      </c>
+      <c r="G439" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H439" s="1" t="n"/>
+      <c r="I439" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K439" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P439" s="2" t="n"/>
+      <c r="Q439" s="2" t="n">
+        <v>1020</v>
+      </c>
+      <c r="R439" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S439" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T439" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U439" s="2" t="n"/>
+      <c r="V439" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W439" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X439" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y439" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z439" s="2" t="n"/>
+      <c r="AA439" s="2" t="n"/>
+      <c r="AB439" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC439" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD439" s="2" t="n">
+        <v>162</v>
+      </c>
+      <c r="AE439" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF439" s="1" t="n"/>
+      <c r="AG439" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH439" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI439" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ439" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AK439" s="2" t="n"/>
+      <c r="AO439" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR439" s="2" t="n"/>
+      <c r="AS439" s="2" t="n"/>
+      <c r="AT439" s="2" t="n"/>
+      <c r="AW439" s="2" t="n"/>
+      <c r="AX439" t="inlineStr"/>
+      <c r="AY439" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ439" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC439" s="3" t="n"/>
+    </row>
+    <row r="440" ht="40" customHeight="1">
+      <c r="A440" s="1" t="n">
+        <v>480</v>
+      </c>
+      <c r="B440" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C440" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D440" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E440" t="inlineStr">
+        <is>
+          <t>IWWSV 1020 R7a</t>
+        </is>
+      </c>
+      <c r="F440" t="inlineStr">
+        <is>
+          <t>IWWSV R7a</t>
+        </is>
+      </c>
+      <c r="G440" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H440" s="1" t="n"/>
+      <c r="I440" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K440" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P440" s="2" t="n"/>
+      <c r="Q440" s="2" t="n">
+        <v>1020</v>
+      </c>
+      <c r="R440" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S440" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T440" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U440" s="2" t="n"/>
+      <c r="V440" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W440" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="X440" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y440" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z440" s="2" t="n"/>
+      <c r="AA440" s="2" t="n"/>
+      <c r="AB440" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC440" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD440" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="AE440" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF440" s="1" t="n"/>
+      <c r="AG440" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH440" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI440" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AJ440" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AK440" s="2" t="n"/>
+      <c r="AO440" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR440" s="2" t="n"/>
+      <c r="AS440" s="2" t="n"/>
+      <c r="AT440" s="2" t="n"/>
+      <c r="AW440" s="2" t="n"/>
+      <c r="AX440" t="inlineStr"/>
+      <c r="AY440" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ440" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC440" s="3" t="n"/>
+    </row>
+    <row r="441" ht="40" customHeight="1">
+      <c r="A441" s="1" t="n">
+        <v>461</v>
+      </c>
+      <c r="B441" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C441" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D441" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E441" t="inlineStr">
+        <is>
+          <t>IWWSV 410 ER6a</t>
+        </is>
+      </c>
+      <c r="F441" t="inlineStr">
+        <is>
+          <t>IWWSV ER6a</t>
+        </is>
+      </c>
+      <c r="G441" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H441" s="1" t="n"/>
+      <c r="I441" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K441" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P441" s="2" t="n"/>
+      <c r="Q441" s="2" t="n">
+        <v>410</v>
+      </c>
+      <c r="R441" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S441" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T441" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U441" s="2" t="n"/>
+      <c r="V441" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W441" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X441" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y441" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z441" s="2" t="n"/>
+      <c r="AA441" s="2" t="n"/>
+      <c r="AB441" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC441" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD441" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AE441" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF441" s="1" t="n"/>
+      <c r="AG441" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH441" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI441" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ441" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AK441" s="2" t="n"/>
+      <c r="AO441" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR441" s="2" t="n"/>
+      <c r="AS441" s="2" t="n"/>
+      <c r="AT441" s="2" t="n"/>
+      <c r="AW441" s="2" t="n"/>
+      <c r="AX441" t="inlineStr"/>
+      <c r="AY441" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ441" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC441" s="3" t="n"/>
+    </row>
+    <row r="442" ht="40" customHeight="1">
+      <c r="A442" s="1" t="n">
+        <v>466</v>
+      </c>
+      <c r="B442" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C442" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D442" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E442" t="inlineStr">
+        <is>
+          <t>IWWSV 410 ER7a</t>
+        </is>
+      </c>
+      <c r="F442" t="inlineStr">
+        <is>
+          <t>IWWSV ER7a</t>
+        </is>
+      </c>
+      <c r="G442" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H442" s="1" t="n"/>
+      <c r="I442" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K442" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P442" s="2" t="n"/>
+      <c r="Q442" s="2" t="n">
+        <v>410</v>
+      </c>
+      <c r="R442" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S442" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T442" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U442" s="2" t="n"/>
+      <c r="V442" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W442" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X442" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y442" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z442" s="2" t="n"/>
+      <c r="AA442" s="2" t="n"/>
+      <c r="AB442" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC442" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD442" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AE442" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF442" s="1" t="n"/>
+      <c r="AG442" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH442" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI442" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ442" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AK442" s="2" t="n"/>
+      <c r="AO442" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR442" s="2" t="n"/>
+      <c r="AS442" s="2" t="n"/>
+      <c r="AT442" s="2" t="n"/>
+      <c r="AW442" s="2" t="n"/>
+      <c r="AX442" t="inlineStr"/>
+      <c r="AY442" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ442" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC442" s="3" t="n"/>
+    </row>
+    <row r="443" ht="40" customHeight="1">
+      <c r="A443" s="1" t="n">
+        <v>471</v>
+      </c>
+      <c r="B443" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C443" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D443" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E443" t="inlineStr">
+        <is>
+          <t>IWWSV 410 R6a</t>
+        </is>
+      </c>
+      <c r="F443" t="inlineStr">
+        <is>
+          <t>IWWSV R6a</t>
+        </is>
+      </c>
+      <c r="G443" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H443" s="1" t="n"/>
+      <c r="I443" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K443" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P443" s="2" t="n"/>
+      <c r="Q443" s="2" t="n">
+        <v>410</v>
+      </c>
+      <c r="R443" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S443" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T443" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U443" s="2" t="n"/>
+      <c r="V443" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W443" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X443" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y443" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z443" s="2" t="n"/>
+      <c r="AA443" s="2" t="n"/>
+      <c r="AB443" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC443" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD443" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AE443" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF443" s="1" t="n"/>
+      <c r="AG443" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH443" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI443" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ443" s="2" t="n">
+        <v>2900</v>
+      </c>
+      <c r="AK443" s="2" t="n"/>
+      <c r="AO443" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR443" s="2" t="n"/>
+      <c r="AS443" s="2" t="n"/>
+      <c r="AT443" s="2" t="n"/>
+      <c r="AW443" s="2" t="n"/>
+      <c r="AX443" t="inlineStr"/>
+      <c r="AY443" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ443" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC443" s="3" t="n"/>
+    </row>
+    <row r="444" ht="40" customHeight="1">
+      <c r="A444" s="1" t="n">
+        <v>476</v>
+      </c>
+      <c r="B444" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C444" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D444" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E444" t="inlineStr">
+        <is>
+          <t>IWWSV 410 R7a</t>
+        </is>
+      </c>
+      <c r="F444" t="inlineStr">
+        <is>
+          <t>IWWSV R7a</t>
+        </is>
+      </c>
+      <c r="G444" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H444" s="1" t="n"/>
+      <c r="I444" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K444" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P444" s="2" t="n"/>
+      <c r="Q444" s="2" t="n">
+        <v>410</v>
+      </c>
+      <c r="R444" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S444" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T444" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U444" s="2" t="n"/>
+      <c r="V444" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W444" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="X444" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y444" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z444" s="2" t="n"/>
+      <c r="AA444" s="2" t="n"/>
+      <c r="AB444" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC444" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD444" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AE444" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF444" s="1" t="n"/>
+      <c r="AG444" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH444" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AI444" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ444" s="2" t="n">
+        <v>2900</v>
+      </c>
+      <c r="AK444" s="2" t="n"/>
+      <c r="AO444" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR444" s="2" t="n"/>
+      <c r="AS444" s="2" t="n"/>
+      <c r="AT444" s="2" t="n"/>
+      <c r="AW444" s="2" t="n"/>
+      <c r="AX444" t="inlineStr"/>
+      <c r="AY444" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ444" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC444" s="3" t="n"/>
+    </row>
+    <row r="445" ht="40" customHeight="1">
+      <c r="A445" s="1" t="n">
+        <v>462</v>
+      </c>
+      <c r="B445" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C445" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D445" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E445" t="inlineStr">
+        <is>
+          <t>IWWSV 520 ER6a</t>
+        </is>
+      </c>
+      <c r="F445" t="inlineStr">
+        <is>
+          <t>IWWSV ER6a</t>
+        </is>
+      </c>
+      <c r="G445" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H445" s="1" t="n"/>
+      <c r="I445" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K445" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P445" s="2" t="n"/>
+      <c r="Q445" s="2" t="n">
+        <v>520</v>
+      </c>
+      <c r="R445" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S445" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T445" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U445" s="2" t="n"/>
+      <c r="V445" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W445" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X445" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y445" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z445" s="2" t="n"/>
+      <c r="AA445" s="2" t="n"/>
+      <c r="AB445" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC445" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD445" s="2" t="n">
+        <v>117</v>
+      </c>
+      <c r="AE445" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF445" s="1" t="n"/>
+      <c r="AG445" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH445" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI445" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ445" s="2" t="n">
+        <v>3100</v>
+      </c>
+      <c r="AK445" s="2" t="n"/>
+      <c r="AO445" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR445" s="2" t="n"/>
+      <c r="AS445" s="2" t="n"/>
+      <c r="AT445" s="2" t="n"/>
+      <c r="AW445" s="2" t="n"/>
+      <c r="AX445" t="inlineStr"/>
+      <c r="AY445" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ445" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC445" s="3" t="n"/>
+    </row>
+    <row r="446" ht="40" customHeight="1">
+      <c r="A446" s="1" t="n">
+        <v>467</v>
+      </c>
+      <c r="B446" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C446" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D446" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E446" t="inlineStr">
+        <is>
+          <t>IWWSV 520 ER7a</t>
+        </is>
+      </c>
+      <c r="F446" t="inlineStr">
+        <is>
+          <t>IWWSV ER7a</t>
+        </is>
+      </c>
+      <c r="G446" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H446" s="1" t="n"/>
+      <c r="I446" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K446" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P446" s="2" t="n"/>
+      <c r="Q446" s="2" t="n">
+        <v>520</v>
+      </c>
+      <c r="R446" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S446" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T446" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U446" s="2" t="n"/>
+      <c r="V446" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W446" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X446" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y446" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z446" s="2" t="n"/>
+      <c r="AA446" s="2" t="n"/>
+      <c r="AB446" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC446" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD446" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="AE446" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF446" s="1" t="n"/>
+      <c r="AG446" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH446" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI446" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ446" s="2" t="n">
+        <v>3100</v>
+      </c>
+      <c r="AK446" s="2" t="n"/>
+      <c r="AO446" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR446" s="2" t="n"/>
+      <c r="AS446" s="2" t="n"/>
+      <c r="AT446" s="2" t="n"/>
+      <c r="AW446" s="2" t="n"/>
+      <c r="AX446" t="inlineStr"/>
+      <c r="AY446" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ446" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC446" s="3" t="n"/>
+    </row>
+    <row r="447" ht="40" customHeight="1">
+      <c r="A447" s="1" t="n">
+        <v>472</v>
+      </c>
+      <c r="B447" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C447" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D447" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E447" t="inlineStr">
+        <is>
+          <t>IWWSV 520 R6a</t>
+        </is>
+      </c>
+      <c r="F447" t="inlineStr">
+        <is>
+          <t>IWWSV R6a</t>
+        </is>
+      </c>
+      <c r="G447" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H447" s="1" t="n"/>
+      <c r="I447" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K447" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P447" s="2" t="n"/>
+      <c r="Q447" s="2" t="n">
+        <v>520</v>
+      </c>
+      <c r="R447" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S447" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T447" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U447" s="2" t="n"/>
+      <c r="V447" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W447" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X447" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y447" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z447" s="2" t="n"/>
+      <c r="AA447" s="2" t="n"/>
+      <c r="AB447" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC447" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD447" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="AE447" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF447" s="1" t="n"/>
+      <c r="AG447" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH447" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI447" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ447" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AK447" s="2" t="n"/>
+      <c r="AO447" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR447" s="2" t="n"/>
+      <c r="AS447" s="2" t="n"/>
+      <c r="AT447" s="2" t="n"/>
+      <c r="AW447" s="2" t="n"/>
+      <c r="AX447" t="inlineStr"/>
+      <c r="AY447" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ447" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC447" s="3" t="n"/>
+    </row>
+    <row r="448" ht="40" customHeight="1">
+      <c r="A448" s="1" t="n">
+        <v>477</v>
+      </c>
+      <c r="B448" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C448" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D448" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E448" t="inlineStr">
+        <is>
+          <t>IWWSV 520 R7a</t>
+        </is>
+      </c>
+      <c r="F448" t="inlineStr">
+        <is>
+          <t>IWWSV R7a</t>
+        </is>
+      </c>
+      <c r="G448" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H448" s="1" t="n"/>
+      <c r="I448" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K448" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P448" s="2" t="n"/>
+      <c r="Q448" s="2" t="n">
+        <v>520</v>
+      </c>
+      <c r="R448" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S448" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T448" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U448" s="2" t="n"/>
+      <c r="V448" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W448" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="X448" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y448" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z448" s="2" t="n"/>
+      <c r="AA448" s="2" t="n"/>
+      <c r="AB448" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC448" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD448" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="AE448" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF448" s="1" t="n"/>
+      <c r="AG448" s="2" t="n">
+        <v>4200</v>
+      </c>
+      <c r="AH448" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI448" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ448" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="AK448" s="2" t="n"/>
+      <c r="AO448" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR448" s="2" t="n"/>
+      <c r="AS448" s="2" t="n"/>
+      <c r="AT448" s="2" t="n"/>
+      <c r="AW448" s="2" t="n"/>
+      <c r="AX448" t="inlineStr"/>
+      <c r="AY448" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ448" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC448" s="3" t="n"/>
+    </row>
+    <row r="449" ht="40" customHeight="1">
+      <c r="A449" s="1" t="n">
+        <v>463</v>
+      </c>
+      <c r="B449" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C449" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D449" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E449" t="inlineStr">
+        <is>
+          <t>IWWSV 650 ER6a</t>
+        </is>
+      </c>
+      <c r="F449" t="inlineStr">
+        <is>
+          <t>IWWSV ER6a</t>
+        </is>
+      </c>
+      <c r="G449" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H449" s="1" t="n"/>
+      <c r="I449" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K449" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P449" s="2" t="n"/>
+      <c r="Q449" s="2" t="n">
+        <v>650</v>
+      </c>
+      <c r="R449" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S449" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T449" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U449" s="2" t="n"/>
+      <c r="V449" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W449" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X449" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y449" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z449" s="2" t="n"/>
+      <c r="AA449" s="2" t="n"/>
+      <c r="AB449" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC449" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD449" s="2" t="n">
+        <v>135</v>
+      </c>
+      <c r="AE449" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF449" s="1" t="n"/>
+      <c r="AG449" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH449" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI449" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ449" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK449" s="2" t="n"/>
+      <c r="AO449" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR449" s="2" t="n"/>
+      <c r="AS449" s="2" t="n"/>
+      <c r="AT449" s="2" t="n"/>
+      <c r="AW449" s="2" t="n"/>
+      <c r="AX449" t="inlineStr"/>
+      <c r="AY449" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ449" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC449" s="3" t="n"/>
+    </row>
+    <row r="450" ht="40" customHeight="1">
+      <c r="A450" s="1" t="n">
+        <v>468</v>
+      </c>
+      <c r="B450" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C450" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D450" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E450" t="inlineStr">
+        <is>
+          <t>IWWSV 650 ER7a</t>
+        </is>
+      </c>
+      <c r="F450" t="inlineStr">
+        <is>
+          <t>IWWSV ER7a</t>
+        </is>
+      </c>
+      <c r="G450" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H450" s="1" t="n"/>
+      <c r="I450" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K450" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P450" s="2" t="n"/>
+      <c r="Q450" s="2" t="n">
+        <v>650</v>
+      </c>
+      <c r="R450" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S450" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T450" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U450" s="2" t="n"/>
+      <c r="V450" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W450" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X450" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y450" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z450" s="2" t="n"/>
+      <c r="AA450" s="2" t="n"/>
+      <c r="AB450" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC450" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD450" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="AE450" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF450" s="1" t="n"/>
+      <c r="AG450" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH450" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI450" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ450" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK450" s="2" t="n"/>
+      <c r="AO450" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR450" s="2" t="n"/>
+      <c r="AS450" s="2" t="n"/>
+      <c r="AT450" s="2" t="n"/>
+      <c r="AW450" s="2" t="n"/>
+      <c r="AX450" t="inlineStr"/>
+      <c r="AY450" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ450" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC450" s="3" t="n"/>
+    </row>
+    <row r="451" ht="40" customHeight="1">
+      <c r="A451" s="1" t="n">
+        <v>473</v>
+      </c>
+      <c r="B451" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C451" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D451" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E451" t="inlineStr">
+        <is>
+          <t>IWWSV 650 R6a</t>
+        </is>
+      </c>
+      <c r="F451" t="inlineStr">
+        <is>
+          <t>IWWSV R6a</t>
+        </is>
+      </c>
+      <c r="G451" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H451" s="1" t="n"/>
+      <c r="I451" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K451" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P451" s="2" t="n"/>
+      <c r="Q451" s="2" t="n">
+        <v>650</v>
+      </c>
+      <c r="R451" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S451" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T451" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U451" s="2" t="n"/>
+      <c r="V451" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W451" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X451" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y451" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z451" s="2" t="n"/>
+      <c r="AA451" s="2" t="n"/>
+      <c r="AB451" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC451" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD451" s="2" t="n">
+        <v>122</v>
+      </c>
+      <c r="AE451" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF451" s="1" t="n"/>
+      <c r="AG451" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH451" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI451" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ451" s="2" t="n">
+        <v>3100</v>
+      </c>
+      <c r="AK451" s="2" t="n"/>
+      <c r="AO451" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR451" s="2" t="n"/>
+      <c r="AS451" s="2" t="n"/>
+      <c r="AT451" s="2" t="n"/>
+      <c r="AW451" s="2" t="n"/>
+      <c r="AX451" t="inlineStr"/>
+      <c r="AY451" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ451" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC451" s="3" t="n"/>
+    </row>
+    <row r="452" ht="40" customHeight="1">
+      <c r="A452" s="1" t="n">
+        <v>478</v>
+      </c>
+      <c r="B452" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C452" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D452" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E452" t="inlineStr">
+        <is>
+          <t>IWWSV 650 R7a</t>
+        </is>
+      </c>
+      <c r="F452" t="inlineStr">
+        <is>
+          <t>IWWSV R7a</t>
+        </is>
+      </c>
+      <c r="G452" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H452" s="1" t="n"/>
+      <c r="I452" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K452" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P452" s="2" t="n"/>
+      <c r="Q452" s="2" t="n">
+        <v>650</v>
+      </c>
+      <c r="R452" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S452" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T452" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U452" s="2" t="n"/>
+      <c r="V452" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W452" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="X452" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y452" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z452" s="2" t="n"/>
+      <c r="AA452" s="2" t="n"/>
+      <c r="AB452" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC452" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD452" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="AE452" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF452" s="1" t="n"/>
+      <c r="AG452" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH452" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AI452" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AJ452" s="2" t="n">
+        <v>3100</v>
+      </c>
+      <c r="AK452" s="2" t="n"/>
+      <c r="AO452" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR452" s="2" t="n"/>
+      <c r="AS452" s="2" t="n"/>
+      <c r="AT452" s="2" t="n"/>
+      <c r="AW452" s="2" t="n"/>
+      <c r="AX452" t="inlineStr"/>
+      <c r="AY452" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ452" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC452" s="3" t="n"/>
+    </row>
+    <row r="453" ht="40" customHeight="1">
+      <c r="A453" s="1" t="n">
+        <v>464</v>
+      </c>
+      <c r="B453" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C453" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D453" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E453" t="inlineStr">
+        <is>
+          <t>IWWSV 850 ER6a</t>
+        </is>
+      </c>
+      <c r="F453" t="inlineStr">
+        <is>
+          <t>IWWSV ER6a</t>
+        </is>
+      </c>
+      <c r="G453" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H453" s="1" t="n"/>
+      <c r="I453" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K453" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P453" s="2" t="n"/>
+      <c r="Q453" s="2" t="n">
+        <v>850</v>
+      </c>
+      <c r="R453" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S453" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T453" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U453" s="2" t="n"/>
+      <c r="V453" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W453" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X453" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y453" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z453" s="2" t="n"/>
+      <c r="AA453" s="2" t="n"/>
+      <c r="AB453" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC453" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD453" s="2" t="n">
+        <v>162</v>
+      </c>
+      <c r="AE453" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF453" s="1" t="n"/>
+      <c r="AG453" s="2" t="n">
+        <v>4800</v>
+      </c>
+      <c r="AH453" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI453" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ453" s="2" t="n">
+        <v>3900</v>
+      </c>
+      <c r="AK453" s="2" t="n"/>
+      <c r="AO453" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR453" s="2" t="n"/>
+      <c r="AS453" s="2" t="n"/>
+      <c r="AT453" s="2" t="n"/>
+      <c r="AW453" s="2" t="n"/>
+      <c r="AX453" t="inlineStr"/>
+      <c r="AY453" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ453" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC453" s="3" t="n"/>
+    </row>
+    <row r="454" ht="40" customHeight="1">
+      <c r="A454" s="1" t="n">
+        <v>469</v>
+      </c>
+      <c r="B454" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C454" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D454" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E454" t="inlineStr">
+        <is>
+          <t>IWWSV 850 ER7a</t>
+        </is>
+      </c>
+      <c r="F454" t="inlineStr">
+        <is>
+          <t>IWWSV ER7a</t>
+        </is>
+      </c>
+      <c r="G454" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H454" s="1" t="n"/>
+      <c r="I454" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K454" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P454" s="2" t="n"/>
+      <c r="Q454" s="2" t="n">
+        <v>850</v>
+      </c>
+      <c r="R454" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S454" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T454" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U454" s="2" t="n"/>
+      <c r="V454" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W454" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X454" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y454" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z454" s="2" t="n"/>
+      <c r="AA454" s="2" t="n"/>
+      <c r="AB454" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC454" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD454" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="AE454" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF454" s="1" t="n"/>
+      <c r="AG454" s="2" t="n">
+        <v>4800</v>
+      </c>
+      <c r="AH454" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI454" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ454" s="2" t="n">
+        <v>3850</v>
+      </c>
+      <c r="AK454" s="2" t="n"/>
+      <c r="AO454" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR454" s="2" t="n"/>
+      <c r="AS454" s="2" t="n"/>
+      <c r="AT454" s="2" t="n"/>
+      <c r="AW454" s="2" t="n"/>
+      <c r="AX454" t="inlineStr"/>
+      <c r="AY454" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ454" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC454" s="3" t="n"/>
+    </row>
+    <row r="455" ht="40" customHeight="1">
+      <c r="A455" s="1" t="n">
+        <v>474</v>
+      </c>
+      <c r="B455" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C455" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D455" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E455" t="inlineStr">
+        <is>
+          <t>IWWSV 850 R6a</t>
+        </is>
+      </c>
+      <c r="F455" t="inlineStr">
+        <is>
+          <t>IWWSV R6a</t>
+        </is>
+      </c>
+      <c r="G455" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H455" s="1" t="n"/>
+      <c r="I455" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K455" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P455" s="2" t="n"/>
+      <c r="Q455" s="2" t="n">
+        <v>850</v>
+      </c>
+      <c r="R455" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S455" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T455" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U455" s="2" t="n"/>
+      <c r="V455" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W455" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X455" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y455" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z455" s="2" t="n"/>
+      <c r="AA455" s="2" t="n"/>
+      <c r="AB455" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC455" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD455" s="2" t="n">
+        <v>146</v>
+      </c>
+      <c r="AE455" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF455" s="1" t="n"/>
+      <c r="AG455" s="2" t="n">
+        <v>4800</v>
+      </c>
+      <c r="AH455" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI455" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ455" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AK455" s="2" t="n"/>
+      <c r="AO455" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR455" s="2" t="n"/>
+      <c r="AS455" s="2" t="n"/>
+      <c r="AT455" s="2" t="n"/>
+      <c r="AW455" s="2" t="n"/>
+      <c r="AX455" t="inlineStr"/>
+      <c r="AY455" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ455" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC455" s="3" t="n"/>
+    </row>
+    <row r="456" ht="40" customHeight="1">
+      <c r="A456" s="1" t="n">
+        <v>479</v>
+      </c>
+      <c r="B456" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C456" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D456" t="inlineStr">
+        <is>
+          <t>Ochsner Energie Technik</t>
+        </is>
+      </c>
+      <c r="E456" t="inlineStr">
+        <is>
+          <t>IWWSV 850 R7a</t>
+        </is>
+      </c>
+      <c r="F456" t="inlineStr">
+        <is>
+          <t>IWWSV R7a</t>
+        </is>
+      </c>
+      <c r="G456" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H456" s="1" t="n"/>
+      <c r="I456" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K456" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P456" s="2" t="n"/>
+      <c r="Q456" s="2" t="n">
+        <v>850</v>
+      </c>
+      <c r="R456" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S456" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T456" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U456" s="2" t="n"/>
+      <c r="V456" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W456" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="X456" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="Y456" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Z456" s="2" t="n"/>
+      <c r="AA456" s="2" t="n"/>
+      <c r="AB456" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC456" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD456" s="2" t="n">
+        <v>117</v>
+      </c>
+      <c r="AE456" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF456" s="1" t="n"/>
+      <c r="AG456" s="2" t="n">
+        <v>4800</v>
+      </c>
+      <c r="AH456" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AI456" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ456" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AK456" s="2" t="n"/>
+      <c r="AO456" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt (40%-100%)</t>
+        </is>
+      </c>
+      <c r="AR456" s="2" t="n"/>
+      <c r="AS456" s="2" t="n"/>
+      <c r="AT456" s="2" t="n"/>
+      <c r="AW456" s="2" t="n"/>
+      <c r="AX456" t="inlineStr"/>
+      <c r="AY456" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ456" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC456" s="3" t="n"/>
+    </row>
+    <row r="457" ht="40" customHeight="1">
+      <c r="A457" s="1" t="n">
+        <v>501</v>
+      </c>
+      <c r="B457" t="inlineStr">
+        <is>
+          <t>HFKW, HFO</t>
+        </is>
+      </c>
+      <c r="C457" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D457" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E457" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat solutions</t>
+        </is>
+      </c>
+      <c r="F457" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat solutions</t>
+        </is>
+      </c>
+      <c r="G457" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H457" s="1" t="n"/>
+      <c r="I457" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K457" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="M457" t="inlineStr">
+        <is>
+          <t>Mehrere Module möglich</t>
+        </is>
+      </c>
+      <c r="O457" t="inlineStr">
+        <is>
+          <t>Fernwärme, Prozesswärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P457" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="Q457" s="2" t="n">
+        <v>50000</v>
+      </c>
+      <c r="R457" s="2" t="n"/>
+      <c r="S457" s="2" t="n"/>
+      <c r="T457" s="2" t="n"/>
+      <c r="U457" s="2" t="n"/>
+      <c r="V457" s="2" t="n"/>
+      <c r="W457" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X457" s="2" t="n"/>
+      <c r="Y457" s="2" t="n"/>
+      <c r="Z457" s="2" t="n"/>
+      <c r="AA457" s="2" t="n"/>
+      <c r="AB457" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter, Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD457" s="2" t="n"/>
+      <c r="AE457" s="1" t="n"/>
+      <c r="AF457" s="1" t="n"/>
+      <c r="AG457" s="2" t="n"/>
+      <c r="AH457" s="2" t="n"/>
+      <c r="AI457" s="2" t="n"/>
+      <c r="AJ457" s="2" t="n"/>
+      <c r="AK457" s="2" t="n"/>
+      <c r="AR457" s="2" t="n"/>
+      <c r="AS457" s="2" t="n"/>
+      <c r="AT457" s="2" t="n"/>
+      <c r="AW457" s="2" t="n"/>
+      <c r="AX457" t="inlineStr">
+        <is>
+          <t>Kundenspezifische Auslegung</t>
+        </is>
+      </c>
+      <c r="AY457" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ457" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA457" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-loesungen/</t>
+        </is>
+      </c>
+      <c r="BC457" s="3" t="n"/>
+    </row>
+    <row r="458" ht="40" customHeight="1">
+      <c r="A458" s="1" t="n">
+        <v>481</v>
+      </c>
+      <c r="B458" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C458" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D458" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E458" t="inlineStr">
+        <is>
+          <t>P100</t>
+        </is>
+      </c>
+      <c r="F458" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat P series</t>
+        </is>
+      </c>
+      <c r="G458" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H458" s="1" t="n"/>
+      <c r="I458" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K458" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L458" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O458" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Fernwärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P458" s="2" t="n"/>
+      <c r="Q458" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="R458" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S458" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T458" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U458" s="2" t="n"/>
+      <c r="V458" s="2" t="n"/>
+      <c r="W458" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X458" s="2" t="n"/>
+      <c r="Y458" s="2" t="n"/>
+      <c r="Z458" s="2" t="n"/>
+      <c r="AA458" s="2" t="n"/>
+      <c r="AB458" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC458" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD458" s="2" t="n"/>
+      <c r="AE458" s="1" t="n"/>
+      <c r="AF458" s="1" t="n"/>
+      <c r="AG458" s="2" t="n">
+        <v>1571</v>
+      </c>
+      <c r="AH458" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI458" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ458" s="2" t="n">
+        <v>1200</v>
+      </c>
+      <c r="AK458" s="2" t="n"/>
+      <c r="AO458" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR458" s="2" t="n"/>
+      <c r="AS458" s="2" t="n"/>
+      <c r="AT458" s="2" t="n"/>
+      <c r="AW458" s="2" t="n"/>
+      <c r="AX458" t="inlineStr"/>
+      <c r="AY458" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ458" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA458" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-p-30-p-450/</t>
+        </is>
+      </c>
+      <c r="BC458" s="3" t="n"/>
+    </row>
+    <row r="459" ht="40" customHeight="1">
+      <c r="A459" s="1" t="n">
+        <v>482</v>
+      </c>
+      <c r="B459" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C459" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D459" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E459" t="inlineStr">
+        <is>
+          <t>P150</t>
+        </is>
+      </c>
+      <c r="F459" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat P series</t>
+        </is>
+      </c>
+      <c r="G459" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H459" s="1" t="n"/>
+      <c r="I459" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K459" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L459" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O459" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Fernwärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P459" s="2" t="n"/>
+      <c r="Q459" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="R459" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S459" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T459" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U459" s="2" t="n"/>
+      <c r="V459" s="2" t="n"/>
+      <c r="W459" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X459" s="2" t="n"/>
+      <c r="Y459" s="2" t="n"/>
+      <c r="Z459" s="2" t="n"/>
+      <c r="AA459" s="2" t="n"/>
+      <c r="AB459" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC459" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD459" s="2" t="n"/>
+      <c r="AE459" s="1" t="n"/>
+      <c r="AF459" s="1" t="n"/>
+      <c r="AG459" s="2" t="n">
+        <v>1571</v>
+      </c>
+      <c r="AH459" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI459" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ459" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="AK459" s="2" t="n"/>
+      <c r="AO459" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR459" s="2" t="n"/>
+      <c r="AS459" s="2" t="n"/>
+      <c r="AT459" s="2" t="n"/>
+      <c r="AW459" s="2" t="n"/>
+      <c r="AX459" t="inlineStr"/>
+      <c r="AY459" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ459" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA459" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-p-30-p-450/</t>
+        </is>
+      </c>
+      <c r="BC459" s="3" t="n"/>
+    </row>
+    <row r="460" ht="40" customHeight="1">
+      <c r="A460" s="1" t="n">
+        <v>483</v>
+      </c>
+      <c r="B460" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C460" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D460" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E460" t="inlineStr">
+        <is>
+          <t>P220</t>
+        </is>
+      </c>
+      <c r="F460" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat P series</t>
+        </is>
+      </c>
+      <c r="G460" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H460" s="1" t="n"/>
+      <c r="I460" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K460" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L460" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O460" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Fernwärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P460" s="2" t="n"/>
+      <c r="Q460" s="2" t="n">
+        <v>220</v>
+      </c>
+      <c r="R460" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S460" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T460" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U460" s="2" t="n"/>
+      <c r="V460" s="2" t="n"/>
+      <c r="W460" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X460" s="2" t="n"/>
+      <c r="Y460" s="2" t="n"/>
+      <c r="Z460" s="2" t="n"/>
+      <c r="AA460" s="2" t="n"/>
+      <c r="AB460" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC460" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AD460" s="2" t="n"/>
+      <c r="AE460" s="1" t="n"/>
+      <c r="AF460" s="1" t="n"/>
+      <c r="AG460" s="2" t="n">
+        <v>2723</v>
+      </c>
+      <c r="AH460" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI460" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ460" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AK460" s="2" t="n"/>
+      <c r="AO460" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR460" s="2" t="n"/>
+      <c r="AS460" s="2" t="n"/>
+      <c r="AT460" s="2" t="n"/>
+      <c r="AW460" s="2" t="n"/>
+      <c r="AX460" t="inlineStr"/>
+      <c r="AY460" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ460" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA460" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-p-30-p-450/</t>
+        </is>
+      </c>
+      <c r="BC460" s="3" t="n"/>
+    </row>
+    <row r="461" ht="40" customHeight="1">
+      <c r="A461" s="1" t="n">
+        <v>484</v>
+      </c>
+      <c r="B461" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C461" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D461" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E461" t="inlineStr">
+        <is>
+          <t>P300</t>
+        </is>
+      </c>
+      <c r="F461" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat P series</t>
+        </is>
+      </c>
+      <c r="G461" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H461" s="1" t="n"/>
+      <c r="I461" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K461" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L461" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O461" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Fernwärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P461" s="2" t="n"/>
+      <c r="Q461" s="2" t="n">
+        <v>300</v>
+      </c>
+      <c r="R461" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S461" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T461" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U461" s="2" t="n"/>
+      <c r="V461" s="2" t="n"/>
+      <c r="W461" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X461" s="2" t="n"/>
+      <c r="Y461" s="2" t="n"/>
+      <c r="Z461" s="2" t="n"/>
+      <c r="AA461" s="2" t="n"/>
+      <c r="AB461" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC461" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD461" s="2" t="n"/>
+      <c r="AE461" s="1" t="n"/>
+      <c r="AF461" s="1" t="n"/>
+      <c r="AG461" s="2" t="n">
+        <v>2723</v>
+      </c>
+      <c r="AH461" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI461" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ461" s="2" t="n">
+        <v>2600</v>
+      </c>
+      <c r="AK461" s="2" t="n"/>
+      <c r="AO461" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR461" s="2" t="n"/>
+      <c r="AS461" s="2" t="n"/>
+      <c r="AT461" s="2" t="n"/>
+      <c r="AW461" s="2" t="n"/>
+      <c r="AX461" t="inlineStr"/>
+      <c r="AY461" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ461" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA461" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-p-30-p-450/</t>
+        </is>
+      </c>
+      <c r="BC461" s="3" t="n"/>
+    </row>
+    <row r="462" ht="40" customHeight="1">
+      <c r="A462" s="1" t="n">
+        <v>485</v>
+      </c>
+      <c r="B462" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C462" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D462" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E462" t="inlineStr">
+        <is>
+          <t>P380</t>
+        </is>
+      </c>
+      <c r="F462" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat P series</t>
+        </is>
+      </c>
+      <c r="G462" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H462" s="1" t="n"/>
+      <c r="I462" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K462" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L462" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O462" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Fernwärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P462" s="2" t="n"/>
+      <c r="Q462" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="R462" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S462" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T462" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U462" s="2" t="n"/>
+      <c r="V462" s="2" t="n"/>
+      <c r="W462" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X462" s="2" t="n"/>
+      <c r="Y462" s="2" t="n"/>
+      <c r="Z462" s="2" t="n"/>
+      <c r="AA462" s="2" t="n"/>
+      <c r="AB462" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC462" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="AD462" s="2" t="n"/>
+      <c r="AE462" s="1" t="n"/>
+      <c r="AF462" s="1" t="n"/>
+      <c r="AG462" s="2" t="n">
+        <v>3866</v>
+      </c>
+      <c r="AH462" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI462" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ462" s="2" t="n">
+        <v>3100</v>
+      </c>
+      <c r="AK462" s="2" t="n"/>
+      <c r="AO462" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR462" s="2" t="n"/>
+      <c r="AS462" s="2" t="n"/>
+      <c r="AT462" s="2" t="n"/>
+      <c r="AW462" s="2" t="n"/>
+      <c r="AX462" t="inlineStr"/>
+      <c r="AY462" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ462" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA462" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-p-30-p-450/</t>
+        </is>
+      </c>
+      <c r="BC462" s="3" t="n"/>
+    </row>
+    <row r="463" ht="40" customHeight="1">
+      <c r="A463" s="1" t="n">
+        <v>486</v>
+      </c>
+      <c r="B463" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C463" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D463" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E463" t="inlineStr">
+        <is>
+          <t>P450</t>
+        </is>
+      </c>
+      <c r="F463" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat P series</t>
+        </is>
+      </c>
+      <c r="G463" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H463" s="1" t="n"/>
+      <c r="I463" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K463" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L463" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O463" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Fernwärme, Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P463" s="2" t="n"/>
+      <c r="Q463" s="2" t="n">
+        <v>450</v>
+      </c>
+      <c r="R463" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S463" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T463" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U463" s="2" t="n"/>
+      <c r="V463" s="2" t="n"/>
+      <c r="W463" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X463" s="2" t="n"/>
+      <c r="Y463" s="2" t="n"/>
+      <c r="Z463" s="2" t="n"/>
+      <c r="AA463" s="2" t="n"/>
+      <c r="AB463" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC463" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD463" s="2" t="n"/>
+      <c r="AE463" s="1" t="n"/>
+      <c r="AF463" s="1" t="n"/>
+      <c r="AG463" s="2" t="n">
+        <v>3866</v>
+      </c>
+      <c r="AH463" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI463" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ463" s="2" t="n">
+        <v>3700</v>
+      </c>
+      <c r="AK463" s="2" t="n"/>
+      <c r="AO463" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR463" s="2" t="n"/>
+      <c r="AS463" s="2" t="n"/>
+      <c r="AT463" s="2" t="n"/>
+      <c r="AW463" s="2" t="n"/>
+      <c r="AX463" t="inlineStr"/>
+      <c r="AY463" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ463" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA463" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-p-30-p-450/</t>
+        </is>
+      </c>
+      <c r="BC463" s="3" t="n"/>
+    </row>
+    <row r="464" ht="40" customHeight="1">
+      <c r="A464" s="1" t="n">
+        <v>498</v>
+      </c>
+      <c r="B464" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C464" t="inlineStr">
+        <is>
+          <t>Geothermie (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D464" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E464" t="inlineStr">
+        <is>
+          <t>RE210</t>
+        </is>
+      </c>
+      <c r="F464" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat RE series</t>
+        </is>
+      </c>
+      <c r="G464" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H464" s="1" t="n"/>
+      <c r="I464" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K464" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L464" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O464" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P464" s="2" t="n"/>
+      <c r="Q464" s="2" t="n">
+        <v>210</v>
+      </c>
+      <c r="R464" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S464" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T464" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U464" s="2" t="n"/>
+      <c r="V464" s="2" t="n"/>
+      <c r="W464" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="X464" s="2" t="n"/>
+      <c r="Y464" s="2" t="n"/>
+      <c r="Z464" s="2" t="n"/>
+      <c r="AA464" s="2" t="n"/>
+      <c r="AB464" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC464" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD464" s="2" t="n"/>
+      <c r="AE464" s="1" t="n"/>
+      <c r="AF464" s="1" t="n"/>
+      <c r="AG464" s="2" t="n">
+        <v>1571</v>
+      </c>
+      <c r="AH464" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI464" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ464" s="2" t="n">
+        <v>1600</v>
+      </c>
+      <c r="AK464" s="2" t="n"/>
+      <c r="AR464" s="2" t="n"/>
+      <c r="AS464" s="2" t="n"/>
+      <c r="AT464" s="2" t="n"/>
+      <c r="AW464" s="2" t="n"/>
+      <c r="AX464" t="inlineStr"/>
+      <c r="AY464" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ464" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA464" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-re-210-re-420/</t>
+        </is>
+      </c>
+      <c r="BC464" s="3" t="n"/>
+    </row>
+    <row r="465" ht="40" customHeight="1">
+      <c r="A465" s="1" t="n">
+        <v>499</v>
+      </c>
+      <c r="B465" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C465" t="inlineStr">
+        <is>
+          <t>Geothermie (Brine/Water), Grundwasser (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D465" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E465" t="inlineStr">
+        <is>
+          <t>RE330</t>
+        </is>
+      </c>
+      <c r="F465" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat RE series</t>
+        </is>
+      </c>
+      <c r="G465" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H465" s="1" t="n"/>
+      <c r="I465" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K465" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L465" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O465" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P465" s="2" t="n"/>
+      <c r="Q465" s="2" t="n">
+        <v>330</v>
+      </c>
+      <c r="R465" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S465" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T465" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U465" s="2" t="n"/>
+      <c r="V465" s="2" t="n"/>
+      <c r="W465" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="X465" s="2" t="n"/>
+      <c r="Y465" s="2" t="n"/>
+      <c r="Z465" s="2" t="n"/>
+      <c r="AA465" s="2" t="n"/>
+      <c r="AB465" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC465" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AD465" s="2" t="n"/>
+      <c r="AE465" s="1" t="n"/>
+      <c r="AF465" s="1" t="n"/>
+      <c r="AG465" s="2" t="n">
+        <v>2723</v>
+      </c>
+      <c r="AH465" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI465" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ465" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AK465" s="2" t="n"/>
+      <c r="AR465" s="2" t="n"/>
+      <c r="AS465" s="2" t="n"/>
+      <c r="AT465" s="2" t="n"/>
+      <c r="AW465" s="2" t="n"/>
+      <c r="AX465" t="inlineStr"/>
+      <c r="AY465" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ465" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA465" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-re-210-re-420/</t>
+        </is>
+      </c>
+      <c r="BC465" s="3" t="n"/>
+    </row>
+    <row r="466" ht="40" customHeight="1">
+      <c r="A466" s="1" t="n">
+        <v>500</v>
+      </c>
+      <c r="B466" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C466" t="inlineStr">
+        <is>
+          <t>Fernwärme (Brine/Water), Geothermie (Brine/Water), Grundwasser (Brine/Water), Nahwärme (Brine/Water), Prozesswärme (Brine/Water), Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D466" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E466" t="inlineStr">
+        <is>
+          <t>RE420</t>
+        </is>
+      </c>
+      <c r="F466" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat RE series</t>
+        </is>
+      </c>
+      <c r="G466" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H466" s="1" t="n"/>
+      <c r="I466" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K466" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L466" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O466" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P466" s="2" t="n"/>
+      <c r="Q466" s="2" t="n">
+        <v>420</v>
+      </c>
+      <c r="R466" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S466" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T466" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U466" s="2" t="n"/>
+      <c r="V466" s="2" t="n"/>
+      <c r="W466" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="X466" s="2" t="n"/>
+      <c r="Y466" s="2" t="n"/>
+      <c r="Z466" s="2" t="n"/>
+      <c r="AA466" s="2" t="n"/>
+      <c r="AB466" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC466" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD466" s="2" t="n"/>
+      <c r="AE466" s="1" t="n"/>
+      <c r="AF466" s="1" t="n"/>
+      <c r="AG466" s="2" t="n">
+        <v>2723</v>
+      </c>
+      <c r="AH466" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI466" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ466" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AK466" s="2" t="n"/>
+      <c r="AR466" s="2" t="n"/>
+      <c r="AS466" s="2" t="n"/>
+      <c r="AT466" s="2" t="n"/>
+      <c r="AW466" s="2" t="n"/>
+      <c r="AX466" t="inlineStr"/>
+      <c r="AY466" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ466" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA466" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-re-210-re-420/</t>
+        </is>
+      </c>
+      <c r="BC466" s="3" t="n"/>
+    </row>
+    <row r="467" ht="40" customHeight="1">
+      <c r="A467" s="1" t="n">
+        <v>494</v>
+      </c>
+      <c r="B467" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C467" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D467" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E467" t="inlineStr">
+        <is>
+          <t>S1000</t>
+        </is>
+      </c>
+      <c r="F467" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat S series</t>
+        </is>
+      </c>
+      <c r="G467" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H467" s="1" t="n"/>
+      <c r="I467" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K467" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L467" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O467" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P467" s="2" t="n"/>
+      <c r="Q467" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="R467" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S467" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T467" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U467" s="2" t="n"/>
+      <c r="V467" s="2" t="n"/>
+      <c r="W467" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X467" s="2" t="n"/>
+      <c r="Y467" s="2" t="n"/>
+      <c r="Z467" s="2" t="n"/>
+      <c r="AA467" s="2" t="n"/>
+      <c r="AB467" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC467" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD467" s="2" t="n"/>
+      <c r="AE467" s="1" t="n"/>
+      <c r="AF467" s="1" t="n"/>
+      <c r="AG467" s="2" t="n"/>
+      <c r="AH467" s="2" t="n"/>
+      <c r="AI467" s="2" t="n"/>
+      <c r="AJ467" s="2" t="n">
+        <v>4500</v>
+      </c>
+      <c r="AK467" s="2" t="n"/>
+      <c r="AO467" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR467" s="2" t="n"/>
+      <c r="AS467" s="2" t="n"/>
+      <c r="AT467" s="2" t="n"/>
+      <c r="AW467" s="2" t="n"/>
+      <c r="AX467" t="inlineStr"/>
+      <c r="AY467" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ467" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA467" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-s-600-s-2000/</t>
+        </is>
+      </c>
+      <c r="BC467" s="3" t="n"/>
+    </row>
+    <row r="468" ht="40" customHeight="1">
+      <c r="A468" s="1" t="n">
+        <v>495</v>
+      </c>
+      <c r="B468" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C468" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D468" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E468" t="inlineStr">
+        <is>
+          <t>S1200</t>
+        </is>
+      </c>
+      <c r="F468" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat S series</t>
+        </is>
+      </c>
+      <c r="G468" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H468" s="1" t="n"/>
+      <c r="I468" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K468" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L468" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O468" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P468" s="2" t="n"/>
+      <c r="Q468" s="2" t="n">
+        <v>1200</v>
+      </c>
+      <c r="R468" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S468" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T468" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U468" s="2" t="n"/>
+      <c r="V468" s="2" t="n"/>
+      <c r="W468" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X468" s="2" t="n"/>
+      <c r="Y468" s="2" t="n"/>
+      <c r="Z468" s="2" t="n"/>
+      <c r="AA468" s="2" t="n"/>
+      <c r="AB468" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC468" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD468" s="2" t="n"/>
+      <c r="AE468" s="1" t="n"/>
+      <c r="AF468" s="1" t="n"/>
+      <c r="AG468" s="2" t="n"/>
+      <c r="AH468" s="2" t="n"/>
+      <c r="AI468" s="2" t="n"/>
+      <c r="AJ468" s="2" t="n">
+        <v>5300</v>
+      </c>
+      <c r="AK468" s="2" t="n"/>
+      <c r="AO468" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR468" s="2" t="n"/>
+      <c r="AS468" s="2" t="n"/>
+      <c r="AT468" s="2" t="n"/>
+      <c r="AW468" s="2" t="n"/>
+      <c r="AX468" t="inlineStr"/>
+      <c r="AY468" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ468" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA468" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-s-600-s-2000/</t>
+        </is>
+      </c>
+      <c r="BC468" s="3" t="n"/>
+    </row>
+    <row r="469" ht="40" customHeight="1">
+      <c r="A469" s="1" t="n">
+        <v>496</v>
+      </c>
+      <c r="B469" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C469" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D469" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E469" t="inlineStr">
+        <is>
+          <t>S1500</t>
+        </is>
+      </c>
+      <c r="F469" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat S series</t>
+        </is>
+      </c>
+      <c r="G469" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H469" s="1" t="n"/>
+      <c r="I469" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K469" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L469" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O469" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P469" s="2" t="n"/>
+      <c r="Q469" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="R469" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S469" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T469" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U469" s="2" t="n"/>
+      <c r="V469" s="2" t="n"/>
+      <c r="W469" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X469" s="2" t="n"/>
+      <c r="Y469" s="2" t="n"/>
+      <c r="Z469" s="2" t="n"/>
+      <c r="AA469" s="2" t="n"/>
+      <c r="AB469" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC469" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD469" s="2" t="n"/>
+      <c r="AE469" s="1" t="n"/>
+      <c r="AF469" s="1" t="n"/>
+      <c r="AG469" s="2" t="n"/>
+      <c r="AH469" s="2" t="n"/>
+      <c r="AI469" s="2" t="n"/>
+      <c r="AJ469" s="2" t="n">
+        <v>6500</v>
+      </c>
+      <c r="AK469" s="2" t="n"/>
+      <c r="AO469" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR469" s="2" t="n"/>
+      <c r="AS469" s="2" t="n"/>
+      <c r="AT469" s="2" t="n"/>
+      <c r="AW469" s="2" t="n"/>
+      <c r="AX469" t="inlineStr"/>
+      <c r="AY469" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ469" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA469" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-s-600-s-2000/</t>
+        </is>
+      </c>
+      <c r="BC469" s="3" t="n"/>
+    </row>
+    <row r="470" ht="40" customHeight="1">
+      <c r="A470" s="1" t="n">
+        <v>487</v>
+      </c>
+      <c r="B470" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C470" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D470" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E470" t="inlineStr">
+        <is>
+          <t>S180</t>
+        </is>
+      </c>
+      <c r="F470" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat S series</t>
+        </is>
+      </c>
+      <c r="G470" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H470" s="1" t="n"/>
+      <c r="I470" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K470" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L470" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O470" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P470" s="2" t="n"/>
+      <c r="Q470" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="R470" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S470" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T470" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U470" s="2" t="n"/>
+      <c r="V470" s="2" t="n"/>
+      <c r="W470" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X470" s="2" t="n"/>
+      <c r="Y470" s="2" t="n"/>
+      <c r="Z470" s="2" t="n"/>
+      <c r="AA470" s="2" t="n"/>
+      <c r="AB470" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC470" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD470" s="2" t="n"/>
+      <c r="AE470" s="1" t="n"/>
+      <c r="AF470" s="1" t="n"/>
+      <c r="AG470" s="2" t="n">
+        <v>2551</v>
+      </c>
+      <c r="AH470" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI470" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ470" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AK470" s="2" t="n"/>
+      <c r="AO470" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR470" s="2" t="n"/>
+      <c r="AS470" s="2" t="n"/>
+      <c r="AT470" s="2" t="n"/>
+      <c r="AW470" s="2" t="n"/>
+      <c r="AX470" t="inlineStr"/>
+      <c r="AY470" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ470" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA470" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-s-180-s-580/</t>
+        </is>
+      </c>
+      <c r="BC470" s="3" t="n"/>
+    </row>
+    <row r="471" ht="40" customHeight="1">
+      <c r="A471" s="1" t="n">
+        <v>497</v>
+      </c>
+      <c r="B471" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C471" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D471" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E471" t="inlineStr">
+        <is>
+          <t>S2000</t>
+        </is>
+      </c>
+      <c r="F471" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat S series</t>
+        </is>
+      </c>
+      <c r="G471" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H471" s="1" t="n"/>
+      <c r="I471" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K471" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L471" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O471" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P471" s="2" t="n"/>
+      <c r="Q471" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="R471" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S471" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T471" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U471" s="2" t="n"/>
+      <c r="V471" s="2" t="n"/>
+      <c r="W471" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X471" s="2" t="n"/>
+      <c r="Y471" s="2" t="n"/>
+      <c r="Z471" s="2" t="n"/>
+      <c r="AA471" s="2" t="n"/>
+      <c r="AB471" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC471" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD471" s="2" t="n"/>
+      <c r="AE471" s="1" t="n"/>
+      <c r="AF471" s="1" t="n"/>
+      <c r="AG471" s="2" t="n"/>
+      <c r="AH471" s="2" t="n"/>
+      <c r="AI471" s="2" t="n"/>
+      <c r="AJ471" s="2" t="n">
+        <v>7500</v>
+      </c>
+      <c r="AK471" s="2" t="n"/>
+      <c r="AO471" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR471" s="2" t="n"/>
+      <c r="AS471" s="2" t="n"/>
+      <c r="AT471" s="2" t="n"/>
+      <c r="AW471" s="2" t="n"/>
+      <c r="AX471" t="inlineStr"/>
+      <c r="AY471" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ471" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA471" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-s-600-s-2000/</t>
+        </is>
+      </c>
+      <c r="BC471" s="3" t="n"/>
+    </row>
+    <row r="472" ht="40" customHeight="1">
+      <c r="A472" s="1" t="n">
+        <v>488</v>
+      </c>
+      <c r="B472" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C472" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D472" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E472" t="inlineStr">
+        <is>
+          <t>S280</t>
+        </is>
+      </c>
+      <c r="F472" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat S series</t>
+        </is>
+      </c>
+      <c r="G472" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H472" s="1" t="n"/>
+      <c r="I472" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K472" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L472" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O472" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P472" s="2" t="n"/>
+      <c r="Q472" s="2" t="n">
+        <v>280</v>
+      </c>
+      <c r="R472" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S472" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T472" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U472" s="2" t="n"/>
+      <c r="V472" s="2" t="n"/>
+      <c r="W472" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X472" s="2" t="n"/>
+      <c r="Y472" s="2" t="n"/>
+      <c r="Z472" s="2" t="n"/>
+      <c r="AA472" s="2" t="n"/>
+      <c r="AB472" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC472" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD472" s="2" t="n"/>
+      <c r="AE472" s="1" t="n"/>
+      <c r="AF472" s="1" t="n"/>
+      <c r="AG472" s="2" t="n">
+        <v>2551</v>
+      </c>
+      <c r="AH472" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI472" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ472" s="2" t="n">
+        <v>2900</v>
+      </c>
+      <c r="AK472" s="2" t="n"/>
+      <c r="AO472" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR472" s="2" t="n"/>
+      <c r="AS472" s="2" t="n"/>
+      <c r="AT472" s="2" t="n"/>
+      <c r="AW472" s="2" t="n"/>
+      <c r="AX472" t="inlineStr"/>
+      <c r="AY472" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ472" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA472" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-s-180-s-580/</t>
+        </is>
+      </c>
+      <c r="BC472" s="3" t="n"/>
+    </row>
+    <row r="473" ht="40" customHeight="1">
+      <c r="A473" s="1" t="n">
+        <v>489</v>
+      </c>
+      <c r="B473" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C473" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D473" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E473" t="inlineStr">
+        <is>
+          <t>S380</t>
+        </is>
+      </c>
+      <c r="F473" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat S series</t>
+        </is>
+      </c>
+      <c r="G473" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H473" s="1" t="n"/>
+      <c r="I473" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K473" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L473" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O473" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P473" s="2" t="n"/>
+      <c r="Q473" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="R473" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S473" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T473" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U473" s="2" t="n"/>
+      <c r="V473" s="2" t="n"/>
+      <c r="W473" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X473" s="2" t="n"/>
+      <c r="Y473" s="2" t="n"/>
+      <c r="Z473" s="2" t="n"/>
+      <c r="AA473" s="2" t="n"/>
+      <c r="AB473" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC473" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD473" s="2" t="n"/>
+      <c r="AE473" s="1" t="n"/>
+      <c r="AF473" s="1" t="n"/>
+      <c r="AG473" s="2" t="n">
+        <v>2551</v>
+      </c>
+      <c r="AH473" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI473" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ473" s="2" t="n">
+        <v>3600</v>
+      </c>
+      <c r="AK473" s="2" t="n"/>
+      <c r="AO473" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR473" s="2" t="n"/>
+      <c r="AS473" s="2" t="n"/>
+      <c r="AT473" s="2" t="n"/>
+      <c r="AW473" s="2" t="n"/>
+      <c r="AX473" t="inlineStr"/>
+      <c r="AY473" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ473" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA473" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-s-180-s-580/</t>
+        </is>
+      </c>
+      <c r="BC473" s="3" t="n"/>
+    </row>
+    <row r="474" ht="40" customHeight="1">
+      <c r="A474" s="1" t="n">
+        <v>490</v>
+      </c>
+      <c r="B474" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C474" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D474" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E474" t="inlineStr">
+        <is>
+          <t>S490</t>
+        </is>
+      </c>
+      <c r="F474" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat S series</t>
+        </is>
+      </c>
+      <c r="G474" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H474" s="1" t="n"/>
+      <c r="I474" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K474" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L474" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O474" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P474" s="2" t="n"/>
+      <c r="Q474" s="2" t="n">
+        <v>490</v>
+      </c>
+      <c r="R474" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S474" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T474" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U474" s="2" t="n"/>
+      <c r="V474" s="2" t="n"/>
+      <c r="W474" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X474" s="2" t="n"/>
+      <c r="Y474" s="2" t="n"/>
+      <c r="Z474" s="2" t="n"/>
+      <c r="AA474" s="2" t="n"/>
+      <c r="AB474" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC474" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD474" s="2" t="n"/>
+      <c r="AE474" s="1" t="n"/>
+      <c r="AF474" s="1" t="n"/>
+      <c r="AG474" s="2" t="n">
+        <v>2551</v>
+      </c>
+      <c r="AH474" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI474" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ474" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AK474" s="2" t="n"/>
+      <c r="AO474" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR474" s="2" t="n"/>
+      <c r="AS474" s="2" t="n"/>
+      <c r="AT474" s="2" t="n"/>
+      <c r="AW474" s="2" t="n"/>
+      <c r="AX474" t="inlineStr"/>
+      <c r="AY474" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ474" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA474" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-s-180-s-580/</t>
+        </is>
+      </c>
+      <c r="BC474" s="3" t="n"/>
+    </row>
+    <row r="475" ht="40" customHeight="1">
+      <c r="A475" s="1" t="n">
+        <v>491</v>
+      </c>
+      <c r="B475" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C475" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D475" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E475" t="inlineStr">
+        <is>
+          <t>S580</t>
+        </is>
+      </c>
+      <c r="F475" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat S series</t>
+        </is>
+      </c>
+      <c r="G475" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H475" s="1" t="n"/>
+      <c r="I475" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K475" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L475" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O475" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P475" s="2" t="n"/>
+      <c r="Q475" s="2" t="n">
+        <v>580</v>
+      </c>
+      <c r="R475" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S475" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T475" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U475" s="2" t="n"/>
+      <c r="V475" s="2" t="n"/>
+      <c r="W475" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X475" s="2" t="n"/>
+      <c r="Y475" s="2" t="n"/>
+      <c r="Z475" s="2" t="n"/>
+      <c r="AA475" s="2" t="n"/>
+      <c r="AB475" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC475" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD475" s="2" t="n"/>
+      <c r="AE475" s="1" t="n"/>
+      <c r="AF475" s="1" t="n"/>
+      <c r="AG475" s="2" t="n">
+        <v>2551</v>
+      </c>
+      <c r="AH475" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI475" s="2" t="n">
+        <v>2091</v>
+      </c>
+      <c r="AJ475" s="2" t="n">
+        <v>4500</v>
+      </c>
+      <c r="AK475" s="2" t="n"/>
+      <c r="AO475" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR475" s="2" t="n"/>
+      <c r="AS475" s="2" t="n"/>
+      <c r="AT475" s="2" t="n"/>
+      <c r="AW475" s="2" t="n"/>
+      <c r="AX475" t="inlineStr"/>
+      <c r="AY475" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ475" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA475" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-s-180-s-580/</t>
+        </is>
+      </c>
+      <c r="BC475" s="3" t="n"/>
+    </row>
+    <row r="476" ht="40" customHeight="1">
+      <c r="A476" s="1" t="n">
+        <v>492</v>
+      </c>
+      <c r="B476" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C476" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D476" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E476" t="inlineStr">
+        <is>
+          <t>S600</t>
+        </is>
+      </c>
+      <c r="F476" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat S series</t>
+        </is>
+      </c>
+      <c r="G476" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H476" s="1" t="n"/>
+      <c r="I476" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K476" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L476" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O476" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P476" s="2" t="n"/>
+      <c r="Q476" s="2" t="n">
+        <v>600</v>
+      </c>
+      <c r="R476" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S476" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T476" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U476" s="2" t="n"/>
+      <c r="V476" s="2" t="n"/>
+      <c r="W476" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X476" s="2" t="n"/>
+      <c r="Y476" s="2" t="n"/>
+      <c r="Z476" s="2" t="n"/>
+      <c r="AA476" s="2" t="n"/>
+      <c r="AB476" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC476" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD476" s="2" t="n"/>
+      <c r="AE476" s="1" t="n"/>
+      <c r="AF476" s="1" t="n"/>
+      <c r="AG476" s="2" t="n"/>
+      <c r="AH476" s="2" t="n"/>
+      <c r="AI476" s="2" t="n"/>
+      <c r="AJ476" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="AK476" s="2" t="n"/>
+      <c r="AO476" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR476" s="2" t="n"/>
+      <c r="AS476" s="2" t="n"/>
+      <c r="AT476" s="2" t="n"/>
+      <c r="AW476" s="2" t="n"/>
+      <c r="AX476" t="inlineStr"/>
+      <c r="AY476" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ476" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA476" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-s-600-s-2000/</t>
+        </is>
+      </c>
+      <c r="BC476" s="3" t="n"/>
+    </row>
+    <row r="477" ht="40" customHeight="1">
+      <c r="A477" s="1" t="n">
+        <v>493</v>
+      </c>
+      <c r="B477" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R450A (R1234ze(E)/R134a), R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C477" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D477" t="inlineStr">
+        <is>
+          <t>Oilon</t>
+        </is>
+      </c>
+      <c r="E477" t="inlineStr">
+        <is>
+          <t>S800</t>
+        </is>
+      </c>
+      <c r="F477" t="inlineStr">
+        <is>
+          <t>Oilon ChillHeat S series</t>
+        </is>
+      </c>
+      <c r="G477" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H477" s="1" t="n"/>
+      <c r="I477" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K477" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L477" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O477" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P477" s="2" t="n"/>
+      <c r="Q477" s="2" t="n">
+        <v>800</v>
+      </c>
+      <c r="R477" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S477" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T477" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U477" s="2" t="n"/>
+      <c r="V477" s="2" t="n"/>
+      <c r="W477" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X477" s="2" t="n"/>
+      <c r="Y477" s="2" t="n"/>
+      <c r="Z477" s="2" t="n"/>
+      <c r="AA477" s="2" t="n"/>
+      <c r="AB477" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC477" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD477" s="2" t="n"/>
+      <c r="AE477" s="1" t="n"/>
+      <c r="AF477" s="1" t="n"/>
+      <c r="AG477" s="2" t="n"/>
+      <c r="AH477" s="2" t="n"/>
+      <c r="AI477" s="2" t="n"/>
+      <c r="AJ477" s="2" t="n">
+        <v>4000</v>
+      </c>
+      <c r="AK477" s="2" t="n"/>
+      <c r="AO477" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR477" s="2" t="n"/>
+      <c r="AS477" s="2" t="n"/>
+      <c r="AT477" s="2" t="n"/>
+      <c r="AW477" s="2" t="n"/>
+      <c r="AX477" t="inlineStr"/>
+      <c r="AY477" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ477" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA477" t="inlineStr">
+        <is>
+          <t>https://oilon.com/de/products/oilon-chillheat-s-600-s-2000/</t>
+        </is>
+      </c>
+      <c r="BC477" s="3" t="n"/>
+    </row>
+    <row r="478" ht="40" customHeight="1">
+      <c r="A478" s="1" t="n">
+        <v>502</v>
+      </c>
+      <c r="B478" t="inlineStr">
+        <is>
+          <t>R704 (Helium)</t>
+        </is>
+      </c>
+      <c r="C478" t="inlineStr">
+        <is>
+          <t>Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Prozesswärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D478" t="inlineStr">
+        <is>
+          <t>Olvondo Technology AS</t>
+        </is>
+      </c>
+      <c r="E478" t="inlineStr">
+        <is>
+          <t>HighLift by Olvondo</t>
+        </is>
+      </c>
+      <c r="F478" t="inlineStr">
+        <is>
+          <t>HighLift</t>
+        </is>
+      </c>
+      <c r="G478" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H478" s="1" t="n"/>
+      <c r="I478" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="J478" t="inlineStr">
+        <is>
+          <t>Commercially available</t>
+        </is>
+      </c>
+      <c r="K478" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="M478" t="inlineStr">
+        <is>
+          <t>möglich</t>
+        </is>
+      </c>
+      <c r="N478" t="inlineStr">
+        <is>
+          <t>Stirling Kreisprozess</t>
+        </is>
+      </c>
+      <c r="O478" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf, Fernwärme, Wasser</t>
+        </is>
+      </c>
+      <c r="P478" s="2" t="n"/>
+      <c r="Q478" s="2" t="n">
+        <v>750</v>
+      </c>
+      <c r="R478" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S478" s="2" t="n"/>
+      <c r="T478" s="2" t="n"/>
+      <c r="U478" s="2" t="n">
+        <v>500</v>
+      </c>
+      <c r="V478" s="2" t="n"/>
+      <c r="W478" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="X478" s="2" t="n"/>
+      <c r="Y478" s="2" t="n"/>
+      <c r="Z478" s="2" t="n"/>
+      <c r="AA478" s="2" t="n"/>
+      <c r="AB478" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD478" s="2" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AE478" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF478" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG478" s="2" t="n">
+        <v>6329</v>
+      </c>
+      <c r="AH478" s="2" t="n">
+        <v>4102</v>
+      </c>
+      <c r="AI478" s="2" t="n">
+        <v>3877</v>
+      </c>
+      <c r="AJ478" s="2" t="n">
+        <v>13500</v>
+      </c>
+      <c r="AK478" s="2" t="n"/>
+      <c r="AR478" s="2" t="n"/>
+      <c r="AS478" s="2" t="n"/>
+      <c r="AT478" s="2" t="n"/>
+      <c r="AU478" t="inlineStr">
+        <is>
+          <t>Indoor</t>
+        </is>
+      </c>
+      <c r="AW478" s="2" t="n">
+        <v>4500</v>
+      </c>
+      <c r="AX478" t="inlineStr"/>
+      <c r="AY478" s="3" t="n">
+        <v>45796</v>
+      </c>
+      <c r="AZ478" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC478" s="3" t="n"/>
+    </row>
+    <row r="479" ht="40" customHeight="1">
+      <c r="A479" s="1" t="n">
+        <v>503</v>
+      </c>
+      <c r="B479" t="inlineStr">
+        <is>
+          <t>R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C479" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Abwärme (Steam), Dampf (Steam)</t>
+        </is>
+      </c>
+      <c r="D479" t="inlineStr">
+        <is>
+          <t>Piller Blowers &amp; Compressors GmbH</t>
+        </is>
+      </c>
+      <c r="E479" t="inlineStr"/>
+      <c r="F479" t="inlineStr">
+        <is>
+          <t>HighLift high temperature heat pump</t>
+        </is>
+      </c>
+      <c r="G479" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H479" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="I479" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K479" t="inlineStr">
+        <is>
+          <t>MVR</t>
+        </is>
+      </c>
+      <c r="M479" t="inlineStr">
+        <is>
+          <t>möglich</t>
+        </is>
+      </c>
+      <c r="O479" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P479" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="Q479" s="2" t="n">
+        <v>70000</v>
+      </c>
+      <c r="R479" s="2" t="n"/>
+      <c r="S479" s="2" t="n"/>
+      <c r="T479" s="2" t="n"/>
+      <c r="U479" s="2" t="n"/>
+      <c r="V479" s="2" t="n"/>
+      <c r="W479" s="2" t="n">
+        <v>212</v>
+      </c>
+      <c r="X479" s="2" t="n"/>
+      <c r="Y479" s="2" t="n"/>
+      <c r="Z479" s="2" t="n"/>
+      <c r="AA479" s="2" t="n"/>
+      <c r="AB479" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC479" t="inlineStr"/>
+      <c r="AD479" s="2" t="n"/>
+      <c r="AE479" s="1" t="n"/>
+      <c r="AF479" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG479" s="2" t="n"/>
+      <c r="AH479" s="2" t="n"/>
+      <c r="AI479" s="2" t="n"/>
+      <c r="AJ479" s="2" t="n"/>
+      <c r="AK479" s="2" t="n"/>
+      <c r="AR479" s="2" t="n"/>
+      <c r="AS479" s="2" t="n"/>
+      <c r="AT479" s="2" t="n"/>
+      <c r="AW479" s="2" t="n"/>
+      <c r="AY479" s="3" t="n">
+        <v>45665</v>
+      </c>
+      <c r="AZ479" t="b">
+        <v>0</v>
+      </c>
+      <c r="BC479" s="3" t="n"/>
+    </row>
+    <row r="480" ht="40" customHeight="1">
+      <c r="A480" s="1" t="n">
+        <v>1070</v>
+      </c>
+      <c r="B480" t="inlineStr">
+        <is>
+          <t>R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C480" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Abwärme (Steam), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D480" t="inlineStr">
+        <is>
+          <t>Piller Blowers &amp; Compressors GmbH</t>
+        </is>
+      </c>
+      <c r="E480" t="inlineStr">
+        <is>
+          <t>Piller Blowers and Compressors</t>
+        </is>
+      </c>
+      <c r="F480" t="inlineStr">
+        <is>
+          <t>Piller Blowers and Compressors</t>
+        </is>
+      </c>
+      <c r="G480" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H480" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="I480" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K480" t="inlineStr">
+        <is>
+          <t>MVR</t>
+        </is>
+      </c>
+      <c r="M480" t="inlineStr">
+        <is>
+          <t>Zusammenschluss möglich</t>
+        </is>
+      </c>
+      <c r="O480" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P480" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="Q480" s="2" t="n">
+        <v>70000</v>
+      </c>
+      <c r="R480" s="2" t="n"/>
+      <c r="S480" s="2" t="n"/>
+      <c r="T480" s="2" t="n"/>
+      <c r="U480" s="2" t="n"/>
+      <c r="V480" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="W480" s="2" t="n">
+        <v>230</v>
+      </c>
+      <c r="X480" s="2" t="n"/>
+      <c r="Y480" s="2" t="n"/>
+      <c r="Z480" s="2" t="n"/>
+      <c r="AA480" s="2" t="n"/>
+      <c r="AB480" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD480" s="2" t="n"/>
+      <c r="AE480" s="1" t="n"/>
+      <c r="AF480" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG480" s="2" t="n"/>
+      <c r="AH480" s="2" t="n"/>
+      <c r="AI480" s="2" t="n"/>
+      <c r="AJ480" s="2" t="n"/>
+      <c r="AK480" s="2" t="n"/>
+      <c r="AR480" s="2" t="n"/>
+      <c r="AS480" s="2" t="n"/>
+      <c r="AT480" s="2" t="n"/>
+      <c r="AW480" s="2" t="n"/>
+      <c r="AX480" t="inlineStr">
+        <is>
+          <t>Kundenspezifische Auslegung</t>
+        </is>
+      </c>
+      <c r="AY480" s="3" t="n">
+        <v>45797</v>
+      </c>
+      <c r="AZ480" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA480" t="inlineStr">
+        <is>
+          <t>https://heatpumpingtechnologies.org/annex58/wp-content/uploads/sites/70/2022/07/hthpannex58pillartechnology.pdf</t>
+        </is>
+      </c>
+      <c r="BC480" s="3" t="n"/>
+    </row>
+    <row r="481" ht="40" customHeight="1">
+      <c r="A481" s="1" t="n">
+        <v>504</v>
+      </c>
+      <c r="B481" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R1336mzz(Z), R245fa</t>
+        </is>
+      </c>
+      <c r="C481" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Fernwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Grundwasser (Brine/Water), Nahwärme (Brine/Water), Prozesswärme (Brine/Water), Serverabwärme (Brine/Water), Solarthermie (Brine/Water), Sole (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D481" t="inlineStr">
+        <is>
+          <t>Rank®</t>
+        </is>
+      </c>
+      <c r="E481" t="inlineStr">
+        <is>
+          <t>HP</t>
+        </is>
+      </c>
+      <c r="F481" t="inlineStr">
+        <is>
+          <t>HTHP</t>
+        </is>
+      </c>
+      <c r="G481" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H481" s="1" t="n"/>
+      <c r="I481" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K481" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O481" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P481" s="2" t="n">
+        <v>250</v>
+      </c>
+      <c r="Q481" s="2" t="n">
+        <v>600</v>
+      </c>
+      <c r="R481" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S481" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T481" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U481" s="2" t="n"/>
+      <c r="V481" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="W481" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="X481" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="Y481" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="Z481" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="AA481" s="2" t="n"/>
+      <c r="AB481" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC481" t="inlineStr">
+        <is>
+          <t>UNBEKANNT</t>
+        </is>
+      </c>
+      <c r="AD481" s="2" t="n">
+        <v>250</v>
+      </c>
+      <c r="AE481" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF481" s="1" t="n"/>
+      <c r="AG481" s="2" t="n">
+        <v>5500</v>
+      </c>
+      <c r="AH481" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI481" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ481" s="2" t="n">
+        <v>7500</v>
+      </c>
+      <c r="AK481" s="2" t="n"/>
+      <c r="AM481" t="inlineStr">
+        <is>
+          <t>DN40</t>
+        </is>
+      </c>
+      <c r="AN481" t="inlineStr">
+        <is>
+          <t>DN40</t>
+        </is>
+      </c>
+      <c r="AO481" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP481" t="inlineStr">
+        <is>
+          <t>DN160</t>
+        </is>
+      </c>
+      <c r="AQ481" t="inlineStr">
+        <is>
+          <t>DN160</t>
+        </is>
+      </c>
+      <c r="AR481" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AS481" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="AT481" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="AU481" t="inlineStr">
+        <is>
+          <t>Containerlösung möglich</t>
+        </is>
+      </c>
+      <c r="AV481" t="inlineStr">
+        <is>
+          <t>2 Meter um Aggregat</t>
+        </is>
+      </c>
+      <c r="AW481" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AX481" t="inlineStr">
+        <is>
+          <t>Preis: 325.000€</t>
+        </is>
+      </c>
+      <c r="AY481" s="3" t="n">
+        <v>45665</v>
+      </c>
+      <c r="AZ481" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC481" s="3" t="n"/>
+    </row>
+    <row r="482" ht="40" customHeight="1">
+      <c r="A482" s="1" t="n">
+        <v>1385</v>
+      </c>
+      <c r="B482" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C482" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D482" t="inlineStr">
+        <is>
+          <t>Rhoss Deutschland GmbH / Rhoss S.p.a.</t>
+        </is>
+      </c>
+      <c r="E482" t="inlineStr">
+        <is>
+          <t>FullFlow-I Booster ECO</t>
+        </is>
+      </c>
+      <c r="F482" t="inlineStr">
+        <is>
+          <t>FullFlow</t>
+        </is>
+      </c>
+      <c r="G482" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H482" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="I482" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K482" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O482" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P482" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="Q482" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="R482" s="2" t="n"/>
+      <c r="S482" s="2" t="n"/>
+      <c r="T482" s="2" t="n"/>
+      <c r="U482" s="2" t="n"/>
+      <c r="V482" s="2" t="n"/>
+      <c r="W482" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X482" s="2" t="n"/>
+      <c r="Y482" s="2" t="n"/>
+      <c r="Z482" s="2" t="n"/>
+      <c r="AA482" s="2" t="n"/>
+      <c r="AB482" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD482" s="2" t="n"/>
+      <c r="AE482" s="1" t="n"/>
+      <c r="AF482" s="1" t="n"/>
+      <c r="AG482" s="2" t="n"/>
+      <c r="AH482" s="2" t="n"/>
+      <c r="AI482" s="2" t="n"/>
+      <c r="AJ482" s="2" t="n"/>
+      <c r="AK482" s="2" t="n"/>
+      <c r="AR482" s="2" t="n"/>
+      <c r="AS482" s="2" t="n"/>
+      <c r="AT482" s="2" t="n"/>
+      <c r="AW482" s="2" t="n"/>
+      <c r="AX482" t="inlineStr"/>
+      <c r="AY482" s="3" t="n">
+        <v>45847</v>
+      </c>
+      <c r="AZ482" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC482" s="3" t="n">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="483" ht="40" customHeight="1">
+      <c r="A483" s="1" t="n">
+        <v>1383</v>
+      </c>
+      <c r="B483" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C483" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D483" t="inlineStr">
+        <is>
+          <t>Rhoss Deutschland GmbH / Rhoss S.p.a.</t>
+        </is>
+      </c>
+      <c r="E483" t="inlineStr">
+        <is>
+          <t>WinPower ECO</t>
+        </is>
+      </c>
+      <c r="F483" t="inlineStr">
+        <is>
+          <t>WinPower</t>
+        </is>
+      </c>
+      <c r="G483" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H483" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="I483" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="J483" t="inlineStr">
+        <is>
+          <t>Serienprodukt</t>
+        </is>
+      </c>
+      <c r="K483" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O483" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P483" s="2" t="n">
+        <v>350</v>
+      </c>
+      <c r="Q483" s="2" t="n">
+        <v>810</v>
+      </c>
+      <c r="R483" s="2" t="n"/>
+      <c r="S483" s="2" t="n"/>
+      <c r="T483" s="2" t="n"/>
+      <c r="U483" s="2" t="n"/>
+      <c r="V483" s="2" t="n"/>
+      <c r="W483" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="X483" s="2" t="n"/>
+      <c r="Y483" s="2" t="n"/>
+      <c r="Z483" s="2" t="n"/>
+      <c r="AA483" s="2" t="n"/>
+      <c r="AB483" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD483" s="2" t="n"/>
+      <c r="AE483" s="1" t="n"/>
+      <c r="AF483" s="1" t="n"/>
+      <c r="AG483" s="2" t="n"/>
+      <c r="AH483" s="2" t="n"/>
+      <c r="AI483" s="2" t="n"/>
+      <c r="AJ483" s="2" t="n"/>
+      <c r="AK483" s="2" t="n"/>
+      <c r="AR483" s="2" t="n"/>
+      <c r="AS483" s="2" t="n"/>
+      <c r="AT483" s="2" t="n"/>
+      <c r="AW483" s="2" t="n"/>
+      <c r="AX483" t="inlineStr"/>
+      <c r="AY483" s="3" t="n">
+        <v>45847</v>
+      </c>
+      <c r="AZ483" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC483" s="3" t="n">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="484" ht="40" customHeight="1">
+      <c r="A484" s="1" t="n">
+        <v>1384</v>
+      </c>
+      <c r="B484" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C484" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D484" t="inlineStr">
+        <is>
+          <t>Rhoss Deutschland GmbH / Rhoss S.p.a.</t>
+        </is>
+      </c>
+      <c r="E484" t="inlineStr">
+        <is>
+          <t>WinPower ECO Twin</t>
+        </is>
+      </c>
+      <c r="F484" t="inlineStr">
+        <is>
+          <t>WinPower</t>
+        </is>
+      </c>
+      <c r="G484" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H484" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="I484" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="J484" t="inlineStr">
+        <is>
+          <t>Serienprodukt</t>
+        </is>
+      </c>
+      <c r="K484" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O484" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P484" s="2" t="n">
+        <v>860</v>
+      </c>
+      <c r="Q484" s="2" t="n">
+        <v>1310</v>
+      </c>
+      <c r="R484" s="2" t="n"/>
+      <c r="S484" s="2" t="n"/>
+      <c r="T484" s="2" t="n"/>
+      <c r="U484" s="2" t="n"/>
+      <c r="V484" s="2" t="n"/>
+      <c r="W484" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="X484" s="2" t="n"/>
+      <c r="Y484" s="2" t="n"/>
+      <c r="Z484" s="2" t="n"/>
+      <c r="AA484" s="2" t="n"/>
+      <c r="AB484" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD484" s="2" t="n"/>
+      <c r="AE484" s="1" t="n"/>
+      <c r="AF484" s="1" t="n"/>
+      <c r="AG484" s="2" t="n"/>
+      <c r="AH484" s="2" t="n"/>
+      <c r="AI484" s="2" t="n"/>
+      <c r="AJ484" s="2" t="n"/>
+      <c r="AK484" s="2" t="n"/>
+      <c r="AR484" s="2" t="n"/>
+      <c r="AS484" s="2" t="n"/>
+      <c r="AT484" s="2" t="n"/>
+      <c r="AW484" s="2" t="n"/>
+      <c r="AX484" t="inlineStr"/>
+      <c r="AY484" s="3" t="n">
+        <v>45847</v>
+      </c>
+      <c r="AZ484" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC484" s="3" t="n">
+        <v>45847</v>
+      </c>
+    </row>
+    <row r="485" ht="40" customHeight="1">
+      <c r="A485" s="1" t="n">
+        <v>505</v>
+      </c>
+      <c r="B485" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C485" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Umweltwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D485" t="inlineStr">
+        <is>
+          <t>Siemens Energy</t>
+        </is>
+      </c>
+      <c r="E485" t="inlineStr">
+        <is>
+          <t>SHP-C600/C750</t>
+        </is>
+      </c>
+      <c r="F485" t="inlineStr">
+        <is>
+          <t>SHP-C600/C750</t>
+        </is>
+      </c>
+      <c r="G485" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H485" s="1" t="n"/>
+      <c r="I485" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="J485" t="inlineStr">
+        <is>
+          <t>TRL = 9 bis zu 90 °C Senkentemperatur</t>
+        </is>
+      </c>
+      <c r="K485" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O485" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Nahwäme, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P485" s="2" t="n">
+        <v>15000</v>
+      </c>
+      <c r="Q485" s="2" t="n">
+        <v>45000</v>
+      </c>
+      <c r="R485" s="2" t="n"/>
+      <c r="S485" s="2" t="n"/>
+      <c r="T485" s="2" t="n"/>
+      <c r="U485" s="2" t="n"/>
+      <c r="V485" s="2" t="n"/>
+      <c r="W485" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="X485" s="2" t="n"/>
+      <c r="Y485" s="2" t="n"/>
+      <c r="Z485" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AA485" s="2" t="n"/>
+      <c r="AB485" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC485" t="inlineStr"/>
+      <c r="AD485" s="2" t="n"/>
+      <c r="AE485" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="AF485" s="1" t="n"/>
+      <c r="AG485" s="2" t="n"/>
+      <c r="AH485" s="2" t="n"/>
+      <c r="AI485" s="2" t="n"/>
+      <c r="AJ485" s="2" t="n"/>
+      <c r="AK485" s="2" t="n"/>
+      <c r="AO485" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR485" s="2" t="n"/>
+      <c r="AS485" s="2" t="n"/>
+      <c r="AT485" s="2" t="n"/>
+      <c r="AW485" s="2" t="n"/>
+      <c r="AY485" s="3" t="n">
+        <v>45665</v>
+      </c>
+      <c r="AZ485" t="b">
+        <v>0</v>
+      </c>
+      <c r="BC485" s="3" t="n"/>
+    </row>
+    <row r="486" ht="40" customHeight="1">
+      <c r="A486" s="1" t="n">
+        <v>506</v>
+      </c>
+      <c r="B486" t="inlineStr">
+        <is>
+          <t>R1234ze(Z)</t>
+        </is>
+      </c>
+      <c r="C486" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Umweltwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D486" t="inlineStr">
+        <is>
+          <t>Siemens Energy</t>
+        </is>
+      </c>
+      <c r="E486" t="inlineStr">
+        <is>
+          <t>SHP-STC-XX W/S</t>
+        </is>
+      </c>
+      <c r="F486" t="inlineStr">
+        <is>
+          <t>SHP-STC-XX W/S</t>
+        </is>
+      </c>
+      <c r="G486" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H486" s="1" t="n"/>
+      <c r="I486" s="1" t="n"/>
+      <c r="K486" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O486" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf, Fernwärme</t>
+        </is>
+      </c>
+      <c r="P486" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="Q486" s="2" t="n">
+        <v>70000</v>
+      </c>
+      <c r="R486" s="2" t="n"/>
+      <c r="S486" s="2" t="n"/>
+      <c r="T486" s="2" t="n"/>
+      <c r="U486" s="2" t="n"/>
+      <c r="V486" s="2" t="n"/>
+      <c r="W486" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="X486" s="2" t="n"/>
+      <c r="Y486" s="2" t="n"/>
+      <c r="Z486" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AA486" s="2" t="n"/>
+      <c r="AB486" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC486" t="inlineStr"/>
+      <c r="AD486" s="2" t="n"/>
+      <c r="AE486" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="AF486" s="1" t="n"/>
+      <c r="AG486" s="2" t="n"/>
+      <c r="AH486" s="2" t="n"/>
+      <c r="AI486" s="2" t="n"/>
+      <c r="AJ486" s="2" t="n"/>
+      <c r="AK486" s="2" t="n"/>
+      <c r="AO486" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR486" s="2" t="n"/>
+      <c r="AS486" s="2" t="n"/>
+      <c r="AT486" s="2" t="n"/>
+      <c r="AW486" s="2" t="n"/>
+      <c r="AY486" s="3" t="n">
+        <v>45665</v>
+      </c>
+      <c r="AZ486" t="b">
+        <v>0</v>
+      </c>
+      <c r="BC486" s="3" t="n"/>
+    </row>
+    <row r="487" ht="40" customHeight="1">
+      <c r="A487" s="1" t="n">
+        <v>1334</v>
+      </c>
+      <c r="B487" t="inlineStr">
+        <is>
+          <t>R290 (Propan)</t>
+        </is>
+      </c>
+      <c r="C487" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D487" t="inlineStr">
+        <is>
+          <t>SKADEC GmbH</t>
+        </is>
+      </c>
+      <c r="E487" t="inlineStr">
+        <is>
+          <t>SC.F. R290</t>
+        </is>
+      </c>
+      <c r="F487" t="inlineStr">
+        <is>
+          <t>SC.F.</t>
+        </is>
+      </c>
+      <c r="G487" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H487" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I487" s="1" t="n"/>
+      <c r="K487" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O487" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P487" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="Q487" s="2" t="n">
+        <v>3200</v>
+      </c>
+      <c r="R487" s="2" t="n"/>
+      <c r="S487" s="2" t="n"/>
+      <c r="T487" s="2" t="n"/>
+      <c r="U487" s="2" t="n"/>
+      <c r="V487" s="2" t="n"/>
+      <c r="W487" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X487" s="2" t="n"/>
+      <c r="Y487" s="2" t="n"/>
+      <c r="Z487" s="2" t="n"/>
+      <c r="AA487" s="2" t="n"/>
+      <c r="AB487" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD487" s="2" t="n"/>
+      <c r="AE487" s="1" t="n"/>
+      <c r="AF487" s="1" t="n"/>
+      <c r="AG487" s="2" t="n"/>
+      <c r="AH487" s="2" t="n"/>
+      <c r="AI487" s="2" t="n"/>
+      <c r="AJ487" s="2" t="n"/>
+      <c r="AK487" s="2" t="n"/>
+      <c r="AO487" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR487" s="2" t="n"/>
+      <c r="AS487" s="2" t="n"/>
+      <c r="AT487" s="2" t="n"/>
+      <c r="AU487" t="inlineStr">
+        <is>
+          <t>Containerlösung, Innen- und Außeninstallation</t>
+        </is>
+      </c>
+      <c r="AW487" s="2" t="n"/>
+      <c r="AX487" t="inlineStr">
+        <is>
+          <t>Neben den Produktserien sind kundenspezifische Sonderanlagen erhältlich.</t>
+        </is>
+      </c>
+      <c r="AY487" s="3" t="n">
+        <v>45709</v>
+      </c>
+      <c r="AZ487" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA487" t="inlineStr">
+        <is>
+          <t>https://skadec.de/produkte/wassergekuehlte-kaltwassersaetze-waermepumpen-mit-natuerlichem-kaeltemittel-r290/</t>
+        </is>
+      </c>
+      <c r="BC487" s="3" t="n">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="488" ht="40" customHeight="1">
+      <c r="A488" s="1" t="n">
+        <v>1336</v>
+      </c>
+      <c r="B488" t="inlineStr">
+        <is>
+          <t>R600a (Isobutan)</t>
+        </is>
+      </c>
+      <c r="C488" t="inlineStr">
+        <is>
+          <t>Abwärme (Air), Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Nahwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D488" t="inlineStr">
+        <is>
+          <t>SKADEC GmbH</t>
+        </is>
+      </c>
+      <c r="E488" t="inlineStr">
+        <is>
+          <t>SH.C. R600</t>
+        </is>
+      </c>
+      <c r="F488" t="inlineStr">
+        <is>
+          <t>SH.C.</t>
+        </is>
+      </c>
+      <c r="G488" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H488" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I488" s="1" t="n"/>
+      <c r="K488" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O488" t="inlineStr">
+        <is>
+          <t>Prozess- und Brauchwassererzeugung</t>
+        </is>
+      </c>
+      <c r="P488" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="Q488" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="R488" s="2" t="n"/>
+      <c r="S488" s="2" t="n"/>
+      <c r="T488" s="2" t="n"/>
+      <c r="U488" s="2" t="n"/>
+      <c r="V488" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="W488" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X488" s="2" t="n">
+        <v>-8</v>
+      </c>
+      <c r="Y488" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="Z488" s="2" t="n"/>
+      <c r="AA488" s="2" t="n"/>
+      <c r="AB488" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD488" s="2" t="n"/>
+      <c r="AE488" s="1" t="n"/>
+      <c r="AF488" s="1" t="n"/>
+      <c r="AG488" s="2" t="n"/>
+      <c r="AH488" s="2" t="n"/>
+      <c r="AI488" s="2" t="n"/>
+      <c r="AJ488" s="2" t="n"/>
+      <c r="AK488" s="2" t="n"/>
+      <c r="AO488" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR488" s="2" t="n"/>
+      <c r="AS488" s="2" t="n"/>
+      <c r="AT488" s="2" t="n"/>
+      <c r="AU488" t="inlineStr">
+        <is>
+          <t>Containerlösung, Innen- und Außeninstallation</t>
+        </is>
+      </c>
+      <c r="AW488" s="2" t="n"/>
+      <c r="AX488" t="inlineStr">
+        <is>
+          <t>Neben den Produktserien sind kundenspezifische Sonderanlagen erhältlich.</t>
+        </is>
+      </c>
+      <c r="AY488" s="3" t="n">
+        <v>45709</v>
+      </c>
+      <c r="AZ488" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA488" t="inlineStr">
+        <is>
+          <t>https://skadec.de/produkte/wassergekuehlte-hochtemperatur-waermepumpen-mit-natuerlichem-kaeltemittel-r600a/</t>
+        </is>
+      </c>
+      <c r="BC488" s="3" t="n">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="489" ht="40" customHeight="1">
+      <c r="A489" s="1" t="n">
+        <v>1331</v>
+      </c>
+      <c r="B489" t="inlineStr">
+        <is>
+          <t>R290 (Propan)</t>
+        </is>
+      </c>
+      <c r="C489" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D489" t="inlineStr">
+        <is>
+          <t>SKADEC GmbH</t>
+        </is>
+      </c>
+      <c r="E489" t="inlineStr">
+        <is>
+          <t>SH.D.F. 2 Kreisläufe</t>
+        </is>
+      </c>
+      <c r="F489" t="inlineStr">
+        <is>
+          <t>SH.D.</t>
+        </is>
+      </c>
+      <c r="G489" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H489" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I489" s="1" t="n"/>
+      <c r="K489" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L489" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O489" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P489" s="2" t="n">
+        <v>230</v>
+      </c>
+      <c r="Q489" s="2" t="n">
+        <v>310</v>
+      </c>
+      <c r="R489" s="2" t="n"/>
+      <c r="S489" s="2" t="n"/>
+      <c r="T489" s="2" t="n"/>
+      <c r="U489" s="2" t="n"/>
+      <c r="V489" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="W489" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X489" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y489" s="2" t="n"/>
+      <c r="Z489" s="2" t="n"/>
+      <c r="AA489" s="2" t="n"/>
+      <c r="AB489" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC489" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD489" s="2" t="n"/>
+      <c r="AE489" s="1" t="n"/>
+      <c r="AF489" s="1" t="n"/>
+      <c r="AG489" s="2" t="n"/>
+      <c r="AH489" s="2" t="n"/>
+      <c r="AI489" s="2" t="n"/>
+      <c r="AJ489" s="2" t="n"/>
+      <c r="AK489" s="2" t="n"/>
+      <c r="AO489" t="inlineStr">
+        <is>
+          <t>Invert-geregelt</t>
+        </is>
+      </c>
+      <c r="AR489" s="2" t="n"/>
+      <c r="AS489" s="2" t="n"/>
+      <c r="AT489" s="2" t="n"/>
+      <c r="AU489" t="inlineStr">
+        <is>
+          <t>geschlossener Rahmen</t>
+        </is>
+      </c>
+      <c r="AW489" s="2" t="n"/>
+      <c r="AX489" t="inlineStr">
+        <is>
+          <t>Neben den Produktserien sind kundenspezifische Sonderanlagen erhältlich.</t>
+        </is>
+      </c>
+      <c r="AY489" s="3" t="n">
+        <v>45709</v>
+      </c>
+      <c r="AZ489" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA489" t="inlineStr">
+        <is>
+          <t>https://skadec.de/produkte/luftgekuehlte_waermepumpen_mit_natuerlichem_kaeltemittel_r290/</t>
+        </is>
+      </c>
+      <c r="BC489" s="3" t="n">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="490" ht="40" customHeight="1">
+      <c r="A490" s="1" t="n">
+        <v>1332</v>
+      </c>
+      <c r="B490" t="inlineStr">
+        <is>
+          <t>R290 (Propan)</t>
+        </is>
+      </c>
+      <c r="C490" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D490" t="inlineStr">
+        <is>
+          <t>SKADEC GmbH</t>
+        </is>
+      </c>
+      <c r="E490" t="inlineStr">
+        <is>
+          <t>SH.D.F. 3 Kreisläufe</t>
+        </is>
+      </c>
+      <c r="F490" t="inlineStr">
+        <is>
+          <t>SH.D.</t>
+        </is>
+      </c>
+      <c r="G490" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H490" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I490" s="1" t="n"/>
+      <c r="K490" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L490" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="O490" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P490" s="2" t="n">
+        <v>310</v>
+      </c>
+      <c r="Q490" s="2" t="n">
+        <v>465</v>
+      </c>
+      <c r="R490" s="2" t="n"/>
+      <c r="S490" s="2" t="n"/>
+      <c r="T490" s="2" t="n"/>
+      <c r="U490" s="2" t="n"/>
+      <c r="V490" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="W490" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X490" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y490" s="2" t="n"/>
+      <c r="Z490" s="2" t="n"/>
+      <c r="AA490" s="2" t="n"/>
+      <c r="AB490" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC490" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AD490" s="2" t="n"/>
+      <c r="AE490" s="1" t="n"/>
+      <c r="AF490" s="1" t="n"/>
+      <c r="AG490" s="2" t="n"/>
+      <c r="AH490" s="2" t="n"/>
+      <c r="AI490" s="2" t="n"/>
+      <c r="AJ490" s="2" t="n"/>
+      <c r="AK490" s="2" t="n"/>
+      <c r="AO490" t="inlineStr">
+        <is>
+          <t>Invert-geregelt</t>
+        </is>
+      </c>
+      <c r="AR490" s="2" t="n"/>
+      <c r="AS490" s="2" t="n"/>
+      <c r="AT490" s="2" t="n"/>
+      <c r="AU490" t="inlineStr">
+        <is>
+          <t>geschlossener Rahmen</t>
+        </is>
+      </c>
+      <c r="AW490" s="2" t="n"/>
+      <c r="AX490" t="inlineStr">
+        <is>
+          <t>Neben den Produktserien sind kundenspezifische Sonderanlagen erhältlich.</t>
+        </is>
+      </c>
+      <c r="AY490" s="3" t="n">
+        <v>45709</v>
+      </c>
+      <c r="AZ490" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA490" t="inlineStr">
+        <is>
+          <t>https://skadec.de/produkte/luftgekuehlte_waermepumpen_mit_natuerlichem_kaeltemittel_r290/</t>
+        </is>
+      </c>
+      <c r="BC490" s="3" t="n">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="491" ht="40" customHeight="1">
+      <c r="A491" s="1" t="n">
+        <v>1333</v>
+      </c>
+      <c r="B491" t="inlineStr">
+        <is>
+          <t>R290 (Propan)</t>
+        </is>
+      </c>
+      <c r="C491" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D491" t="inlineStr">
+        <is>
+          <t>SKADEC GmbH</t>
+        </is>
+      </c>
+      <c r="E491" t="inlineStr">
+        <is>
+          <t>SH.D.F. 4 Kreisläufe</t>
+        </is>
+      </c>
+      <c r="F491" t="inlineStr">
+        <is>
+          <t>SH.D.</t>
+        </is>
+      </c>
+      <c r="G491" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H491" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I491" s="1" t="n"/>
+      <c r="K491" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L491" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="O491" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P491" s="2" t="n">
+        <v>465</v>
+      </c>
+      <c r="Q491" s="2" t="n">
+        <v>620</v>
+      </c>
+      <c r="R491" s="2" t="n"/>
+      <c r="S491" s="2" t="n"/>
+      <c r="T491" s="2" t="n"/>
+      <c r="U491" s="2" t="n"/>
+      <c r="V491" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="W491" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X491" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y491" s="2" t="n"/>
+      <c r="Z491" s="2" t="n"/>
+      <c r="AA491" s="2" t="n"/>
+      <c r="AB491" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC491" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD491" s="2" t="n"/>
+      <c r="AE491" s="1" t="n"/>
+      <c r="AF491" s="1" t="n"/>
+      <c r="AG491" s="2" t="n"/>
+      <c r="AH491" s="2" t="n"/>
+      <c r="AI491" s="2" t="n"/>
+      <c r="AJ491" s="2" t="n"/>
+      <c r="AK491" s="2" t="n"/>
+      <c r="AO491" t="inlineStr">
+        <is>
+          <t>Invert-geregelt</t>
+        </is>
+      </c>
+      <c r="AR491" s="2" t="n"/>
+      <c r="AS491" s="2" t="n"/>
+      <c r="AT491" s="2" t="n"/>
+      <c r="AU491" t="inlineStr">
+        <is>
+          <t>geschlossener Rahmen</t>
+        </is>
+      </c>
+      <c r="AW491" s="2" t="n"/>
+      <c r="AX491" t="inlineStr">
+        <is>
+          <t>Neben den Produktserien sind kundenspezifische Sonderanlagen erhältlich.</t>
+        </is>
+      </c>
+      <c r="AY491" s="3" t="n">
+        <v>45709</v>
+      </c>
+      <c r="AZ491" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA491" t="inlineStr">
+        <is>
+          <t>https://skadec.de/produkte/luftgekuehlte_waermepumpen_mit_natuerlichem_kaeltemittel_r290/</t>
+        </is>
+      </c>
+      <c r="BC491" s="3" t="n">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="492" ht="40" customHeight="1">
+      <c r="A492" s="1" t="n">
+        <v>1335</v>
+      </c>
+      <c r="B492" t="inlineStr">
+        <is>
+          <t>R600a (Isobutan)</t>
+        </is>
+      </c>
+      <c r="C492" t="inlineStr">
+        <is>
+          <t>Abwärme (Air), Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Nahwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D492" t="inlineStr">
+        <is>
+          <t>SKADEC GmbH</t>
+        </is>
+      </c>
+      <c r="E492" t="inlineStr">
+        <is>
+          <t>SH.F. R600</t>
+        </is>
+      </c>
+      <c r="F492" t="inlineStr">
+        <is>
+          <t>SH.F.</t>
+        </is>
+      </c>
+      <c r="G492" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H492" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I492" s="1" t="n"/>
+      <c r="K492" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O492" t="inlineStr">
+        <is>
+          <t>Prozess- und Brauchwassererzeugung</t>
+        </is>
+      </c>
+      <c r="P492" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="Q492" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="R492" s="2" t="n"/>
+      <c r="S492" s="2" t="n"/>
+      <c r="T492" s="2" t="n"/>
+      <c r="U492" s="2" t="n"/>
+      <c r="V492" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="W492" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X492" s="2" t="n">
+        <v>-8</v>
+      </c>
+      <c r="Y492" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="Z492" s="2" t="n"/>
+      <c r="AA492" s="2" t="n"/>
+      <c r="AB492" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD492" s="2" t="n"/>
+      <c r="AE492" s="1" t="n"/>
+      <c r="AF492" s="1" t="n"/>
+      <c r="AG492" s="2" t="n"/>
+      <c r="AH492" s="2" t="n"/>
+      <c r="AI492" s="2" t="n"/>
+      <c r="AJ492" s="2" t="n"/>
+      <c r="AK492" s="2" t="n"/>
+      <c r="AO492" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR492" s="2" t="n"/>
+      <c r="AS492" s="2" t="n"/>
+      <c r="AT492" s="2" t="n"/>
+      <c r="AU492" t="inlineStr">
+        <is>
+          <t>Containerlösung, Innen- und Außeninstallation</t>
+        </is>
+      </c>
+      <c r="AW492" s="2" t="n"/>
+      <c r="AX492" t="inlineStr">
+        <is>
+          <t>Neben den Produktserien sind kundenspezifische Sonderanlagen erhältlich.</t>
+        </is>
+      </c>
+      <c r="AY492" s="3" t="n">
+        <v>45709</v>
+      </c>
+      <c r="AZ492" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA492" t="inlineStr">
+        <is>
+          <t>https://skadec.de/produkte/wassergekuehlte-hochtemperatur-waermepumpen-mit-natuerlichem-kaeltemittel-r600a/</t>
+        </is>
+      </c>
+      <c r="BC492" s="3" t="n">
+        <v>45709</v>
+      </c>
+    </row>
+    <row r="493" ht="40" customHeight="1">
+      <c r="A493" s="1" t="n">
+        <v>1415</v>
+      </c>
+      <c r="B493" t="inlineStr">
+        <is>
+          <t>R290 (Propan)</t>
+        </is>
+      </c>
+      <c r="C493" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D493" t="inlineStr">
+        <is>
+          <t>SmartHeat Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E493" t="inlineStr">
+        <is>
+          <t>aero nature 148</t>
+        </is>
+      </c>
+      <c r="F493" t="inlineStr">
+        <is>
+          <t>aero nature</t>
+        </is>
+      </c>
+      <c r="G493" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H493" s="1" t="n"/>
+      <c r="I493" s="1" t="n"/>
+      <c r="K493" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L493" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="M493" t="inlineStr">
+        <is>
+          <t>Kaskadierung möglich</t>
+        </is>
+      </c>
+      <c r="P493" s="2" t="n">
+        <v>36.1</v>
+      </c>
+      <c r="Q493" s="2" t="n">
+        <v>137.5</v>
+      </c>
+      <c r="R493" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S493" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T493" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U493" s="2" t="n"/>
+      <c r="V493" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W493" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X493" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y493" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z493" s="2" t="n"/>
+      <c r="AA493" s="2" t="n"/>
+      <c r="AB493" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC493" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD493" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="AE493" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF493" s="1" t="n"/>
+      <c r="AG493" s="2" t="n">
+        <v>2720</v>
+      </c>
+      <c r="AH493" s="2" t="n">
+        <v>2245</v>
+      </c>
+      <c r="AI493" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AJ493" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AK493" s="2" t="n"/>
+      <c r="AL493" t="inlineStr">
+        <is>
+          <t>ohne Verpackung</t>
+        </is>
+      </c>
+      <c r="AO493" t="inlineStr">
+        <is>
+          <t>Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR493" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="AS493" s="2" t="n"/>
+      <c r="AT493" s="2" t="n"/>
+      <c r="AU493" t="inlineStr">
+        <is>
+          <t>Monoblock</t>
+        </is>
+      </c>
+      <c r="AW493" s="2" t="n"/>
+      <c r="AX493" t="inlineStr">
+        <is>
+          <t>Alle Geräte sind kaskadierbar.</t>
+        </is>
+      </c>
+      <c r="AY493" s="3" t="n">
+        <v>46066</v>
+      </c>
+      <c r="AZ493" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC493" s="3" t="n">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="494" ht="40" customHeight="1">
+      <c r="A494" s="1" t="n">
+        <v>1416</v>
+      </c>
+      <c r="B494" t="inlineStr">
+        <is>
+          <t>R290 (Propan)</t>
+        </is>
+      </c>
+      <c r="C494" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D494" t="inlineStr">
+        <is>
+          <t>SmartHeat Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E494" t="inlineStr">
+        <is>
+          <t>aero nature 148 R</t>
+        </is>
+      </c>
+      <c r="F494" t="inlineStr">
+        <is>
+          <t>aero nature</t>
+        </is>
+      </c>
+      <c r="G494" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H494" s="1" t="n"/>
+      <c r="I494" s="1" t="n"/>
+      <c r="K494" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L494" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="M494" t="inlineStr">
+        <is>
+          <t>Kaskadierung möglich</t>
+        </is>
+      </c>
+      <c r="P494" s="2" t="n">
+        <v>36.1</v>
+      </c>
+      <c r="Q494" s="2" t="n">
+        <v>137.5</v>
+      </c>
+      <c r="R494" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S494" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T494" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U494" s="2" t="n"/>
+      <c r="V494" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W494" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X494" s="2" t="n">
+        <v>-20</v>
+      </c>
+      <c r="Y494" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z494" s="2" t="n"/>
+      <c r="AA494" s="2" t="n"/>
+      <c r="AB494" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC494" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD494" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="AE494" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF494" s="1" t="n"/>
+      <c r="AG494" s="2" t="n">
+        <v>2720</v>
+      </c>
+      <c r="AH494" s="2" t="n">
+        <v>2245</v>
+      </c>
+      <c r="AI494" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AJ494" s="2" t="n">
+        <v>1950</v>
+      </c>
+      <c r="AK494" s="2" t="n"/>
+      <c r="AL494" t="inlineStr">
+        <is>
+          <t>ohne Verpackung</t>
+        </is>
+      </c>
+      <c r="AO494" t="inlineStr">
+        <is>
+          <t>Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR494" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="AS494" s="2" t="n"/>
+      <c r="AT494" s="2" t="n"/>
+      <c r="AU494" t="inlineStr">
+        <is>
+          <t>Monoblock</t>
+        </is>
+      </c>
+      <c r="AW494" s="2" t="n"/>
+      <c r="AX494" t="inlineStr">
+        <is>
+          <t>Alle Geräte sind kaskadierbar.</t>
+        </is>
+      </c>
+      <c r="AY494" s="3" t="n">
+        <v>46066</v>
+      </c>
+      <c r="AZ494" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC494" s="3" t="n">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="495" ht="40" customHeight="1">
+      <c r="A495" s="1" t="n">
+        <v>1417</v>
+      </c>
+      <c r="B495" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C495" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D495" t="inlineStr">
+        <is>
+          <t>SmartHeat Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E495" t="inlineStr">
+        <is>
+          <t>Titan 168 WW HT</t>
+        </is>
+      </c>
+      <c r="F495" t="inlineStr">
+        <is>
+          <t>titan</t>
+        </is>
+      </c>
+      <c r="G495" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H495" s="1" t="n"/>
+      <c r="I495" s="1" t="n"/>
+      <c r="K495" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L495" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="M495" t="inlineStr">
+        <is>
+          <t>Kaskadierung möglich</t>
+        </is>
+      </c>
+      <c r="P495" s="2" t="n"/>
+      <c r="Q495" s="2" t="n">
+        <v>167.7</v>
+      </c>
+      <c r="R495" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S495" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T495" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U495" s="2" t="n"/>
+      <c r="V495" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="W495" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X495" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y495" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z495" s="2" t="n"/>
+      <c r="AA495" s="2" t="n"/>
+      <c r="AB495" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC495" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD495" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="AE495" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="AF495" s="1" t="n"/>
+      <c r="AG495" s="2" t="n">
+        <v>1200</v>
+      </c>
+      <c r="AH495" s="2" t="n">
+        <v>2600</v>
+      </c>
+      <c r="AI495" s="2" t="n">
+        <v>1860</v>
+      </c>
+      <c r="AJ495" s="2" t="n">
+        <v>1800</v>
+      </c>
+      <c r="AK495" s="2" t="n"/>
+      <c r="AL495" t="inlineStr">
+        <is>
+          <t>ohne Verpackung</t>
+        </is>
+      </c>
+      <c r="AO495" t="inlineStr">
+        <is>
+          <t>Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR495" s="2" t="n"/>
+      <c r="AS495" s="2" t="n"/>
+      <c r="AT495" s="2" t="n"/>
+      <c r="AU495" t="inlineStr">
+        <is>
+          <t>Monoblock</t>
+        </is>
+      </c>
+      <c r="AW495" s="2" t="n"/>
+      <c r="AX495" t="inlineStr">
+        <is>
+          <t>Alle Geräte sind kaskadierbar.</t>
+        </is>
+      </c>
+      <c r="AY495" s="3" t="n">
+        <v>46066</v>
+      </c>
+      <c r="AZ495" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC495" s="3" t="n">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="496" ht="40" customHeight="1">
+      <c r="A496" s="1" t="n">
+        <v>1418</v>
+      </c>
+      <c r="B496" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C496" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D496" t="inlineStr">
+        <is>
+          <t>SmartHeat Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E496" t="inlineStr">
+        <is>
+          <t>Titan 325 WW HT</t>
+        </is>
+      </c>
+      <c r="F496" t="inlineStr">
+        <is>
+          <t>titan</t>
+        </is>
+      </c>
+      <c r="G496" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H496" s="1" t="n"/>
+      <c r="I496" s="1" t="n"/>
+      <c r="K496" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L496" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="M496" t="inlineStr">
+        <is>
+          <t>Kaskadierung möglich</t>
+        </is>
+      </c>
+      <c r="P496" s="2" t="n"/>
+      <c r="Q496" s="2" t="n">
+        <v>325</v>
+      </c>
+      <c r="R496" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S496" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T496" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U496" s="2" t="n"/>
+      <c r="V496" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="W496" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X496" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y496" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z496" s="2" t="n"/>
+      <c r="AA496" s="2" t="n"/>
+      <c r="AB496" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC496" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD496" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="AE496" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="AF496" s="1" t="n"/>
+      <c r="AG496" s="2" t="n">
+        <v>1220</v>
+      </c>
+      <c r="AH496" s="2" t="n">
+        <v>3516</v>
+      </c>
+      <c r="AI496" s="2" t="n">
+        <v>1860</v>
+      </c>
+      <c r="AJ496" s="2" t="n">
+        <v>2800</v>
+      </c>
+      <c r="AK496" s="2" t="n"/>
+      <c r="AL496" t="inlineStr">
+        <is>
+          <t>ohne Verpackung</t>
+        </is>
+      </c>
+      <c r="AO496" t="inlineStr">
+        <is>
+          <t>Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR496" s="2" t="n"/>
+      <c r="AS496" s="2" t="n"/>
+      <c r="AT496" s="2" t="n"/>
+      <c r="AU496" t="inlineStr">
+        <is>
+          <t>Monoblock</t>
+        </is>
+      </c>
+      <c r="AW496" s="2" t="n"/>
+      <c r="AX496" t="inlineStr">
+        <is>
+          <t>Alle Geräte sind kaskadierbar.</t>
+        </is>
+      </c>
+      <c r="AY496" s="3" t="n">
+        <v>46066</v>
+      </c>
+      <c r="AZ496" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC496" s="3" t="n">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="497" ht="40" customHeight="1">
+      <c r="A497" s="1" t="n">
+        <v>1419</v>
+      </c>
+      <c r="B497" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C497" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D497" t="inlineStr">
+        <is>
+          <t>SmartHeat Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E497" t="inlineStr">
+        <is>
+          <t>Titan 427 WW HT</t>
+        </is>
+      </c>
+      <c r="F497" t="inlineStr">
+        <is>
+          <t>titan</t>
+        </is>
+      </c>
+      <c r="G497" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H497" s="1" t="n"/>
+      <c r="I497" s="1" t="n"/>
+      <c r="K497" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L497" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="M497" t="inlineStr">
+        <is>
+          <t>Kaskadierung möglich</t>
+        </is>
+      </c>
+      <c r="P497" s="2" t="n"/>
+      <c r="Q497" s="2" t="n">
+        <v>427.2</v>
+      </c>
+      <c r="R497" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S497" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T497" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U497" s="2" t="n"/>
+      <c r="V497" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="W497" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X497" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y497" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z497" s="2" t="n"/>
+      <c r="AA497" s="2" t="n"/>
+      <c r="AB497" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC497" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD497" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="AE497" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="AF497" s="1" t="n"/>
+      <c r="AG497" s="2" t="n">
+        <v>1220</v>
+      </c>
+      <c r="AH497" s="2" t="n">
+        <v>3800</v>
+      </c>
+      <c r="AI497" s="2" t="n">
+        <v>1860</v>
+      </c>
+      <c r="AJ497" s="2" t="n">
+        <v>3100</v>
+      </c>
+      <c r="AK497" s="2" t="n"/>
+      <c r="AL497" t="inlineStr">
+        <is>
+          <t>ohne Verpackung</t>
+        </is>
+      </c>
+      <c r="AO497" t="inlineStr">
+        <is>
+          <t>Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR497" s="2" t="n"/>
+      <c r="AS497" s="2" t="n"/>
+      <c r="AT497" s="2" t="n"/>
+      <c r="AU497" t="inlineStr">
+        <is>
+          <t>Monoblock</t>
+        </is>
+      </c>
+      <c r="AW497" s="2" t="n"/>
+      <c r="AX497" t="inlineStr">
+        <is>
+          <t>Alle Geräte sind kaskadierbar.</t>
+        </is>
+      </c>
+      <c r="AY497" s="3" t="n">
+        <v>46066</v>
+      </c>
+      <c r="AZ497" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC497" s="3" t="n">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="498" ht="40" customHeight="1">
+      <c r="A498" s="1" t="n">
+        <v>507</v>
+      </c>
+      <c r="B498" t="inlineStr">
+        <is>
+          <t>R1224yd(Z), R1233zd(E), R1234ze(Z), R1336mzz(Z), R515B (R1234ze(E)/ 227ea), R600 (Butan), R600a (Isobutan), R601 (Pentan), R601a (Isopentan)</t>
+        </is>
+      </c>
+      <c r="C498" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Abwärme (Steam), Dampf (Steam), Fernwärme (Brine/Water), feuchte Heißluft (Air), Geothermie (Brine/Water), Gewässer (Brine/Water), Grundwasser (Brine/Water), Nahwärme (Brine/Water), Prozesswärme (Brine/Water), Serverabwärme (Brine/Water), Solarthermie (Brine/Water), Sole (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D498" t="inlineStr">
+        <is>
+          <t>SPH Sustainable Process Heat GmbH</t>
+        </is>
+      </c>
+      <c r="E498" t="inlineStr">
+        <is>
+          <t>LL1</t>
+        </is>
+      </c>
+      <c r="F498" t="inlineStr">
+        <is>
+          <t>ThermBooster</t>
+        </is>
+      </c>
+      <c r="G498" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H498" s="1" t="n"/>
+      <c r="I498" s="1" t="n"/>
+      <c r="K498" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L498" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P498" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="Q498" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="R498" s="2" t="n"/>
+      <c r="S498" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T498" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U498" s="2" t="n"/>
+      <c r="V498" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W498" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="X498" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y498" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="Z498" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AA498" s="2" t="n"/>
+      <c r="AB498" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC498" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD498" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="AE498" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="AF498" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG498" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH498" s="2" t="n">
+        <v>2150</v>
+      </c>
+      <c r="AI498" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ498" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AK498" s="2" t="n"/>
+      <c r="AO498" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR498" s="2" t="n"/>
+      <c r="AS498" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AT498" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AV498" t="inlineStr">
+        <is>
+          <t>25750</t>
+        </is>
+      </c>
+      <c r="AW498" s="2" t="n"/>
+      <c r="AX498" t="inlineStr"/>
+      <c r="AY498" s="3" t="n">
+        <v>45665</v>
+      </c>
+      <c r="AZ498" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC498" s="3" t="n"/>
+    </row>
+    <row r="499" ht="40" customHeight="1">
+      <c r="A499" s="1" t="n">
+        <v>513</v>
+      </c>
+      <c r="B499" t="inlineStr">
+        <is>
+          <t>R1224yd(Z), R1233zd(E), R1234ze(Z), R1336mzz(Z), R515B (R1234ze(E)/ 227ea), R600 (Butan), R600a (Isobutan), R601 (Pentan), R601a (Isopentan)</t>
+        </is>
+      </c>
+      <c r="C499" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Dampf (Steam), Fernwärme (Brine/Water), feuchte Heißluft (Air), Geothermie (Brine/Water), Gewässer (Brine/Water), Grundwasser (Brine/Water), Nahwärme (Brine/Water), Prozesswärme (Brine/Water), Rauchgasabwärme (Brine/Water), Serverabwärme (Brine/Water), Solarthermie (Brine/Water), Sole (Brine/Water), Umweltwärme (Air), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D499" t="inlineStr">
+        <is>
+          <t>SPH Sustainable Process Heat GmbH</t>
+        </is>
+      </c>
+      <c r="E499" t="inlineStr">
+        <is>
+          <t>LL1-2</t>
+        </is>
+      </c>
+      <c r="F499" t="inlineStr">
+        <is>
+          <t>ThermBooster</t>
+        </is>
+      </c>
+      <c r="G499" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H499" s="1" t="n"/>
+      <c r="I499" s="1" t="n"/>
+      <c r="K499" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L499" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="P499" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="Q499" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="R499" s="2" t="n"/>
+      <c r="S499" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T499" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U499" s="2" t="n"/>
+      <c r="V499" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W499" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="X499" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y499" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="Z499" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="AA499" s="2" t="n"/>
+      <c r="AB499" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD499" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="AE499" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="AF499" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG499" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH499" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AI499" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ499" s="2" t="n">
+        <v>11000</v>
+      </c>
+      <c r="AK499" s="2" t="n"/>
+      <c r="AO499" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR499" s="2" t="n"/>
+      <c r="AS499" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AT499" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AV499" t="inlineStr">
+        <is>
+          <t>27500</t>
+        </is>
+      </c>
+      <c r="AW499" s="2" t="n"/>
+      <c r="AX499" t="inlineStr"/>
+      <c r="AY499" s="3" t="n">
+        <v>45667</v>
+      </c>
+      <c r="AZ499" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC499" s="3" t="n"/>
+    </row>
+    <row r="500" ht="40" customHeight="1">
+      <c r="A500" s="1" t="n">
+        <v>508</v>
+      </c>
+      <c r="B500" t="inlineStr">
+        <is>
+          <t>R1224yd(Z), R1233zd(E), R1234ze(Z), R1336mzz(Z), R515B (R1234ze(E)/ 227ea), R600 (Butan), R600a (Isobutan), R601 (Pentan), R601a (Isopentan)</t>
+        </is>
+      </c>
+      <c r="C500" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Dampf (Steam), feuchte Heißluft (Air), Luft (Air), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D500" t="inlineStr">
+        <is>
+          <t>SPH Sustainable Process Heat GmbH</t>
+        </is>
+      </c>
+      <c r="E500" t="inlineStr">
+        <is>
+          <t>LL2</t>
+        </is>
+      </c>
+      <c r="F500" t="inlineStr">
+        <is>
+          <t>ThermBooster</t>
+        </is>
+      </c>
+      <c r="G500" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H500" s="1" t="n"/>
+      <c r="I500" s="1" t="n"/>
+      <c r="K500" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L500" t="inlineStr">
+        <is>
+          <t>1 bis 2</t>
+        </is>
+      </c>
+      <c r="M500" t="inlineStr">
+        <is>
+          <t>Verbund</t>
+        </is>
+      </c>
+      <c r="P500" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="Q500" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="R500" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S500" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T500" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U500" s="2" t="n"/>
+      <c r="V500" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W500" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="X500" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y500" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="Z500" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="AA500" s="2" t="n"/>
+      <c r="AB500" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD500" s="2" t="n">
+        <v>300</v>
+      </c>
+      <c r="AE500" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="AF500" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG500" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH500" s="2" t="n">
+        <v>2150</v>
+      </c>
+      <c r="AI500" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ500" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="AK500" s="2" t="n"/>
+      <c r="AO500" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR500" s="2" t="n"/>
+      <c r="AS500" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AT500" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AV500" t="inlineStr">
+        <is>
+          <t>25750</t>
+        </is>
+      </c>
+      <c r="AW500" s="2" t="n"/>
+      <c r="AX500" t="inlineStr"/>
+      <c r="AY500" s="3" t="n">
+        <v>45667</v>
+      </c>
+      <c r="AZ500" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC500" s="3" t="n"/>
+    </row>
+    <row r="501" ht="40" customHeight="1">
+      <c r="A501" s="1" t="n">
+        <v>514</v>
+      </c>
+      <c r="B501" t="inlineStr">
+        <is>
+          <t>R1224yd(Z), R1233zd(E), R1234ze(Z), R1336mzz(Z), R515B (R1234ze(E)/ 227ea), R600 (Butan), R600a (Isobutan), R601 (Pentan), R601a (Isopentan)</t>
+        </is>
+      </c>
+      <c r="C501" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Dampf (Steam), feuchte Heißluft (Air), Sole (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D501" t="inlineStr">
+        <is>
+          <t>SPH Sustainable Process Heat GmbH</t>
+        </is>
+      </c>
+      <c r="E501" t="inlineStr">
+        <is>
+          <t>LL2-2</t>
+        </is>
+      </c>
+      <c r="F501" t="inlineStr">
+        <is>
+          <t>ThermBooster</t>
+        </is>
+      </c>
+      <c r="G501" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H501" s="1" t="n"/>
+      <c r="I501" s="1" t="n"/>
+      <c r="K501" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L501" t="inlineStr">
+        <is>
+          <t>2 bis 4</t>
+        </is>
+      </c>
+      <c r="M501" t="inlineStr">
+        <is>
+          <t>Verbund und/oder Reihe</t>
+        </is>
+      </c>
+      <c r="P501" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="Q501" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="R501" s="2" t="n"/>
+      <c r="S501" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T501" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U501" s="2" t="n"/>
+      <c r="V501" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W501" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="X501" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y501" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="Z501" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="AA501" s="2" t="n"/>
+      <c r="AB501" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD501" s="2" t="n">
+        <v>500</v>
+      </c>
+      <c r="AE501" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="AF501" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG501" s="2" t="n">
+        <v>9000</v>
+      </c>
+      <c r="AH501" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AI501" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ501" s="2" t="n">
+        <v>13000</v>
+      </c>
+      <c r="AK501" s="2" t="n"/>
+      <c r="AO501" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR501" s="2" t="n"/>
+      <c r="AS501" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AT501" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AV501" t="inlineStr">
+        <is>
+          <t>49500</t>
+        </is>
+      </c>
+      <c r="AW501" s="2" t="n"/>
+      <c r="AX501" t="inlineStr"/>
+      <c r="AY501" s="3" t="n">
+        <v>45667</v>
+      </c>
+      <c r="AZ501" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC501" s="3" t="n"/>
+    </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>