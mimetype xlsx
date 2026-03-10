--- v0 (2025-12-13)
+++ v1 (2026-03-10)
@@ -415,51 +415,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:BC101"/>
+  <dimension ref="A1:BC257"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="20" customWidth="1" min="1" max="1"/>
     <col width="20" customWidth="1" min="2" max="2"/>
     <col width="20" customWidth="1" min="3" max="3"/>
     <col width="20" customWidth="1" min="4" max="4"/>
     <col width="20" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="20" customWidth="1" min="7" max="7"/>
     <col width="20" customWidth="1" min="8" max="8"/>
     <col width="20" customWidth="1" min="9" max="9"/>
     <col width="20" customWidth="1" min="10" max="10"/>
     <col width="20" customWidth="1" min="11" max="11"/>
     <col width="20" customWidth="1" min="12" max="12"/>
     <col width="20" customWidth="1" min="13" max="13"/>
     <col width="20" customWidth="1" min="14" max="14"/>
     <col width="20" customWidth="1" min="15" max="15"/>
     <col width="20" customWidth="1" min="16" max="16"/>
     <col width="20" customWidth="1" min="17" max="17"/>
     <col width="20" customWidth="1" min="18" max="18"/>
@@ -759,13527 +759,32691 @@
         </is>
       </c>
       <c r="AZ1" t="inlineStr">
         <is>
           <t>verified</t>
         </is>
       </c>
       <c r="BA1" t="inlineStr">
         <is>
           <t>information_source</t>
         </is>
       </c>
       <c r="BB1" t="inlineStr">
         <is>
           <t>information_source_archive</t>
         </is>
       </c>
       <c r="BC1" t="inlineStr">
         <is>
           <t>information_source_date</t>
         </is>
       </c>
     </row>
     <row r="2" ht="40" customHeight="1">
       <c r="A2" s="1" t="n">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>R1224yd(Z), R1233zd(E), R1234ze(Z), R1336mzz(Z), R515B (R1234ze(E)/ 227ea), R600 (Butan), R600a (Isobutan), R601 (Pentan), R601a (Isopentan)</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Abwasser (Brine/Water), Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Dampf (Steam), feuchte Heißluft (Air), Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>SPH Sustainable Process Heat GmbH</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>LS3</t>
+          <t>LL3</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>ThermBooster</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H2" s="1" t="n"/>
       <c r="I2" s="1" t="n"/>
       <c r="K2" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>1 bis 3</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>Verbund</t>
         </is>
       </c>
       <c r="P2" s="2" t="n">
         <v>200</v>
       </c>
       <c r="Q2" s="2" t="n">
         <v>8000</v>
       </c>
-      <c r="R2" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="R2" s="2" t="n"/>
       <c r="S2" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T2" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U2" s="2" t="n"/>
       <c r="V2" s="2" t="n">
         <v>10</v>
       </c>
       <c r="W2" s="2" t="n">
         <v>160</v>
       </c>
       <c r="X2" s="2" t="n">
         <v>10</v>
       </c>
       <c r="Y2" s="2" t="n">
         <v>120</v>
       </c>
       <c r="Z2" s="2" t="n">
         <v>70</v>
       </c>
       <c r="AA2" s="2" t="n"/>
       <c r="AB2" t="inlineStr">
         <is>
           <t>Kolbenverdichter</t>
         </is>
       </c>
       <c r="AD2" s="2" t="n">
-        <v>420</v>
+        <v>400</v>
       </c>
       <c r="AE2" s="1" t="n">
         <v>11</v>
       </c>
       <c r="AF2" s="1" t="n">
         <v>20</v>
       </c>
       <c r="AG2" s="2" t="n">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="AH2" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AI2" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ2" s="2" t="n">
-        <v>11500</v>
+        <v>10000</v>
       </c>
       <c r="AK2" s="2" t="n"/>
       <c r="AO2" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
       <c r="AR2" s="2" t="n"/>
       <c r="AS2" s="2" t="n">
         <v>95</v>
       </c>
       <c r="AT2" s="2" t="n">
         <v>77</v>
       </c>
       <c r="AV2" t="inlineStr">
         <is>
-          <t>38500</t>
+          <t>33000</t>
         </is>
       </c>
       <c r="AW2" s="2" t="n"/>
       <c r="AX2" t="inlineStr"/>
       <c r="AY2" s="3" t="n">
         <v>45667</v>
       </c>
       <c r="AZ2" t="b">
         <v>1</v>
       </c>
       <c r="BC2" s="3" t="n"/>
     </row>
     <row r="3" ht="40" customHeight="1">
       <c r="A3" s="1" t="n">
-        <v>1071</v>
+        <v>510</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>R718 (Wasser)</t>
+          <t>R1224yd(Z), R1233zd(E), R1234ze(Z), R1336mzz(Z), R515B (R1234ze(E)/ 227ea), R600 (Butan), R600a (Isobutan), R601 (Pentan), R601a (Isopentan)</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Dampf (Steam)</t>
+          <t>Abwasser (Brine/Water), Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Dampf (Steam), feuchte Heißluft (Air), Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Spilling Technologies GmbH</t>
+          <t>SPH Sustainable Process Heat GmbH</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Spilling Steam Compressor</t>
+          <t>LS1</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Spilling Steam Compressor</t>
+          <t>ThermBooster</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>H</t>
-[...4 lines deleted...]
-      </c>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="n"/>
       <c r="I3" s="1" t="n"/>
       <c r="K3" t="inlineStr">
         <is>
-          <t>BOT</t>
-[...7 lines deleted...]
-      <c r="P3" s="2" t="n"/>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="P3" s="2" t="n">
+        <v>200</v>
+      </c>
       <c r="Q3" s="2" t="n">
-        <v>1000</v>
-[...5 lines deleted...]
-      <c r="T3" s="2" t="n"/>
+        <v>8000</v>
+      </c>
+      <c r="R3" s="2" t="n"/>
+      <c r="S3" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T3" s="2" t="n">
+        <v>50</v>
+      </c>
       <c r="U3" s="2" t="n"/>
-      <c r="V3" s="2" t="n"/>
+      <c r="V3" s="2" t="n">
+        <v>10</v>
+      </c>
       <c r="W3" s="2" t="n">
-        <v>280</v>
+        <v>160</v>
       </c>
       <c r="X3" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y3" s="2" t="n">
         <v>120</v>
       </c>
-      <c r="Y3" s="2" t="n"/>
-      <c r="Z3" s="2" t="n"/>
+      <c r="Z3" s="2" t="n">
+        <v>70</v>
+      </c>
       <c r="AA3" s="2" t="n"/>
       <c r="AB3" t="inlineStr">
         <is>
           <t>Kolbenverdichter</t>
         </is>
       </c>
-      <c r="AC3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AD3" s="2" t="n"/>
+      <c r="AD3" s="2" t="n">
+        <v>300</v>
+      </c>
       <c r="AE3" s="1" t="n">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="AI3" s="2" t="n"/>
+        <v>33</v>
+      </c>
+      <c r="AF3" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG3" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH3" s="2" t="n">
+        <v>2150</v>
+      </c>
+      <c r="AI3" s="2" t="n">
+        <v>2500</v>
+      </c>
       <c r="AJ3" s="2" t="n">
-        <v>15000</v>
-[...6 lines deleted...]
-          <t>Gewicht Abhängig von Auslegung</t>
+        <v>7500</v>
+      </c>
+      <c r="AK3" s="2" t="n"/>
+      <c r="AO3" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
         </is>
       </c>
       <c r="AR3" s="2" t="n"/>
-      <c r="AS3" s="2" t="n"/>
-      <c r="AT3" s="2" t="n"/>
+      <c r="AS3" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AT3" s="2" t="n">
+        <v>77</v>
+      </c>
       <c r="AV3" t="inlineStr">
         <is>
-          <t>35-70</t>
+          <t>25750</t>
         </is>
       </c>
       <c r="AW3" s="2" t="n"/>
-      <c r="AX3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AX3" t="inlineStr"/>
       <c r="AY3" s="3" t="n">
-        <v>45674</v>
+        <v>45667</v>
       </c>
       <c r="AZ3" t="b">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1</v>
       </c>
       <c r="BC3" s="3" t="n"/>
     </row>
     <row r="4" ht="40" customHeight="1">
       <c r="A4" s="1" t="n">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>R718 (Wasser)</t>
+          <t>R1224yd(Z), R1233zd(E), R1234ze(Z), R1336mzz(Z), R515B (R1234ze(E)/ 227ea), R600 (Butan), R600a (Isobutan), R601 (Pentan), R601a (Isopentan)</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Luft (Air)</t>
+          <t>Abwasser (Brine/Water), Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Dampf (Steam), feuchte Heißluft (Air), Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Star Refrigeration</t>
+          <t>SPH Sustainable Process Heat GmbH</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Industrial Air Source Neatpump</t>
+          <t>LS1-2</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>Industrial Air Source Neatpump</t>
+          <t>ThermBooster</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H4" s="1" t="n"/>
-      <c r="I4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="I4" s="1" t="n"/>
       <c r="K4" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
       <c r="M4" t="inlineStr">
         <is>
-          <t>möglich</t>
-[...4 lines deleted...]
-          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+          <t>seriell</t>
         </is>
       </c>
       <c r="P4" s="2" t="n">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="Q4" s="2" t="n">
-        <v>1000</v>
+        <v>8000</v>
       </c>
       <c r="R4" s="2" t="n"/>
-      <c r="S4" s="2" t="n"/>
-      <c r="T4" s="2" t="n"/>
+      <c r="S4" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T4" s="2" t="n">
+        <v>50</v>
+      </c>
       <c r="U4" s="2" t="n"/>
-      <c r="V4" s="2" t="n"/>
+      <c r="V4" s="2" t="n">
+        <v>10</v>
+      </c>
       <c r="W4" s="2" t="n">
-        <v>70</v>
-[...3 lines deleted...]
-      <c r="Z4" s="2" t="n"/>
+        <v>160</v>
+      </c>
+      <c r="X4" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y4" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="Z4" s="2" t="n">
+        <v>140</v>
+      </c>
       <c r="AA4" s="2" t="n"/>
       <c r="AB4" t="inlineStr">
         <is>
-          <t>'-</t>
-[...8 lines deleted...]
-      <c r="AJ4" s="2" t="n"/>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD4" s="2" t="n">
+        <v>450</v>
+      </c>
+      <c r="AE4" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="AF4" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG4" s="2" t="n">
+        <v>7000</v>
+      </c>
+      <c r="AH4" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AI4" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ4" s="2" t="n">
+        <v>12000</v>
+      </c>
       <c r="AK4" s="2" t="n"/>
       <c r="AO4" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
       <c r="AR4" s="2" t="n"/>
-      <c r="AS4" s="2" t="n"/>
-      <c r="AT4" s="2" t="n"/>
+      <c r="AS4" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AT4" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AV4" t="inlineStr">
+        <is>
+          <t>38500</t>
+        </is>
+      </c>
       <c r="AW4" s="2" t="n"/>
       <c r="AX4" t="inlineStr"/>
       <c r="AY4" s="3" t="n">
-        <v>45677</v>
+        <v>45667</v>
       </c>
       <c r="AZ4" t="b">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1</v>
       </c>
       <c r="BC4" s="3" t="n"/>
     </row>
     <row r="5" ht="40" customHeight="1">
       <c r="A5" s="1" t="n">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>R717 (Ammoniak)</t>
+          <t>R1224yd(Z), R1233zd(E), R1234ze(Z), R1336mzz(Z), R515B (R1234ze(E)/ 227ea), R600 (Butan), R600a (Isobutan), R601 (Pentan), R601a (Isopentan)</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Abwärme (Brine/Water), Umweltwärme (Brine/Water)</t>
+          <t>Abwasser (Brine/Water), Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Dampf (Steam), feuchte Heißluft (Air), Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Star Refrigeration</t>
+          <t>SPH Sustainable Process Heat GmbH</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Water Source Neatpump</t>
+          <t>LS2</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>Water Source Neatpump</t>
+          <t>ThermBooster</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H5" s="1" t="n"/>
-      <c r="I5" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="1" t="n"/>
       <c r="K5" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="O5" t="inlineStr">
-[...1 lines deleted...]
-          <t>Gebäudewärme, Fernwärme, Prozesswärme, Prozessdampf</t>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>1 bis 2</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>Verbund</t>
         </is>
       </c>
       <c r="P5" s="2" t="n">
-        <v>750</v>
+        <v>200</v>
       </c>
       <c r="Q5" s="2" t="n">
         <v>8000</v>
       </c>
       <c r="R5" s="2" t="n"/>
-      <c r="S5" s="2" t="n"/>
+      <c r="S5" s="2" t="n">
+        <v>3</v>
+      </c>
       <c r="T5" s="2" t="n"/>
       <c r="U5" s="2" t="n"/>
-      <c r="V5" s="2" t="n"/>
+      <c r="V5" s="2" t="n">
+        <v>10</v>
+      </c>
       <c r="W5" s="2" t="n">
-        <v>130</v>
-[...3 lines deleted...]
-      <c r="Z5" s="2" t="n"/>
+        <v>160</v>
+      </c>
+      <c r="X5" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="Z5" s="2" t="n">
+        <v>70</v>
+      </c>
       <c r="AA5" s="2" t="n"/>
       <c r="AB5" t="inlineStr">
         <is>
-          <t>Schraubenverdichter/Kolbenverdichter</t>
-[...8 lines deleted...]
-      <c r="AJ5" s="2" t="n"/>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD5" s="2" t="n">
+        <v>350</v>
+      </c>
+      <c r="AE5" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="AF5" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG5" s="2" t="n">
+        <v>6000</v>
+      </c>
+      <c r="AH5" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AI5" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ5" s="2" t="n">
+        <v>9500</v>
+      </c>
       <c r="AK5" s="2" t="n"/>
       <c r="AO5" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
       <c r="AR5" s="2" t="n"/>
-      <c r="AS5" s="2" t="n"/>
-      <c r="AT5" s="2" t="n"/>
+      <c r="AS5" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AT5" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AV5" t="inlineStr">
+        <is>
+          <t>33000</t>
+        </is>
+      </c>
       <c r="AW5" s="2" t="n"/>
-      <c r="AX5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AX5" t="inlineStr"/>
       <c r="AY5" s="3" t="n">
-        <v>45677</v>
+        <v>45667</v>
       </c>
       <c r="AZ5" t="b">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1</v>
       </c>
       <c r="BC5" s="3" t="n"/>
     </row>
     <row r="6" ht="40" customHeight="1">
       <c r="A6" s="1" t="n">
-        <v>1072</v>
+        <v>516</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>R717 (Ammoniak), R718 (Wasser)</t>
+          <t>R1224yd(Z), R1233zd(E), R1234ze(Z), R1336mzz(Z), R515B (R1234ze(E)/ 227ea), R600 (Butan), R600a (Isobutan), R601 (Pentan), R601a (Isopentan)</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Wasser/Sole (Brine/Water)</t>
+          <t>Abwasser (Brine/Water), Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Dampf (Steam), feuchte Heißluft (Air), Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Svenska Rotor Maskiner, SRM</t>
+          <t>SPH Sustainable Process Heat GmbH</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Screw compressor for water vapor heat pump technology</t>
+          <t>LS2-2</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>Screw compressor for water vapor heat pump technology</t>
+          <t>ThermBooster</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>H</t>
-[...4 lines deleted...]
-      </c>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="n"/>
       <c r="I6" s="1" t="n"/>
       <c r="K6" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>2 bis 4</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
-          <t>Reihenschaltung</t>
-[...9 lines deleted...]
-          <t>Prozesswärme, Prozessdampf</t>
+          <t>Verbund und/oder seriell</t>
         </is>
       </c>
       <c r="P6" s="2" t="n">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="Q6" s="2" t="n">
-        <v>2000</v>
+        <v>8000</v>
       </c>
       <c r="R6" s="2" t="n"/>
-      <c r="S6" s="2" t="n"/>
+      <c r="S6" s="2" t="n">
+        <v>3</v>
+      </c>
       <c r="T6" s="2" t="n"/>
       <c r="U6" s="2" t="n"/>
       <c r="V6" s="2" t="n">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="W6" s="2" t="n">
-        <v>165</v>
-[...3 lines deleted...]
-      <c r="Z6" s="2" t="n"/>
+        <v>160</v>
+      </c>
+      <c r="X6" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="Y6" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="Z6" s="2" t="n">
+        <v>140</v>
+      </c>
       <c r="AA6" s="2" t="n"/>
       <c r="AB6" t="inlineStr">
         <is>
-          <t>Schraubenverdichter</t>
-[...8 lines deleted...]
-      <c r="AE6" s="1" t="n"/>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD6" s="2" t="n">
+        <v>550</v>
+      </c>
+      <c r="AE6" s="1" t="n">
+        <v>16</v>
+      </c>
       <c r="AF6" s="1" t="n">
         <v>20</v>
       </c>
-      <c r="AG6" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AI6" s="2" t="n"/>
+      <c r="AG6" s="2" t="n">
+        <v>9500</v>
+      </c>
+      <c r="AH6" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AI6" s="2" t="n">
+        <v>2500</v>
+      </c>
       <c r="AJ6" s="2" t="n">
-        <v>2500</v>
+        <v>15750</v>
       </c>
       <c r="AK6" s="2" t="n"/>
+      <c r="AO6" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
       <c r="AR6" s="2" t="n"/>
-      <c r="AS6" s="2" t="n"/>
-      <c r="AT6" s="2" t="n"/>
+      <c r="AS6" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AT6" s="2" t="n">
+        <v>77</v>
+      </c>
       <c r="AV6" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>52250</t>
         </is>
       </c>
       <c r="AW6" s="2" t="n"/>
-      <c r="AX6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AX6" t="inlineStr"/>
       <c r="AY6" s="3" t="n">
-        <v>45677</v>
+        <v>45667</v>
       </c>
       <c r="AZ6" t="b">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1</v>
       </c>
       <c r="BC6" s="3" t="n"/>
     </row>
     <row r="7" ht="40" customHeight="1">
       <c r="A7" s="1" t="n">
-        <v>556</v>
+        <v>512</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>R454B</t>
+          <t>R1224yd(Z), R1233zd(E), R1234ze(Z), R1336mzz(Z), R515B (R1234ze(E)/ 227ea), R600 (Butan), R600a (Isobutan), R601 (Pentan), R601a (Isopentan)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Luft (Air)</t>
+          <t>Abwasser (Brine/Water), Abwärme (Air), Abwärme (Brine/Water), Abwärme (Steam), Dampf (Steam), feuchte Heißluft (Air), Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Swegon Germany GmbH</t>
+          <t>SPH Sustainable Process Heat GmbH</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>10.4</t>
+          <t>LS3</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>Omicron SKY S4 R5 HE</t>
+          <t>ThermBooster</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H7" s="1" t="n"/>
-      <c r="I7" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="1" t="n"/>
       <c r="K7" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
-          <t>2</t>
-[...7 lines deleted...]
-      <c r="P7" s="2" t="n"/>
+          <t>1 bis 3</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>Verbund</t>
+        </is>
+      </c>
+      <c r="P7" s="2" t="n">
+        <v>200</v>
+      </c>
       <c r="Q7" s="2" t="n">
-        <v>100.5</v>
-[...3 lines deleted...]
-      <c r="T7" s="2" t="n"/>
+        <v>8000</v>
+      </c>
+      <c r="R7" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S7" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T7" s="2" t="n">
+        <v>50</v>
+      </c>
       <c r="U7" s="2" t="n"/>
-      <c r="V7" s="2" t="n"/>
+      <c r="V7" s="2" t="n">
+        <v>10</v>
+      </c>
       <c r="W7" s="2" t="n">
-        <v>55</v>
+        <v>160</v>
       </c>
       <c r="X7" s="2" t="n">
-        <v>-15</v>
+        <v>10</v>
       </c>
       <c r="Y7" s="2" t="n">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="Z7" s="2" t="n"/>
+        <v>120</v>
+      </c>
+      <c r="Z7" s="2" t="n">
+        <v>70</v>
+      </c>
       <c r="AA7" s="2" t="n"/>
       <c r="AB7" t="inlineStr">
         <is>
-          <t>Scrollverdichter</t>
-[...7 lines deleted...]
-      <c r="AD7" s="2" t="n"/>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD7" s="2" t="n">
+        <v>420</v>
+      </c>
       <c r="AE7" s="1" t="n">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="AF7" s="1" t="n"/>
+        <v>11</v>
+      </c>
+      <c r="AF7" s="1" t="n">
+        <v>20</v>
+      </c>
       <c r="AG7" s="2" t="n">
-        <v>2297</v>
+        <v>7000</v>
       </c>
       <c r="AH7" s="2" t="n">
-        <v>2256</v>
+        <v>2500</v>
       </c>
       <c r="AI7" s="2" t="n">
-        <v>2443</v>
+        <v>2500</v>
       </c>
       <c r="AJ7" s="2" t="n">
-        <v>1700</v>
+        <v>11500</v>
       </c>
       <c r="AK7" s="2" t="n"/>
       <c r="AO7" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
       <c r="AR7" s="2" t="n"/>
-      <c r="AS7" s="2" t="n"/>
-      <c r="AT7" s="2" t="n"/>
+      <c r="AS7" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AT7" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AV7" t="inlineStr">
+        <is>
+          <t>38500</t>
+        </is>
+      </c>
       <c r="AW7" s="2" t="n"/>
       <c r="AX7" t="inlineStr"/>
       <c r="AY7" s="3" t="n">
-        <v>45677</v>
+        <v>45667</v>
       </c>
       <c r="AZ7" t="b">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1</v>
       </c>
       <c r="BC7" s="3" t="n"/>
     </row>
     <row r="8" ht="40" customHeight="1">
       <c r="A8" s="1" t="n">
-        <v>611</v>
+        <v>1071</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>R134a, R513A (R1234yf/R134a)</t>
+          <t>R718 (Wasser)</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Wasser/Sole (Brine/Water)</t>
+          <t>Dampf (Steam)</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>Swegon Germany GmbH</t>
+          <t>Spilling Technologies GmbH</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>101.2</t>
+          <t>Spilling Steam Compressor</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>OMEGA SKY OH/HPW</t>
+          <t>Spilling Steam Compressor</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>H&amp;C</t>
-[...3 lines deleted...]
-      <c r="I8" s="1" t="n">
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="n">
         <v>9</v>
       </c>
+      <c r="I8" s="1" t="n"/>
       <c r="K8" t="inlineStr">
         <is>
-          <t>CLO</t>
-[...4 lines deleted...]
-          <t>2</t>
+          <t>BOT</t>
         </is>
       </c>
       <c r="O8" t="inlineStr">
         <is>
-          <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+          <t>Prozessdampf</t>
         </is>
       </c>
       <c r="P8" s="2" t="n"/>
       <c r="Q8" s="2" t="n">
-        <v>1136</v>
+        <v>1000</v>
       </c>
       <c r="R8" s="2" t="n">
-        <v>400</v>
-[...6 lines deleted...]
-      </c>
+        <v>15000</v>
+      </c>
+      <c r="S8" s="2" t="n"/>
+      <c r="T8" s="2" t="n"/>
       <c r="U8" s="2" t="n"/>
       <c r="V8" s="2" t="n"/>
       <c r="W8" s="2" t="n">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="X8" s="2" t="n"/>
+        <v>280</v>
+      </c>
+      <c r="X8" s="2" t="n">
+        <v>120</v>
+      </c>
       <c r="Y8" s="2" t="n"/>
       <c r="Z8" s="2" t="n"/>
       <c r="AA8" s="2" t="n"/>
       <c r="AB8" t="inlineStr">
         <is>
-          <t>Schraubenverdichter</t>
+          <t>Kolbenverdichter</t>
         </is>
       </c>
       <c r="AC8" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1-3</t>
         </is>
       </c>
       <c r="AD8" s="2" t="n"/>
       <c r="AE8" s="1" t="n">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="AF8" s="1" t="n"/>
-      <c r="AG8" s="2" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="AG8" s="2" t="n"/>
+      <c r="AH8" s="2" t="n"/>
+      <c r="AI8" s="2" t="n"/>
       <c r="AJ8" s="2" t="n">
-        <v>5572</v>
-[...9 lines deleted...]
-      </c>
+        <v>15000</v>
+      </c>
+      <c r="AK8" s="2" t="n">
+        <v>45000</v>
+      </c>
+      <c r="AL8" t="inlineStr">
+        <is>
+          <t>Gewicht Abhängig von Auslegung</t>
+        </is>
+      </c>
+      <c r="AR8" s="2" t="n"/>
       <c r="AS8" s="2" t="n"/>
-      <c r="AT8" s="2" t="n">
-        <v>74</v>
+      <c r="AT8" s="2" t="n"/>
+      <c r="AV8" t="inlineStr">
+        <is>
+          <t>35-70</t>
+        </is>
       </c>
       <c r="AW8" s="2" t="n"/>
       <c r="AX8" t="inlineStr">
+        <is>
+          <t>Kundenspezifische Auslegung als offene Dampfkompression oder geschlossene HTWP.</t>
+        </is>
+      </c>
+      <c r="AY8" s="3" t="n">
+        <v>45674</v>
+      </c>
+      <c r="AZ8" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA8" t="inlineStr">
+        <is>
+          <t>https://heatpumpingtechnologies.org/annex58/wp-content/uploads/sites/70/2022/07/hthpannex58suppliertechnologyspilling.pdf</t>
+        </is>
+      </c>
+      <c r="BC8" s="3" t="n"/>
+    </row>
+    <row r="9" ht="40" customHeight="1">
+      <c r="A9" s="1" t="n">
+        <v>518</v>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>Star Refrigeration</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Industrial Air Source Neatpump</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Industrial Air Source Neatpump</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="n"/>
+      <c r="I9" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>möglich</t>
+        </is>
+      </c>
+      <c r="O9" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P9" s="2" t="n">
+        <v>300</v>
+      </c>
+      <c r="Q9" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="R9" s="2" t="n"/>
+      <c r="S9" s="2" t="n"/>
+      <c r="T9" s="2" t="n"/>
+      <c r="U9" s="2" t="n"/>
+      <c r="V9" s="2" t="n"/>
+      <c r="W9" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="X9" s="2" t="n"/>
+      <c r="Y9" s="2" t="n"/>
+      <c r="Z9" s="2" t="n"/>
+      <c r="AA9" s="2" t="n"/>
+      <c r="AB9" t="inlineStr">
+        <is>
+          <t>'-</t>
+        </is>
+      </c>
+      <c r="AD9" s="2" t="n"/>
+      <c r="AE9" s="1" t="n"/>
+      <c r="AF9" s="1" t="n"/>
+      <c r="AG9" s="2" t="n"/>
+      <c r="AH9" s="2" t="n"/>
+      <c r="AI9" s="2" t="n"/>
+      <c r="AJ9" s="2" t="n"/>
+      <c r="AK9" s="2" t="n"/>
+      <c r="AO9" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR9" s="2" t="n"/>
+      <c r="AS9" s="2" t="n"/>
+      <c r="AT9" s="2" t="n"/>
+      <c r="AW9" s="2" t="n"/>
+      <c r="AX9" t="inlineStr"/>
+      <c r="AY9" s="3" t="n">
+        <v>45677</v>
+      </c>
+      <c r="AZ9" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA9" t="inlineStr">
+        <is>
+          <t>https://www.neatpumps.com/heatpumps/air-source-heatpumps/</t>
+        </is>
+      </c>
+      <c r="BC9" s="3" t="n"/>
+    </row>
+    <row r="10" ht="40" customHeight="1">
+      <c r="A10" s="1" t="n">
+        <v>517</v>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak)</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Umweltwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>Star Refrigeration</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Water Source Neatpump</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Water Source Neatpump</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="n"/>
+      <c r="I10" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K10" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O10" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Fernwärme, Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P10" s="2" t="n">
+        <v>750</v>
+      </c>
+      <c r="Q10" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="R10" s="2" t="n"/>
+      <c r="S10" s="2" t="n"/>
+      <c r="T10" s="2" t="n"/>
+      <c r="U10" s="2" t="n"/>
+      <c r="V10" s="2" t="n"/>
+      <c r="W10" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="X10" s="2" t="n"/>
+      <c r="Y10" s="2" t="n"/>
+      <c r="Z10" s="2" t="n"/>
+      <c r="AA10" s="2" t="n"/>
+      <c r="AB10" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter/Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD10" s="2" t="n"/>
+      <c r="AE10" s="1" t="n"/>
+      <c r="AF10" s="1" t="n"/>
+      <c r="AG10" s="2" t="n"/>
+      <c r="AH10" s="2" t="n"/>
+      <c r="AI10" s="2" t="n"/>
+      <c r="AJ10" s="2" t="n"/>
+      <c r="AK10" s="2" t="n"/>
+      <c r="AO10" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR10" s="2" t="n"/>
+      <c r="AS10" s="2" t="n"/>
+      <c r="AT10" s="2" t="n"/>
+      <c r="AW10" s="2" t="n"/>
+      <c r="AX10" t="inlineStr">
+        <is>
+          <t>Auslegung bis 120 °C möglich.</t>
+        </is>
+      </c>
+      <c r="AY10" s="3" t="n">
+        <v>45677</v>
+      </c>
+      <c r="AZ10" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA10" t="inlineStr">
+        <is>
+          <t>https://www.neatpumps.com/heatpumps/water-source-heatpumps/</t>
+        </is>
+      </c>
+      <c r="BC10" s="3" t="n"/>
+    </row>
+    <row r="11" ht="40" customHeight="1">
+      <c r="A11" s="1" t="n">
+        <v>1072</v>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>R717 (Ammoniak), R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>Svenska Rotor Maskiner, SRM</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Screw compressor for water vapor heat pump technology</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Screw compressor for water vapor heat pump technology</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="I11" s="1" t="n"/>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>Reihenschaltung</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>Ammoniak- und Wasserkreislauf</t>
+        </is>
+      </c>
+      <c r="O11" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P11" s="2" t="n">
+        <v>250</v>
+      </c>
+      <c r="Q11" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="R11" s="2" t="n"/>
+      <c r="S11" s="2" t="n"/>
+      <c r="T11" s="2" t="n"/>
+      <c r="U11" s="2" t="n"/>
+      <c r="V11" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="W11" s="2" t="n">
+        <v>165</v>
+      </c>
+      <c r="X11" s="2" t="n"/>
+      <c r="Y11" s="2" t="n"/>
+      <c r="Z11" s="2" t="n"/>
+      <c r="AA11" s="2" t="n"/>
+      <c r="AB11" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC11" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD11" s="2" t="n"/>
+      <c r="AE11" s="1" t="n"/>
+      <c r="AF11" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG11" s="2" t="n"/>
+      <c r="AH11" s="2" t="n"/>
+      <c r="AI11" s="2" t="n"/>
+      <c r="AJ11" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AK11" s="2" t="n"/>
+      <c r="AR11" s="2" t="n"/>
+      <c r="AS11" s="2" t="n"/>
+      <c r="AT11" s="2" t="n"/>
+      <c r="AV11" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AW11" s="2" t="n"/>
+      <c r="AX11" t="inlineStr">
+        <is>
+          <t>Prototyp</t>
+        </is>
+      </c>
+      <c r="AY11" s="3" t="n">
+        <v>45677</v>
+      </c>
+      <c r="AZ11" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA11" t="inlineStr">
+        <is>
+          <t>https://heatpumpingtechnologies.org/annex58/wp-content/uploads/sites/70/2022/07/srmhthpannex58final.pdf</t>
+        </is>
+      </c>
+      <c r="BC11" s="3" t="n"/>
+    </row>
+    <row r="12" ht="40" customHeight="1">
+      <c r="A12" s="1" t="n">
+        <v>556</v>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>Swegon Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>10.4</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Omicron SKY S4 R5 HE</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="n"/>
+      <c r="I12" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O12" t="inlineStr">
+        <is>
+          <t>Warmwasser, Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P12" s="2" t="n"/>
+      <c r="Q12" s="2" t="n">
+        <v>100.5</v>
+      </c>
+      <c r="R12" s="2" t="n"/>
+      <c r="S12" s="2" t="n"/>
+      <c r="T12" s="2" t="n"/>
+      <c r="U12" s="2" t="n"/>
+      <c r="V12" s="2" t="n"/>
+      <c r="W12" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X12" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y12" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Z12" s="2" t="n"/>
+      <c r="AA12" s="2" t="n"/>
+      <c r="AB12" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC12" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD12" s="2" t="n"/>
+      <c r="AE12" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF12" s="1" t="n"/>
+      <c r="AG12" s="2" t="n">
+        <v>2297</v>
+      </c>
+      <c r="AH12" s="2" t="n">
+        <v>2256</v>
+      </c>
+      <c r="AI12" s="2" t="n">
+        <v>2443</v>
+      </c>
+      <c r="AJ12" s="2" t="n">
+        <v>1700</v>
+      </c>
+      <c r="AK12" s="2" t="n"/>
+      <c r="AO12" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR12" s="2" t="n"/>
+      <c r="AS12" s="2" t="n"/>
+      <c r="AT12" s="2" t="n"/>
+      <c r="AW12" s="2" t="n"/>
+      <c r="AX12" t="inlineStr"/>
+      <c r="AY12" s="3" t="n">
+        <v>45677</v>
+      </c>
+      <c r="AZ12" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA12" t="inlineStr">
+        <is>
+          <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
+        </is>
+      </c>
+      <c r="BC12" s="3" t="n"/>
+    </row>
+    <row r="13" ht="40" customHeight="1">
+      <c r="A13" s="1" t="n">
+        <v>611</v>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>Swegon Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>101.2</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>OMEGA SKY OH/HPW</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="n"/>
+      <c r="I13" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K13" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O13" t="inlineStr">
+        <is>
+          <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P13" s="2" t="n"/>
+      <c r="Q13" s="2" t="n">
+        <v>1136</v>
+      </c>
+      <c r="R13" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S13" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T13" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U13" s="2" t="n"/>
+      <c r="V13" s="2" t="n"/>
+      <c r="W13" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="X13" s="2" t="n"/>
+      <c r="Y13" s="2" t="n"/>
+      <c r="Z13" s="2" t="n"/>
+      <c r="AA13" s="2" t="n"/>
+      <c r="AB13" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC13" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD13" s="2" t="n"/>
+      <c r="AE13" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="AF13" s="1" t="n"/>
+      <c r="AG13" s="2" t="n">
+        <v>4980</v>
+      </c>
+      <c r="AH13" s="2" t="n">
+        <v>1300</v>
+      </c>
+      <c r="AI13" s="2" t="n">
+        <v>2010</v>
+      </c>
+      <c r="AJ13" s="2" t="n">
+        <v>5572</v>
+      </c>
+      <c r="AK13" s="2" t="n"/>
+      <c r="AO13" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR13" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="AS13" s="2" t="n"/>
+      <c r="AT13" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="AW13" s="2" t="n"/>
+      <c r="AX13" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY8" s="3" t="n">
+      <c r="AY13" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ8" t="b">
+      <c r="AZ13" t="b">
         <v>0</v>
       </c>
-      <c r="BA8" t="inlineStr">
+      <c r="BA13" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC8" s="3" t="n"/>
+      <c r="BC13" s="3" t="n"/>
     </row>
-    <row r="9" ht="40" customHeight="1">
-      <c r="A9" s="1" t="n">
+    <row r="14" ht="40" customHeight="1">
+      <c r="A14" s="1" t="n">
         <v>553</v>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B14" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C14" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D14" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E9" t="inlineStr">
+      <c r="E14" t="inlineStr">
         <is>
           <t>11.2</t>
         </is>
       </c>
-      <c r="F9" t="inlineStr">
+      <c r="F14" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G9" t="inlineStr">
+      <c r="G14" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H9" s="1" t="n"/>
-      <c r="I9" s="1" t="n">
+      <c r="H14" s="1" t="n"/>
+      <c r="I14" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K14" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L14" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O9" t="inlineStr">
+      <c r="O14" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P9" s="2" t="n"/>
-      <c r="Q9" s="2" t="n">
+      <c r="P14" s="2" t="n"/>
+      <c r="Q14" s="2" t="n">
         <v>110.5</v>
       </c>
-      <c r="R9" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W9" s="2" t="n">
+      <c r="R14" s="2" t="n"/>
+      <c r="S14" s="2" t="n"/>
+      <c r="T14" s="2" t="n"/>
+      <c r="U14" s="2" t="n"/>
+      <c r="V14" s="2" t="n"/>
+      <c r="W14" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X9" s="2" t="n">
+      <c r="X14" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y9" s="2" t="n">
+      <c r="Y14" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z9" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB9" t="inlineStr">
+      <c r="Z14" s="2" t="n"/>
+      <c r="AA14" s="2" t="n"/>
+      <c r="AB14" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC9" t="inlineStr">
+      <c r="AC14" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD9" s="2" t="n"/>
-      <c r="AE9" s="1" t="n">
+      <c r="AD14" s="2" t="n"/>
+      <c r="AE14" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="AF9" s="1" t="n"/>
-      <c r="AG9" s="2" t="n">
+      <c r="AF14" s="1" t="n"/>
+      <c r="AG14" s="2" t="n">
         <v>4172</v>
       </c>
-      <c r="AH9" s="2" t="n">
+      <c r="AH14" s="2" t="n">
         <v>1200</v>
       </c>
-      <c r="AI9" s="2" t="n">
+      <c r="AI14" s="2" t="n">
         <v>2110</v>
       </c>
-      <c r="AJ9" s="2" t="n">
+      <c r="AJ14" s="2" t="n">
         <v>1700</v>
       </c>
-      <c r="AK9" s="2" t="n"/>
-      <c r="AO9" t="inlineStr">
+      <c r="AK14" s="2" t="n"/>
+      <c r="AO14" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR9" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY9" s="3" t="n">
+      <c r="AR14" s="2" t="n"/>
+      <c r="AS14" s="2" t="n"/>
+      <c r="AT14" s="2" t="n"/>
+      <c r="AW14" s="2" t="n"/>
+      <c r="AX14" t="inlineStr"/>
+      <c r="AY14" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ9" t="b">
+      <c r="AZ14" t="b">
         <v>0</v>
       </c>
-      <c r="BA9" t="inlineStr">
+      <c r="BA14" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC9" s="3" t="n"/>
+      <c r="BC14" s="3" t="n"/>
     </row>
-    <row r="10" ht="40" customHeight="1">
-      <c r="A10" s="1" t="n">
+    <row r="15" ht="40" customHeight="1">
+      <c r="A15" s="1" t="n">
         <v>573</v>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B15" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C15" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D15" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E10" t="inlineStr">
+      <c r="E15" t="inlineStr">
         <is>
           <t>11.2</t>
         </is>
       </c>
-      <c r="F10" t="inlineStr">
+      <c r="F15" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G10" t="inlineStr">
+      <c r="G15" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H10" s="1" t="n"/>
-      <c r="I10" s="1" t="n">
+      <c r="H15" s="1" t="n"/>
+      <c r="I15" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K15" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L15" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O10" t="inlineStr">
+      <c r="O15" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P10" s="2" t="n"/>
-      <c r="Q10" s="2" t="n">
+      <c r="P15" s="2" t="n"/>
+      <c r="Q15" s="2" t="n">
         <v>125.1</v>
       </c>
-      <c r="R10" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V10" s="2" t="n">
+      <c r="R15" s="2" t="n"/>
+      <c r="S15" s="2" t="n"/>
+      <c r="T15" s="2" t="n"/>
+      <c r="U15" s="2" t="n"/>
+      <c r="V15" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W10" s="2" t="n">
+      <c r="W15" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X10" s="2" t="n">
+      <c r="X15" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y10" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB10" t="inlineStr">
+      <c r="Y15" s="2" t="n"/>
+      <c r="Z15" s="2" t="n"/>
+      <c r="AA15" s="2" t="n"/>
+      <c r="AB15" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC10" t="inlineStr">
+      <c r="AC15" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD10" s="2" t="n"/>
-      <c r="AE10" s="1" t="n">
+      <c r="AD15" s="2" t="n"/>
+      <c r="AE15" s="1" t="n">
         <v>32</v>
       </c>
-      <c r="AF10" s="1" t="n"/>
-      <c r="AG10" s="2" t="n">
+      <c r="AF15" s="1" t="n"/>
+      <c r="AG15" s="2" t="n">
         <v>1490</v>
       </c>
-      <c r="AH10" s="2" t="n">
+      <c r="AH15" s="2" t="n">
         <v>795</v>
       </c>
-      <c r="AI10" s="2" t="n">
+      <c r="AI15" s="2" t="n">
         <v>1900</v>
       </c>
-      <c r="AJ10" s="2" t="n">
+      <c r="AJ15" s="2" t="n">
         <v>635</v>
       </c>
-      <c r="AK10" s="2" t="n"/>
-      <c r="AO10" t="inlineStr">
+      <c r="AK15" s="2" t="n"/>
+      <c r="AO15" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR10" s="2" t="n">
+      <c r="AR15" s="2" t="n">
         <v>91</v>
       </c>
-      <c r="AS10" s="2" t="n"/>
-      <c r="AT10" s="2" t="n">
+      <c r="AS15" s="2" t="n"/>
+      <c r="AT15" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="AW10" s="2" t="n"/>
-      <c r="AX10" t="inlineStr">
+      <c r="AW15" s="2" t="n"/>
+      <c r="AX15" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY10" s="3" t="n">
+      <c r="AY15" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ10" t="b">
+      <c r="AZ15" t="b">
         <v>0</v>
       </c>
-      <c r="BA10" t="inlineStr">
+      <c r="BA15" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC10" s="3" t="n"/>
+      <c r="BC15" s="3" t="n"/>
     </row>
-    <row r="11" ht="40" customHeight="1">
-      <c r="A11" s="1" t="n">
+    <row r="16" ht="40" customHeight="1">
+      <c r="A16" s="1" t="n">
         <v>612</v>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E16" t="inlineStr">
         <is>
           <t>116.2</t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
+      <c r="F16" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G11" t="inlineStr">
+      <c r="G16" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H11" s="1" t="n"/>
-      <c r="I11" s="1" t="n">
+      <c r="H16" s="1" t="n"/>
+      <c r="I16" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O11" t="inlineStr">
+      <c r="O16" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P11" s="2" t="n"/>
-      <c r="Q11" s="2" t="n">
+      <c r="P16" s="2" t="n"/>
+      <c r="Q16" s="2" t="n">
         <v>1309</v>
       </c>
-      <c r="R11" s="2" t="n">
+      <c r="R16" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S11" s="2" t="n">
+      <c r="S16" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T11" s="2" t="n">
+      <c r="T16" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U11" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W11" s="2" t="n">
+      <c r="U16" s="2" t="n"/>
+      <c r="V16" s="2" t="n"/>
+      <c r="W16" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X11" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB11" t="inlineStr">
+      <c r="X16" s="2" t="n"/>
+      <c r="Y16" s="2" t="n"/>
+      <c r="Z16" s="2" t="n"/>
+      <c r="AA16" s="2" t="n"/>
+      <c r="AB16" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC11" t="inlineStr">
+      <c r="AC16" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD11" s="2" t="n"/>
-      <c r="AE11" s="1" t="n">
+      <c r="AD16" s="2" t="n"/>
+      <c r="AE16" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="AF11" s="1" t="n"/>
-      <c r="AG11" s="2" t="n">
+      <c r="AF16" s="1" t="n"/>
+      <c r="AG16" s="2" t="n">
         <v>4980</v>
       </c>
-      <c r="AH11" s="2" t="n">
+      <c r="AH16" s="2" t="n">
         <v>1300</v>
       </c>
-      <c r="AI11" s="2" t="n">
+      <c r="AI16" s="2" t="n">
         <v>2010</v>
       </c>
-      <c r="AJ11" s="2" t="n">
+      <c r="AJ16" s="2" t="n">
         <v>5701</v>
       </c>
-      <c r="AK11" s="2" t="n"/>
-      <c r="AO11" t="inlineStr">
+      <c r="AK16" s="2" t="n"/>
+      <c r="AO16" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR11" s="2" t="n">
+      <c r="AR16" s="2" t="n">
         <v>95</v>
       </c>
-      <c r="AS11" s="2" t="n"/>
-      <c r="AT11" s="2" t="n">
+      <c r="AS16" s="2" t="n"/>
+      <c r="AT16" s="2" t="n">
         <v>75</v>
       </c>
-      <c r="AW11" s="2" t="n"/>
-      <c r="AX11" t="inlineStr">
+      <c r="AW16" s="2" t="n"/>
+      <c r="AX16" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY11" s="3" t="n">
+      <c r="AY16" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ11" t="b">
+      <c r="AZ16" t="b">
         <v>0</v>
       </c>
-      <c r="BA11" t="inlineStr">
+      <c r="BA16" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC11" s="3" t="n"/>
+      <c r="BC16" s="3" t="n"/>
     </row>
-    <row r="12" ht="40" customHeight="1">
-      <c r="A12" s="1" t="n">
+    <row r="17" ht="40" customHeight="1">
+      <c r="A17" s="1" t="n">
         <v>574</v>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C12" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D12" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E12" t="inlineStr">
+      <c r="E17" t="inlineStr">
         <is>
           <t>12.2</t>
         </is>
       </c>
-      <c r="F12" t="inlineStr">
+      <c r="F17" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G12" t="inlineStr">
+      <c r="G17" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H12" s="1" t="n"/>
-      <c r="I12" s="1" t="n">
+      <c r="H17" s="1" t="n"/>
+      <c r="I17" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K12" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L12" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O12" t="inlineStr">
+      <c r="O17" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P12" s="2" t="n"/>
-      <c r="Q12" s="2" t="n">
+      <c r="P17" s="2" t="n"/>
+      <c r="Q17" s="2" t="n">
         <v>140.2</v>
       </c>
-      <c r="R12" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V12" s="2" t="n">
+      <c r="R17" s="2" t="n"/>
+      <c r="S17" s="2" t="n"/>
+      <c r="T17" s="2" t="n"/>
+      <c r="U17" s="2" t="n"/>
+      <c r="V17" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W12" s="2" t="n">
+      <c r="W17" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X12" s="2" t="n">
+      <c r="X17" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y12" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB12" t="inlineStr">
+      <c r="Y17" s="2" t="n"/>
+      <c r="Z17" s="2" t="n"/>
+      <c r="AA17" s="2" t="n"/>
+      <c r="AB17" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC12" t="inlineStr">
+      <c r="AC17" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD12" s="2" t="n"/>
-      <c r="AE12" s="1" t="n">
+      <c r="AD17" s="2" t="n"/>
+      <c r="AE17" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="AF12" s="1" t="n"/>
-      <c r="AG12" s="2" t="n">
+      <c r="AF17" s="1" t="n"/>
+      <c r="AG17" s="2" t="n">
         <v>1490</v>
       </c>
-      <c r="AH12" s="2" t="n">
+      <c r="AH17" s="2" t="n">
         <v>795</v>
       </c>
-      <c r="AI12" s="2" t="n">
+      <c r="AI17" s="2" t="n">
         <v>1900</v>
       </c>
-      <c r="AJ12" s="2" t="n">
+      <c r="AJ17" s="2" t="n">
         <v>671</v>
       </c>
-      <c r="AK12" s="2" t="n"/>
-      <c r="AO12" t="inlineStr">
+      <c r="AK17" s="2" t="n"/>
+      <c r="AO17" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR12" s="2" t="n">
+      <c r="AR17" s="2" t="n">
         <v>81</v>
       </c>
-      <c r="AS12" s="2" t="n"/>
-      <c r="AT12" s="2" t="n">
+      <c r="AS17" s="2" t="n"/>
+      <c r="AT17" s="2" t="n">
         <v>65</v>
       </c>
-      <c r="AW12" s="2" t="n"/>
-      <c r="AX12" t="inlineStr">
+      <c r="AW17" s="2" t="n"/>
+      <c r="AX17" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY12" s="3" t="n">
+      <c r="AY17" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ12" t="b">
+      <c r="AZ17" t="b">
         <v>0</v>
       </c>
-      <c r="BA12" t="inlineStr">
+      <c r="BA17" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC12" s="3" t="n"/>
+      <c r="BC17" s="3" t="n"/>
     </row>
-    <row r="13" ht="40" customHeight="1">
-      <c r="A13" s="1" t="n">
+    <row r="18" ht="40" customHeight="1">
+      <c r="A18" s="1" t="n">
         <v>557</v>
       </c>
-      <c r="B13" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C13" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E13" t="inlineStr">
+      <c r="E18" t="inlineStr">
         <is>
           <t>12.4</t>
         </is>
       </c>
-      <c r="F13" t="inlineStr">
+      <c r="F18" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G13" t="inlineStr">
+      <c r="G18" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H13" s="1" t="n"/>
-      <c r="I13" s="1" t="n">
+      <c r="H18" s="1" t="n"/>
+      <c r="I18" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K13" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L13" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O13" t="inlineStr">
+      <c r="O18" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P13" s="2" t="n"/>
-      <c r="Q13" s="2" t="n">
+      <c r="P18" s="2" t="n"/>
+      <c r="Q18" s="2" t="n">
         <v>112</v>
       </c>
-      <c r="R13" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W13" s="2" t="n">
+      <c r="R18" s="2" t="n"/>
+      <c r="S18" s="2" t="n"/>
+      <c r="T18" s="2" t="n"/>
+      <c r="U18" s="2" t="n"/>
+      <c r="V18" s="2" t="n"/>
+      <c r="W18" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X13" s="2" t="n">
+      <c r="X18" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y13" s="2" t="n">
+      <c r="Y18" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z13" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB13" t="inlineStr">
+      <c r="Z18" s="2" t="n"/>
+      <c r="AA18" s="2" t="n"/>
+      <c r="AB18" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC13" t="inlineStr">
+      <c r="AC18" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD13" s="2" t="n"/>
-      <c r="AE13" s="1" t="n">
+      <c r="AD18" s="2" t="n"/>
+      <c r="AE18" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF13" s="1" t="n"/>
-      <c r="AG13" s="2" t="n">
+      <c r="AF18" s="1" t="n"/>
+      <c r="AG18" s="2" t="n">
         <v>2297</v>
       </c>
-      <c r="AH13" s="2" t="n">
+      <c r="AH18" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI13" s="2" t="n">
+      <c r="AI18" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ13" s="2" t="n">
+      <c r="AJ18" s="2" t="n">
         <v>1700</v>
       </c>
-      <c r="AK13" s="2" t="n"/>
-      <c r="AO13" t="inlineStr">
+      <c r="AK18" s="2" t="n"/>
+      <c r="AO18" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR13" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY13" s="3" t="n">
+      <c r="AR18" s="2" t="n"/>
+      <c r="AS18" s="2" t="n"/>
+      <c r="AT18" s="2" t="n"/>
+      <c r="AW18" s="2" t="n"/>
+      <c r="AX18" t="inlineStr"/>
+      <c r="AY18" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ13" t="b">
+      <c r="AZ18" t="b">
         <v>0</v>
       </c>
-      <c r="BA13" t="inlineStr">
+      <c r="BA18" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC13" s="3" t="n"/>
+      <c r="BC18" s="3" t="n"/>
     </row>
-    <row r="14" ht="40" customHeight="1">
-      <c r="A14" s="1" t="n">
+    <row r="19" ht="40" customHeight="1">
+      <c r="A19" s="1" t="n">
         <v>613</v>
       </c>
-      <c r="B14" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C14" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D14" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E14" t="inlineStr">
+      <c r="E19" t="inlineStr">
         <is>
           <t>132.2</t>
         </is>
       </c>
-      <c r="F14" t="inlineStr">
+      <c r="F19" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G14" t="inlineStr">
+      <c r="G19" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H14" s="1" t="n"/>
-      <c r="I14" s="1" t="n">
+      <c r="H19" s="1" t="n"/>
+      <c r="I19" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K14" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L14" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O14" t="inlineStr">
+      <c r="O19" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P14" s="2" t="n"/>
-      <c r="Q14" s="2" t="n">
+      <c r="P19" s="2" t="n"/>
+      <c r="Q19" s="2" t="n">
         <v>1492</v>
       </c>
-      <c r="R14" s="2" t="n">
+      <c r="R19" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S14" s="2" t="n">
+      <c r="S19" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T14" s="2" t="n">
+      <c r="T19" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U14" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W14" s="2" t="n">
+      <c r="U19" s="2" t="n"/>
+      <c r="V19" s="2" t="n"/>
+      <c r="W19" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X14" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB14" t="inlineStr">
+      <c r="X19" s="2" t="n"/>
+      <c r="Y19" s="2" t="n"/>
+      <c r="Z19" s="2" t="n"/>
+      <c r="AA19" s="2" t="n"/>
+      <c r="AB19" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC14" t="inlineStr">
+      <c r="AC19" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD14" s="2" t="n"/>
-      <c r="AE14" s="1" t="n">
+      <c r="AD19" s="2" t="n"/>
+      <c r="AE19" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="AF14" s="1" t="n"/>
-      <c r="AG14" s="2" t="n">
+      <c r="AF19" s="1" t="n"/>
+      <c r="AG19" s="2" t="n">
         <v>5250</v>
       </c>
-      <c r="AH14" s="2" t="n">
+      <c r="AH19" s="2" t="n">
         <v>1300</v>
       </c>
-      <c r="AI14" s="2" t="n">
+      <c r="AI19" s="2" t="n">
         <v>2010</v>
       </c>
-      <c r="AJ14" s="2" t="n">
+      <c r="AJ19" s="2" t="n">
         <v>6031</v>
       </c>
-      <c r="AK14" s="2" t="n"/>
-      <c r="AO14" t="inlineStr">
+      <c r="AK19" s="2" t="n"/>
+      <c r="AO19" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR14" s="2" t="n">
+      <c r="AR19" s="2" t="n">
         <v>96</v>
       </c>
-      <c r="AS14" s="2" t="n"/>
-      <c r="AT14" s="2" t="n">
+      <c r="AS19" s="2" t="n"/>
+      <c r="AT19" s="2" t="n">
         <v>76</v>
       </c>
-      <c r="AW14" s="2" t="n"/>
-      <c r="AX14" t="inlineStr">
+      <c r="AW19" s="2" t="n"/>
+      <c r="AX19" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="AY14" s="3" t="n">
+      <c r="AY19" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ14" t="b">
+      <c r="AZ19" t="b">
         <v>0</v>
       </c>
-      <c r="BA14" t="inlineStr">
+      <c r="BA19" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC14" s="3" t="n"/>
+      <c r="BC19" s="3" t="n"/>
     </row>
-    <row r="15" ht="40" customHeight="1">
-      <c r="A15" s="1" t="n">
+    <row r="20" ht="40" customHeight="1">
+      <c r="A20" s="1" t="n">
         <v>554</v>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B20" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E15" t="inlineStr">
+      <c r="E20" t="inlineStr">
         <is>
           <t>14.2</t>
         </is>
       </c>
-      <c r="F15" t="inlineStr">
+      <c r="F20" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G15" t="inlineStr">
+      <c r="G20" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H15" s="1" t="n"/>
-      <c r="I15" s="1" t="n">
+      <c r="H20" s="1" t="n"/>
+      <c r="I20" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K20" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L20" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O15" t="inlineStr">
+      <c r="O20" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P15" s="2" t="n"/>
-      <c r="Q15" s="2" t="n">
+      <c r="P20" s="2" t="n"/>
+      <c r="Q20" s="2" t="n">
         <v>141.1</v>
       </c>
-      <c r="R15" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W15" s="2" t="n">
+      <c r="R20" s="2" t="n"/>
+      <c r="S20" s="2" t="n"/>
+      <c r="T20" s="2" t="n"/>
+      <c r="U20" s="2" t="n"/>
+      <c r="V20" s="2" t="n"/>
+      <c r="W20" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X15" s="2" t="n">
+      <c r="X20" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y15" s="2" t="n">
+      <c r="Y20" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z15" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB15" t="inlineStr">
+      <c r="Z20" s="2" t="n"/>
+      <c r="AA20" s="2" t="n"/>
+      <c r="AB20" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC15" t="inlineStr">
+      <c r="AC20" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD15" s="2" t="n"/>
-      <c r="AE15" s="1" t="n">
+      <c r="AD20" s="2" t="n"/>
+      <c r="AE20" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="AF15" s="1" t="n"/>
-      <c r="AG15" s="2" t="n">
+      <c r="AF20" s="1" t="n"/>
+      <c r="AG20" s="2" t="n">
         <v>5170</v>
       </c>
-      <c r="AH15" s="2" t="n">
+      <c r="AH20" s="2" t="n">
         <v>1200</v>
       </c>
-      <c r="AI15" s="2" t="n">
+      <c r="AI20" s="2" t="n">
         <v>2110</v>
       </c>
-      <c r="AJ15" s="2" t="n">
+      <c r="AJ20" s="2" t="n">
         <v>2000</v>
       </c>
-      <c r="AK15" s="2" t="n"/>
-      <c r="AO15" t="inlineStr">
+      <c r="AK20" s="2" t="n"/>
+      <c r="AO20" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR15" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY15" s="3" t="n">
+      <c r="AR20" s="2" t="n"/>
+      <c r="AS20" s="2" t="n"/>
+      <c r="AT20" s="2" t="n"/>
+      <c r="AW20" s="2" t="n"/>
+      <c r="AX20" t="inlineStr"/>
+      <c r="AY20" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ15" t="b">
+      <c r="AZ20" t="b">
         <v>0</v>
       </c>
-      <c r="BA15" t="inlineStr">
+      <c r="BA20" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC15" s="3" t="n"/>
+      <c r="BC20" s="3" t="n"/>
     </row>
-    <row r="16" ht="40" customHeight="1">
-      <c r="A16" s="1" t="n">
+    <row r="21" ht="40" customHeight="1">
+      <c r="A21" s="1" t="n">
         <v>575</v>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B21" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C21" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D21" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E16" t="inlineStr">
+      <c r="E21" t="inlineStr">
         <is>
           <t>14.2</t>
         </is>
       </c>
-      <c r="F16" t="inlineStr">
+      <c r="F21" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G16" t="inlineStr">
+      <c r="G21" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H16" s="1" t="n"/>
-      <c r="I16" s="1" t="n">
+      <c r="H21" s="1" t="n"/>
+      <c r="I21" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K21" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L21" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O16" t="inlineStr">
+      <c r="O21" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P16" s="2" t="n"/>
-      <c r="Q16" s="2" t="n">
+      <c r="P21" s="2" t="n"/>
+      <c r="Q21" s="2" t="n">
         <v>157.3</v>
       </c>
-      <c r="R16" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V16" s="2" t="n">
+      <c r="R21" s="2" t="n"/>
+      <c r="S21" s="2" t="n"/>
+      <c r="T21" s="2" t="n"/>
+      <c r="U21" s="2" t="n"/>
+      <c r="V21" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W16" s="2" t="n">
+      <c r="W21" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X16" s="2" t="n">
+      <c r="X21" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y16" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB16" t="inlineStr">
+      <c r="Y21" s="2" t="n"/>
+      <c r="Z21" s="2" t="n"/>
+      <c r="AA21" s="2" t="n"/>
+      <c r="AB21" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC16" t="inlineStr">
+      <c r="AC21" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD16" s="2" t="n"/>
-      <c r="AE16" s="1" t="n">
+      <c r="AD21" s="2" t="n"/>
+      <c r="AE21" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="AF16" s="1" t="n"/>
-      <c r="AG16" s="2" t="n">
+      <c r="AF21" s="1" t="n"/>
+      <c r="AG21" s="2" t="n">
         <v>1490</v>
       </c>
-      <c r="AH16" s="2" t="n">
+      <c r="AH21" s="2" t="n">
         <v>795</v>
       </c>
-      <c r="AI16" s="2" t="n">
+      <c r="AI21" s="2" t="n">
         <v>1900</v>
       </c>
-      <c r="AJ16" s="2" t="n">
+      <c r="AJ21" s="2" t="n">
         <v>677</v>
       </c>
-      <c r="AK16" s="2" t="n"/>
-      <c r="AO16" t="inlineStr">
+      <c r="AK21" s="2" t="n"/>
+      <c r="AO21" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR16" s="2" t="n">
+      <c r="AR21" s="2" t="n">
         <v>82</v>
       </c>
-      <c r="AS16" s="2" t="n"/>
-      <c r="AT16" s="2" t="n">
+      <c r="AS21" s="2" t="n"/>
+      <c r="AT21" s="2" t="n">
         <v>66</v>
       </c>
-      <c r="AW16" s="2" t="n"/>
-      <c r="AX16" t="inlineStr">
+      <c r="AW21" s="2" t="n"/>
+      <c r="AX21" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY16" s="3" t="n">
+      <c r="AY21" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ16" t="b">
+      <c r="AZ21" t="b">
         <v>0</v>
       </c>
-      <c r="BA16" t="inlineStr">
+      <c r="BA21" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC16" s="3" t="n"/>
+      <c r="BC21" s="3" t="n"/>
     </row>
-    <row r="17" ht="40" customHeight="1">
-      <c r="A17" s="1" t="n">
+    <row r="22" ht="40" customHeight="1">
+      <c r="A22" s="1" t="n">
         <v>614</v>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E17" t="inlineStr">
+      <c r="E22" t="inlineStr">
         <is>
           <t>143.2</t>
         </is>
       </c>
-      <c r="F17" t="inlineStr">
+      <c r="F22" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G17" t="inlineStr">
+      <c r="G22" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H17" s="1" t="n"/>
-      <c r="I17" s="1" t="n">
+      <c r="H22" s="1" t="n"/>
+      <c r="I22" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K22" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L22" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O17" t="inlineStr">
+      <c r="O22" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P17" s="2" t="n"/>
-      <c r="Q17" s="2" t="n">
+      <c r="P22" s="2" t="n"/>
+      <c r="Q22" s="2" t="n">
         <v>1606</v>
       </c>
-      <c r="R17" s="2" t="n">
+      <c r="R22" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S17" s="2" t="n">
+      <c r="S22" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T17" s="2" t="n">
+      <c r="T22" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U17" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W17" s="2" t="n">
+      <c r="U22" s="2" t="n"/>
+      <c r="V22" s="2" t="n"/>
+      <c r="W22" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X17" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB17" t="inlineStr">
+      <c r="X22" s="2" t="n"/>
+      <c r="Y22" s="2" t="n"/>
+      <c r="Z22" s="2" t="n"/>
+      <c r="AA22" s="2" t="n"/>
+      <c r="AB22" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC17" t="inlineStr">
+      <c r="AC22" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD17" s="2" t="n"/>
-      <c r="AE17" s="1" t="n">
+      <c r="AD22" s="2" t="n"/>
+      <c r="AE22" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="AF17" s="1" t="n"/>
-      <c r="AG17" s="2" t="n">
+      <c r="AF22" s="1" t="n"/>
+      <c r="AG22" s="2" t="n">
         <v>5380</v>
       </c>
-      <c r="AH17" s="2" t="n">
+      <c r="AH22" s="2" t="n">
         <v>1350</v>
       </c>
-      <c r="AI17" s="2" t="n">
+      <c r="AI22" s="2" t="n">
         <v>2240</v>
       </c>
-      <c r="AJ17" s="2" t="n">
+      <c r="AJ22" s="2" t="n">
         <v>6854</v>
       </c>
-      <c r="AK17" s="2" t="n"/>
-      <c r="AO17" t="inlineStr">
+      <c r="AK22" s="2" t="n"/>
+      <c r="AO22" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR17" s="2" t="n">
+      <c r="AR22" s="2" t="n">
         <v>97</v>
       </c>
-      <c r="AS17" s="2" t="n"/>
-      <c r="AT17" s="2" t="n">
+      <c r="AS22" s="2" t="n"/>
+      <c r="AT22" s="2" t="n">
         <v>77</v>
       </c>
-      <c r="AW17" s="2" t="n"/>
-      <c r="AX17" t="inlineStr">
+      <c r="AW22" s="2" t="n"/>
+      <c r="AX22" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY17" s="3" t="n">
+      <c r="AY22" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ17" t="b">
+      <c r="AZ22" t="b">
         <v>0</v>
       </c>
-      <c r="BA17" t="inlineStr">
+      <c r="BA22" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC17" s="3" t="n"/>
+      <c r="BC22" s="3" t="n"/>
     </row>
-    <row r="18" ht="40" customHeight="1">
-      <c r="A18" s="1" t="n">
+    <row r="23" ht="40" customHeight="1">
+      <c r="A23" s="1" t="n">
         <v>576</v>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B23" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C23" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D23" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E18" t="inlineStr">
+      <c r="E23" t="inlineStr">
         <is>
           <t>15.2</t>
         </is>
       </c>
-      <c r="F18" t="inlineStr">
+      <c r="F23" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G18" t="inlineStr">
+      <c r="G23" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H18" s="1" t="n"/>
-      <c r="I18" s="1" t="n">
+      <c r="H23" s="1" t="n"/>
+      <c r="I23" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K23" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L23" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O18" t="inlineStr">
+      <c r="O23" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P18" s="2" t="n"/>
-      <c r="Q18" s="2" t="n">
+      <c r="P23" s="2" t="n"/>
+      <c r="Q23" s="2" t="n">
         <v>174.8</v>
       </c>
-      <c r="R18" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V18" s="2" t="n">
+      <c r="R23" s="2" t="n"/>
+      <c r="S23" s="2" t="n"/>
+      <c r="T23" s="2" t="n"/>
+      <c r="U23" s="2" t="n"/>
+      <c r="V23" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W18" s="2" t="n">
+      <c r="W23" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X18" s="2" t="n">
+      <c r="X23" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y18" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB18" t="inlineStr">
+      <c r="Y23" s="2" t="n"/>
+      <c r="Z23" s="2" t="n"/>
+      <c r="AA23" s="2" t="n"/>
+      <c r="AB23" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC18" t="inlineStr">
+      <c r="AC23" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD18" s="2" t="n"/>
-      <c r="AE18" s="1" t="n">
+      <c r="AD23" s="2" t="n"/>
+      <c r="AE23" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="AF18" s="1" t="n"/>
-      <c r="AG18" s="2" t="n">
+      <c r="AF23" s="1" t="n"/>
+      <c r="AG23" s="2" t="n">
         <v>1490</v>
       </c>
-      <c r="AH18" s="2" t="n">
+      <c r="AH23" s="2" t="n">
         <v>795</v>
       </c>
-      <c r="AI18" s="2" t="n">
+      <c r="AI23" s="2" t="n">
         <v>1900</v>
       </c>
-      <c r="AJ18" s="2" t="n">
+      <c r="AJ23" s="2" t="n">
         <v>690</v>
       </c>
-      <c r="AK18" s="2" t="n"/>
-      <c r="AO18" t="inlineStr">
+      <c r="AK23" s="2" t="n"/>
+      <c r="AO23" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR18" s="2" t="n">
+      <c r="AR23" s="2" t="n">
         <v>82</v>
       </c>
-      <c r="AS18" s="2" t="n"/>
-      <c r="AT18" s="2" t="n">
+      <c r="AS23" s="2" t="n"/>
+      <c r="AT23" s="2" t="n">
         <v>66</v>
       </c>
-      <c r="AW18" s="2" t="n"/>
-      <c r="AX18" t="inlineStr">
+      <c r="AW23" s="2" t="n"/>
+      <c r="AX23" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY18" s="3" t="n">
+      <c r="AY23" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ18" t="b">
+      <c r="AZ23" t="b">
         <v>0</v>
       </c>
-      <c r="BA18" t="inlineStr">
+      <c r="BA23" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC18" s="3" t="n"/>
+      <c r="BC23" s="3" t="n"/>
     </row>
-    <row r="19" ht="40" customHeight="1">
-      <c r="A19" s="1" t="n">
+    <row r="24" ht="40" customHeight="1">
+      <c r="A24" s="1" t="n">
         <v>615</v>
       </c>
-      <c r="B19" t="inlineStr">
+      <c r="B24" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C24" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D24" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E19" t="inlineStr">
+      <c r="E24" t="inlineStr">
         <is>
           <t>159.2</t>
         </is>
       </c>
-      <c r="F19" t="inlineStr">
+      <c r="F24" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G19" t="inlineStr">
+      <c r="G24" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H19" s="1" t="n"/>
-      <c r="I19" s="1" t="n">
+      <c r="H24" s="1" t="n"/>
+      <c r="I24" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K19" t="inlineStr">
+      <c r="K24" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L19" t="inlineStr">
+      <c r="L24" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O19" t="inlineStr">
+      <c r="O24" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P19" s="2" t="n"/>
-      <c r="Q19" s="2" t="n">
+      <c r="P24" s="2" t="n"/>
+      <c r="Q24" s="2" t="n">
         <v>1785</v>
       </c>
-      <c r="R19" s="2" t="n">
+      <c r="R24" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S19" s="2" t="n">
+      <c r="S24" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T19" s="2" t="n">
+      <c r="T24" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U19" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W19" s="2" t="n">
+      <c r="U24" s="2" t="n"/>
+      <c r="V24" s="2" t="n"/>
+      <c r="W24" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X19" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB19" t="inlineStr">
+      <c r="X24" s="2" t="n"/>
+      <c r="Y24" s="2" t="n"/>
+      <c r="Z24" s="2" t="n"/>
+      <c r="AA24" s="2" t="n"/>
+      <c r="AB24" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC19" t="inlineStr">
+      <c r="AC24" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD19" s="2" t="n"/>
-      <c r="AE19" s="1" t="n">
+      <c r="AD24" s="2" t="n"/>
+      <c r="AE24" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="AF19" s="1" t="n"/>
-      <c r="AG19" s="2" t="n">
+      <c r="AF24" s="1" t="n"/>
+      <c r="AG24" s="2" t="n">
         <v>5380</v>
       </c>
-      <c r="AH19" s="2" t="n">
+      <c r="AH24" s="2" t="n">
         <v>1350</v>
       </c>
-      <c r="AI19" s="2" t="n">
+      <c r="AI24" s="2" t="n">
         <v>2240</v>
       </c>
-      <c r="AJ19" s="2" t="n">
+      <c r="AJ24" s="2" t="n">
         <v>7045</v>
       </c>
-      <c r="AK19" s="2" t="n"/>
-      <c r="AO19" t="inlineStr">
+      <c r="AK24" s="2" t="n"/>
+      <c r="AO24" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR19" s="2" t="n">
+      <c r="AR24" s="2" t="n">
         <v>98</v>
       </c>
-      <c r="AS19" s="2" t="n"/>
-      <c r="AT19" s="2" t="n">
+      <c r="AS24" s="2" t="n"/>
+      <c r="AT24" s="2" t="n">
         <v>75</v>
       </c>
-      <c r="AW19" s="2" t="n"/>
-      <c r="AX19" t="inlineStr">
+      <c r="AW24" s="2" t="n"/>
+      <c r="AX24" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY19" s="3" t="n">
+      <c r="AY24" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ19" t="b">
+      <c r="AZ24" t="b">
         <v>0</v>
       </c>
-      <c r="BA19" t="inlineStr">
+      <c r="BA24" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC19" s="3" t="n"/>
+      <c r="BC24" s="3" t="n"/>
     </row>
-    <row r="20" ht="40" customHeight="1">
-      <c r="A20" s="1" t="n">
+    <row r="25" ht="40" customHeight="1">
+      <c r="A25" s="1" t="n">
         <v>555</v>
       </c>
-      <c r="B20" t="inlineStr">
+      <c r="B25" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C20" t="inlineStr">
+      <c r="C25" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D20" t="inlineStr">
+      <c r="D25" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E20" t="inlineStr">
+      <c r="E25" t="inlineStr">
         <is>
           <t>16.2</t>
         </is>
       </c>
-      <c r="F20" t="inlineStr">
+      <c r="F25" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G20" t="inlineStr">
+      <c r="G25" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H20" s="1" t="n"/>
-      <c r="I20" s="1" t="n">
+      <c r="H25" s="1" t="n"/>
+      <c r="I25" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K20" t="inlineStr">
+      <c r="K25" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L20" t="inlineStr">
+      <c r="L25" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O20" t="inlineStr">
+      <c r="O25" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P20" s="2" t="n"/>
-      <c r="Q20" s="2" t="n">
+      <c r="P25" s="2" t="n"/>
+      <c r="Q25" s="2" t="n">
         <v>172.5</v>
       </c>
-      <c r="R20" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W20" s="2" t="n">
+      <c r="R25" s="2" t="n"/>
+      <c r="S25" s="2" t="n"/>
+      <c r="T25" s="2" t="n"/>
+      <c r="U25" s="2" t="n"/>
+      <c r="V25" s="2" t="n"/>
+      <c r="W25" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X20" s="2" t="n">
+      <c r="X25" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y20" s="2" t="n">
+      <c r="Y25" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z20" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB20" t="inlineStr">
+      <c r="Z25" s="2" t="n"/>
+      <c r="AA25" s="2" t="n"/>
+      <c r="AB25" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC20" t="inlineStr">
+      <c r="AC25" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD20" s="2" t="n"/>
-      <c r="AE20" s="1" t="n">
+      <c r="AD25" s="2" t="n"/>
+      <c r="AE25" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="AF20" s="1" t="n"/>
-      <c r="AG20" s="2" t="n">
+      <c r="AF25" s="1" t="n"/>
+      <c r="AG25" s="2" t="n">
         <v>5170</v>
       </c>
-      <c r="AH20" s="2" t="n">
+      <c r="AH25" s="2" t="n">
         <v>1200</v>
       </c>
-      <c r="AI20" s="2" t="n">
+      <c r="AI25" s="2" t="n">
         <v>2110</v>
       </c>
-      <c r="AJ20" s="2" t="n">
+      <c r="AJ25" s="2" t="n">
         <v>2200</v>
       </c>
-      <c r="AK20" s="2" t="n"/>
-      <c r="AO20" t="inlineStr">
+      <c r="AK25" s="2" t="n"/>
+      <c r="AO25" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR20" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY20" s="3" t="n">
+      <c r="AR25" s="2" t="n"/>
+      <c r="AS25" s="2" t="n"/>
+      <c r="AT25" s="2" t="n"/>
+      <c r="AW25" s="2" t="n"/>
+      <c r="AX25" t="inlineStr"/>
+      <c r="AY25" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ20" t="b">
+      <c r="AZ25" t="b">
         <v>0</v>
       </c>
-      <c r="BA20" t="inlineStr">
+      <c r="BA25" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC20" s="3" t="n"/>
+      <c r="BC25" s="3" t="n"/>
     </row>
-    <row r="21" ht="40" customHeight="1">
-      <c r="A21" s="1" t="n">
+    <row r="26" ht="40" customHeight="1">
+      <c r="A26" s="1" t="n">
         <v>580</v>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D21" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E21" t="inlineStr">
+      <c r="E26" t="inlineStr">
         <is>
           <t>16.4</t>
         </is>
       </c>
-      <c r="F21" t="inlineStr">
+      <c r="F26" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G21" t="inlineStr">
+      <c r="G26" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H21" s="1" t="n"/>
-      <c r="I21" s="1" t="n">
+      <c r="H26" s="1" t="n"/>
+      <c r="I26" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K21" t="inlineStr">
+      <c r="K26" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L21" t="inlineStr">
+      <c r="L26" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O21" t="inlineStr">
+      <c r="O26" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P21" s="2" t="n"/>
-      <c r="Q21" s="2" t="n">
+      <c r="P26" s="2" t="n"/>
+      <c r="Q26" s="2" t="n">
         <v>189.1</v>
       </c>
-      <c r="R21" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V21" s="2" t="n">
+      <c r="R26" s="2" t="n"/>
+      <c r="S26" s="2" t="n"/>
+      <c r="T26" s="2" t="n"/>
+      <c r="U26" s="2" t="n"/>
+      <c r="V26" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W21" s="2" t="n">
+      <c r="W26" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X21" s="2" t="n">
+      <c r="X26" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y21" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB21" t="inlineStr">
+      <c r="Y26" s="2" t="n"/>
+      <c r="Z26" s="2" t="n"/>
+      <c r="AA26" s="2" t="n"/>
+      <c r="AB26" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC21" t="inlineStr">
+      <c r="AC26" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD21" s="2" t="n"/>
-      <c r="AE21" s="1" t="n">
+      <c r="AD26" s="2" t="n"/>
+      <c r="AE26" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF21" s="1" t="n"/>
-      <c r="AG21" s="2" t="n">
+      <c r="AF26" s="1" t="n"/>
+      <c r="AG26" s="2" t="n">
         <v>2323</v>
       </c>
-      <c r="AH21" s="2" t="n">
+      <c r="AH26" s="2" t="n">
         <v>876</v>
       </c>
-      <c r="AI21" s="2" t="n">
+      <c r="AI26" s="2" t="n">
         <v>1990</v>
       </c>
-      <c r="AJ21" s="2" t="n">
+      <c r="AJ26" s="2" t="n">
         <v>1069</v>
       </c>
-      <c r="AK21" s="2" t="n"/>
-      <c r="AO21" t="inlineStr">
+      <c r="AK26" s="2" t="n"/>
+      <c r="AO26" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR21" s="2" t="n">
+      <c r="AR26" s="2" t="n">
         <v>79</v>
       </c>
-      <c r="AS21" s="2" t="n"/>
-      <c r="AT21" s="2" t="n">
+      <c r="AS26" s="2" t="n"/>
+      <c r="AT26" s="2" t="n">
         <v>61</v>
       </c>
-      <c r="AW21" s="2" t="n"/>
-      <c r="AX21" t="inlineStr">
+      <c r="AW26" s="2" t="n"/>
+      <c r="AX26" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY21" s="3" t="n">
-[...654 lines deleted...]
-      <c r="AX26" t="inlineStr"/>
       <c r="AY26" s="3" t="n">
         <v>45677</v>
       </c>
       <c r="AZ26" t="b">
         <v>0</v>
       </c>
       <c r="BA26" t="inlineStr">
         <is>
-          <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
+          <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
       <c r="BC26" s="3" t="n"/>
     </row>
     <row r="27" ht="40" customHeight="1">
       <c r="A27" s="1" t="n">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>20.2</t>
+          <t>17.2</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H27" s="1" t="n"/>
       <c r="I27" s="1" t="n">
         <v>9</v>
       </c>
       <c r="K27" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="O27" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
       <c r="P27" s="2" t="n"/>
       <c r="Q27" s="2" t="n">
-        <v>232.2</v>
+        <v>199.9</v>
       </c>
       <c r="R27" s="2" t="n"/>
       <c r="S27" s="2" t="n"/>
       <c r="T27" s="2" t="n"/>
       <c r="U27" s="2" t="n"/>
       <c r="V27" s="2" t="n">
         <v>40</v>
       </c>
       <c r="W27" s="2" t="n">
         <v>60</v>
       </c>
       <c r="X27" s="2" t="n">
         <v>-10</v>
       </c>
       <c r="Y27" s="2" t="n"/>
       <c r="Z27" s="2" t="n"/>
       <c r="AA27" s="2" t="n"/>
       <c r="AB27" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC27" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="AD27" s="2" t="n"/>
       <c r="AE27" s="1" t="n">
         <v>50</v>
       </c>
       <c r="AF27" s="1" t="n"/>
       <c r="AG27" s="2" t="n">
         <v>1686</v>
       </c>
       <c r="AH27" s="2" t="n">
         <v>795</v>
       </c>
       <c r="AI27" s="2" t="n">
         <v>1900</v>
       </c>
       <c r="AJ27" s="2" t="n">
-        <v>878</v>
+        <v>839</v>
       </c>
       <c r="AK27" s="2" t="n"/>
       <c r="AO27" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
       <c r="AR27" s="2" t="n">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="AS27" s="2" t="n"/>
       <c r="AT27" s="2" t="n">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="AW27" s="2" t="n"/>
       <c r="AX27" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
       <c r="AY27" s="3" t="n">
         <v>45677</v>
       </c>
       <c r="AZ27" t="b">
         <v>0</v>
       </c>
       <c r="BA27" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
       <c r="BC27" s="3" t="n"/>
     </row>
     <row r="28" ht="40" customHeight="1">
       <c r="A28" s="1" t="n">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>21.4</t>
+          <t>17.4</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H28" s="1" t="n"/>
       <c r="I28" s="1" t="n">
         <v>9</v>
       </c>
       <c r="K28" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="O28" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
       <c r="P28" s="2" t="n"/>
       <c r="Q28" s="2" t="n">
-        <v>217.5</v>
+        <v>168.2</v>
       </c>
       <c r="R28" s="2" t="n"/>
       <c r="S28" s="2" t="n"/>
       <c r="T28" s="2" t="n"/>
       <c r="U28" s="2" t="n"/>
       <c r="V28" s="2" t="n"/>
       <c r="W28" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X28" s="2" t="n">
         <v>-15</v>
       </c>
       <c r="Y28" s="2" t="n">
         <v>40</v>
       </c>
       <c r="Z28" s="2" t="n"/>
       <c r="AA28" s="2" t="n"/>
       <c r="AB28" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC28" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="AD28" s="2" t="n"/>
       <c r="AE28" s="1" t="n">
         <v>25</v>
       </c>
       <c r="AF28" s="1" t="n"/>
       <c r="AG28" s="2" t="n">
         <v>2297</v>
       </c>
       <c r="AH28" s="2" t="n">
         <v>2256</v>
       </c>
       <c r="AI28" s="2" t="n">
         <v>2443</v>
       </c>
       <c r="AJ28" s="2" t="n">
-        <v>2100</v>
+        <v>2000</v>
       </c>
       <c r="AK28" s="2" t="n"/>
       <c r="AO28" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
       <c r="AR28" s="2" t="n"/>
       <c r="AS28" s="2" t="n"/>
       <c r="AT28" s="2" t="n"/>
       <c r="AW28" s="2" t="n"/>
       <c r="AX28" t="inlineStr"/>
       <c r="AY28" s="3" t="n">
         <v>45677</v>
       </c>
       <c r="AZ28" t="b">
         <v>0</v>
       </c>
       <c r="BA28" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
       <c r="BC28" s="3" t="n"/>
     </row>
     <row r="29" ht="40" customHeight="1">
       <c r="A29" s="1" t="n">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>21.4</t>
+          <t>18.4</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H29" s="1" t="n"/>
       <c r="I29" s="1" t="n">
         <v>9</v>
       </c>
       <c r="K29" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="O29" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
       <c r="P29" s="2" t="n"/>
       <c r="Q29" s="2" t="n">
-        <v>250.5</v>
+        <v>221</v>
       </c>
       <c r="R29" s="2" t="n"/>
       <c r="S29" s="2" t="n"/>
       <c r="T29" s="2" t="n"/>
       <c r="U29" s="2" t="n"/>
       <c r="V29" s="2" t="n">
         <v>40</v>
       </c>
       <c r="W29" s="2" t="n">
         <v>60</v>
       </c>
       <c r="X29" s="2" t="n">
         <v>-10</v>
       </c>
       <c r="Y29" s="2" t="n"/>
       <c r="Z29" s="2" t="n"/>
       <c r="AA29" s="2" t="n"/>
       <c r="AB29" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC29" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="AD29" s="2" t="n"/>
       <c r="AE29" s="1" t="n">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="AF29" s="1" t="n"/>
       <c r="AG29" s="2" t="n">
         <v>2323</v>
       </c>
       <c r="AH29" s="2" t="n">
         <v>876</v>
       </c>
       <c r="AI29" s="2" t="n">
         <v>1990</v>
       </c>
       <c r="AJ29" s="2" t="n">
-        <v>1185</v>
+        <v>1086</v>
       </c>
       <c r="AK29" s="2" t="n"/>
       <c r="AO29" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
       <c r="AR29" s="2" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="AS29" s="2" t="n"/>
       <c r="AT29" s="2" t="n">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="AW29" s="2" t="n"/>
       <c r="AX29" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
       <c r="AY29" s="3" t="n">
         <v>45677</v>
       </c>
       <c r="AZ29" t="b">
         <v>0</v>
       </c>
       <c r="BA29" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
       <c r="BC29" s="3" t="n"/>
     </row>
     <row r="30" ht="40" customHeight="1">
       <c r="A30" s="1" t="n">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>24.4</t>
+          <t>19.2</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H30" s="1" t="n"/>
       <c r="I30" s="1" t="n">
         <v>9</v>
       </c>
       <c r="K30" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>1</t>
         </is>
       </c>
       <c r="O30" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
       <c r="P30" s="2" t="n"/>
       <c r="Q30" s="2" t="n">
-        <v>279.6</v>
+        <v>224.3</v>
       </c>
       <c r="R30" s="2" t="n"/>
       <c r="S30" s="2" t="n"/>
       <c r="T30" s="2" t="n"/>
       <c r="U30" s="2" t="n"/>
       <c r="V30" s="2" t="n">
         <v>40</v>
       </c>
       <c r="W30" s="2" t="n">
         <v>60</v>
       </c>
       <c r="X30" s="2" t="n">
         <v>-10</v>
       </c>
       <c r="Y30" s="2" t="n"/>
       <c r="Z30" s="2" t="n"/>
       <c r="AA30" s="2" t="n"/>
       <c r="AB30" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC30" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>2</t>
         </is>
       </c>
       <c r="AD30" s="2" t="n"/>
       <c r="AE30" s="1" t="n">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="AF30" s="1" t="n"/>
       <c r="AG30" s="2" t="n">
-        <v>2323</v>
+        <v>1686</v>
       </c>
       <c r="AH30" s="2" t="n">
-        <v>876</v>
+        <v>795</v>
       </c>
       <c r="AI30" s="2" t="n">
-        <v>1990</v>
+        <v>1900</v>
       </c>
       <c r="AJ30" s="2" t="n">
-        <v>1244</v>
+        <v>943</v>
       </c>
       <c r="AK30" s="2" t="n"/>
       <c r="AO30" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
       <c r="AR30" s="2" t="n">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="AS30" s="2" t="n"/>
       <c r="AT30" s="2" t="n">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AW30" s="2" t="n"/>
       <c r="AX30" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
       <c r="AY30" s="3" t="n">
         <v>45677</v>
       </c>
       <c r="AZ30" t="b">
         <v>0</v>
       </c>
       <c r="BA30" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
       <c r="BC30" s="3" t="n"/>
     </row>
     <row r="31" ht="40" customHeight="1">
       <c r="A31" s="1" t="n">
-        <v>593</v>
+        <v>559</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>R1234ze(Z), R134a, R513A (R1234yf/R134a)</t>
+          <t>R454B</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>Wasser/Sole (Brine/Water)</t>
+          <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>25.1</t>
+          <t>19.4</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>OMEGA SKY Xi HPW</t>
+          <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H31" s="1" t="n"/>
       <c r="I31" s="1" t="n">
         <v>9</v>
       </c>
       <c r="K31" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>2</t>
         </is>
       </c>
       <c r="O31" t="inlineStr">
         <is>
-          <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+          <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
       <c r="P31" s="2" t="n"/>
       <c r="Q31" s="2" t="n">
-        <v>272</v>
+        <v>192.8</v>
       </c>
       <c r="R31" s="2" t="n"/>
       <c r="S31" s="2" t="n"/>
       <c r="T31" s="2" t="n"/>
       <c r="U31" s="2" t="n"/>
       <c r="V31" s="2" t="n"/>
       <c r="W31" s="2" t="n">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="Y31" s="2" t="n"/>
+        <v>55</v>
+      </c>
+      <c r="X31" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y31" s="2" t="n">
+        <v>40</v>
+      </c>
       <c r="Z31" s="2" t="n"/>
       <c r="AA31" s="2" t="n"/>
       <c r="AB31" t="inlineStr">
         <is>
-          <t>Schraubenverdichter</t>
+          <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC31" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="AD31" s="2" t="n"/>
       <c r="AE31" s="1" t="n">
         <v>25</v>
       </c>
       <c r="AF31" s="1" t="n"/>
       <c r="AG31" s="2" t="n">
-        <v>3700</v>
+        <v>2297</v>
       </c>
       <c r="AH31" s="2" t="n">
-        <v>1500</v>
+        <v>2256</v>
       </c>
       <c r="AI31" s="2" t="n">
-        <v>2050</v>
+        <v>2443</v>
       </c>
       <c r="AJ31" s="2" t="n">
-        <v>2215</v>
+        <v>2000</v>
       </c>
       <c r="AK31" s="2" t="n"/>
       <c r="AO31" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR31" s="2" t="n">
+      <c r="AR31" s="2" t="n"/>
+      <c r="AS31" s="2" t="n"/>
+      <c r="AT31" s="2" t="n"/>
+      <c r="AW31" s="2" t="n"/>
+      <c r="AX31" t="inlineStr"/>
+      <c r="AY31" s="3" t="n">
+        <v>45677</v>
+      </c>
+      <c r="AZ31" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA31" t="inlineStr">
+        <is>
+          <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
+        </is>
+      </c>
+      <c r="BC31" s="3" t="n"/>
+    </row>
+    <row r="32" ht="40" customHeight="1">
+      <c r="A32" s="1" t="n">
+        <v>579</v>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>R32</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>Swegon Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>20.2</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>SIGMA SKY OH R7</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="n"/>
+      <c r="I32" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K32" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L32" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O32" t="inlineStr">
+        <is>
+          <t>Warmwasser, Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P32" s="2" t="n"/>
+      <c r="Q32" s="2" t="n">
+        <v>232.2</v>
+      </c>
+      <c r="R32" s="2" t="n"/>
+      <c r="S32" s="2" t="n"/>
+      <c r="T32" s="2" t="n"/>
+      <c r="U32" s="2" t="n"/>
+      <c r="V32" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="W32" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X32" s="2" t="n">
+        <v>-10</v>
+      </c>
+      <c r="Y32" s="2" t="n"/>
+      <c r="Z32" s="2" t="n"/>
+      <c r="AA32" s="2" t="n"/>
+      <c r="AB32" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC32" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD32" s="2" t="n"/>
+      <c r="AE32" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="AF32" s="1" t="n"/>
+      <c r="AG32" s="2" t="n">
+        <v>1686</v>
+      </c>
+      <c r="AH32" s="2" t="n">
+        <v>795</v>
+      </c>
+      <c r="AI32" s="2" t="n">
+        <v>1900</v>
+      </c>
+      <c r="AJ32" s="2" t="n">
+        <v>878</v>
+      </c>
+      <c r="AK32" s="2" t="n"/>
+      <c r="AO32" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR32" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="AS32" s="2" t="n"/>
+      <c r="AT32" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="AW32" s="2" t="n"/>
+      <c r="AX32" t="inlineStr">
+        <is>
+          <t>Ausführungen:
+CH - Kaltwassererzeugern (nur kühlen)
+OH - Wärmepumpe (nur heizen)
+HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
+Hi – mit invertergeregelten Verdichter</t>
+        </is>
+      </c>
+      <c r="AY32" s="3" t="n">
+        <v>45677</v>
+      </c>
+      <c r="AZ32" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA32" t="inlineStr">
+        <is>
+          <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
+        </is>
+      </c>
+      <c r="BC32" s="3" t="n"/>
+    </row>
+    <row r="33" ht="40" customHeight="1">
+      <c r="A33" s="1" t="n">
+        <v>560</v>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>R454B</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>Swegon Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>21.4</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Omicron SKY S4 R5 HE</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="n"/>
+      <c r="I33" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K33" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L33" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O33" t="inlineStr">
+        <is>
+          <t>Warmwasser, Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P33" s="2" t="n"/>
+      <c r="Q33" s="2" t="n">
+        <v>217.5</v>
+      </c>
+      <c r="R33" s="2" t="n"/>
+      <c r="S33" s="2" t="n"/>
+      <c r="T33" s="2" t="n"/>
+      <c r="U33" s="2" t="n"/>
+      <c r="V33" s="2" t="n"/>
+      <c r="W33" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X33" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y33" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Z33" s="2" t="n"/>
+      <c r="AA33" s="2" t="n"/>
+      <c r="AB33" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC33" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD33" s="2" t="n"/>
+      <c r="AE33" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF33" s="1" t="n"/>
+      <c r="AG33" s="2" t="n">
+        <v>2297</v>
+      </c>
+      <c r="AH33" s="2" t="n">
+        <v>2256</v>
+      </c>
+      <c r="AI33" s="2" t="n">
+        <v>2443</v>
+      </c>
+      <c r="AJ33" s="2" t="n">
+        <v>2100</v>
+      </c>
+      <c r="AK33" s="2" t="n"/>
+      <c r="AO33" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR33" s="2" t="n"/>
+      <c r="AS33" s="2" t="n"/>
+      <c r="AT33" s="2" t="n"/>
+      <c r="AW33" s="2" t="n"/>
+      <c r="AX33" t="inlineStr"/>
+      <c r="AY33" s="3" t="n">
+        <v>45677</v>
+      </c>
+      <c r="AZ33" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA33" t="inlineStr">
+        <is>
+          <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
+        </is>
+      </c>
+      <c r="BC33" s="3" t="n"/>
+    </row>
+    <row r="34" ht="40" customHeight="1">
+      <c r="A34" s="1" t="n">
+        <v>582</v>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>R32</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>Swegon Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>21.4</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>SIGMA SKY OH R7</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="n"/>
+      <c r="I34" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K34" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L34" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O34" t="inlineStr">
+        <is>
+          <t>Warmwasser, Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P34" s="2" t="n"/>
+      <c r="Q34" s="2" t="n">
+        <v>250.5</v>
+      </c>
+      <c r="R34" s="2" t="n"/>
+      <c r="S34" s="2" t="n"/>
+      <c r="T34" s="2" t="n"/>
+      <c r="U34" s="2" t="n"/>
+      <c r="V34" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="W34" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X34" s="2" t="n">
+        <v>-10</v>
+      </c>
+      <c r="Y34" s="2" t="n"/>
+      <c r="Z34" s="2" t="n"/>
+      <c r="AA34" s="2" t="n"/>
+      <c r="AB34" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC34" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD34" s="2" t="n"/>
+      <c r="AE34" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="AF34" s="1" t="n"/>
+      <c r="AG34" s="2" t="n">
+        <v>2323</v>
+      </c>
+      <c r="AH34" s="2" t="n">
+        <v>876</v>
+      </c>
+      <c r="AI34" s="2" t="n">
+        <v>1990</v>
+      </c>
+      <c r="AJ34" s="2" t="n">
+        <v>1185</v>
+      </c>
+      <c r="AK34" s="2" t="n"/>
+      <c r="AO34" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR34" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="AS34" s="2" t="n"/>
+      <c r="AT34" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="AW34" s="2" t="n"/>
+      <c r="AX34" t="inlineStr">
+        <is>
+          <t>Ausführungen:
+CH - Kaltwassererzeugern (nur kühlen)
+OH - Wärmepumpe (nur heizen)
+HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
+Hi – mit invertergeregelten Verdichter</t>
+        </is>
+      </c>
+      <c r="AY34" s="3" t="n">
+        <v>45677</v>
+      </c>
+      <c r="AZ34" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA34" t="inlineStr">
+        <is>
+          <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
+        </is>
+      </c>
+      <c r="BC34" s="3" t="n"/>
+    </row>
+    <row r="35" ht="40" customHeight="1">
+      <c r="A35" s="1" t="n">
+        <v>583</v>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>R32</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>Swegon Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>24.4</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>SIGMA SKY OH R7</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="n"/>
+      <c r="I35" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O35" t="inlineStr">
+        <is>
+          <t>Warmwasser, Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P35" s="2" t="n"/>
+      <c r="Q35" s="2" t="n">
+        <v>279.6</v>
+      </c>
+      <c r="R35" s="2" t="n"/>
+      <c r="S35" s="2" t="n"/>
+      <c r="T35" s="2" t="n"/>
+      <c r="U35" s="2" t="n"/>
+      <c r="V35" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="W35" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X35" s="2" t="n">
+        <v>-10</v>
+      </c>
+      <c r="Y35" s="2" t="n"/>
+      <c r="Z35" s="2" t="n"/>
+      <c r="AA35" s="2" t="n"/>
+      <c r="AB35" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC35" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD35" s="2" t="n"/>
+      <c r="AE35" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF35" s="1" t="n"/>
+      <c r="AG35" s="2" t="n">
+        <v>2323</v>
+      </c>
+      <c r="AH35" s="2" t="n">
+        <v>876</v>
+      </c>
+      <c r="AI35" s="2" t="n">
+        <v>1990</v>
+      </c>
+      <c r="AJ35" s="2" t="n">
+        <v>1244</v>
+      </c>
+      <c r="AK35" s="2" t="n"/>
+      <c r="AO35" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR35" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="AS35" s="2" t="n"/>
+      <c r="AT35" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="AW35" s="2" t="n"/>
+      <c r="AX35" t="inlineStr">
+        <is>
+          <t>Ausführungen:
+CH - Kaltwassererzeugern (nur kühlen)
+OH - Wärmepumpe (nur heizen)
+HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
+Hi – mit invertergeregelten Verdichter</t>
+        </is>
+      </c>
+      <c r="AY35" s="3" t="n">
+        <v>45677</v>
+      </c>
+      <c r="AZ35" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA35" t="inlineStr">
+        <is>
+          <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
+        </is>
+      </c>
+      <c r="BC35" s="3" t="n"/>
+    </row>
+    <row r="36" ht="40" customHeight="1">
+      <c r="A36" s="1" t="n">
+        <v>593</v>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>R1234ze(Z), R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>Swegon Germany GmbH</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>25.1</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>OMEGA SKY Xi HPW</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="n"/>
+      <c r="I36" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K36" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O36" t="inlineStr">
+        <is>
+          <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P36" s="2" t="n"/>
+      <c r="Q36" s="2" t="n">
+        <v>272</v>
+      </c>
+      <c r="R36" s="2" t="n"/>
+      <c r="S36" s="2" t="n"/>
+      <c r="T36" s="2" t="n"/>
+      <c r="U36" s="2" t="n"/>
+      <c r="V36" s="2" t="n"/>
+      <c r="W36" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="X36" s="2" t="n"/>
+      <c r="Y36" s="2" t="n"/>
+      <c r="Z36" s="2" t="n"/>
+      <c r="AA36" s="2" t="n"/>
+      <c r="AB36" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC36" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD36" s="2" t="n"/>
+      <c r="AE36" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF36" s="1" t="n"/>
+      <c r="AG36" s="2" t="n">
+        <v>3700</v>
+      </c>
+      <c r="AH36" s="2" t="n">
+        <v>1500</v>
+      </c>
+      <c r="AI36" s="2" t="n">
+        <v>2050</v>
+      </c>
+      <c r="AJ36" s="2" t="n">
+        <v>2215</v>
+      </c>
+      <c r="AK36" s="2" t="n"/>
+      <c r="AO36" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR36" s="2" t="n">
         <v>99</v>
       </c>
-      <c r="AS31" s="2" t="n"/>
-      <c r="AT31" s="2" t="n">
+      <c r="AS36" s="2" t="n"/>
+      <c r="AT36" s="2" t="n">
         <v>81</v>
       </c>
-      <c r="AW31" s="2" t="n"/>
-      <c r="AX31" t="inlineStr">
+      <c r="AW36" s="2" t="n"/>
+      <c r="AX36" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)</t>
         </is>
       </c>
-      <c r="AY31" s="3" t="n">
+      <c r="AY36" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ31" t="b">
+      <c r="AZ36" t="b">
         <v>0</v>
       </c>
-      <c r="BA31" t="inlineStr">
+      <c r="BA36" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/omega-sky-xi/</t>
         </is>
       </c>
-      <c r="BC31" s="3" t="n"/>
+      <c r="BC36" s="3" t="n"/>
     </row>
-    <row r="32" ht="40" customHeight="1">
-      <c r="A32" s="1" t="n">
+    <row r="37" ht="40" customHeight="1">
+      <c r="A37" s="1" t="n">
         <v>561</v>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C32" t="inlineStr">
+      <c r="C37" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
+      <c r="D37" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E32" t="inlineStr">
+      <c r="E37" t="inlineStr">
         <is>
           <t>25.4</t>
         </is>
       </c>
-      <c r="F32" t="inlineStr">
+      <c r="F37" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G32" t="inlineStr">
+      <c r="G37" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H32" s="1" t="n"/>
-      <c r="I32" s="1" t="n">
+      <c r="H37" s="1" t="n"/>
+      <c r="I37" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K32" t="inlineStr">
+      <c r="K37" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L32" t="inlineStr">
+      <c r="L37" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O32" t="inlineStr">
+      <c r="O37" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P32" s="2" t="n"/>
-      <c r="Q32" s="2" t="n">
+      <c r="P37" s="2" t="n"/>
+      <c r="Q37" s="2" t="n">
         <v>248.8</v>
       </c>
-      <c r="R32" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W32" s="2" t="n">
+      <c r="R37" s="2" t="n"/>
+      <c r="S37" s="2" t="n"/>
+      <c r="T37" s="2" t="n"/>
+      <c r="U37" s="2" t="n"/>
+      <c r="V37" s="2" t="n"/>
+      <c r="W37" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X32" s="2" t="n">
+      <c r="X37" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y32" s="2" t="n">
+      <c r="Y37" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z32" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB32" t="inlineStr">
+      <c r="Z37" s="2" t="n"/>
+      <c r="AA37" s="2" t="n"/>
+      <c r="AB37" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC32" t="inlineStr">
+      <c r="AC37" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD32" s="2" t="n"/>
-      <c r="AE32" s="1" t="n">
+      <c r="AD37" s="2" t="n"/>
+      <c r="AE37" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF32" s="1" t="n"/>
-      <c r="AG32" s="2" t="n">
+      <c r="AF37" s="1" t="n"/>
+      <c r="AG37" s="2" t="n">
         <v>5002</v>
       </c>
-      <c r="AH32" s="2" t="n">
+      <c r="AH37" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI32" s="2" t="n">
+      <c r="AI37" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ32" s="2" t="n">
+      <c r="AJ37" s="2" t="n">
         <v>3500</v>
       </c>
-      <c r="AK32" s="2" t="n"/>
-      <c r="AO32" t="inlineStr">
+      <c r="AK37" s="2" t="n"/>
+      <c r="AO37" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR32" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY32" s="3" t="n">
+      <c r="AR37" s="2" t="n"/>
+      <c r="AS37" s="2" t="n"/>
+      <c r="AT37" s="2" t="n"/>
+      <c r="AW37" s="2" t="n"/>
+      <c r="AX37" t="inlineStr"/>
+      <c r="AY37" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ32" t="b">
+      <c r="AZ37" t="b">
         <v>0</v>
       </c>
-      <c r="BA32" t="inlineStr">
+      <c r="BA37" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC32" s="3" t="n"/>
+      <c r="BC37" s="3" t="n"/>
     </row>
-    <row r="33" ht="40" customHeight="1">
-      <c r="A33" s="1" t="n">
+    <row r="38" ht="40" customHeight="1">
+      <c r="A38" s="1" t="n">
         <v>617</v>
       </c>
-      <c r="B33" t="inlineStr">
+      <c r="B38" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C33" t="inlineStr">
+      <c r="C38" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D33" t="inlineStr">
+      <c r="D38" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E33" t="inlineStr">
+      <c r="E38" t="inlineStr">
         <is>
           <t>26.4</t>
         </is>
       </c>
-      <c r="F33" t="inlineStr">
+      <c r="F38" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G33" t="inlineStr">
+      <c r="G38" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H33" s="1" t="n"/>
-      <c r="I33" s="1" t="n">
+      <c r="H38" s="1" t="n"/>
+      <c r="I38" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K33" t="inlineStr">
+      <c r="K38" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L33" t="inlineStr">
+      <c r="L38" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O33" t="inlineStr">
+      <c r="O38" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P33" s="2" t="n"/>
-      <c r="Q33" s="2" t="n">
+      <c r="P38" s="2" t="n"/>
+      <c r="Q38" s="2" t="n">
         <v>259.3</v>
       </c>
-      <c r="R33" s="2" t="n">
+      <c r="R38" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S33" s="2" t="n">
+      <c r="S38" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T33" s="2" t="n">
+      <c r="T38" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U33" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W33" s="2" t="n">
+      <c r="U38" s="2" t="n"/>
+      <c r="V38" s="2" t="n"/>
+      <c r="W38" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X33" s="2" t="n">
+      <c r="X38" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y33" s="2" t="n">
+      <c r="Y38" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z33" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB33" t="inlineStr">
+      <c r="Z38" s="2" t="n"/>
+      <c r="AA38" s="2" t="n"/>
+      <c r="AB38" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC33" t="inlineStr">
+      <c r="AC38" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD33" s="2" t="n"/>
-      <c r="AE33" s="1" t="n">
+      <c r="AD38" s="2" t="n"/>
+      <c r="AE38" s="1" t="n">
         <v>22</v>
       </c>
-      <c r="AF33" s="1" t="n"/>
-      <c r="AG33" s="2" t="n">
+      <c r="AF38" s="1" t="n"/>
+      <c r="AG38" s="2" t="n">
         <v>3838</v>
       </c>
-      <c r="AH33" s="2" t="n">
+      <c r="AH38" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI33" s="2" t="n">
+      <c r="AI38" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ33" s="2" t="n">
+      <c r="AJ38" s="2" t="n">
         <v>2612</v>
       </c>
-      <c r="AK33" s="2" t="n"/>
-      <c r="AO33" t="inlineStr">
+      <c r="AK38" s="2" t="n"/>
+      <c r="AO38" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR33" s="2" t="n">
+      <c r="AR38" s="2" t="n">
         <v>84</v>
       </c>
-      <c r="AS33" s="2" t="n"/>
-      <c r="AT33" s="2" t="n">
+      <c r="AS38" s="2" t="n"/>
+      <c r="AT38" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="AW33" s="2" t="n"/>
-      <c r="AX33" t="inlineStr">
+      <c r="AW38" s="2" t="n"/>
+      <c r="AX38" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY33" s="3" t="n">
+      <c r="AY38" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ33" t="b">
+      <c r="AZ38" t="b">
         <v>0</v>
       </c>
-      <c r="BA33" t="inlineStr">
+      <c r="BA38" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC33" s="3" t="n"/>
+      <c r="BC38" s="3" t="n"/>
     </row>
-    <row r="34" ht="40" customHeight="1">
-      <c r="A34" s="1" t="n">
+    <row r="39" ht="40" customHeight="1">
+      <c r="A39" s="1" t="n">
         <v>584</v>
       </c>
-      <c r="B34" t="inlineStr">
+      <c r="B39" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C34" t="inlineStr">
+      <c r="C39" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D34" t="inlineStr">
+      <c r="D39" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E34" t="inlineStr">
+      <c r="E39" t="inlineStr">
         <is>
           <t>27.4</t>
         </is>
       </c>
-      <c r="F34" t="inlineStr">
+      <c r="F39" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G34" t="inlineStr">
+      <c r="G39" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H34" s="1" t="n"/>
-      <c r="I34" s="1" t="n">
+      <c r="H39" s="1" t="n"/>
+      <c r="I39" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K34" t="inlineStr">
+      <c r="K39" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L34" t="inlineStr">
+      <c r="L39" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O34" t="inlineStr">
+      <c r="O39" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P34" s="2" t="n"/>
-      <c r="Q34" s="2" t="n">
+      <c r="P39" s="2" t="n"/>
+      <c r="Q39" s="2" t="n">
         <v>314.7</v>
       </c>
-      <c r="R34" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V34" s="2" t="n">
+      <c r="R39" s="2" t="n"/>
+      <c r="S39" s="2" t="n"/>
+      <c r="T39" s="2" t="n"/>
+      <c r="U39" s="2" t="n"/>
+      <c r="V39" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W34" s="2" t="n">
+      <c r="W39" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X34" s="2" t="n">
+      <c r="X39" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y34" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB34" t="inlineStr">
+      <c r="Y39" s="2" t="n"/>
+      <c r="Z39" s="2" t="n"/>
+      <c r="AA39" s="2" t="n"/>
+      <c r="AB39" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC34" t="inlineStr">
+      <c r="AC39" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD34" s="2" t="n"/>
-      <c r="AE34" s="1" t="n">
+      <c r="AD39" s="2" t="n"/>
+      <c r="AE39" s="1" t="n">
         <v>22</v>
       </c>
-      <c r="AF34" s="1" t="n"/>
-      <c r="AG34" s="2" t="n">
+      <c r="AF39" s="1" t="n"/>
+      <c r="AG39" s="2" t="n">
         <v>2715</v>
       </c>
-      <c r="AH34" s="2" t="n">
+      <c r="AH39" s="2" t="n">
         <v>936</v>
       </c>
-      <c r="AI34" s="2" t="n">
+      <c r="AI39" s="2" t="n">
         <v>1996</v>
       </c>
-      <c r="AJ34" s="2" t="n">
+      <c r="AJ39" s="2" t="n">
         <v>1370</v>
       </c>
-      <c r="AK34" s="2" t="n"/>
-      <c r="AO34" t="inlineStr">
+      <c r="AK39" s="2" t="n"/>
+      <c r="AO39" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR34" s="2" t="n">
+      <c r="AR39" s="2" t="n">
         <v>84</v>
       </c>
-      <c r="AS34" s="2" t="n"/>
-      <c r="AT34" s="2" t="n">
+      <c r="AS39" s="2" t="n"/>
+      <c r="AT39" s="2" t="n">
         <v>66</v>
       </c>
-      <c r="AW34" s="2" t="n"/>
-      <c r="AX34" t="inlineStr">
+      <c r="AW39" s="2" t="n"/>
+      <c r="AX39" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY34" s="3" t="n">
+      <c r="AY39" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ34" t="b">
+      <c r="AZ39" t="b">
         <v>0</v>
       </c>
-      <c r="BA34" t="inlineStr">
+      <c r="BA39" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC34" s="3" t="n"/>
+      <c r="BC39" s="3" t="n"/>
     </row>
-    <row r="35" ht="40" customHeight="1">
-      <c r="A35" s="1" t="n">
+    <row r="40" ht="40" customHeight="1">
+      <c r="A40" s="1" t="n">
         <v>618</v>
       </c>
-      <c r="B35" t="inlineStr">
+      <c r="B40" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C35" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D35" t="inlineStr">
+      <c r="D40" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E35" t="inlineStr">
+      <c r="E40" t="inlineStr">
         <is>
           <t>28.4</t>
         </is>
       </c>
-      <c r="F35" t="inlineStr">
+      <c r="F40" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G35" t="inlineStr">
+      <c r="G40" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H35" s="1" t="n"/>
-      <c r="I35" s="1" t="n">
+      <c r="H40" s="1" t="n"/>
+      <c r="I40" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K35" t="inlineStr">
+      <c r="K40" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L35" t="inlineStr">
+      <c r="L40" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O35" t="inlineStr">
+      <c r="O40" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P35" s="2" t="n"/>
-      <c r="Q35" s="2" t="n">
+      <c r="P40" s="2" t="n"/>
+      <c r="Q40" s="2" t="n">
         <v>284.6</v>
       </c>
-      <c r="R35" s="2" t="n">
+      <c r="R40" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S35" s="2" t="n">
+      <c r="S40" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T35" s="2" t="n">
+      <c r="T40" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U35" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W35" s="2" t="n">
+      <c r="U40" s="2" t="n"/>
+      <c r="V40" s="2" t="n"/>
+      <c r="W40" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X35" s="2" t="n">
+      <c r="X40" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y35" s="2" t="n">
+      <c r="Y40" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z35" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB35" t="inlineStr">
+      <c r="Z40" s="2" t="n"/>
+      <c r="AA40" s="2" t="n"/>
+      <c r="AB40" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC35" t="inlineStr">
+      <c r="AC40" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD35" s="2" t="n"/>
-      <c r="AE35" s="1" t="n">
+      <c r="AD40" s="2" t="n"/>
+      <c r="AE40" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF35" s="1" t="n"/>
-      <c r="AG35" s="2" t="n">
+      <c r="AF40" s="1" t="n"/>
+      <c r="AG40" s="2" t="n">
         <v>3838</v>
       </c>
-      <c r="AH35" s="2" t="n">
+      <c r="AH40" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI35" s="2" t="n">
+      <c r="AI40" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ35" s="2" t="n">
+      <c r="AJ40" s="2" t="n">
         <v>2642</v>
       </c>
-      <c r="AK35" s="2" t="n"/>
-      <c r="AO35" t="inlineStr">
+      <c r="AK40" s="2" t="n"/>
+      <c r="AO40" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR35" s="2" t="n">
+      <c r="AR40" s="2" t="n">
         <v>84</v>
       </c>
-      <c r="AS35" s="2" t="n"/>
-      <c r="AT35" s="2" t="n">
+      <c r="AS40" s="2" t="n"/>
+      <c r="AT40" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="AW35" s="2" t="n"/>
-      <c r="AX35" t="inlineStr">
+      <c r="AW40" s="2" t="n"/>
+      <c r="AX40" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY35" s="3" t="n">
+      <c r="AY40" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ35" t="b">
+      <c r="AZ40" t="b">
         <v>0</v>
       </c>
-      <c r="BA35" t="inlineStr">
+      <c r="BA40" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC35" s="3" t="n"/>
+      <c r="BC40" s="3" t="n"/>
     </row>
-    <row r="36" ht="40" customHeight="1">
-      <c r="A36" s="1" t="n">
+    <row r="41" ht="40" customHeight="1">
+      <c r="A41" s="1" t="n">
         <v>594</v>
       </c>
-      <c r="B36" t="inlineStr">
+      <c r="B41" t="inlineStr">
         <is>
           <t>R1234ze(Z), R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C36" t="inlineStr">
+      <c r="C41" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D36" t="inlineStr">
+      <c r="D41" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E36" t="inlineStr">
+      <c r="E41" t="inlineStr">
         <is>
           <t>29.1</t>
         </is>
       </c>
-      <c r="F36" t="inlineStr">
+      <c r="F41" t="inlineStr">
         <is>
           <t>OMEGA SKY Xi HPW</t>
         </is>
       </c>
-      <c r="G36" t="inlineStr">
+      <c r="G41" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H36" s="1" t="n"/>
-      <c r="I36" s="1" t="n">
+      <c r="H41" s="1" t="n"/>
+      <c r="I41" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K36" t="inlineStr">
+      <c r="K41" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L36" t="inlineStr">
+      <c r="L41" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O36" t="inlineStr">
+      <c r="O41" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P36" s="2" t="n"/>
-      <c r="Q36" s="2" t="n">
+      <c r="P41" s="2" t="n"/>
+      <c r="Q41" s="2" t="n">
         <v>324</v>
       </c>
-      <c r="R36" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W36" s="2" t="n">
+      <c r="R41" s="2" t="n"/>
+      <c r="S41" s="2" t="n"/>
+      <c r="T41" s="2" t="n"/>
+      <c r="U41" s="2" t="n"/>
+      <c r="V41" s="2" t="n"/>
+      <c r="W41" s="2" t="n">
         <v>64</v>
       </c>
-      <c r="X36" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB36" t="inlineStr">
+      <c r="X41" s="2" t="n"/>
+      <c r="Y41" s="2" t="n"/>
+      <c r="Z41" s="2" t="n"/>
+      <c r="AA41" s="2" t="n"/>
+      <c r="AB41" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC36" t="inlineStr">
+      <c r="AC41" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD36" s="2" t="n"/>
-      <c r="AE36" s="1" t="n">
+      <c r="AD41" s="2" t="n"/>
+      <c r="AE41" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF36" s="1" t="n"/>
-      <c r="AG36" s="2" t="n">
+      <c r="AF41" s="1" t="n"/>
+      <c r="AG41" s="2" t="n">
         <v>3700</v>
       </c>
-      <c r="AH36" s="2" t="n">
+      <c r="AH41" s="2" t="n">
         <v>1500</v>
       </c>
-      <c r="AI36" s="2" t="n">
+      <c r="AI41" s="2" t="n">
         <v>2050</v>
       </c>
-      <c r="AJ36" s="2" t="n">
+      <c r="AJ41" s="2" t="n">
         <v>2335</v>
       </c>
-      <c r="AK36" s="2" t="n"/>
-      <c r="AO36" t="inlineStr">
+      <c r="AK41" s="2" t="n"/>
+      <c r="AO41" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR36" s="2" t="n">
+      <c r="AR41" s="2" t="n">
         <v>99</v>
       </c>
-      <c r="AS36" s="2" t="n"/>
-      <c r="AT36" s="2" t="n">
+      <c r="AS41" s="2" t="n"/>
+      <c r="AT41" s="2" t="n">
         <v>81</v>
       </c>
-      <c r="AW36" s="2" t="n"/>
-      <c r="AX36" t="inlineStr">
+      <c r="AW41" s="2" t="n"/>
+      <c r="AX41" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)</t>
         </is>
       </c>
-      <c r="AY36" s="3" t="n">
+      <c r="AY41" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ36" t="b">
+      <c r="AZ41" t="b">
         <v>0</v>
       </c>
-      <c r="BA36" t="inlineStr">
+      <c r="BA41" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/omega-sky-xi/</t>
         </is>
       </c>
-      <c r="BC36" s="3" t="n"/>
+      <c r="BC41" s="3" t="n"/>
     </row>
-    <row r="37" ht="40" customHeight="1">
-      <c r="A37" s="1" t="n">
+    <row r="42" ht="40" customHeight="1">
+      <c r="A42" s="1" t="n">
         <v>562</v>
       </c>
-      <c r="B37" t="inlineStr">
+      <c r="B42" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C37" t="inlineStr">
+      <c r="C42" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D37" t="inlineStr">
+      <c r="D42" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E37" t="inlineStr">
+      <c r="E42" t="inlineStr">
         <is>
           <t>29.4</t>
         </is>
       </c>
-      <c r="F37" t="inlineStr">
+      <c r="F42" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G37" t="inlineStr">
+      <c r="G42" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H37" s="1" t="n"/>
-      <c r="I37" s="1" t="n">
+      <c r="H42" s="1" t="n"/>
+      <c r="I42" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K37" t="inlineStr">
+      <c r="K42" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L37" t="inlineStr">
+      <c r="L42" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O37" t="inlineStr">
+      <c r="O42" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P37" s="2" t="n"/>
-      <c r="Q37" s="2" t="n">
+      <c r="P42" s="2" t="n"/>
+      <c r="Q42" s="2" t="n">
         <v>269.5</v>
       </c>
-      <c r="R37" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W37" s="2" t="n">
+      <c r="R42" s="2" t="n"/>
+      <c r="S42" s="2" t="n"/>
+      <c r="T42" s="2" t="n"/>
+      <c r="U42" s="2" t="n"/>
+      <c r="V42" s="2" t="n"/>
+      <c r="W42" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X37" s="2" t="n">
+      <c r="X42" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y37" s="2" t="n">
+      <c r="Y42" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z37" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB37" t="inlineStr">
+      <c r="Z42" s="2" t="n"/>
+      <c r="AA42" s="2" t="n"/>
+      <c r="AB42" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC37" t="inlineStr">
+      <c r="AC42" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD37" s="2" t="n"/>
-      <c r="AE37" s="1" t="n">
+      <c r="AD42" s="2" t="n"/>
+      <c r="AE42" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF37" s="1" t="n"/>
-      <c r="AG37" s="2" t="n">
+      <c r="AF42" s="1" t="n"/>
+      <c r="AG42" s="2" t="n">
         <v>5002</v>
       </c>
-      <c r="AH37" s="2" t="n">
+      <c r="AH42" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI37" s="2" t="n">
+      <c r="AI42" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ37" s="2" t="n">
+      <c r="AJ42" s="2" t="n">
         <v>3600</v>
       </c>
-      <c r="AK37" s="2" t="n"/>
-      <c r="AO37" t="inlineStr">
+      <c r="AK42" s="2" t="n"/>
+      <c r="AO42" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR37" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY37" s="3" t="n">
+      <c r="AR42" s="2" t="n"/>
+      <c r="AS42" s="2" t="n"/>
+      <c r="AT42" s="2" t="n"/>
+      <c r="AW42" s="2" t="n"/>
+      <c r="AX42" t="inlineStr"/>
+      <c r="AY42" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ37" t="b">
+      <c r="AZ42" t="b">
         <v>0</v>
       </c>
-      <c r="BA37" t="inlineStr">
+      <c r="BA42" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC37" s="3" t="n"/>
+      <c r="BC42" s="3" t="n"/>
     </row>
-    <row r="38" ht="40" customHeight="1">
-      <c r="A38" s="1" t="n">
+    <row r="43" ht="40" customHeight="1">
+      <c r="A43" s="1" t="n">
         <v>585</v>
       </c>
-      <c r="B38" t="inlineStr">
+      <c r="B43" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C38" t="inlineStr">
+      <c r="C43" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D38" t="inlineStr">
+      <c r="D43" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E38" t="inlineStr">
+      <c r="E43" t="inlineStr">
         <is>
           <t>30.4</t>
         </is>
       </c>
-      <c r="F38" t="inlineStr">
+      <c r="F43" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G38" t="inlineStr">
+      <c r="G43" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H38" s="1" t="n"/>
-      <c r="I38" s="1" t="n">
+      <c r="H43" s="1" t="n"/>
+      <c r="I43" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K38" t="inlineStr">
+      <c r="K43" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L38" t="inlineStr">
+      <c r="L43" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O38" t="inlineStr">
+      <c r="O43" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P38" s="2" t="n"/>
-      <c r="Q38" s="2" t="n">
+      <c r="P43" s="2" t="n"/>
+      <c r="Q43" s="2" t="n">
         <v>349.4</v>
       </c>
-      <c r="R38" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V38" s="2" t="n">
+      <c r="R43" s="2" t="n"/>
+      <c r="S43" s="2" t="n"/>
+      <c r="T43" s="2" t="n"/>
+      <c r="U43" s="2" t="n"/>
+      <c r="V43" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W38" s="2" t="n">
+      <c r="W43" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X38" s="2" t="n">
+      <c r="X43" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y38" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB38" t="inlineStr">
+      <c r="Y43" s="2" t="n"/>
+      <c r="Z43" s="2" t="n"/>
+      <c r="AA43" s="2" t="n"/>
+      <c r="AB43" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC38" t="inlineStr">
+      <c r="AC43" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD38" s="2" t="n"/>
-      <c r="AE38" s="1" t="n">
+      <c r="AD43" s="2" t="n"/>
+      <c r="AE43" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF38" s="1" t="n"/>
-      <c r="AG38" s="2" t="n">
+      <c r="AF43" s="1" t="n"/>
+      <c r="AG43" s="2" t="n">
         <v>2175</v>
       </c>
-      <c r="AH38" s="2" t="n">
+      <c r="AH43" s="2" t="n">
         <v>936</v>
       </c>
-      <c r="AI38" s="2" t="n">
+      <c r="AI43" s="2" t="n">
         <v>1996</v>
       </c>
-      <c r="AJ38" s="2" t="n">
+      <c r="AJ43" s="2" t="n">
         <v>1401</v>
       </c>
-      <c r="AK38" s="2" t="n"/>
-      <c r="AO38" t="inlineStr">
+      <c r="AK43" s="2" t="n"/>
+      <c r="AO43" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR38" s="2" t="n">
+      <c r="AR43" s="2" t="n">
         <v>85</v>
       </c>
-      <c r="AS38" s="2" t="n"/>
-      <c r="AT38" s="2" t="n">
+      <c r="AS43" s="2" t="n"/>
+      <c r="AT43" s="2" t="n">
         <v>67</v>
       </c>
-      <c r="AW38" s="2" t="n"/>
-      <c r="AX38" t="inlineStr">
+      <c r="AW43" s="2" t="n"/>
+      <c r="AX43" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY38" s="3" t="n">
+      <c r="AY43" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ38" t="b">
+      <c r="AZ43" t="b">
         <v>0</v>
       </c>
-      <c r="BA38" t="inlineStr">
+      <c r="BA43" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC38" s="3" t="n"/>
+      <c r="BC43" s="3" t="n"/>
     </row>
-    <row r="39" ht="40" customHeight="1">
-      <c r="A39" s="1" t="n">
+    <row r="44" ht="40" customHeight="1">
+      <c r="A44" s="1" t="n">
         <v>563</v>
       </c>
-      <c r="B39" t="inlineStr">
+      <c r="B44" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C44" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D39" t="inlineStr">
+      <c r="D44" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E39" t="inlineStr">
+      <c r="E44" t="inlineStr">
         <is>
           <t>32.4</t>
         </is>
       </c>
-      <c r="F39" t="inlineStr">
+      <c r="F44" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G39" t="inlineStr">
+      <c r="G44" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H39" s="1" t="n"/>
-      <c r="I39" s="1" t="n">
+      <c r="H44" s="1" t="n"/>
+      <c r="I44" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K39" t="inlineStr">
+      <c r="K44" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L39" t="inlineStr">
+      <c r="L44" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O39" t="inlineStr">
+      <c r="O44" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P39" s="2" t="n"/>
-      <c r="Q39" s="2" t="n">
+      <c r="P44" s="2" t="n"/>
+      <c r="Q44" s="2" t="n">
         <v>315.6</v>
       </c>
-      <c r="R39" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W39" s="2" t="n">
+      <c r="R44" s="2" t="n"/>
+      <c r="S44" s="2" t="n"/>
+      <c r="T44" s="2" t="n"/>
+      <c r="U44" s="2" t="n"/>
+      <c r="V44" s="2" t="n"/>
+      <c r="W44" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X39" s="2" t="n">
+      <c r="X44" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y39" s="2" t="n">
+      <c r="Y44" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z39" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB39" t="inlineStr">
+      <c r="Z44" s="2" t="n"/>
+      <c r="AA44" s="2" t="n"/>
+      <c r="AB44" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC39" t="inlineStr">
+      <c r="AC44" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD39" s="2" t="n"/>
-      <c r="AE39" s="1" t="n">
+      <c r="AD44" s="2" t="n"/>
+      <c r="AE44" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF39" s="1" t="n"/>
-      <c r="AG39" s="2" t="n">
+      <c r="AF44" s="1" t="n"/>
+      <c r="AG44" s="2" t="n">
         <v>5002</v>
       </c>
-      <c r="AH39" s="2" t="n">
+      <c r="AH44" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI39" s="2" t="n">
+      <c r="AI44" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ39" s="2" t="n">
+      <c r="AJ44" s="2" t="n">
         <v>3900</v>
       </c>
-      <c r="AK39" s="2" t="n"/>
-      <c r="AO39" t="inlineStr">
+      <c r="AK44" s="2" t="n"/>
+      <c r="AO44" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR39" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY39" s="3" t="n">
+      <c r="AR44" s="2" t="n"/>
+      <c r="AS44" s="2" t="n"/>
+      <c r="AT44" s="2" t="n"/>
+      <c r="AW44" s="2" t="n"/>
+      <c r="AX44" t="inlineStr"/>
+      <c r="AY44" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ39" t="b">
+      <c r="AZ44" t="b">
         <v>0</v>
       </c>
-      <c r="BA39" t="inlineStr">
+      <c r="BA44" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC39" s="3" t="n"/>
+      <c r="BC44" s="3" t="n"/>
     </row>
-    <row r="40" ht="40" customHeight="1">
-      <c r="A40" s="1" t="n">
+    <row r="45" ht="40" customHeight="1">
+      <c r="A45" s="1" t="n">
         <v>619</v>
       </c>
-      <c r="B40" t="inlineStr">
+      <c r="B45" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C40" t="inlineStr">
+      <c r="C45" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D40" t="inlineStr">
+      <c r="D45" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E40" t="inlineStr">
+      <c r="E45" t="inlineStr">
         <is>
           <t>34.4</t>
         </is>
       </c>
-      <c r="F40" t="inlineStr">
+      <c r="F45" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G40" t="inlineStr">
+      <c r="G45" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H40" s="1" t="n"/>
-      <c r="I40" s="1" t="n">
+      <c r="H45" s="1" t="n"/>
+      <c r="I45" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K40" t="inlineStr">
+      <c r="K45" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L40" t="inlineStr">
+      <c r="L45" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O40" t="inlineStr">
+      <c r="O45" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P40" s="2" t="n"/>
-      <c r="Q40" s="2" t="n">
+      <c r="P45" s="2" t="n"/>
+      <c r="Q45" s="2" t="n">
         <v>326.3</v>
       </c>
-      <c r="R40" s="2" t="n">
+      <c r="R45" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S40" s="2" t="n">
+      <c r="S45" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T40" s="2" t="n">
+      <c r="T45" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U40" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W40" s="2" t="n">
+      <c r="U45" s="2" t="n"/>
+      <c r="V45" s="2" t="n"/>
+      <c r="W45" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X40" s="2" t="n">
+      <c r="X45" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y40" s="2" t="n">
+      <c r="Y45" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z40" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB40" t="inlineStr">
+      <c r="Z45" s="2" t="n"/>
+      <c r="AA45" s="2" t="n"/>
+      <c r="AB45" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC40" t="inlineStr">
+      <c r="AC45" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD40" s="2" t="n"/>
-      <c r="AE40" s="1" t="n">
+      <c r="AD45" s="2" t="n"/>
+      <c r="AE45" s="1" t="n">
         <v>22</v>
       </c>
-      <c r="AF40" s="1" t="n"/>
-      <c r="AG40" s="2" t="n">
+      <c r="AF45" s="1" t="n"/>
+      <c r="AG45" s="2" t="n">
         <v>3838</v>
       </c>
-      <c r="AH40" s="2" t="n">
+      <c r="AH45" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI40" s="2" t="n">
+      <c r="AI45" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ40" s="2" t="n">
+      <c r="AJ45" s="2" t="n">
         <v>2780</v>
       </c>
-      <c r="AK40" s="2" t="n"/>
-      <c r="AO40" t="inlineStr">
+      <c r="AK45" s="2" t="n"/>
+      <c r="AO45" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR40" s="2" t="n">
+      <c r="AR45" s="2" t="n">
         <v>86</v>
       </c>
-      <c r="AS40" s="2" t="n"/>
-      <c r="AT40" s="2" t="n">
+      <c r="AS45" s="2" t="n"/>
+      <c r="AT45" s="2" t="n">
         <v>54</v>
       </c>
-      <c r="AW40" s="2" t="n"/>
-      <c r="AX40" t="inlineStr">
+      <c r="AW45" s="2" t="n"/>
+      <c r="AX45" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY40" s="3" t="n">
+      <c r="AY45" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ40" t="b">
+      <c r="AZ45" t="b">
         <v>0</v>
       </c>
-      <c r="BA40" t="inlineStr">
+      <c r="BA45" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC40" s="3" t="n"/>
+      <c r="BC45" s="3" t="n"/>
     </row>
-    <row r="41" ht="40" customHeight="1">
-      <c r="A41" s="1" t="n">
+    <row r="46" ht="40" customHeight="1">
+      <c r="A46" s="1" t="n">
         <v>595</v>
       </c>
-      <c r="B41" t="inlineStr">
+      <c r="B46" t="inlineStr">
         <is>
           <t>R1234ze(Z), R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C41" t="inlineStr">
+      <c r="C46" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D41" t="inlineStr">
+      <c r="D46" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E41" t="inlineStr">
+      <c r="E46" t="inlineStr">
         <is>
           <t>35.1</t>
         </is>
       </c>
-      <c r="F41" t="inlineStr">
+      <c r="F46" t="inlineStr">
         <is>
           <t>OMEGA SKY Xi HPW</t>
         </is>
       </c>
-      <c r="G41" t="inlineStr">
+      <c r="G46" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H41" s="1" t="n"/>
-      <c r="I41" s="1" t="n">
+      <c r="H46" s="1" t="n"/>
+      <c r="I46" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K41" t="inlineStr">
+      <c r="K46" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L41" t="inlineStr">
+      <c r="L46" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O41" t="inlineStr">
+      <c r="O46" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P41" s="2" t="n"/>
-      <c r="Q41" s="2" t="n">
+      <c r="P46" s="2" t="n"/>
+      <c r="Q46" s="2" t="n">
         <v>386</v>
       </c>
-      <c r="R41" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W41" s="2" t="n">
+      <c r="R46" s="2" t="n"/>
+      <c r="S46" s="2" t="n"/>
+      <c r="T46" s="2" t="n"/>
+      <c r="U46" s="2" t="n"/>
+      <c r="V46" s="2" t="n"/>
+      <c r="W46" s="2" t="n">
         <v>64</v>
       </c>
-      <c r="X41" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB41" t="inlineStr">
+      <c r="X46" s="2" t="n"/>
+      <c r="Y46" s="2" t="n"/>
+      <c r="Z46" s="2" t="n"/>
+      <c r="AA46" s="2" t="n"/>
+      <c r="AB46" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC41" t="inlineStr">
+      <c r="AC46" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD41" s="2" t="n"/>
-      <c r="AE41" s="1" t="n">
+      <c r="AD46" s="2" t="n"/>
+      <c r="AE46" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF41" s="1" t="n"/>
-      <c r="AG41" s="2" t="n">
+      <c r="AF46" s="1" t="n"/>
+      <c r="AG46" s="2" t="n">
         <v>3800</v>
       </c>
-      <c r="AH41" s="2" t="n">
+      <c r="AH46" s="2" t="n">
         <v>1550</v>
       </c>
-      <c r="AI41" s="2" t="n">
+      <c r="AI46" s="2" t="n">
         <v>2100</v>
       </c>
-      <c r="AJ41" s="2" t="n">
+      <c r="AJ46" s="2" t="n">
         <v>2694</v>
       </c>
-      <c r="AK41" s="2" t="n"/>
-      <c r="AO41" t="inlineStr">
+      <c r="AK46" s="2" t="n"/>
+      <c r="AO46" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR41" s="2" t="n">
+      <c r="AR46" s="2" t="n">
         <v>100</v>
       </c>
-      <c r="AS41" s="2" t="n"/>
-      <c r="AT41" s="2" t="n">
+      <c r="AS46" s="2" t="n"/>
+      <c r="AT46" s="2" t="n">
         <v>82</v>
       </c>
-      <c r="AW41" s="2" t="n"/>
-      <c r="AX41" t="inlineStr">
+      <c r="AW46" s="2" t="n"/>
+      <c r="AX46" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)</t>
         </is>
       </c>
-      <c r="AY41" s="3" t="n">
+      <c r="AY46" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ41" t="b">
+      <c r="AZ46" t="b">
         <v>0</v>
       </c>
-      <c r="BA41" t="inlineStr">
+      <c r="BA46" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/omega-sky-xi/</t>
         </is>
       </c>
-      <c r="BC41" s="3" t="n"/>
+      <c r="BC46" s="3" t="n"/>
     </row>
-    <row r="42" ht="40" customHeight="1">
-      <c r="A42" s="1" t="n">
+    <row r="47" ht="40" customHeight="1">
+      <c r="A47" s="1" t="n">
         <v>586</v>
       </c>
-      <c r="B42" t="inlineStr">
+      <c r="B47" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C42" t="inlineStr">
+      <c r="C47" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D42" t="inlineStr">
+      <c r="D47" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E42" t="inlineStr">
+      <c r="E47" t="inlineStr">
         <is>
           <t>35.4</t>
         </is>
       </c>
-      <c r="F42" t="inlineStr">
+      <c r="F47" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G42" t="inlineStr">
+      <c r="G47" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H42" s="1" t="n"/>
-      <c r="I42" s="1" t="n">
+      <c r="H47" s="1" t="n"/>
+      <c r="I47" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K42" t="inlineStr">
+      <c r="K47" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L42" t="inlineStr">
+      <c r="L47" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O42" t="inlineStr">
+      <c r="O47" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P42" s="2" t="n"/>
-      <c r="Q42" s="2" t="n">
+      <c r="P47" s="2" t="n"/>
+      <c r="Q47" s="2" t="n">
         <v>400.5</v>
       </c>
-      <c r="R42" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V42" s="2" t="n">
+      <c r="R47" s="2" t="n"/>
+      <c r="S47" s="2" t="n"/>
+      <c r="T47" s="2" t="n"/>
+      <c r="U47" s="2" t="n"/>
+      <c r="V47" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W42" s="2" t="n">
+      <c r="W47" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X42" s="2" t="n">
+      <c r="X47" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y42" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB42" t="inlineStr">
+      <c r="Y47" s="2" t="n"/>
+      <c r="Z47" s="2" t="n"/>
+      <c r="AA47" s="2" t="n"/>
+      <c r="AB47" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC42" t="inlineStr">
+      <c r="AC47" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD42" s="2" t="n"/>
-      <c r="AE42" s="1" t="n">
+      <c r="AD47" s="2" t="n"/>
+      <c r="AE47" s="1" t="n">
         <v>23</v>
       </c>
-      <c r="AF42" s="1" t="n"/>
-      <c r="AG42" s="2" t="n">
+      <c r="AF47" s="1" t="n"/>
+      <c r="AG47" s="2" t="n">
         <v>2715</v>
       </c>
-      <c r="AH42" s="2" t="n">
+      <c r="AH47" s="2" t="n">
         <v>936</v>
       </c>
-      <c r="AI42" s="2" t="n">
+      <c r="AI47" s="2" t="n">
         <v>1996</v>
       </c>
-      <c r="AJ42" s="2" t="n">
+      <c r="AJ47" s="2" t="n">
         <v>1673</v>
       </c>
-      <c r="AK42" s="2" t="n"/>
-      <c r="AO42" t="inlineStr">
+      <c r="AK47" s="2" t="n"/>
+      <c r="AO47" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR42" s="2" t="n">
+      <c r="AR47" s="2" t="n">
         <v>86</v>
       </c>
-      <c r="AS42" s="2" t="n"/>
-      <c r="AT42" s="2" t="n">
+      <c r="AS47" s="2" t="n"/>
+      <c r="AT47" s="2" t="n">
         <v>68</v>
       </c>
-      <c r="AW42" s="2" t="n"/>
-      <c r="AX42" t="inlineStr">
+      <c r="AW47" s="2" t="n"/>
+      <c r="AX47" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY42" s="3" t="n">
+      <c r="AY47" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ42" t="b">
+      <c r="AZ47" t="b">
         <v>0</v>
       </c>
-      <c r="BA42" t="inlineStr">
+      <c r="BA47" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC42" s="3" t="n"/>
+      <c r="BC47" s="3" t="n"/>
     </row>
-    <row r="43" ht="40" customHeight="1">
-      <c r="A43" s="1" t="n">
+    <row r="48" ht="40" customHeight="1">
+      <c r="A48" s="1" t="n">
         <v>564</v>
       </c>
-      <c r="B43" t="inlineStr">
+      <c r="B48" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C43" t="inlineStr">
+      <c r="C48" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D43" t="inlineStr">
+      <c r="D48" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E43" t="inlineStr">
+      <c r="E48" t="inlineStr">
         <is>
           <t>36.4</t>
         </is>
       </c>
-      <c r="F43" t="inlineStr">
+      <c r="F48" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G43" t="inlineStr">
+      <c r="G48" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H43" s="1" t="n"/>
-      <c r="I43" s="1" t="n">
+      <c r="H48" s="1" t="n"/>
+      <c r="I48" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K43" t="inlineStr">
+      <c r="K48" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L43" t="inlineStr">
+      <c r="L48" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O43" t="inlineStr">
+      <c r="O48" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P43" s="2" t="n"/>
-      <c r="Q43" s="2" t="n">
+      <c r="P48" s="2" t="n"/>
+      <c r="Q48" s="2" t="n">
         <v>346.7</v>
       </c>
-      <c r="R43" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W43" s="2" t="n">
+      <c r="R48" s="2" t="n"/>
+      <c r="S48" s="2" t="n"/>
+      <c r="T48" s="2" t="n"/>
+      <c r="U48" s="2" t="n"/>
+      <c r="V48" s="2" t="n"/>
+      <c r="W48" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X43" s="2" t="n">
+      <c r="X48" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y43" s="2" t="n">
+      <c r="Y48" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z43" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB43" t="inlineStr">
+      <c r="Z48" s="2" t="n"/>
+      <c r="AA48" s="2" t="n"/>
+      <c r="AB48" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC43" t="inlineStr">
+      <c r="AC48" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD43" s="2" t="n"/>
-      <c r="AE43" s="1" t="n">
+      <c r="AD48" s="2" t="n"/>
+      <c r="AE48" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF43" s="1" t="n"/>
-      <c r="AG43" s="2" t="n">
+      <c r="AF48" s="1" t="n"/>
+      <c r="AG48" s="2" t="n">
         <v>5002</v>
       </c>
-      <c r="AH43" s="2" t="n">
+      <c r="AH48" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI43" s="2" t="n">
+      <c r="AI48" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ43" s="2" t="n">
+      <c r="AJ48" s="2" t="n">
         <v>4000</v>
       </c>
-      <c r="AK43" s="2" t="n"/>
-      <c r="AO43" t="inlineStr">
+      <c r="AK48" s="2" t="n"/>
+      <c r="AO48" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR43" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY43" s="3" t="n">
+      <c r="AR48" s="2" t="n"/>
+      <c r="AS48" s="2" t="n"/>
+      <c r="AT48" s="2" t="n"/>
+      <c r="AW48" s="2" t="n"/>
+      <c r="AX48" t="inlineStr"/>
+      <c r="AY48" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ43" t="b">
+      <c r="AZ48" t="b">
         <v>0</v>
       </c>
-      <c r="BA43" t="inlineStr">
+      <c r="BA48" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC43" s="3" t="n"/>
+      <c r="BC48" s="3" t="n"/>
     </row>
-    <row r="44" ht="40" customHeight="1">
-      <c r="A44" s="1" t="n">
+    <row r="49" ht="40" customHeight="1">
+      <c r="A49" s="1" t="n">
         <v>620</v>
       </c>
-      <c r="B44" t="inlineStr">
+      <c r="B49" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C44" t="inlineStr">
+      <c r="C49" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D44" t="inlineStr">
+      <c r="D49" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E44" t="inlineStr">
+      <c r="E49" t="inlineStr">
         <is>
           <t>38.4</t>
         </is>
       </c>
-      <c r="F44" t="inlineStr">
+      <c r="F49" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G44" t="inlineStr">
+      <c r="G49" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H44" s="1" t="n"/>
-      <c r="I44" s="1" t="n">
+      <c r="H49" s="1" t="n"/>
+      <c r="I49" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K44" t="inlineStr">
+      <c r="K49" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L44" t="inlineStr">
+      <c r="L49" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O44" t="inlineStr">
+      <c r="O49" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P44" s="2" t="n"/>
-      <c r="Q44" s="2" t="n">
+      <c r="P49" s="2" t="n"/>
+      <c r="Q49" s="2" t="n">
         <v>379</v>
       </c>
-      <c r="R44" s="2" t="n">
+      <c r="R49" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S44" s="2" t="n">
+      <c r="S49" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T44" s="2" t="n">
+      <c r="T49" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U44" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W44" s="2" t="n">
+      <c r="U49" s="2" t="n"/>
+      <c r="V49" s="2" t="n"/>
+      <c r="W49" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X44" s="2" t="n">
+      <c r="X49" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y44" s="2" t="n">
+      <c r="Y49" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z44" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB44" t="inlineStr">
+      <c r="Z49" s="2" t="n"/>
+      <c r="AA49" s="2" t="n"/>
+      <c r="AB49" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC44" t="inlineStr">
+      <c r="AC49" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD44" s="2" t="n"/>
-      <c r="AE44" s="1" t="n">
+      <c r="AD49" s="2" t="n"/>
+      <c r="AE49" s="1" t="n">
         <v>19</v>
       </c>
-      <c r="AF44" s="1" t="n"/>
-      <c r="AG44" s="2" t="n">
+      <c r="AF49" s="1" t="n"/>
+      <c r="AG49" s="2" t="n">
         <v>4992</v>
       </c>
-      <c r="AH44" s="2" t="n">
+      <c r="AH49" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI44" s="2" t="n">
+      <c r="AI49" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ44" s="2" t="n">
+      <c r="AJ49" s="2" t="n">
         <v>3366</v>
       </c>
-      <c r="AK44" s="2" t="n"/>
-      <c r="AO44" t="inlineStr">
+      <c r="AK49" s="2" t="n"/>
+      <c r="AO49" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR44" s="2" t="n">
+      <c r="AR49" s="2" t="n">
         <v>88</v>
       </c>
-      <c r="AS44" s="2" t="n"/>
-      <c r="AT44" s="2" t="n">
+      <c r="AS49" s="2" t="n"/>
+      <c r="AT49" s="2" t="n">
         <v>56</v>
       </c>
-      <c r="AW44" s="2" t="n"/>
-      <c r="AX44" t="inlineStr">
+      <c r="AW49" s="2" t="n"/>
+      <c r="AX49" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY44" s="3" t="n">
+      <c r="AY49" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ44" t="b">
+      <c r="AZ49" t="b">
         <v>0</v>
       </c>
-      <c r="BA44" t="inlineStr">
+      <c r="BA49" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC44" s="3" t="n"/>
+      <c r="BC49" s="3" t="n"/>
     </row>
-    <row r="45" ht="40" customHeight="1">
-      <c r="A45" s="1" t="n">
+    <row r="50" ht="40" customHeight="1">
+      <c r="A50" s="1" t="n">
         <v>596</v>
       </c>
-      <c r="B45" t="inlineStr">
+      <c r="B50" t="inlineStr">
         <is>
           <t>R1234ze(Z), R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C45" t="inlineStr">
+      <c r="C50" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D45" t="inlineStr">
+      <c r="D50" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E45" t="inlineStr">
+      <c r="E50" t="inlineStr">
         <is>
           <t>40.1</t>
         </is>
       </c>
-      <c r="F45" t="inlineStr">
+      <c r="F50" t="inlineStr">
         <is>
           <t>OMEGA SKY Xi HPW</t>
         </is>
       </c>
-      <c r="G45" t="inlineStr">
+      <c r="G50" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H45" s="1" t="n"/>
-      <c r="I45" s="1" t="n">
+      <c r="H50" s="1" t="n"/>
+      <c r="I50" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K45" t="inlineStr">
+      <c r="K50" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L45" t="inlineStr">
+      <c r="L50" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O45" t="inlineStr">
+      <c r="O50" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P45" s="2" t="n"/>
-      <c r="Q45" s="2" t="n">
+      <c r="P50" s="2" t="n"/>
+      <c r="Q50" s="2" t="n">
         <v>432</v>
       </c>
-      <c r="R45" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W45" s="2" t="n">
+      <c r="R50" s="2" t="n"/>
+      <c r="S50" s="2" t="n"/>
+      <c r="T50" s="2" t="n"/>
+      <c r="U50" s="2" t="n"/>
+      <c r="V50" s="2" t="n"/>
+      <c r="W50" s="2" t="n">
         <v>64</v>
       </c>
-      <c r="X45" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB45" t="inlineStr">
+      <c r="X50" s="2" t="n"/>
+      <c r="Y50" s="2" t="n"/>
+      <c r="Z50" s="2" t="n"/>
+      <c r="AA50" s="2" t="n"/>
+      <c r="AB50" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC45" t="inlineStr">
+      <c r="AC50" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD45" s="2" t="n"/>
-      <c r="AE45" s="1" t="n">
+      <c r="AD50" s="2" t="n"/>
+      <c r="AE50" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF45" s="1" t="n"/>
-      <c r="AG45" s="2" t="n">
+      <c r="AF50" s="1" t="n"/>
+      <c r="AG50" s="2" t="n">
         <v>3800</v>
       </c>
-      <c r="AH45" s="2" t="n">
+      <c r="AH50" s="2" t="n">
         <v>1550</v>
       </c>
-      <c r="AI45" s="2" t="n">
+      <c r="AI50" s="2" t="n">
         <v>2100</v>
       </c>
-      <c r="AJ45" s="2" t="n">
+      <c r="AJ50" s="2" t="n">
         <v>2832</v>
       </c>
-      <c r="AK45" s="2" t="n"/>
-      <c r="AO45" t="inlineStr">
+      <c r="AK50" s="2" t="n"/>
+      <c r="AO50" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR45" s="2" t="n">
+      <c r="AR50" s="2" t="n">
         <v>100</v>
       </c>
-      <c r="AS45" s="2" t="n"/>
-      <c r="AT45" s="2" t="n">
+      <c r="AS50" s="2" t="n"/>
+      <c r="AT50" s="2" t="n">
         <v>82</v>
       </c>
-      <c r="AW45" s="2" t="n"/>
-      <c r="AX45" t="inlineStr">
+      <c r="AW50" s="2" t="n"/>
+      <c r="AX50" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)</t>
         </is>
       </c>
-      <c r="AY45" s="3" t="n">
+      <c r="AY50" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ45" t="b">
+      <c r="AZ50" t="b">
         <v>0</v>
       </c>
-      <c r="BA45" t="inlineStr">
+      <c r="BA50" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/omega-sky-xi/</t>
         </is>
       </c>
-      <c r="BC45" s="3" t="n"/>
+      <c r="BC50" s="3" t="n"/>
     </row>
-    <row r="46" ht="40" customHeight="1">
-      <c r="A46" s="1" t="n">
+    <row r="51" ht="40" customHeight="1">
+      <c r="A51" s="1" t="n">
         <v>565</v>
       </c>
-      <c r="B46" t="inlineStr">
+      <c r="B51" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C46" t="inlineStr">
+      <c r="C51" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D46" t="inlineStr">
+      <c r="D51" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E46" t="inlineStr">
+      <c r="E51" t="inlineStr">
         <is>
           <t>40.4</t>
         </is>
       </c>
-      <c r="F46" t="inlineStr">
+      <c r="F51" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G46" t="inlineStr">
+      <c r="G51" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H46" s="1" t="n"/>
-      <c r="I46" s="1" t="n">
+      <c r="H51" s="1" t="n"/>
+      <c r="I51" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K46" t="inlineStr">
+      <c r="K51" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L46" t="inlineStr">
+      <c r="L51" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O46" t="inlineStr">
+      <c r="O51" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P46" s="2" t="n"/>
-      <c r="Q46" s="2" t="n">
+      <c r="P51" s="2" t="n"/>
+      <c r="Q51" s="2" t="n">
         <v>387.7</v>
       </c>
-      <c r="R46" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W46" s="2" t="n">
+      <c r="R51" s="2" t="n"/>
+      <c r="S51" s="2" t="n"/>
+      <c r="T51" s="2" t="n"/>
+      <c r="U51" s="2" t="n"/>
+      <c r="V51" s="2" t="n"/>
+      <c r="W51" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X46" s="2" t="n">
+      <c r="X51" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y46" s="2" t="n">
+      <c r="Y51" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z46" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB46" t="inlineStr">
+      <c r="Z51" s="2" t="n"/>
+      <c r="AA51" s="2" t="n"/>
+      <c r="AB51" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC46" t="inlineStr">
+      <c r="AC51" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD46" s="2" t="n"/>
-      <c r="AE46" s="1" t="n">
+      <c r="AD51" s="2" t="n"/>
+      <c r="AE51" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF46" s="1" t="n"/>
-      <c r="AG46" s="2" t="n">
+      <c r="AF51" s="1" t="n"/>
+      <c r="AG51" s="2" t="n">
         <v>5002</v>
       </c>
-      <c r="AH46" s="2" t="n">
+      <c r="AH51" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI46" s="2" t="n">
+      <c r="AI51" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ46" s="2" t="n">
+      <c r="AJ51" s="2" t="n">
         <v>4000</v>
       </c>
-      <c r="AK46" s="2" t="n"/>
-      <c r="AO46" t="inlineStr">
+      <c r="AK51" s="2" t="n"/>
+      <c r="AO51" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR46" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY46" s="3" t="n">
+      <c r="AR51" s="2" t="n"/>
+      <c r="AS51" s="2" t="n"/>
+      <c r="AT51" s="2" t="n"/>
+      <c r="AW51" s="2" t="n"/>
+      <c r="AX51" t="inlineStr"/>
+      <c r="AY51" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ46" t="b">
+      <c r="AZ51" t="b">
         <v>0</v>
       </c>
-      <c r="BA46" t="inlineStr">
+      <c r="BA51" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC46" s="3" t="n"/>
+      <c r="BC51" s="3" t="n"/>
     </row>
-    <row r="47" ht="40" customHeight="1">
-      <c r="A47" s="1" t="n">
+    <row r="52" ht="40" customHeight="1">
+      <c r="A52" s="1" t="n">
         <v>587</v>
       </c>
-      <c r="B47" t="inlineStr">
+      <c r="B52" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C47" t="inlineStr">
+      <c r="C52" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D47" t="inlineStr">
+      <c r="D52" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E47" t="inlineStr">
+      <c r="E52" t="inlineStr">
         <is>
           <t>40.4</t>
         </is>
       </c>
-      <c r="F47" t="inlineStr">
+      <c r="F52" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G47" t="inlineStr">
+      <c r="G52" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H47" s="1" t="n"/>
-      <c r="I47" s="1" t="n">
+      <c r="H52" s="1" t="n"/>
+      <c r="I52" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K47" t="inlineStr">
+      <c r="K52" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L47" t="inlineStr">
+      <c r="L52" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O47" t="inlineStr">
+      <c r="O52" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P47" s="2" t="n"/>
-      <c r="Q47" s="2" t="n">
+      <c r="P52" s="2" t="n"/>
+      <c r="Q52" s="2" t="n">
         <v>460.5</v>
       </c>
-      <c r="R47" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V47" s="2" t="n">
+      <c r="R52" s="2" t="n"/>
+      <c r="S52" s="2" t="n"/>
+      <c r="T52" s="2" t="n"/>
+      <c r="U52" s="2" t="n"/>
+      <c r="V52" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W47" s="2" t="n">
+      <c r="W52" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X47" s="2" t="n">
+      <c r="X52" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y47" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB47" t="inlineStr">
+      <c r="Y52" s="2" t="n"/>
+      <c r="Z52" s="2" t="n"/>
+      <c r="AA52" s="2" t="n"/>
+      <c r="AB52" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC47" t="inlineStr">
+      <c r="AC52" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD47" s="2" t="n"/>
-      <c r="AE47" s="1" t="n">
+      <c r="AD52" s="2" t="n"/>
+      <c r="AE52" s="1" t="n">
         <v>19</v>
       </c>
-      <c r="AF47" s="1" t="n"/>
-      <c r="AG47" s="2" t="n">
+      <c r="AF52" s="1" t="n"/>
+      <c r="AG52" s="2" t="n">
         <v>2715</v>
       </c>
-      <c r="AH47" s="2" t="n">
+      <c r="AH52" s="2" t="n">
         <v>936</v>
       </c>
-      <c r="AI47" s="2" t="n">
+      <c r="AI52" s="2" t="n">
         <v>1996</v>
       </c>
-      <c r="AJ47" s="2" t="n">
+      <c r="AJ52" s="2" t="n">
         <v>1704</v>
       </c>
-      <c r="AK47" s="2" t="n"/>
-      <c r="AO47" t="inlineStr">
+      <c r="AK52" s="2" t="n"/>
+      <c r="AO52" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR47" s="2" t="n">
+      <c r="AR52" s="2" t="n">
         <v>89</v>
       </c>
-      <c r="AS47" s="2" t="n"/>
-      <c r="AT47" s="2" t="n">
+      <c r="AS52" s="2" t="n"/>
+      <c r="AT52" s="2" t="n">
         <v>71</v>
       </c>
-      <c r="AW47" s="2" t="n"/>
-      <c r="AX47" t="inlineStr">
+      <c r="AW52" s="2" t="n"/>
+      <c r="AX52" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY47" s="3" t="n">
+      <c r="AY52" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ47" t="b">
+      <c r="AZ52" t="b">
         <v>0</v>
       </c>
-      <c r="BA47" t="inlineStr">
+      <c r="BA52" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC47" s="3" t="n"/>
+      <c r="BC52" s="3" t="n"/>
     </row>
-    <row r="48" ht="40" customHeight="1">
-      <c r="A48" s="1" t="n">
+    <row r="53" ht="40" customHeight="1">
+      <c r="A53" s="1" t="n">
         <v>621</v>
       </c>
-      <c r="B48" t="inlineStr">
+      <c r="B53" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C48" t="inlineStr">
+      <c r="C53" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D48" t="inlineStr">
+      <c r="D53" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E48" t="inlineStr">
+      <c r="E53" t="inlineStr">
         <is>
           <t>40.4</t>
         </is>
       </c>
-      <c r="F48" t="inlineStr">
+      <c r="F53" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G48" t="inlineStr">
+      <c r="G53" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H48" s="1" t="n"/>
-      <c r="I48" s="1" t="n">
+      <c r="H53" s="1" t="n"/>
+      <c r="I53" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K48" t="inlineStr">
+      <c r="K53" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L48" t="inlineStr">
+      <c r="L53" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O48" t="inlineStr">
+      <c r="O53" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P48" s="2" t="n"/>
-      <c r="Q48" s="2" t="n">
+      <c r="P53" s="2" t="n"/>
+      <c r="Q53" s="2" t="n">
         <v>420.5</v>
       </c>
-      <c r="R48" s="2" t="n">
+      <c r="R53" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S48" s="2" t="n">
+      <c r="S53" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T48" s="2" t="n">
+      <c r="T53" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U48" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W48" s="2" t="n">
+      <c r="U53" s="2" t="n"/>
+      <c r="V53" s="2" t="n"/>
+      <c r="W53" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X48" s="2" t="n">
+      <c r="X53" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y48" s="2" t="n">
+      <c r="Y53" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z48" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB48" t="inlineStr">
+      <c r="Z53" s="2" t="n"/>
+      <c r="AA53" s="2" t="n"/>
+      <c r="AB53" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC48" t="inlineStr">
+      <c r="AC53" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD48" s="2" t="n"/>
-      <c r="AE48" s="1" t="n">
+      <c r="AD53" s="2" t="n"/>
+      <c r="AE53" s="1" t="n">
         <v>17</v>
       </c>
-      <c r="AF48" s="1" t="n"/>
-      <c r="AG48" s="2" t="n">
+      <c r="AF53" s="1" t="n"/>
+      <c r="AG53" s="2" t="n">
         <v>4992</v>
       </c>
-      <c r="AH48" s="2" t="n">
+      <c r="AH53" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI48" s="2" t="n">
+      <c r="AI53" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ48" s="2" t="n">
+      <c r="AJ53" s="2" t="n">
         <v>3500</v>
       </c>
-      <c r="AK48" s="2" t="n"/>
-      <c r="AO48" t="inlineStr">
+      <c r="AK53" s="2" t="n"/>
+      <c r="AO53" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR48" s="2" t="n">
+      <c r="AR53" s="2" t="n">
         <v>88</v>
       </c>
-      <c r="AS48" s="2" t="n"/>
-      <c r="AT48" s="2" t="n">
+      <c r="AS53" s="2" t="n"/>
+      <c r="AT53" s="2" t="n">
         <v>56</v>
       </c>
-      <c r="AW48" s="2" t="n"/>
-      <c r="AX48" t="inlineStr">
+      <c r="AW53" s="2" t="n"/>
+      <c r="AX53" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY48" s="3" t="n">
+      <c r="AY53" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ48" t="b">
+      <c r="AZ53" t="b">
         <v>0</v>
       </c>
-      <c r="BA48" t="inlineStr">
+      <c r="BA53" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC48" s="3" t="n"/>
+      <c r="BC53" s="3" t="n"/>
     </row>
-    <row r="49" ht="40" customHeight="1">
-      <c r="A49" s="1" t="n">
+    <row r="54" ht="40" customHeight="1">
+      <c r="A54" s="1" t="n">
         <v>602</v>
       </c>
-      <c r="B49" t="inlineStr">
+      <c r="B54" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C49" t="inlineStr">
+      <c r="C54" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D49" t="inlineStr">
+      <c r="D54" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E49" t="inlineStr">
+      <c r="E54" t="inlineStr">
         <is>
           <t>41.1</t>
         </is>
       </c>
-      <c r="F49" t="inlineStr">
+      <c r="F54" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G49" t="inlineStr">
+      <c r="G54" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H49" s="1" t="n"/>
-      <c r="I49" s="1" t="n">
+      <c r="H54" s="1" t="n"/>
+      <c r="I54" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K49" t="inlineStr">
+      <c r="K54" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L49" t="inlineStr">
+      <c r="L54" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O49" t="inlineStr">
+      <c r="O54" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P49" s="2" t="n"/>
-      <c r="Q49" s="2" t="n">
+      <c r="P54" s="2" t="n"/>
+      <c r="Q54" s="2" t="n">
         <v>505</v>
       </c>
-      <c r="R49" s="2" t="n">
+      <c r="R54" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S49" s="2" t="n">
+      <c r="S54" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T49" s="2" t="n">
+      <c r="T54" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U49" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W49" s="2" t="n">
+      <c r="U54" s="2" t="n"/>
+      <c r="V54" s="2" t="n"/>
+      <c r="W54" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X49" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB49" t="inlineStr">
+      <c r="X54" s="2" t="n"/>
+      <c r="Y54" s="2" t="n"/>
+      <c r="Z54" s="2" t="n"/>
+      <c r="AA54" s="2" t="n"/>
+      <c r="AB54" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC49" t="inlineStr">
+      <c r="AC54" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD49" s="2" t="n"/>
-      <c r="AE49" s="1" t="n">
+      <c r="AD54" s="2" t="n"/>
+      <c r="AE54" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF49" s="1" t="n"/>
-      <c r="AG49" s="2" t="n">
+      <c r="AF54" s="1" t="n"/>
+      <c r="AG54" s="2" t="n">
         <v>4090</v>
       </c>
-      <c r="AH49" s="2" t="n">
+      <c r="AH54" s="2" t="n">
         <v>900</v>
       </c>
-      <c r="AI49" s="2" t="n">
+      <c r="AI54" s="2" t="n">
         <v>1950</v>
       </c>
-      <c r="AJ49" s="2" t="n">
+      <c r="AJ54" s="2" t="n">
         <v>2758</v>
       </c>
-      <c r="AK49" s="2" t="n"/>
-      <c r="AO49" t="inlineStr">
+      <c r="AK54" s="2" t="n"/>
+      <c r="AO54" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR49" s="2" t="n">
+      <c r="AR54" s="2" t="n">
         <v>91</v>
       </c>
-      <c r="AS49" s="2" t="n"/>
-      <c r="AT49" s="2" t="n">
+      <c r="AS54" s="2" t="n"/>
+      <c r="AT54" s="2" t="n">
         <v>75</v>
       </c>
-      <c r="AW49" s="2" t="n"/>
-      <c r="AX49" t="inlineStr">
+      <c r="AW54" s="2" t="n"/>
+      <c r="AX54" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY49" s="3" t="n">
+      <c r="AY54" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ49" t="b">
+      <c r="AZ54" t="b">
         <v>0</v>
       </c>
-      <c r="BA49" t="inlineStr">
+      <c r="BA54" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC49" s="3" t="n"/>
+      <c r="BC54" s="3" t="n"/>
     </row>
-    <row r="50" ht="40" customHeight="1">
-      <c r="A50" s="1" t="n">
+    <row r="55" ht="40" customHeight="1">
+      <c r="A55" s="1" t="n">
         <v>566</v>
       </c>
-      <c r="B50" t="inlineStr">
+      <c r="B55" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C50" t="inlineStr">
+      <c r="C55" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D50" t="inlineStr">
+      <c r="D55" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E50" t="inlineStr">
+      <c r="E55" t="inlineStr">
         <is>
           <t>43.4</t>
         </is>
       </c>
-      <c r="F50" t="inlineStr">
+      <c r="F55" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G50" t="inlineStr">
+      <c r="G55" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H50" s="1" t="n"/>
-      <c r="I50" s="1" t="n">
+      <c r="H55" s="1" t="n"/>
+      <c r="I55" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K50" t="inlineStr">
+      <c r="K55" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L50" t="inlineStr">
+      <c r="L55" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O50" t="inlineStr">
+      <c r="O55" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P50" s="2" t="n"/>
-      <c r="Q50" s="2" t="n">
+      <c r="P55" s="2" t="n"/>
+      <c r="Q55" s="2" t="n">
         <v>424</v>
       </c>
-      <c r="R50" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W50" s="2" t="n">
+      <c r="R55" s="2" t="n"/>
+      <c r="S55" s="2" t="n"/>
+      <c r="T55" s="2" t="n"/>
+      <c r="U55" s="2" t="n"/>
+      <c r="V55" s="2" t="n"/>
+      <c r="W55" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X50" s="2" t="n">
+      <c r="X55" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y50" s="2" t="n">
+      <c r="Y55" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z50" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB50" t="inlineStr">
+      <c r="Z55" s="2" t="n"/>
+      <c r="AA55" s="2" t="n"/>
+      <c r="AB55" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC50" t="inlineStr">
+      <c r="AC55" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD50" s="2" t="n"/>
-      <c r="AE50" s="1" t="n">
+      <c r="AD55" s="2" t="n"/>
+      <c r="AE55" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF50" s="1" t="n"/>
-      <c r="AG50" s="2" t="n">
+      <c r="AF55" s="1" t="n"/>
+      <c r="AG55" s="2" t="n">
         <v>5002</v>
       </c>
-      <c r="AH50" s="2" t="n">
+      <c r="AH55" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI50" s="2" t="n">
+      <c r="AI55" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ50" s="2" t="n">
+      <c r="AJ55" s="2" t="n">
         <v>4100</v>
       </c>
-      <c r="AK50" s="2" t="n"/>
-      <c r="AO50" t="inlineStr">
+      <c r="AK55" s="2" t="n"/>
+      <c r="AO55" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR50" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY50" s="3" t="n">
+      <c r="AR55" s="2" t="n"/>
+      <c r="AS55" s="2" t="n"/>
+      <c r="AT55" s="2" t="n"/>
+      <c r="AW55" s="2" t="n"/>
+      <c r="AX55" t="inlineStr"/>
+      <c r="AY55" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ50" t="b">
+      <c r="AZ55" t="b">
         <v>0</v>
       </c>
-      <c r="BA50" t="inlineStr">
+      <c r="BA55" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC50" s="3" t="n"/>
+      <c r="BC55" s="3" t="n"/>
     </row>
-    <row r="51" ht="40" customHeight="1">
-      <c r="A51" s="1" t="n">
+    <row r="56" ht="40" customHeight="1">
+      <c r="A56" s="1" t="n">
         <v>622</v>
       </c>
-      <c r="B51" t="inlineStr">
+      <c r="B56" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C51" t="inlineStr">
+      <c r="C56" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D51" t="inlineStr">
+      <c r="D56" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E51" t="inlineStr">
+      <c r="E56" t="inlineStr">
         <is>
           <t>44.4</t>
         </is>
       </c>
-      <c r="F51" t="inlineStr">
+      <c r="F56" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G51" t="inlineStr">
+      <c r="G56" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H51" s="1" t="n"/>
-      <c r="I51" s="1" t="n">
+      <c r="H56" s="1" t="n"/>
+      <c r="I56" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K51" t="inlineStr">
+      <c r="K56" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L51" t="inlineStr">
+      <c r="L56" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O51" t="inlineStr">
+      <c r="O56" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P51" s="2" t="n"/>
-      <c r="Q51" s="2" t="n">
+      <c r="P56" s="2" t="n"/>
+      <c r="Q56" s="2" t="n">
         <v>459.1</v>
       </c>
-      <c r="R51" s="2" t="n">
+      <c r="R56" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S51" s="2" t="n">
+      <c r="S56" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T51" s="2" t="n">
+      <c r="T56" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U51" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W51" s="2" t="n">
+      <c r="U56" s="2" t="n"/>
+      <c r="V56" s="2" t="n"/>
+      <c r="W56" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X51" s="2" t="n">
+      <c r="X56" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y51" s="2" t="n">
+      <c r="Y56" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z51" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB51" t="inlineStr">
+      <c r="Z56" s="2" t="n"/>
+      <c r="AA56" s="2" t="n"/>
+      <c r="AB56" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC51" t="inlineStr">
+      <c r="AC56" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD51" s="2" t="n"/>
-      <c r="AE51" s="1" t="n">
+      <c r="AD56" s="2" t="n"/>
+      <c r="AE56" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF51" s="1" t="n"/>
-      <c r="AG51" s="2" t="n">
+      <c r="AF56" s="1" t="n"/>
+      <c r="AG56" s="2" t="n">
         <v>4992</v>
       </c>
-      <c r="AH51" s="2" t="n">
+      <c r="AH56" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI51" s="2" t="n">
+      <c r="AI56" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ51" s="2" t="n">
+      <c r="AJ56" s="2" t="n">
         <v>3670</v>
       </c>
-      <c r="AK51" s="2" t="n"/>
-      <c r="AO51" t="inlineStr">
+      <c r="AK56" s="2" t="n"/>
+      <c r="AO56" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR51" s="2" t="n">
+      <c r="AR56" s="2" t="n">
         <v>88</v>
       </c>
-      <c r="AS51" s="2" t="n"/>
-      <c r="AT51" s="2" t="n">
+      <c r="AS56" s="2" t="n"/>
+      <c r="AT56" s="2" t="n">
         <v>56</v>
       </c>
-      <c r="AW51" s="2" t="n"/>
-      <c r="AX51" t="inlineStr">
+      <c r="AW56" s="2" t="n"/>
+      <c r="AX56" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY51" s="3" t="n">
+      <c r="AY56" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ51" t="b">
+      <c r="AZ56" t="b">
         <v>0</v>
       </c>
-      <c r="BA51" t="inlineStr">
+      <c r="BA56" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC51" s="3" t="n"/>
+      <c r="BC56" s="3" t="n"/>
     </row>
-    <row r="52" ht="40" customHeight="1">
-      <c r="A52" s="1" t="n">
+    <row r="57" ht="40" customHeight="1">
+      <c r="A57" s="1" t="n">
         <v>588</v>
       </c>
-      <c r="B52" t="inlineStr">
+      <c r="B57" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C52" t="inlineStr">
+      <c r="C57" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D52" t="inlineStr">
+      <c r="D57" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E52" t="inlineStr">
+      <c r="E57" t="inlineStr">
         <is>
           <t>45.4</t>
         </is>
       </c>
-      <c r="F52" t="inlineStr">
+      <c r="F57" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G52" t="inlineStr">
+      <c r="G57" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H52" s="1" t="n"/>
-      <c r="I52" s="1" t="n">
+      <c r="H57" s="1" t="n"/>
+      <c r="I57" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K52" t="inlineStr">
+      <c r="K57" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L52" t="inlineStr">
+      <c r="L57" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O52" t="inlineStr">
+      <c r="O57" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P52" s="2" t="n"/>
-      <c r="Q52" s="2" t="n">
+      <c r="P57" s="2" t="n"/>
+      <c r="Q57" s="2" t="n">
         <v>521.6</v>
       </c>
-      <c r="R52" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V52" s="2" t="n">
+      <c r="R57" s="2" t="n"/>
+      <c r="S57" s="2" t="n"/>
+      <c r="T57" s="2" t="n"/>
+      <c r="U57" s="2" t="n"/>
+      <c r="V57" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W52" s="2" t="n">
+      <c r="W57" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X52" s="2" t="n">
+      <c r="X57" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y52" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB52" t="inlineStr">
+      <c r="Y57" s="2" t="n"/>
+      <c r="Z57" s="2" t="n"/>
+      <c r="AA57" s="2" t="n"/>
+      <c r="AB57" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC52" t="inlineStr">
+      <c r="AC57" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD52" s="2" t="n"/>
-      <c r="AE52" s="1" t="n">
+      <c r="AD57" s="2" t="n"/>
+      <c r="AE57" s="1" t="n">
         <v>17</v>
       </c>
-      <c r="AF52" s="1" t="n"/>
-      <c r="AG52" s="2" t="n">
+      <c r="AF57" s="1" t="n"/>
+      <c r="AG57" s="2" t="n">
         <v>2715</v>
       </c>
-      <c r="AH52" s="2" t="n">
+      <c r="AH57" s="2" t="n">
         <v>936</v>
       </c>
-      <c r="AI52" s="2" t="n">
+      <c r="AI57" s="2" t="n">
         <v>1996</v>
       </c>
-      <c r="AJ52" s="2" t="n">
+      <c r="AJ57" s="2" t="n">
         <v>1907</v>
       </c>
-      <c r="AK52" s="2" t="n"/>
-      <c r="AO52" t="inlineStr">
+      <c r="AK57" s="2" t="n"/>
+      <c r="AO57" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR52" s="2" t="n">
+      <c r="AR57" s="2" t="n">
         <v>90</v>
       </c>
-      <c r="AS52" s="2" t="n"/>
-      <c r="AT52" s="2" t="n">
+      <c r="AS57" s="2" t="n"/>
+      <c r="AT57" s="2" t="n">
         <v>72</v>
       </c>
-      <c r="AW52" s="2" t="n"/>
-      <c r="AX52" t="inlineStr">
+      <c r="AW57" s="2" t="n"/>
+      <c r="AX57" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY52" s="3" t="n">
+      <c r="AY57" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ52" t="b">
+      <c r="AZ57" t="b">
         <v>0</v>
       </c>
-      <c r="BA52" t="inlineStr">
+      <c r="BA57" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC52" s="3" t="n"/>
+      <c r="BC57" s="3" t="n"/>
     </row>
-    <row r="53" ht="40" customHeight="1">
-      <c r="A53" s="1" t="n">
+    <row r="58" ht="40" customHeight="1">
+      <c r="A58" s="1" t="n">
         <v>597</v>
       </c>
-      <c r="B53" t="inlineStr">
+      <c r="B58" t="inlineStr">
         <is>
           <t>R1234ze(Z), R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C53" t="inlineStr">
+      <c r="C58" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D53" t="inlineStr">
+      <c r="D58" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E53" t="inlineStr">
+      <c r="E58" t="inlineStr">
         <is>
           <t>47.1</t>
         </is>
       </c>
-      <c r="F53" t="inlineStr">
+      <c r="F58" t="inlineStr">
         <is>
           <t>OMEGA SKY Xi HPW</t>
         </is>
       </c>
-      <c r="G53" t="inlineStr">
+      <c r="G58" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H53" s="1" t="n"/>
-      <c r="I53" s="1" t="n">
+      <c r="H58" s="1" t="n"/>
+      <c r="I58" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K53" t="inlineStr">
+      <c r="K58" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L53" t="inlineStr">
+      <c r="L58" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O53" t="inlineStr">
+      <c r="O58" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P53" s="2" t="n"/>
-      <c r="Q53" s="2" t="n">
+      <c r="P58" s="2" t="n"/>
+      <c r="Q58" s="2" t="n">
         <v>491</v>
       </c>
-      <c r="R53" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W53" s="2" t="n">
+      <c r="R58" s="2" t="n"/>
+      <c r="S58" s="2" t="n"/>
+      <c r="T58" s="2" t="n"/>
+      <c r="U58" s="2" t="n"/>
+      <c r="V58" s="2" t="n"/>
+      <c r="W58" s="2" t="n">
         <v>64</v>
       </c>
-      <c r="X53" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB53" t="inlineStr">
+      <c r="X58" s="2" t="n"/>
+      <c r="Y58" s="2" t="n"/>
+      <c r="Z58" s="2" t="n"/>
+      <c r="AA58" s="2" t="n"/>
+      <c r="AB58" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC53" t="inlineStr">
+      <c r="AC58" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD53" s="2" t="n"/>
-      <c r="AE53" s="1" t="n">
+      <c r="AD58" s="2" t="n"/>
+      <c r="AE58" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF53" s="1" t="n"/>
-      <c r="AG53" s="2" t="n">
+      <c r="AF58" s="1" t="n"/>
+      <c r="AG58" s="2" t="n">
         <v>3800</v>
       </c>
-      <c r="AH53" s="2" t="n">
+      <c r="AH58" s="2" t="n">
         <v>1550</v>
       </c>
-      <c r="AI53" s="2" t="n">
+      <c r="AI58" s="2" t="n">
         <v>2100</v>
       </c>
-      <c r="AJ53" s="2" t="n">
+      <c r="AJ58" s="2" t="n">
         <v>2987</v>
       </c>
-      <c r="AK53" s="2" t="n"/>
-      <c r="AO53" t="inlineStr">
+      <c r="AK58" s="2" t="n"/>
+      <c r="AO58" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR53" s="2" t="n">
+      <c r="AR58" s="2" t="n">
         <v>101</v>
       </c>
-      <c r="AS53" s="2" t="n"/>
-      <c r="AT53" s="2" t="n">
+      <c r="AS58" s="2" t="n"/>
+      <c r="AT58" s="2" t="n">
         <v>83</v>
       </c>
-      <c r="AW53" s="2" t="n"/>
-      <c r="AX53" t="inlineStr">
+      <c r="AW58" s="2" t="n"/>
+      <c r="AX58" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)</t>
         </is>
       </c>
-      <c r="AY53" s="3" t="n">
+      <c r="AY58" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ53" t="b">
+      <c r="AZ58" t="b">
         <v>0</v>
       </c>
-      <c r="BA53" t="inlineStr">
+      <c r="BA58" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/omega-sky-xi/</t>
         </is>
       </c>
-      <c r="BC53" s="3" t="n"/>
+      <c r="BC58" s="3" t="n"/>
     </row>
-    <row r="54" ht="40" customHeight="1">
-      <c r="A54" s="1" t="n">
+    <row r="59" ht="40" customHeight="1">
+      <c r="A59" s="1" t="n">
         <v>623</v>
       </c>
-      <c r="B54" t="inlineStr">
+      <c r="B59" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C54" t="inlineStr">
+      <c r="C59" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D54" t="inlineStr">
+      <c r="D59" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E54" t="inlineStr">
+      <c r="E59" t="inlineStr">
         <is>
           <t>47.5</t>
         </is>
       </c>
-      <c r="F54" t="inlineStr">
+      <c r="F59" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G54" t="inlineStr">
+      <c r="G59" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H54" s="1" t="n"/>
-      <c r="I54" s="1" t="n">
+      <c r="H59" s="1" t="n"/>
+      <c r="I59" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K54" t="inlineStr">
+      <c r="K59" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L54" t="inlineStr">
+      <c r="L59" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O54" t="inlineStr">
+      <c r="O59" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P54" s="2" t="n"/>
-      <c r="Q54" s="2" t="n">
+      <c r="P59" s="2" t="n"/>
+      <c r="Q59" s="2" t="n">
         <v>485.9</v>
       </c>
-      <c r="R54" s="2" t="n">
+      <c r="R59" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S54" s="2" t="n">
+      <c r="S59" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T54" s="2" t="n">
+      <c r="T59" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U54" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W54" s="2" t="n">
+      <c r="U59" s="2" t="n"/>
+      <c r="V59" s="2" t="n"/>
+      <c r="W59" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X54" s="2" t="n">
+      <c r="X59" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y54" s="2" t="n">
+      <c r="Y59" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z54" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB54" t="inlineStr">
+      <c r="Z59" s="2" t="n"/>
+      <c r="AA59" s="2" t="n"/>
+      <c r="AB59" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC54" t="inlineStr">
+      <c r="AC59" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="AD54" s="2" t="n"/>
-      <c r="AE54" s="1" t="n">
+      <c r="AD59" s="2" t="n"/>
+      <c r="AE59" s="1" t="n">
         <v>24</v>
       </c>
-      <c r="AF54" s="1" t="n"/>
-      <c r="AG54" s="2" t="n">
+      <c r="AF59" s="1" t="n"/>
+      <c r="AG59" s="2" t="n">
         <v>6136</v>
       </c>
-      <c r="AH54" s="2" t="n">
+      <c r="AH59" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI54" s="2" t="n">
+      <c r="AI59" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ54" s="2" t="n">
+      <c r="AJ59" s="2" t="n">
         <v>4142</v>
       </c>
-      <c r="AK54" s="2" t="n"/>
-      <c r="AO54" t="inlineStr">
+      <c r="AK59" s="2" t="n"/>
+      <c r="AO59" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR54" s="2" t="n">
+      <c r="AR59" s="2" t="n">
         <v>89</v>
       </c>
-      <c r="AS54" s="2" t="n"/>
-      <c r="AT54" s="2" t="n">
+      <c r="AS59" s="2" t="n"/>
+      <c r="AT59" s="2" t="n">
         <v>57</v>
       </c>
-      <c r="AW54" s="2" t="n"/>
-      <c r="AX54" t="inlineStr">
+      <c r="AW59" s="2" t="n"/>
+      <c r="AX59" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY54" s="3" t="n">
+      <c r="AY59" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ54" t="b">
+      <c r="AZ59" t="b">
         <v>0</v>
       </c>
-      <c r="BA54" t="inlineStr">
+      <c r="BA59" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC54" s="3" t="n"/>
+      <c r="BC59" s="3" t="n"/>
     </row>
-    <row r="55" ht="40" customHeight="1">
-      <c r="A55" s="1" t="n">
+    <row r="60" ht="40" customHeight="1">
+      <c r="A60" s="1" t="n">
         <v>603</v>
       </c>
-      <c r="B55" t="inlineStr">
+      <c r="B60" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C55" t="inlineStr">
+      <c r="C60" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D55" t="inlineStr">
+      <c r="D60" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E55" t="inlineStr">
+      <c r="E60" t="inlineStr">
         <is>
           <t>50.1</t>
         </is>
       </c>
-      <c r="F55" t="inlineStr">
+      <c r="F60" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G55" t="inlineStr">
+      <c r="G60" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H55" s="1" t="n"/>
-      <c r="I55" s="1" t="n">
+      <c r="H60" s="1" t="n"/>
+      <c r="I60" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K55" t="inlineStr">
+      <c r="K60" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L55" t="inlineStr">
+      <c r="L60" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O55" t="inlineStr">
+      <c r="O60" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P55" s="2" t="n"/>
-      <c r="Q55" s="2" t="n">
+      <c r="P60" s="2" t="n"/>
+      <c r="Q60" s="2" t="n">
         <v>573</v>
       </c>
-      <c r="R55" s="2" t="n">
+      <c r="R60" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S55" s="2" t="n">
+      <c r="S60" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T55" s="2" t="n">
+      <c r="T60" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U55" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W55" s="2" t="n">
+      <c r="U60" s="2" t="n"/>
+      <c r="V60" s="2" t="n"/>
+      <c r="W60" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X55" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB55" t="inlineStr">
+      <c r="X60" s="2" t="n"/>
+      <c r="Y60" s="2" t="n"/>
+      <c r="Z60" s="2" t="n"/>
+      <c r="AA60" s="2" t="n"/>
+      <c r="AB60" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC55" t="inlineStr">
+      <c r="AC60" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD55" s="2" t="n"/>
-      <c r="AE55" s="1" t="n">
+      <c r="AD60" s="2" t="n"/>
+      <c r="AE60" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF55" s="1" t="n"/>
-      <c r="AG55" s="2" t="n">
+      <c r="AF60" s="1" t="n"/>
+      <c r="AG60" s="2" t="n">
         <v>4690</v>
       </c>
-      <c r="AH55" s="2" t="n">
+      <c r="AH60" s="2" t="n">
         <v>900</v>
       </c>
-      <c r="AI55" s="2" t="n">
+      <c r="AI60" s="2" t="n">
         <v>1950</v>
       </c>
-      <c r="AJ55" s="2" t="n">
+      <c r="AJ60" s="2" t="n">
         <v>2829</v>
       </c>
-      <c r="AK55" s="2" t="n"/>
-      <c r="AO55" t="inlineStr">
+      <c r="AK60" s="2" t="n"/>
+      <c r="AO60" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR55" s="2" t="n">
+      <c r="AR60" s="2" t="n">
         <v>91</v>
       </c>
-      <c r="AS55" s="2" t="n"/>
-      <c r="AT55" s="2" t="n">
+      <c r="AS60" s="2" t="n"/>
+      <c r="AT60" s="2" t="n">
         <v>75</v>
       </c>
-      <c r="AW55" s="2" t="n"/>
-      <c r="AX55" t="inlineStr">
+      <c r="AW60" s="2" t="n"/>
+      <c r="AX60" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY55" s="3" t="n">
+      <c r="AY60" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ55" t="b">
+      <c r="AZ60" t="b">
         <v>0</v>
       </c>
-      <c r="BA55" t="inlineStr">
+      <c r="BA60" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC55" s="3" t="n"/>
+      <c r="BC60" s="3" t="n"/>
     </row>
-    <row r="56" ht="40" customHeight="1">
-      <c r="A56" s="1" t="n">
+    <row r="61" ht="40" customHeight="1">
+      <c r="A61" s="1" t="n">
         <v>589</v>
       </c>
-      <c r="B56" t="inlineStr">
+      <c r="B61" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C56" t="inlineStr">
+      <c r="C61" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D56" t="inlineStr">
+      <c r="D61" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E56" t="inlineStr">
+      <c r="E61" t="inlineStr">
         <is>
           <t>50.4</t>
         </is>
       </c>
-      <c r="F56" t="inlineStr">
+      <c r="F61" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G56" t="inlineStr">
+      <c r="G61" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H56" s="1" t="n"/>
-      <c r="I56" s="1" t="n">
+      <c r="H61" s="1" t="n"/>
+      <c r="I61" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K56" t="inlineStr">
+      <c r="K61" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L56" t="inlineStr">
+      <c r="L61" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O56" t="inlineStr">
+      <c r="O61" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P56" s="2" t="n"/>
-      <c r="Q56" s="2" t="n">
+      <c r="P61" s="2" t="n"/>
+      <c r="Q61" s="2" t="n">
         <v>579</v>
       </c>
-      <c r="R56" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V56" s="2" t="n">
+      <c r="R61" s="2" t="n"/>
+      <c r="S61" s="2" t="n"/>
+      <c r="T61" s="2" t="n"/>
+      <c r="U61" s="2" t="n"/>
+      <c r="V61" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W56" s="2" t="n">
+      <c r="W61" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X56" s="2" t="n">
+      <c r="X61" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y56" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB56" t="inlineStr">
+      <c r="Y61" s="2" t="n"/>
+      <c r="Z61" s="2" t="n"/>
+      <c r="AA61" s="2" t="n"/>
+      <c r="AB61" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC56" t="inlineStr">
+      <c r="AC61" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD56" s="2" t="n"/>
-      <c r="AE56" s="1" t="n">
+      <c r="AD61" s="2" t="n"/>
+      <c r="AE61" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF56" s="1" t="n"/>
-      <c r="AG56" s="2" t="n">
+      <c r="AF61" s="1" t="n"/>
+      <c r="AG61" s="2" t="n">
         <v>2715</v>
       </c>
-      <c r="AH56" s="2" t="n">
+      <c r="AH61" s="2" t="n">
         <v>936</v>
       </c>
-      <c r="AI56" s="2" t="n">
+      <c r="AI61" s="2" t="n">
         <v>1996</v>
       </c>
-      <c r="AJ56" s="2" t="n">
+      <c r="AJ61" s="2" t="n">
         <v>2041</v>
       </c>
-      <c r="AK56" s="2" t="n"/>
-      <c r="AO56" t="inlineStr">
+      <c r="AK61" s="2" t="n"/>
+      <c r="AO61" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR56" s="2" t="n">
+      <c r="AR61" s="2" t="n">
         <v>91</v>
       </c>
-      <c r="AS56" s="2" t="n"/>
-      <c r="AT56" s="2" t="n">
+      <c r="AS61" s="2" t="n"/>
+      <c r="AT61" s="2" t="n">
         <v>73</v>
       </c>
-      <c r="AW56" s="2" t="n"/>
-      <c r="AX56" t="inlineStr">
+      <c r="AW61" s="2" t="n"/>
+      <c r="AX61" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY56" s="3" t="n">
+      <c r="AY61" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ56" t="b">
+      <c r="AZ61" t="b">
         <v>0</v>
       </c>
-      <c r="BA56" t="inlineStr">
+      <c r="BA61" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC56" s="3" t="n"/>
+      <c r="BC61" s="3" t="n"/>
     </row>
-    <row r="57" ht="40" customHeight="1">
-      <c r="A57" s="1" t="n">
+    <row r="62" ht="40" customHeight="1">
+      <c r="A62" s="1" t="n">
         <v>624</v>
       </c>
-      <c r="B57" t="inlineStr">
+      <c r="B62" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C57" t="inlineStr">
+      <c r="C62" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D57" t="inlineStr">
+      <c r="D62" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E57" t="inlineStr">
+      <c r="E62" t="inlineStr">
         <is>
           <t>50.5</t>
         </is>
       </c>
-      <c r="F57" t="inlineStr">
+      <c r="F62" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G57" t="inlineStr">
+      <c r="G62" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H57" s="1" t="n"/>
-      <c r="I57" s="1" t="n">
+      <c r="H62" s="1" t="n"/>
+      <c r="I62" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K57" t="inlineStr">
+      <c r="K62" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L57" t="inlineStr">
+      <c r="L62" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O57" t="inlineStr">
+      <c r="O62" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P57" s="2" t="n"/>
-      <c r="Q57" s="2" t="n">
+      <c r="P62" s="2" t="n"/>
+      <c r="Q62" s="2" t="n">
         <v>533</v>
       </c>
-      <c r="R57" s="2" t="n">
+      <c r="R62" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S57" s="2" t="n">
+      <c r="S62" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T57" s="2" t="n">
+      <c r="T62" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U57" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W57" s="2" t="n">
+      <c r="U62" s="2" t="n"/>
+      <c r="V62" s="2" t="n"/>
+      <c r="W62" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X57" s="2" t="n">
+      <c r="X62" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y57" s="2" t="n">
+      <c r="Y62" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z57" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB57" t="inlineStr">
+      <c r="Z62" s="2" t="n"/>
+      <c r="AA62" s="2" t="n"/>
+      <c r="AB62" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC57" t="inlineStr">
+      <c r="AC62" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="AD57" s="2" t="n"/>
-      <c r="AE57" s="1" t="n">
+      <c r="AD62" s="2" t="n"/>
+      <c r="AE62" s="1" t="n">
         <v>22</v>
       </c>
-      <c r="AF57" s="1" t="n"/>
-      <c r="AG57" s="2" t="n">
+      <c r="AF62" s="1" t="n"/>
+      <c r="AG62" s="2" t="n">
         <v>6136</v>
       </c>
-      <c r="AH57" s="2" t="n">
+      <c r="AH62" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI57" s="2" t="n">
+      <c r="AI62" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ57" s="2" t="n">
+      <c r="AJ62" s="2" t="n">
         <v>4335</v>
       </c>
-      <c r="AK57" s="2" t="n"/>
-      <c r="AO57" t="inlineStr">
+      <c r="AK62" s="2" t="n"/>
+      <c r="AO62" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR57" s="2" t="n">
+      <c r="AR62" s="2" t="n">
         <v>90</v>
       </c>
-      <c r="AS57" s="2" t="n"/>
-      <c r="AT57" s="2" t="n">
+      <c r="AS62" s="2" t="n"/>
+      <c r="AT62" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="AW57" s="2" t="n"/>
-      <c r="AX57" t="inlineStr">
+      <c r="AW62" s="2" t="n"/>
+      <c r="AX62" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY57" s="3" t="n">
+      <c r="AY62" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ57" t="b">
+      <c r="AZ62" t="b">
         <v>0</v>
       </c>
-      <c r="BA57" t="inlineStr">
+      <c r="BA62" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC57" s="3" t="n"/>
+      <c r="BC62" s="3" t="n"/>
     </row>
-    <row r="58" ht="40" customHeight="1">
-      <c r="A58" s="1" t="n">
+    <row r="63" ht="40" customHeight="1">
+      <c r="A63" s="1" t="n">
         <v>567</v>
       </c>
-      <c r="B58" t="inlineStr">
+      <c r="B63" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C58" t="inlineStr">
+      <c r="C63" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D58" t="inlineStr">
+      <c r="D63" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E58" t="inlineStr">
+      <c r="E63" t="inlineStr">
         <is>
           <t>51.6</t>
         </is>
       </c>
-      <c r="F58" t="inlineStr">
+      <c r="F63" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G58" t="inlineStr">
+      <c r="G63" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H58" s="1" t="n"/>
-      <c r="I58" s="1" t="n">
+      <c r="H63" s="1" t="n"/>
+      <c r="I63" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K58" t="inlineStr">
+      <c r="K63" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L58" t="inlineStr">
+      <c r="L63" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="O58" t="inlineStr">
+      <c r="O63" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P58" s="2" t="n"/>
-      <c r="Q58" s="2" t="n">
+      <c r="P63" s="2" t="n"/>
+      <c r="Q63" s="2" t="n">
         <v>519.1</v>
       </c>
-      <c r="R58" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W58" s="2" t="n">
+      <c r="R63" s="2" t="n"/>
+      <c r="S63" s="2" t="n"/>
+      <c r="T63" s="2" t="n"/>
+      <c r="U63" s="2" t="n"/>
+      <c r="V63" s="2" t="n"/>
+      <c r="W63" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X58" s="2" t="n">
+      <c r="X63" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y58" s="2" t="n">
+      <c r="Y63" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z58" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB58" t="inlineStr">
+      <c r="Z63" s="2" t="n"/>
+      <c r="AA63" s="2" t="n"/>
+      <c r="AB63" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC58" t="inlineStr">
+      <c r="AC63" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="AD58" s="2" t="n"/>
-      <c r="AE58" s="1" t="n">
+      <c r="AD63" s="2" t="n"/>
+      <c r="AE63" s="1" t="n">
         <v>17</v>
       </c>
-      <c r="AF58" s="1" t="n"/>
-      <c r="AG58" s="2" t="n">
+      <c r="AF63" s="1" t="n"/>
+      <c r="AG63" s="2" t="n">
         <v>7383</v>
       </c>
-      <c r="AH58" s="2" t="n">
+      <c r="AH63" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI58" s="2" t="n">
+      <c r="AI63" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ58" s="2" t="n">
+      <c r="AJ63" s="2" t="n">
         <v>6900</v>
       </c>
-      <c r="AK58" s="2" t="n"/>
-      <c r="AO58" t="inlineStr">
+      <c r="AK63" s="2" t="n"/>
+      <c r="AO63" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR58" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY58" s="3" t="n">
+      <c r="AR63" s="2" t="n"/>
+      <c r="AS63" s="2" t="n"/>
+      <c r="AT63" s="2" t="n"/>
+      <c r="AW63" s="2" t="n"/>
+      <c r="AX63" t="inlineStr"/>
+      <c r="AY63" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ58" t="b">
+      <c r="AZ63" t="b">
         <v>0</v>
       </c>
-      <c r="BA58" t="inlineStr">
+      <c r="BA63" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC58" s="3" t="n"/>
+      <c r="BC63" s="3" t="n"/>
     </row>
-    <row r="59" ht="40" customHeight="1">
-      <c r="A59" s="1" t="n">
+    <row r="64" ht="40" customHeight="1">
+      <c r="A64" s="1" t="n">
         <v>598</v>
       </c>
-      <c r="B59" t="inlineStr">
+      <c r="B64" t="inlineStr">
         <is>
           <t>R1234ze(Z), R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C59" t="inlineStr">
+      <c r="C64" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D59" t="inlineStr">
+      <c r="D64" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E59" t="inlineStr">
+      <c r="E64" t="inlineStr">
         <is>
           <t>53.1</t>
         </is>
       </c>
-      <c r="F59" t="inlineStr">
+      <c r="F64" t="inlineStr">
         <is>
           <t>OMEGA SKY Xi HPW</t>
         </is>
       </c>
-      <c r="G59" t="inlineStr">
+      <c r="G64" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H59" s="1" t="n"/>
-      <c r="I59" s="1" t="n">
+      <c r="H64" s="1" t="n"/>
+      <c r="I64" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K59" t="inlineStr">
+      <c r="K64" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L59" t="inlineStr">
+      <c r="L64" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O59" t="inlineStr">
+      <c r="O64" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P59" s="2" t="n"/>
-      <c r="Q59" s="2" t="n">
+      <c r="P64" s="2" t="n"/>
+      <c r="Q64" s="2" t="n">
         <v>558</v>
       </c>
-      <c r="R59" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W59" s="2" t="n">
+      <c r="R64" s="2" t="n"/>
+      <c r="S64" s="2" t="n"/>
+      <c r="T64" s="2" t="n"/>
+      <c r="U64" s="2" t="n"/>
+      <c r="V64" s="2" t="n"/>
+      <c r="W64" s="2" t="n">
         <v>64</v>
       </c>
-      <c r="X59" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB59" t="inlineStr">
+      <c r="X64" s="2" t="n"/>
+      <c r="Y64" s="2" t="n"/>
+      <c r="Z64" s="2" t="n"/>
+      <c r="AA64" s="2" t="n"/>
+      <c r="AB64" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC59" t="inlineStr">
+      <c r="AC64" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD59" s="2" t="n"/>
-      <c r="AE59" s="1" t="n">
+      <c r="AD64" s="2" t="n"/>
+      <c r="AE64" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF59" s="1" t="n"/>
-      <c r="AG59" s="2" t="n">
+      <c r="AF64" s="1" t="n"/>
+      <c r="AG64" s="2" t="n">
         <v>3900</v>
       </c>
-      <c r="AH59" s="2" t="n">
+      <c r="AH64" s="2" t="n">
         <v>1550</v>
       </c>
-      <c r="AI59" s="2" t="n">
+      <c r="AI64" s="2" t="n">
         <v>2150</v>
       </c>
-      <c r="AJ59" s="2" t="n">
+      <c r="AJ64" s="2" t="n">
         <v>3381</v>
       </c>
-      <c r="AK59" s="2" t="n"/>
-      <c r="AO59" t="inlineStr">
+      <c r="AK64" s="2" t="n"/>
+      <c r="AO64" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR59" s="2" t="n">
+      <c r="AR64" s="2" t="n">
         <v>101</v>
       </c>
-      <c r="AS59" s="2" t="n"/>
-      <c r="AT59" s="2" t="n">
+      <c r="AS64" s="2" t="n"/>
+      <c r="AT64" s="2" t="n">
         <v>82</v>
       </c>
-      <c r="AW59" s="2" t="n"/>
-      <c r="AX59" t="inlineStr">
+      <c r="AW64" s="2" t="n"/>
+      <c r="AX64" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)</t>
         </is>
       </c>
-      <c r="AY59" s="3" t="n">
+      <c r="AY64" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ59" t="b">
+      <c r="AZ64" t="b">
         <v>0</v>
       </c>
-      <c r="BA59" t="inlineStr">
+      <c r="BA64" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/omega-sky-xi/</t>
         </is>
       </c>
-      <c r="BC59" s="3" t="n"/>
+      <c r="BC64" s="3" t="n"/>
     </row>
-    <row r="60" ht="40" customHeight="1">
-      <c r="A60" s="1" t="n">
+    <row r="65" ht="40" customHeight="1">
+      <c r="A65" s="1" t="n">
         <v>625</v>
       </c>
-      <c r="B60" t="inlineStr">
+      <c r="B65" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C60" t="inlineStr">
+      <c r="C65" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D60" t="inlineStr">
+      <c r="D65" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E60" t="inlineStr">
+      <c r="E65" t="inlineStr">
         <is>
           <t>54.5</t>
         </is>
       </c>
-      <c r="F60" t="inlineStr">
+      <c r="F65" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G60" t="inlineStr">
+      <c r="G65" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H60" s="1" t="n"/>
-      <c r="I60" s="1" t="n">
+      <c r="H65" s="1" t="n"/>
+      <c r="I65" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K60" t="inlineStr">
+      <c r="K65" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L60" t="inlineStr">
+      <c r="L65" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O60" t="inlineStr">
+      <c r="O65" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P60" s="2" t="n"/>
-      <c r="Q60" s="2" t="n">
+      <c r="P65" s="2" t="n"/>
+      <c r="Q65" s="2" t="n">
         <v>579.5</v>
       </c>
-      <c r="R60" s="2" t="n">
+      <c r="R65" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S60" s="2" t="n">
+      <c r="S65" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T60" s="2" t="n">
+      <c r="T65" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U60" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W60" s="2" t="n">
+      <c r="U65" s="2" t="n"/>
+      <c r="V65" s="2" t="n"/>
+      <c r="W65" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X60" s="2" t="n">
+      <c r="X65" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y60" s="2" t="n">
+      <c r="Y65" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z60" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB60" t="inlineStr">
+      <c r="Z65" s="2" t="n"/>
+      <c r="AA65" s="2" t="n"/>
+      <c r="AB65" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC60" t="inlineStr">
+      <c r="AC65" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="AD60" s="2" t="n"/>
-      <c r="AE60" s="1" t="n">
+      <c r="AD65" s="2" t="n"/>
+      <c r="AE65" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF60" s="1" t="n"/>
-      <c r="AG60" s="2" t="n">
+      <c r="AF65" s="1" t="n"/>
+      <c r="AG65" s="2" t="n">
         <v>7282</v>
       </c>
-      <c r="AH60" s="2" t="n">
+      <c r="AH65" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI60" s="2" t="n">
+      <c r="AI65" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ60" s="2" t="n">
+      <c r="AJ65" s="2" t="n">
         <v>4893</v>
       </c>
-      <c r="AK60" s="2" t="n"/>
-      <c r="AO60" t="inlineStr">
+      <c r="AK65" s="2" t="n"/>
+      <c r="AO65" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR60" s="2" t="n">
+      <c r="AR65" s="2" t="n">
         <v>90</v>
       </c>
-      <c r="AS60" s="2" t="n"/>
-      <c r="AT60" s="2" t="n">
+      <c r="AS65" s="2" t="n"/>
+      <c r="AT65" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="AW60" s="2" t="n"/>
-      <c r="AX60" t="inlineStr">
+      <c r="AW65" s="2" t="n"/>
+      <c r="AX65" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY60" s="3" t="n">
+      <c r="AY65" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ60" t="b">
+      <c r="AZ65" t="b">
         <v>0</v>
       </c>
-      <c r="BA60" t="inlineStr">
+      <c r="BA65" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC60" s="3" t="n"/>
+      <c r="BC65" s="3" t="n"/>
     </row>
-    <row r="61" ht="40" customHeight="1">
-      <c r="A61" s="1" t="n">
+    <row r="66" ht="40" customHeight="1">
+      <c r="A66" s="1" t="n">
         <v>590</v>
       </c>
-      <c r="B61" t="inlineStr">
+      <c r="B66" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C61" t="inlineStr">
+      <c r="C66" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D61" t="inlineStr">
+      <c r="D66" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E61" t="inlineStr">
+      <c r="E66" t="inlineStr">
         <is>
           <t>57.5</t>
         </is>
       </c>
-      <c r="F61" t="inlineStr">
+      <c r="F66" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G61" t="inlineStr">
+      <c r="G66" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H61" s="1" t="n"/>
-      <c r="I61" s="1" t="n">
+      <c r="H66" s="1" t="n"/>
+      <c r="I66" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K61" t="inlineStr">
+      <c r="K66" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L61" t="inlineStr">
+      <c r="L66" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O61" t="inlineStr">
+      <c r="O66" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P61" s="2" t="n"/>
-      <c r="Q61" s="2" t="n">
+      <c r="P66" s="2" t="n"/>
+      <c r="Q66" s="2" t="n">
         <v>663.5</v>
       </c>
-      <c r="R61" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V61" s="2" t="n">
+      <c r="R66" s="2" t="n"/>
+      <c r="S66" s="2" t="n"/>
+      <c r="T66" s="2" t="n"/>
+      <c r="U66" s="2" t="n"/>
+      <c r="V66" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W61" s="2" t="n">
+      <c r="W66" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X61" s="2" t="n">
+      <c r="X66" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y61" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB61" t="inlineStr">
+      <c r="Y66" s="2" t="n"/>
+      <c r="Z66" s="2" t="n"/>
+      <c r="AA66" s="2" t="n"/>
+      <c r="AB66" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC61" t="inlineStr">
+      <c r="AC66" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD61" s="2" t="n"/>
-      <c r="AE61" s="1" t="n">
+      <c r="AD66" s="2" t="n"/>
+      <c r="AE66" s="1" t="n">
         <v>14</v>
       </c>
-      <c r="AF61" s="1" t="n"/>
-      <c r="AG61" s="2" t="n">
+      <c r="AF66" s="1" t="n"/>
+      <c r="AG66" s="2" t="n">
         <v>3330</v>
       </c>
-      <c r="AH61" s="2" t="n">
+      <c r="AH66" s="2" t="n">
         <v>936</v>
       </c>
-      <c r="AI61" s="2" t="n">
+      <c r="AI66" s="2" t="n">
         <v>1996</v>
       </c>
-      <c r="AJ61" s="2" t="n">
+      <c r="AJ66" s="2" t="n">
         <v>2354</v>
       </c>
-      <c r="AK61" s="2" t="n"/>
-      <c r="AO61" t="inlineStr">
+      <c r="AK66" s="2" t="n"/>
+      <c r="AO66" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR61" s="2" t="n">
+      <c r="AR66" s="2" t="n">
         <v>90</v>
       </c>
-      <c r="AS61" s="2" t="n"/>
-      <c r="AT61" s="2" t="n">
+      <c r="AS66" s="2" t="n"/>
+      <c r="AT66" s="2" t="n">
         <v>72</v>
       </c>
-      <c r="AW61" s="2" t="n"/>
-      <c r="AX61" t="inlineStr">
+      <c r="AW66" s="2" t="n"/>
+      <c r="AX66" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY61" s="3" t="n">
+      <c r="AY66" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ61" t="b">
+      <c r="AZ66" t="b">
         <v>0</v>
       </c>
-      <c r="BA61" t="inlineStr">
+      <c r="BA66" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC61" s="3" t="n"/>
+      <c r="BC66" s="3" t="n"/>
     </row>
-    <row r="62" ht="40" customHeight="1">
-      <c r="A62" s="1" t="n">
+    <row r="67" ht="40" customHeight="1">
+      <c r="A67" s="1" t="n">
         <v>604</v>
       </c>
-      <c r="B62" t="inlineStr">
+      <c r="B67" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C62" t="inlineStr">
+      <c r="C67" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D62" t="inlineStr">
+      <c r="D67" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E62" t="inlineStr">
+      <c r="E67" t="inlineStr">
         <is>
           <t>58.1</t>
         </is>
       </c>
-      <c r="F62" t="inlineStr">
+      <c r="F67" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G62" t="inlineStr">
+      <c r="G67" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H62" s="1" t="n"/>
-      <c r="I62" s="1" t="n">
+      <c r="H67" s="1" t="n"/>
+      <c r="I67" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K62" t="inlineStr">
+      <c r="K67" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L62" t="inlineStr">
+      <c r="L67" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O62" t="inlineStr">
+      <c r="O67" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P62" s="2" t="n"/>
-      <c r="Q62" s="2" t="n">
+      <c r="P67" s="2" t="n"/>
+      <c r="Q67" s="2" t="n">
         <v>653</v>
       </c>
-      <c r="R62" s="2" t="n">
+      <c r="R67" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S62" s="2" t="n">
+      <c r="S67" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T62" s="2" t="n">
+      <c r="T67" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U62" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W62" s="2" t="n">
+      <c r="U67" s="2" t="n"/>
+      <c r="V67" s="2" t="n"/>
+      <c r="W67" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X62" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB62" t="inlineStr">
+      <c r="X67" s="2" t="n"/>
+      <c r="Y67" s="2" t="n"/>
+      <c r="Z67" s="2" t="n"/>
+      <c r="AA67" s="2" t="n"/>
+      <c r="AB67" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC62" t="inlineStr">
+      <c r="AC67" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD62" s="2" t="n"/>
-      <c r="AE62" s="1" t="n">
+      <c r="AD67" s="2" t="n"/>
+      <c r="AE67" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF62" s="1" t="n"/>
-      <c r="AG62" s="2" t="n">
+      <c r="AF67" s="1" t="n"/>
+      <c r="AG67" s="2" t="n">
         <v>4120</v>
       </c>
-      <c r="AH62" s="2" t="n">
+      <c r="AH67" s="2" t="n">
         <v>900</v>
       </c>
-      <c r="AI62" s="2" t="n">
+      <c r="AI67" s="2" t="n">
         <v>1990</v>
       </c>
-      <c r="AJ62" s="2" t="n">
+      <c r="AJ67" s="2" t="n">
         <v>3140</v>
       </c>
-      <c r="AK62" s="2" t="n"/>
-      <c r="AO62" t="inlineStr">
+      <c r="AK67" s="2" t="n"/>
+      <c r="AO67" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR62" s="2" t="n">
+      <c r="AR67" s="2" t="n">
         <v>92</v>
       </c>
-      <c r="AS62" s="2" t="n"/>
-      <c r="AT62" s="2" t="n">
+      <c r="AS67" s="2" t="n"/>
+      <c r="AT67" s="2" t="n">
         <v>75</v>
       </c>
-      <c r="AW62" s="2" t="n"/>
-      <c r="AX62" t="inlineStr">
+      <c r="AW67" s="2" t="n"/>
+      <c r="AX67" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY62" s="3" t="n">
+      <c r="AY67" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ62" t="b">
+      <c r="AZ67" t="b">
         <v>0</v>
       </c>
-      <c r="BA62" t="inlineStr">
+      <c r="BA67" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC62" s="3" t="n"/>
+      <c r="BC67" s="3" t="n"/>
     </row>
-    <row r="63" ht="40" customHeight="1">
-      <c r="A63" s="1" t="n">
+    <row r="68" ht="40" customHeight="1">
+      <c r="A68" s="1" t="n">
         <v>599</v>
       </c>
-      <c r="B63" t="inlineStr">
+      <c r="B68" t="inlineStr">
         <is>
           <t>R1234ze(Z), R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C63" t="inlineStr">
+      <c r="C68" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D63" t="inlineStr">
+      <c r="D68" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E63" t="inlineStr">
+      <c r="E68" t="inlineStr">
         <is>
           <t>60.1</t>
         </is>
       </c>
-      <c r="F63" t="inlineStr">
+      <c r="F68" t="inlineStr">
         <is>
           <t>OMEGA SKY Xi HPW</t>
         </is>
       </c>
-      <c r="G63" t="inlineStr">
+      <c r="G68" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H63" s="1" t="n"/>
-      <c r="I63" s="1" t="n">
+      <c r="H68" s="1" t="n"/>
+      <c r="I68" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K63" t="inlineStr">
+      <c r="K68" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L63" t="inlineStr">
+      <c r="L68" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O63" t="inlineStr">
+      <c r="O68" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P63" s="2" t="n"/>
-      <c r="Q63" s="2" t="n">
+      <c r="P68" s="2" t="n"/>
+      <c r="Q68" s="2" t="n">
         <v>626</v>
       </c>
-      <c r="R63" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W63" s="2" t="n">
+      <c r="R68" s="2" t="n"/>
+      <c r="S68" s="2" t="n"/>
+      <c r="T68" s="2" t="n"/>
+      <c r="U68" s="2" t="n"/>
+      <c r="V68" s="2" t="n"/>
+      <c r="W68" s="2" t="n">
         <v>64</v>
       </c>
-      <c r="X63" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB63" t="inlineStr">
+      <c r="X68" s="2" t="n"/>
+      <c r="Y68" s="2" t="n"/>
+      <c r="Z68" s="2" t="n"/>
+      <c r="AA68" s="2" t="n"/>
+      <c r="AB68" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC63" t="inlineStr">
+      <c r="AC68" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD63" s="2" t="n"/>
-      <c r="AE63" s="1" t="n">
+      <c r="AD68" s="2" t="n"/>
+      <c r="AE68" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF63" s="1" t="n"/>
-      <c r="AG63" s="2" t="n">
+      <c r="AF68" s="1" t="n"/>
+      <c r="AG68" s="2" t="n">
         <v>3900</v>
       </c>
-      <c r="AH63" s="2" t="n">
+      <c r="AH68" s="2" t="n">
         <v>1550</v>
       </c>
-      <c r="AI63" s="2" t="n">
+      <c r="AI68" s="2" t="n">
         <v>2150</v>
       </c>
-      <c r="AJ63" s="2" t="n">
+      <c r="AJ68" s="2" t="n">
         <v>3509</v>
       </c>
-      <c r="AK63" s="2" t="n"/>
-      <c r="AO63" t="inlineStr">
+      <c r="AK68" s="2" t="n"/>
+      <c r="AO68" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR63" s="2" t="n">
+      <c r="AR68" s="2" t="n">
         <v>102</v>
       </c>
-      <c r="AS63" s="2" t="n"/>
-      <c r="AT63" s="2" t="n">
+      <c r="AS68" s="2" t="n"/>
+      <c r="AT68" s="2" t="n">
         <v>83</v>
       </c>
-      <c r="AW63" s="2" t="n"/>
-      <c r="AX63" t="inlineStr">
+      <c r="AW68" s="2" t="n"/>
+      <c r="AX68" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)</t>
         </is>
       </c>
-      <c r="AY63" s="3" t="n">
+      <c r="AY68" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ63" t="b">
+      <c r="AZ68" t="b">
         <v>0</v>
       </c>
-      <c r="BA63" t="inlineStr">
+      <c r="BA68" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/omega-sky-xi/</t>
         </is>
       </c>
-      <c r="BC63" s="3" t="n"/>
+      <c r="BC68" s="3" t="n"/>
     </row>
-    <row r="64" ht="40" customHeight="1">
-      <c r="A64" s="1" t="n">
+    <row r="69" ht="40" customHeight="1">
+      <c r="A69" s="1" t="n">
         <v>568</v>
       </c>
-      <c r="B64" t="inlineStr">
+      <c r="B69" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C64" t="inlineStr">
+      <c r="C69" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D64" t="inlineStr">
+      <c r="D69" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E64" t="inlineStr">
+      <c r="E69" t="inlineStr">
         <is>
           <t>60.6</t>
         </is>
       </c>
-      <c r="F64" t="inlineStr">
+      <c r="F69" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G64" t="inlineStr">
+      <c r="G69" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H64" s="1" t="n"/>
-      <c r="I64" s="1" t="n">
+      <c r="H69" s="1" t="n"/>
+      <c r="I69" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K64" t="inlineStr">
+      <c r="K69" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L64" t="inlineStr">
+      <c r="L69" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="O64" t="inlineStr">
+      <c r="O69" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P64" s="2" t="n"/>
-      <c r="Q64" s="2" t="n">
+      <c r="P69" s="2" t="n"/>
+      <c r="Q69" s="2" t="n">
         <v>631.8</v>
       </c>
-      <c r="R64" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W64" s="2" t="n">
+      <c r="R69" s="2" t="n"/>
+      <c r="S69" s="2" t="n"/>
+      <c r="T69" s="2" t="n"/>
+      <c r="U69" s="2" t="n"/>
+      <c r="V69" s="2" t="n"/>
+      <c r="W69" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X64" s="2" t="n">
+      <c r="X69" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y64" s="2" t="n">
+      <c r="Y69" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z64" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB64" t="inlineStr">
+      <c r="Z69" s="2" t="n"/>
+      <c r="AA69" s="2" t="n"/>
+      <c r="AB69" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC64" t="inlineStr">
+      <c r="AC69" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="AD64" s="2" t="n"/>
-      <c r="AE64" s="1" t="n">
+      <c r="AD69" s="2" t="n"/>
+      <c r="AE69" s="1" t="n">
         <v>17</v>
       </c>
-      <c r="AF64" s="1" t="n"/>
-      <c r="AG64" s="2" t="n">
+      <c r="AF69" s="1" t="n"/>
+      <c r="AG69" s="2" t="n">
         <v>7383</v>
       </c>
-      <c r="AH64" s="2" t="n">
+      <c r="AH69" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI64" s="2" t="n">
+      <c r="AI69" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ64" s="2" t="n">
+      <c r="AJ69" s="2" t="n">
         <v>7500</v>
       </c>
-      <c r="AK64" s="2" t="n"/>
-      <c r="AO64" t="inlineStr">
+      <c r="AK69" s="2" t="n"/>
+      <c r="AO69" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR64" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY64" s="3" t="n">
+      <c r="AR69" s="2" t="n"/>
+      <c r="AS69" s="2" t="n"/>
+      <c r="AT69" s="2" t="n"/>
+      <c r="AW69" s="2" t="n"/>
+      <c r="AX69" t="inlineStr"/>
+      <c r="AY69" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ64" t="b">
+      <c r="AZ69" t="b">
         <v>0</v>
       </c>
-      <c r="BA64" t="inlineStr">
+      <c r="BA69" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC64" s="3" t="n"/>
+      <c r="BC69" s="3" t="n"/>
     </row>
-    <row r="65" ht="40" customHeight="1">
-      <c r="A65" s="1" t="n">
+    <row r="70" ht="40" customHeight="1">
+      <c r="A70" s="1" t="n">
         <v>626</v>
       </c>
-      <c r="B65" t="inlineStr">
+      <c r="B70" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C65" t="inlineStr">
+      <c r="C70" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D65" t="inlineStr">
+      <c r="D70" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E65" t="inlineStr">
+      <c r="E70" t="inlineStr">
         <is>
           <t>60.6</t>
         </is>
       </c>
-      <c r="F65" t="inlineStr">
+      <c r="F70" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G65" t="inlineStr">
+      <c r="G70" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H65" s="1" t="n"/>
-      <c r="I65" s="1" t="n">
+      <c r="H70" s="1" t="n"/>
+      <c r="I70" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K65" t="inlineStr">
+      <c r="K70" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L65" t="inlineStr">
+      <c r="L70" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O65" t="inlineStr">
+      <c r="O70" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P65" s="2" t="n"/>
-      <c r="Q65" s="2" t="n">
+      <c r="P70" s="2" t="n"/>
+      <c r="Q70" s="2" t="n">
         <v>611.3</v>
       </c>
-      <c r="R65" s="2" t="n">
+      <c r="R70" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S65" s="2" t="n">
+      <c r="S70" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T65" s="2" t="n">
+      <c r="T70" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U65" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W65" s="2" t="n">
+      <c r="U70" s="2" t="n"/>
+      <c r="V70" s="2" t="n"/>
+      <c r="W70" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X65" s="2" t="n">
+      <c r="X70" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y65" s="2" t="n">
+      <c r="Y70" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z65" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB65" t="inlineStr">
+      <c r="Z70" s="2" t="n"/>
+      <c r="AA70" s="2" t="n"/>
+      <c r="AB70" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC65" t="inlineStr">
+      <c r="AC70" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="AD65" s="2" t="n"/>
-      <c r="AE65" s="1" t="n">
+      <c r="AD70" s="2" t="n"/>
+      <c r="AE70" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF65" s="1" t="n"/>
-      <c r="AG65" s="2" t="n">
+      <c r="AF70" s="1" t="n"/>
+      <c r="AG70" s="2" t="n">
         <v>7282</v>
       </c>
-      <c r="AH65" s="2" t="n">
+      <c r="AH70" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI65" s="2" t="n">
+      <c r="AI70" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ65" s="2" t="n">
+      <c r="AJ70" s="2" t="n">
         <v>4953</v>
       </c>
-      <c r="AK65" s="2" t="n"/>
-      <c r="AO65" t="inlineStr">
+      <c r="AK70" s="2" t="n"/>
+      <c r="AO70" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR65" s="2" t="n">
+      <c r="AR70" s="2" t="n">
         <v>90</v>
       </c>
-      <c r="AS65" s="2" t="n"/>
-      <c r="AT65" s="2" t="n">
+      <c r="AS70" s="2" t="n"/>
+      <c r="AT70" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="AW65" s="2" t="n"/>
-      <c r="AX65" t="inlineStr">
+      <c r="AW70" s="2" t="n"/>
+      <c r="AX70" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY65" s="3" t="n">
+      <c r="AY70" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ65" t="b">
+      <c r="AZ70" t="b">
         <v>0</v>
       </c>
-      <c r="BA65" t="inlineStr">
+      <c r="BA70" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC65" s="3" t="n"/>
+      <c r="BC70" s="3" t="n"/>
     </row>
-    <row r="66" ht="40" customHeight="1">
-      <c r="A66" s="1" t="n">
+    <row r="71" ht="40" customHeight="1">
+      <c r="A71" s="1" t="n">
         <v>608</v>
       </c>
-      <c r="B66" t="inlineStr">
+      <c r="B71" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C66" t="inlineStr">
+      <c r="C71" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D66" t="inlineStr">
+      <c r="D71" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E66" t="inlineStr">
+      <c r="E71" t="inlineStr">
         <is>
           <t>63.2</t>
         </is>
       </c>
-      <c r="F66" t="inlineStr">
+      <c r="F71" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G66" t="inlineStr">
+      <c r="G71" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H66" s="1" t="n"/>
-      <c r="I66" s="1" t="n">
+      <c r="H71" s="1" t="n"/>
+      <c r="I71" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K66" t="inlineStr">
+      <c r="K71" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L66" t="inlineStr">
+      <c r="L71" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O66" t="inlineStr">
+      <c r="O71" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P66" s="2" t="n"/>
-      <c r="Q66" s="2" t="n">
+      <c r="P71" s="2" t="n"/>
+      <c r="Q71" s="2" t="n">
         <v>727</v>
       </c>
-      <c r="R66" s="2" t="n">
+      <c r="R71" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S66" s="2" t="n">
+      <c r="S71" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T66" s="2" t="n">
+      <c r="T71" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U66" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W66" s="2" t="n">
+      <c r="U71" s="2" t="n"/>
+      <c r="V71" s="2" t="n"/>
+      <c r="W71" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X66" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB66" t="inlineStr">
+      <c r="X71" s="2" t="n"/>
+      <c r="Y71" s="2" t="n"/>
+      <c r="Z71" s="2" t="n"/>
+      <c r="AA71" s="2" t="n"/>
+      <c r="AB71" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC66" t="inlineStr">
+      <c r="AC71" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD66" s="2" t="n"/>
-      <c r="AE66" s="1" t="n">
+      <c r="AD71" s="2" t="n"/>
+      <c r="AE71" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="AF66" s="1" t="n"/>
-      <c r="AG66" s="2" t="n">
+      <c r="AF71" s="1" t="n"/>
+      <c r="AG71" s="2" t="n">
         <v>4600</v>
       </c>
-      <c r="AH66" s="2" t="n">
+      <c r="AH71" s="2" t="n">
         <v>1300</v>
       </c>
-      <c r="AI66" s="2" t="n">
+      <c r="AI71" s="2" t="n">
         <v>1850</v>
       </c>
-      <c r="AJ66" s="2" t="n">
+      <c r="AJ71" s="2" t="n">
         <v>4030</v>
       </c>
-      <c r="AK66" s="2" t="n"/>
-      <c r="AO66" t="inlineStr">
+      <c r="AK71" s="2" t="n"/>
+      <c r="AO71" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR66" s="2" t="n">
+      <c r="AR71" s="2" t="n">
         <v>94</v>
       </c>
-      <c r="AS66" s="2" t="n"/>
-      <c r="AT66" s="2" t="n">
+      <c r="AS71" s="2" t="n"/>
+      <c r="AT71" s="2" t="n">
         <v>79</v>
       </c>
-      <c r="AW66" s="2" t="n"/>
-      <c r="AX66" t="inlineStr">
+      <c r="AW71" s="2" t="n"/>
+      <c r="AX71" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY66" s="3" t="n">
+      <c r="AY71" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ66" t="b">
+      <c r="AZ71" t="b">
         <v>0</v>
       </c>
-      <c r="BA66" t="inlineStr">
+      <c r="BA71" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC66" s="3" t="n"/>
+      <c r="BC71" s="3" t="n"/>
     </row>
-    <row r="67" ht="40" customHeight="1">
-      <c r="A67" s="1" t="n">
+    <row r="72" ht="40" customHeight="1">
+      <c r="A72" s="1" t="n">
         <v>627</v>
       </c>
-      <c r="B67" t="inlineStr">
+      <c r="B72" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C67" t="inlineStr">
+      <c r="C72" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D67" t="inlineStr">
+      <c r="D72" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E67" t="inlineStr">
+      <c r="E72" t="inlineStr">
         <is>
           <t>64.6</t>
         </is>
       </c>
-      <c r="F67" t="inlineStr">
+      <c r="F72" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G67" t="inlineStr">
+      <c r="G72" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H67" s="1" t="n"/>
-      <c r="I67" s="1" t="n">
+      <c r="H72" s="1" t="n"/>
+      <c r="I72" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K67" t="inlineStr">
+      <c r="K72" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L67" t="inlineStr">
+      <c r="L72" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O67" t="inlineStr">
+      <c r="O72" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P67" s="2" t="n"/>
-      <c r="Q67" s="2" t="n">
+      <c r="P72" s="2" t="n"/>
+      <c r="Q72" s="2" t="n">
         <v>657.4</v>
       </c>
-      <c r="R67" s="2" t="n">
+      <c r="R72" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S67" s="2" t="n">
+      <c r="S72" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T67" s="2" t="n">
+      <c r="T72" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U67" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W67" s="2" t="n">
+      <c r="U72" s="2" t="n"/>
+      <c r="V72" s="2" t="n"/>
+      <c r="W72" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X67" s="2" t="n">
+      <c r="X72" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y67" s="2" t="n">
+      <c r="Y72" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z67" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB67" t="inlineStr">
+      <c r="Z72" s="2" t="n"/>
+      <c r="AA72" s="2" t="n"/>
+      <c r="AB72" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC67" t="inlineStr">
+      <c r="AC72" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="AD67" s="2" t="n"/>
-      <c r="AE67" s="1" t="n">
+      <c r="AD72" s="2" t="n"/>
+      <c r="AE72" s="1" t="n">
         <v>26</v>
       </c>
-      <c r="AF67" s="1" t="n"/>
-      <c r="AG67" s="2" t="n">
+      <c r="AF72" s="1" t="n"/>
+      <c r="AG72" s="2" t="n">
         <v>8430</v>
       </c>
-      <c r="AH67" s="2" t="n">
+      <c r="AH72" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI67" s="2" t="n">
+      <c r="AI72" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ67" s="2" t="n">
+      <c r="AJ72" s="2" t="n">
         <v>5520</v>
       </c>
-      <c r="AK67" s="2" t="n"/>
-      <c r="AO67" t="inlineStr">
+      <c r="AK72" s="2" t="n"/>
+      <c r="AO72" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR67" s="2" t="n">
+      <c r="AR72" s="2" t="n">
         <v>91</v>
       </c>
-      <c r="AS67" s="2" t="n"/>
-      <c r="AT67" s="2" t="n">
+      <c r="AS72" s="2" t="n"/>
+      <c r="AT72" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="AW67" s="2" t="n"/>
-      <c r="AX67" t="inlineStr">
+      <c r="AW72" s="2" t="n"/>
+      <c r="AX72" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY67" s="3" t="n">
+      <c r="AY72" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ67" t="b">
+      <c r="AZ72" t="b">
         <v>0</v>
       </c>
-      <c r="BA67" t="inlineStr">
+      <c r="BA72" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC67" s="3" t="n"/>
+      <c r="BC72" s="3" t="n"/>
     </row>
-    <row r="68" ht="40" customHeight="1">
-      <c r="A68" s="1" t="n">
+    <row r="73" ht="40" customHeight="1">
+      <c r="A73" s="1" t="n">
         <v>591</v>
       </c>
-      <c r="B68" t="inlineStr">
+      <c r="B73" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C68" t="inlineStr">
+      <c r="C73" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D68" t="inlineStr">
+      <c r="D73" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E68" t="inlineStr">
+      <c r="E73" t="inlineStr">
         <is>
           <t>65.6</t>
         </is>
       </c>
-      <c r="F68" t="inlineStr">
+      <c r="F73" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G68" t="inlineStr">
+      <c r="G73" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H68" s="1" t="n"/>
-      <c r="I68" s="1" t="n">
+      <c r="H73" s="1" t="n"/>
+      <c r="I73" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K68" t="inlineStr">
+      <c r="K73" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L68" t="inlineStr">
+      <c r="L73" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O68" t="inlineStr">
+      <c r="O73" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P68" s="2" t="n"/>
-      <c r="Q68" s="2" t="n">
+      <c r="P73" s="2" t="n"/>
+      <c r="Q73" s="2" t="n">
         <v>749.3</v>
       </c>
-      <c r="R68" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V68" s="2" t="n">
+      <c r="R73" s="2" t="n"/>
+      <c r="S73" s="2" t="n"/>
+      <c r="T73" s="2" t="n"/>
+      <c r="U73" s="2" t="n"/>
+      <c r="V73" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W68" s="2" t="n">
+      <c r="W73" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X68" s="2" t="n">
+      <c r="X73" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y68" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB68" t="inlineStr">
+      <c r="Y73" s="2" t="n"/>
+      <c r="Z73" s="2" t="n"/>
+      <c r="AA73" s="2" t="n"/>
+      <c r="AB73" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC68" t="inlineStr">
+      <c r="AC73" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD68" s="2" t="n"/>
-      <c r="AE68" s="1" t="n">
+      <c r="AD73" s="2" t="n"/>
+      <c r="AE73" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="AF68" s="1" t="n"/>
-      <c r="AG68" s="2" t="n">
+      <c r="AF73" s="1" t="n"/>
+      <c r="AG73" s="2" t="n">
         <v>3330</v>
       </c>
-      <c r="AH68" s="2" t="n">
+      <c r="AH73" s="2" t="n">
         <v>936</v>
       </c>
-      <c r="AI68" s="2" t="n">
+      <c r="AI73" s="2" t="n">
         <v>1996</v>
       </c>
-      <c r="AJ68" s="2" t="n">
+      <c r="AJ73" s="2" t="n">
         <v>2575</v>
       </c>
-      <c r="AK68" s="2" t="n"/>
-      <c r="AO68" t="inlineStr">
+      <c r="AK73" s="2" t="n"/>
+      <c r="AO73" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR68" s="2" t="n">
+      <c r="AR73" s="2" t="n">
         <v>91</v>
       </c>
-      <c r="AS68" s="2" t="n"/>
-      <c r="AT68" s="2" t="n">
+      <c r="AS73" s="2" t="n"/>
+      <c r="AT73" s="2" t="n">
         <v>73</v>
       </c>
-      <c r="AW68" s="2" t="n"/>
-      <c r="AX68" t="inlineStr">
+      <c r="AW73" s="2" t="n"/>
+      <c r="AX73" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY68" s="3" t="n">
+      <c r="AY73" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ68" t="b">
+      <c r="AZ73" t="b">
         <v>0</v>
       </c>
-      <c r="BA68" t="inlineStr">
+      <c r="BA73" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
         </is>
       </c>
-      <c r="BC68" s="3" t="n"/>
+      <c r="BC73" s="3" t="n"/>
     </row>
-    <row r="69" ht="40" customHeight="1">
-      <c r="A69" s="1" t="n">
+    <row r="74" ht="40" customHeight="1">
+      <c r="A74" s="1" t="n">
         <v>605</v>
       </c>
-      <c r="B69" t="inlineStr">
+      <c r="B74" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C69" t="inlineStr">
+      <c r="C74" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D69" t="inlineStr">
+      <c r="D74" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E69" t="inlineStr">
+      <c r="E74" t="inlineStr">
         <is>
           <t>66.1</t>
         </is>
       </c>
-      <c r="F69" t="inlineStr">
+      <c r="F74" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G69" t="inlineStr">
+      <c r="G74" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H69" s="1" t="n"/>
-      <c r="I69" s="1" t="n">
+      <c r="H74" s="1" t="n"/>
+      <c r="I74" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K69" t="inlineStr">
+      <c r="K74" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L69" t="inlineStr">
+      <c r="L74" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O69" t="inlineStr">
+      <c r="O74" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P69" s="2" t="n"/>
-      <c r="Q69" s="2" t="n">
+      <c r="P74" s="2" t="n"/>
+      <c r="Q74" s="2" t="n">
         <v>739</v>
       </c>
-      <c r="R69" s="2" t="n">
+      <c r="R74" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S69" s="2" t="n">
+      <c r="S74" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T69" s="2" t="n">
+      <c r="T74" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U69" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W69" s="2" t="n">
+      <c r="U74" s="2" t="n"/>
+      <c r="V74" s="2" t="n"/>
+      <c r="W74" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X69" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB69" t="inlineStr">
+      <c r="X74" s="2" t="n"/>
+      <c r="Y74" s="2" t="n"/>
+      <c r="Z74" s="2" t="n"/>
+      <c r="AA74" s="2" t="n"/>
+      <c r="AB74" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC69" t="inlineStr">
+      <c r="AC74" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD69" s="2" t="n"/>
-      <c r="AE69" s="1" t="n">
+      <c r="AD74" s="2" t="n"/>
+      <c r="AE74" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF69" s="1" t="n"/>
-      <c r="AG69" s="2" t="n">
+      <c r="AF74" s="1" t="n"/>
+      <c r="AG74" s="2" t="n">
         <v>4180</v>
       </c>
-      <c r="AH69" s="2" t="n">
+      <c r="AH74" s="2" t="n">
         <v>900</v>
       </c>
-      <c r="AI69" s="2" t="n">
+      <c r="AI74" s="2" t="n">
         <v>1990</v>
       </c>
-      <c r="AJ69" s="2" t="n">
+      <c r="AJ74" s="2" t="n">
         <v>3193</v>
       </c>
-      <c r="AK69" s="2" t="n"/>
-      <c r="AO69" t="inlineStr">
+      <c r="AK74" s="2" t="n"/>
+      <c r="AO74" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR69" s="2" t="n">
+      <c r="AR74" s="2" t="n">
         <v>93</v>
       </c>
-      <c r="AS69" s="2" t="n"/>
-      <c r="AT69" s="2" t="n">
+      <c r="AS74" s="2" t="n"/>
+      <c r="AT74" s="2" t="n">
         <v>76</v>
       </c>
-      <c r="AW69" s="2" t="n"/>
-      <c r="AX69" t="inlineStr">
+      <c r="AW74" s="2" t="n"/>
+      <c r="AX74" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY69" s="3" t="n">
+      <c r="AY74" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ69" t="b">
+      <c r="AZ74" t="b">
         <v>0</v>
       </c>
-      <c r="BA69" t="inlineStr">
+      <c r="BA74" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC69" s="3" t="n"/>
+      <c r="BC74" s="3" t="n"/>
     </row>
-    <row r="70" ht="40" customHeight="1">
-      <c r="A70" s="1" t="n">
+    <row r="75" ht="40" customHeight="1">
+      <c r="A75" s="1" t="n">
         <v>569</v>
       </c>
-      <c r="B70" t="inlineStr">
+      <c r="B75" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C70" t="inlineStr">
+      <c r="C75" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D70" t="inlineStr">
+      <c r="D75" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E70" t="inlineStr">
+      <c r="E75" t="inlineStr">
         <is>
           <t>68.8</t>
         </is>
       </c>
-      <c r="F70" t="inlineStr">
+      <c r="F75" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G70" t="inlineStr">
+      <c r="G75" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H70" s="1" t="n"/>
-      <c r="I70" s="1" t="n">
+      <c r="H75" s="1" t="n"/>
+      <c r="I75" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K70" t="inlineStr">
+      <c r="K75" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L70" t="inlineStr">
+      <c r="L75" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="O70" t="inlineStr">
+      <c r="O75" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P70" s="2" t="n"/>
-      <c r="Q70" s="2" t="n">
+      <c r="P75" s="2" t="n"/>
+      <c r="Q75" s="2" t="n">
         <v>693.7</v>
       </c>
-      <c r="R70" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W70" s="2" t="n">
+      <c r="R75" s="2" t="n"/>
+      <c r="S75" s="2" t="n"/>
+      <c r="T75" s="2" t="n"/>
+      <c r="U75" s="2" t="n"/>
+      <c r="V75" s="2" t="n"/>
+      <c r="W75" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X70" s="2" t="n">
+      <c r="X75" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y70" s="2" t="n">
+      <c r="Y75" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z70" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB70" t="inlineStr">
+      <c r="Z75" s="2" t="n"/>
+      <c r="AA75" s="2" t="n"/>
+      <c r="AB75" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC70" t="inlineStr">
+      <c r="AC75" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="AD70" s="2" t="n"/>
-      <c r="AE70" s="1" t="n">
+      <c r="AD75" s="2" t="n"/>
+      <c r="AE75" s="1" t="n">
         <v>13</v>
       </c>
-      <c r="AF70" s="1" t="n"/>
-      <c r="AG70" s="2" t="n">
+      <c r="AF75" s="1" t="n"/>
+      <c r="AG75" s="2" t="n">
         <v>9183</v>
       </c>
-      <c r="AH70" s="2" t="n">
+      <c r="AH75" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI70" s="2" t="n">
+      <c r="AI75" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ70" s="2" t="n">
+      <c r="AJ75" s="2" t="n">
         <v>9200</v>
       </c>
-      <c r="AK70" s="2" t="n"/>
-      <c r="AO70" t="inlineStr">
+      <c r="AK75" s="2" t="n"/>
+      <c r="AO75" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR70" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY70" s="3" t="n">
+      <c r="AR75" s="2" t="n"/>
+      <c r="AS75" s="2" t="n"/>
+      <c r="AT75" s="2" t="n"/>
+      <c r="AW75" s="2" t="n"/>
+      <c r="AX75" t="inlineStr"/>
+      <c r="AY75" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ70" t="b">
+      <c r="AZ75" t="b">
         <v>0</v>
       </c>
-      <c r="BA70" t="inlineStr">
+      <c r="BA75" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC70" s="3" t="n"/>
+      <c r="BC75" s="3" t="n"/>
     </row>
-    <row r="71" ht="40" customHeight="1">
-      <c r="A71" s="1" t="n">
+    <row r="76" ht="40" customHeight="1">
+      <c r="A76" s="1" t="n">
         <v>606</v>
       </c>
-      <c r="B71" t="inlineStr">
+      <c r="B76" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C71" t="inlineStr">
+      <c r="C76" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D71" t="inlineStr">
+      <c r="D76" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E71" t="inlineStr">
+      <c r="E76" t="inlineStr">
         <is>
           <t>70.1</t>
         </is>
       </c>
-      <c r="F71" t="inlineStr">
+      <c r="F76" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G71" t="inlineStr">
+      <c r="G76" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H71" s="1" t="n"/>
-      <c r="I71" s="1" t="n">
+      <c r="H76" s="1" t="n"/>
+      <c r="I76" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K71" t="inlineStr">
+      <c r="K76" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L71" t="inlineStr">
+      <c r="L76" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O71" t="inlineStr">
+      <c r="O76" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P71" s="2" t="n"/>
-      <c r="Q71" s="2" t="n">
+      <c r="P76" s="2" t="n"/>
+      <c r="Q76" s="2" t="n">
         <v>803</v>
       </c>
-      <c r="R71" s="2" t="n">
+      <c r="R76" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S71" s="2" t="n">
+      <c r="S76" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T71" s="2" t="n">
+      <c r="T76" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U71" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W71" s="2" t="n">
+      <c r="U76" s="2" t="n"/>
+      <c r="V76" s="2" t="n"/>
+      <c r="W76" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X71" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB71" t="inlineStr">
+      <c r="X76" s="2" t="n"/>
+      <c r="Y76" s="2" t="n"/>
+      <c r="Z76" s="2" t="n"/>
+      <c r="AA76" s="2" t="n"/>
+      <c r="AB76" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC71" t="inlineStr">
+      <c r="AC76" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD71" s="2" t="n"/>
-      <c r="AE71" s="1" t="n">
+      <c r="AD76" s="2" t="n"/>
+      <c r="AE76" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF71" s="1" t="n"/>
-      <c r="AG71" s="2" t="n">
+      <c r="AF76" s="1" t="n"/>
+      <c r="AG76" s="2" t="n">
         <v>4180</v>
       </c>
-      <c r="AH71" s="2" t="n">
+      <c r="AH76" s="2" t="n">
         <v>900</v>
       </c>
-      <c r="AI71" s="2" t="n">
+      <c r="AI76" s="2" t="n">
         <v>2000</v>
       </c>
-      <c r="AJ71" s="2" t="n">
+      <c r="AJ76" s="2" t="n">
         <v>3276</v>
       </c>
-      <c r="AK71" s="2" t="n"/>
-      <c r="AO71" t="inlineStr">
+      <c r="AK76" s="2" t="n"/>
+      <c r="AO76" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR71" s="2" t="n">
+      <c r="AR76" s="2" t="n">
         <v>94</v>
       </c>
-      <c r="AS71" s="2" t="n"/>
-      <c r="AT71" s="2" t="n">
+      <c r="AS76" s="2" t="n"/>
+      <c r="AT76" s="2" t="n">
         <v>77</v>
       </c>
-      <c r="AW71" s="2" t="n"/>
-      <c r="AX71" t="inlineStr">
+      <c r="AW76" s="2" t="n"/>
+      <c r="AX76" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY71" s="3" t="n">
+      <c r="AY76" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ71" t="b">
+      <c r="AZ76" t="b">
         <v>0</v>
       </c>
-      <c r="BA71" t="inlineStr">
+      <c r="BA76" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC71" s="3" t="n"/>
+      <c r="BC76" s="3" t="n"/>
     </row>
-    <row r="72" ht="40" customHeight="1">
-      <c r="A72" s="1" t="n">
+    <row r="77" ht="40" customHeight="1">
+      <c r="A77" s="1" t="n">
         <v>628</v>
       </c>
-      <c r="B72" t="inlineStr">
+      <c r="B77" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C72" t="inlineStr">
+      <c r="C77" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D72" t="inlineStr">
+      <c r="D77" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E72" t="inlineStr">
+      <c r="E77" t="inlineStr">
         <is>
           <t>70.6</t>
         </is>
       </c>
-      <c r="F72" t="inlineStr">
+      <c r="F77" t="inlineStr">
         <is>
           <t>TETRIS SKY HP R7</t>
         </is>
       </c>
-      <c r="G72" t="inlineStr">
+      <c r="G77" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H72" s="1" t="n"/>
-      <c r="I72" s="1" t="n">
+      <c r="H77" s="1" t="n"/>
+      <c r="I77" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K72" t="inlineStr">
+      <c r="K77" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L72" t="inlineStr">
+      <c r="L77" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O72" t="inlineStr">
+      <c r="O77" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P72" s="2" t="n"/>
-      <c r="Q72" s="2" t="n">
+      <c r="P77" s="2" t="n"/>
+      <c r="Q77" s="2" t="n">
         <v>702.6</v>
       </c>
-      <c r="R72" s="2" t="n">
+      <c r="R77" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S72" s="2" t="n">
+      <c r="S77" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T72" s="2" t="n">
+      <c r="T77" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U72" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W72" s="2" t="n">
+      <c r="U77" s="2" t="n"/>
+      <c r="V77" s="2" t="n"/>
+      <c r="W77" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="X72" s="2" t="n">
+      <c r="X77" s="2" t="n">
         <v>-20</v>
       </c>
-      <c r="Y72" s="2" t="n">
+      <c r="Y77" s="2" t="n">
         <v>52</v>
       </c>
-      <c r="Z72" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB72" t="inlineStr">
+      <c r="Z77" s="2" t="n"/>
+      <c r="AA77" s="2" t="n"/>
+      <c r="AB77" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC72" t="inlineStr">
+      <c r="AC77" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="AD72" s="2" t="n"/>
-      <c r="AE72" s="1" t="n">
+      <c r="AD77" s="2" t="n"/>
+      <c r="AE77" s="1" t="n">
         <v>28</v>
       </c>
-      <c r="AF72" s="1" t="n"/>
-      <c r="AG72" s="2" t="n">
+      <c r="AF77" s="1" t="n"/>
+      <c r="AG77" s="2" t="n">
         <v>8430</v>
       </c>
-      <c r="AH72" s="2" t="n">
+      <c r="AH77" s="2" t="n">
         <v>2260</v>
       </c>
-      <c r="AI72" s="2" t="n">
+      <c r="AI77" s="2" t="n">
         <v>2476</v>
       </c>
-      <c r="AJ72" s="2" t="n">
+      <c r="AJ77" s="2" t="n">
         <v>5757</v>
       </c>
-      <c r="AK72" s="2" t="n"/>
-      <c r="AO72" t="inlineStr">
+      <c r="AK77" s="2" t="n"/>
+      <c r="AO77" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR72" s="2" t="n">
+      <c r="AR77" s="2" t="n">
         <v>91</v>
       </c>
-      <c r="AS72" s="2" t="n"/>
-      <c r="AT72" s="2" t="n">
+      <c r="AS77" s="2" t="n"/>
+      <c r="AT77" s="2" t="n">
         <v>58</v>
       </c>
-      <c r="AW72" s="2" t="n"/>
-      <c r="AX72" t="inlineStr">
+      <c r="AW77" s="2" t="n"/>
+      <c r="AX77" t="inlineStr">
         <is>
           <t>Konfigurationen:
 HP    Ausführung als reversible Wärmepumpe
 LN    Schallgedämpfte Einheit
 SLN  Extrem schallgedämpfte Einheit
 HAT  Ausführung für hohe Außenlufttemperaturen
 DS   Teilweise Wärmerückgewinnung
 DC   Vollständige Wärmerückgewinnung</t>
         </is>
       </c>
-      <c r="AY72" s="3" t="n">
+      <c r="AY77" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ72" t="b">
+      <c r="AZ77" t="b">
         <v>0</v>
       </c>
-      <c r="BA72" t="inlineStr">
+      <c r="BA77" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/luftgekuhlte-reversible-kaltemaschinen/tetris-sky-r7/</t>
         </is>
       </c>
-      <c r="BC72" s="3" t="n"/>
+      <c r="BC77" s="3" t="n"/>
     </row>
-    <row r="73" ht="40" customHeight="1">
-      <c r="A73" s="1" t="n">
+    <row r="78" ht="40" customHeight="1">
+      <c r="A78" s="1" t="n">
         <v>600</v>
       </c>
-      <c r="B73" t="inlineStr">
+      <c r="B78" t="inlineStr">
         <is>
           <t>R1234ze(Z), R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C73" t="inlineStr">
+      <c r="C78" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D73" t="inlineStr">
+      <c r="D78" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E73" t="inlineStr">
+      <c r="E78" t="inlineStr">
         <is>
           <t>72.1</t>
         </is>
       </c>
-      <c r="F73" t="inlineStr">
+      <c r="F78" t="inlineStr">
         <is>
           <t>OMEGA SKY Xi HPW</t>
         </is>
       </c>
-      <c r="G73" t="inlineStr">
+      <c r="G78" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H73" s="1" t="n"/>
-      <c r="I73" s="1" t="n">
+      <c r="H78" s="1" t="n"/>
+      <c r="I78" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K73" t="inlineStr">
+      <c r="K78" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L73" t="inlineStr">
+      <c r="L78" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O73" t="inlineStr">
+      <c r="O78" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P73" s="2" t="n"/>
-      <c r="Q73" s="2" t="n">
+      <c r="P78" s="2" t="n"/>
+      <c r="Q78" s="2" t="n">
         <v>765</v>
       </c>
-      <c r="R73" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W73" s="2" t="n">
+      <c r="R78" s="2" t="n"/>
+      <c r="S78" s="2" t="n"/>
+      <c r="T78" s="2" t="n"/>
+      <c r="U78" s="2" t="n"/>
+      <c r="V78" s="2" t="n"/>
+      <c r="W78" s="2" t="n">
         <v>64</v>
       </c>
-      <c r="X73" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB73" t="inlineStr">
+      <c r="X78" s="2" t="n"/>
+      <c r="Y78" s="2" t="n"/>
+      <c r="Z78" s="2" t="n"/>
+      <c r="AA78" s="2" t="n"/>
+      <c r="AB78" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC73" t="inlineStr">
+      <c r="AC78" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD73" s="2" t="n"/>
-      <c r="AE73" s="1" t="n">
+      <c r="AD78" s="2" t="n"/>
+      <c r="AE78" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF73" s="1" t="n"/>
-      <c r="AG73" s="2" t="n">
+      <c r="AF78" s="1" t="n"/>
+      <c r="AG78" s="2" t="n">
         <v>4100</v>
       </c>
-      <c r="AH73" s="2" t="n">
+      <c r="AH78" s="2" t="n">
         <v>1670</v>
       </c>
-      <c r="AI73" s="2" t="n">
+      <c r="AI78" s="2" t="n">
         <v>2300</v>
       </c>
-      <c r="AJ73" s="2" t="n">
+      <c r="AJ78" s="2" t="n">
         <v>4260</v>
       </c>
-      <c r="AK73" s="2" t="n"/>
-      <c r="AO73" t="inlineStr">
+      <c r="AK78" s="2" t="n"/>
+      <c r="AO78" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR73" s="2" t="n">
+      <c r="AR78" s="2" t="n">
         <v>102</v>
       </c>
-      <c r="AS73" s="2" t="n"/>
-      <c r="AT73" s="2" t="n">
+      <c r="AS78" s="2" t="n"/>
+      <c r="AT78" s="2" t="n">
         <v>83</v>
       </c>
-      <c r="AW73" s="2" t="n"/>
-      <c r="AX73" t="inlineStr">
+      <c r="AW78" s="2" t="n"/>
+      <c r="AX78" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)</t>
         </is>
       </c>
-      <c r="AY73" s="3" t="n">
+      <c r="AY78" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ73" t="b">
+      <c r="AZ78" t="b">
         <v>0</v>
       </c>
-      <c r="BA73" t="inlineStr">
+      <c r="BA78" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/omega-sky-xi/</t>
         </is>
       </c>
-      <c r="BC73" s="3" t="n"/>
+      <c r="BC78" s="3" t="n"/>
     </row>
-    <row r="74" ht="40" customHeight="1">
-      <c r="A74" s="1" t="n">
+    <row r="79" ht="40" customHeight="1">
+      <c r="A79" s="1" t="n">
         <v>609</v>
       </c>
-      <c r="B74" t="inlineStr">
+      <c r="B79" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C74" t="inlineStr">
+      <c r="C79" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D74" t="inlineStr">
+      <c r="D79" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E74" t="inlineStr">
+      <c r="E79" t="inlineStr">
         <is>
           <t>72.2</t>
         </is>
       </c>
-      <c r="F74" t="inlineStr">
+      <c r="F79" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G74" t="inlineStr">
+      <c r="G79" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H74" s="1" t="n"/>
-      <c r="I74" s="1" t="n">
+      <c r="H79" s="1" t="n"/>
+      <c r="I79" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K74" t="inlineStr">
+      <c r="K79" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L74" t="inlineStr">
+      <c r="L79" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O74" t="inlineStr">
+      <c r="O79" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P74" s="2" t="n"/>
-      <c r="Q74" s="2" t="n">
+      <c r="P79" s="2" t="n"/>
+      <c r="Q79" s="2" t="n">
         <v>827</v>
       </c>
-      <c r="R74" s="2" t="n">
+      <c r="R79" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S74" s="2" t="n">
+      <c r="S79" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T74" s="2" t="n">
+      <c r="T79" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U74" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W74" s="2" t="n">
+      <c r="U79" s="2" t="n"/>
+      <c r="V79" s="2" t="n"/>
+      <c r="W79" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X74" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB74" t="inlineStr">
+      <c r="X79" s="2" t="n"/>
+      <c r="Y79" s="2" t="n"/>
+      <c r="Z79" s="2" t="n"/>
+      <c r="AA79" s="2" t="n"/>
+      <c r="AB79" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC74" t="inlineStr">
+      <c r="AC79" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD74" s="2" t="n"/>
-      <c r="AE74" s="1" t="n">
+      <c r="AD79" s="2" t="n"/>
+      <c r="AE79" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="AF74" s="1" t="n"/>
-      <c r="AG74" s="2" t="n">
+      <c r="AF79" s="1" t="n"/>
+      <c r="AG79" s="2" t="n">
         <v>4600</v>
       </c>
-      <c r="AH74" s="2" t="n">
+      <c r="AH79" s="2" t="n">
         <v>1300</v>
       </c>
-      <c r="AI74" s="2" t="n">
+      <c r="AI79" s="2" t="n">
         <v>1850</v>
       </c>
-      <c r="AJ74" s="2" t="n">
+      <c r="AJ79" s="2" t="n">
         <v>4115</v>
       </c>
-      <c r="AK74" s="2" t="n"/>
-      <c r="AO74" t="inlineStr">
+      <c r="AK79" s="2" t="n"/>
+      <c r="AO79" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR74" s="2" t="n">
+      <c r="AR79" s="2" t="n">
         <v>94</v>
       </c>
-      <c r="AS74" s="2" t="n"/>
-      <c r="AT74" s="2" t="n">
+      <c r="AS79" s="2" t="n"/>
+      <c r="AT79" s="2" t="n">
         <v>73</v>
       </c>
-      <c r="AW74" s="2" t="n"/>
-      <c r="AX74" t="inlineStr">
+      <c r="AW79" s="2" t="n"/>
+      <c r="AX79" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY74" s="3" t="n">
+      <c r="AY79" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ74" t="b">
+      <c r="AZ79" t="b">
         <v>0</v>
       </c>
-      <c r="BA74" t="inlineStr">
+      <c r="BA79" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC74" s="3" t="n"/>
+      <c r="BC79" s="3" t="n"/>
     </row>
-    <row r="75" ht="40" customHeight="1">
-      <c r="A75" s="1" t="n">
+    <row r="80" ht="40" customHeight="1">
+      <c r="A80" s="1" t="n">
         <v>570</v>
       </c>
-      <c r="B75" t="inlineStr">
+      <c r="B80" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C75" t="inlineStr">
+      <c r="C80" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D75" t="inlineStr">
+      <c r="D80" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E75" t="inlineStr">
+      <c r="E80" t="inlineStr">
         <is>
           <t>75.8</t>
         </is>
       </c>
-      <c r="F75" t="inlineStr">
+      <c r="F80" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G75" t="inlineStr">
+      <c r="G80" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H75" s="1" t="n"/>
-      <c r="I75" s="1" t="n">
+      <c r="H80" s="1" t="n"/>
+      <c r="I80" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K75" t="inlineStr">
+      <c r="K80" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L75" t="inlineStr">
+      <c r="L80" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="O75" t="inlineStr">
+      <c r="O80" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P75" s="2" t="n"/>
-      <c r="Q75" s="2" t="n">
+      <c r="P80" s="2" t="n"/>
+      <c r="Q80" s="2" t="n">
         <v>768</v>
       </c>
-      <c r="R75" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W75" s="2" t="n">
+      <c r="R80" s="2" t="n"/>
+      <c r="S80" s="2" t="n"/>
+      <c r="T80" s="2" t="n"/>
+      <c r="U80" s="2" t="n"/>
+      <c r="V80" s="2" t="n"/>
+      <c r="W80" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X75" s="2" t="n">
+      <c r="X80" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y75" s="2" t="n">
+      <c r="Y80" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z75" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB75" t="inlineStr">
+      <c r="Z80" s="2" t="n"/>
+      <c r="AA80" s="2" t="n"/>
+      <c r="AB80" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC75" t="inlineStr">
+      <c r="AC80" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="AD75" s="2" t="n"/>
-      <c r="AE75" s="1" t="n">
+      <c r="AD80" s="2" t="n"/>
+      <c r="AE80" s="1" t="n">
         <v>13</v>
       </c>
-      <c r="AF75" s="1" t="n"/>
-      <c r="AG75" s="2" t="n">
+      <c r="AF80" s="1" t="n"/>
+      <c r="AG80" s="2" t="n">
         <v>9183</v>
       </c>
-      <c r="AH75" s="2" t="n">
+      <c r="AH80" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI75" s="2" t="n">
+      <c r="AI80" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ75" s="2" t="n">
+      <c r="AJ80" s="2" t="n">
         <v>9300</v>
       </c>
-      <c r="AK75" s="2" t="n"/>
-      <c r="AO75" t="inlineStr">
+      <c r="AK80" s="2" t="n"/>
+      <c r="AO80" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR75" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY75" s="3" t="n">
+      <c r="AR80" s="2" t="n"/>
+      <c r="AS80" s="2" t="n"/>
+      <c r="AT80" s="2" t="n"/>
+      <c r="AW80" s="2" t="n"/>
+      <c r="AX80" t="inlineStr"/>
+      <c r="AY80" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ75" t="b">
+      <c r="AZ80" t="b">
         <v>0</v>
       </c>
-      <c r="BA75" t="inlineStr">
+      <c r="BA80" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC75" s="3" t="n"/>
+      <c r="BC80" s="3" t="n"/>
     </row>
-    <row r="76" ht="40" customHeight="1">
-      <c r="A76" s="1" t="n">
+    <row r="81" ht="40" customHeight="1">
+      <c r="A81" s="1" t="n">
         <v>607</v>
       </c>
-      <c r="B76" t="inlineStr">
+      <c r="B81" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C76" t="inlineStr">
+      <c r="C81" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D76" t="inlineStr">
+      <c r="D81" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E76" t="inlineStr">
+      <c r="E81" t="inlineStr">
         <is>
           <t>79.1</t>
         </is>
       </c>
-      <c r="F76" t="inlineStr">
+      <c r="F81" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G76" t="inlineStr">
+      <c r="G81" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H76" s="1" t="n"/>
-      <c r="I76" s="1" t="n">
+      <c r="H81" s="1" t="n"/>
+      <c r="I81" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K76" t="inlineStr">
+      <c r="K81" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L76" t="inlineStr">
+      <c r="L81" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O76" t="inlineStr">
+      <c r="O81" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P76" s="2" t="n"/>
-      <c r="Q76" s="2" t="n">
+      <c r="P81" s="2" t="n"/>
+      <c r="Q81" s="2" t="n">
         <v>891</v>
       </c>
-      <c r="R76" s="2" t="n">
+      <c r="R81" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S76" s="2" t="n">
+      <c r="S81" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T76" s="2" t="n">
+      <c r="T81" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U76" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W76" s="2" t="n">
+      <c r="U81" s="2" t="n"/>
+      <c r="V81" s="2" t="n"/>
+      <c r="W81" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X76" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB76" t="inlineStr">
+      <c r="X81" s="2" t="n"/>
+      <c r="Y81" s="2" t="n"/>
+      <c r="Z81" s="2" t="n"/>
+      <c r="AA81" s="2" t="n"/>
+      <c r="AB81" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC76" t="inlineStr">
+      <c r="AC81" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD76" s="2" t="n"/>
-      <c r="AE76" s="1" t="n">
+      <c r="AD81" s="2" t="n"/>
+      <c r="AE81" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF76" s="1" t="n"/>
-      <c r="AG76" s="2" t="n">
+      <c r="AF81" s="1" t="n"/>
+      <c r="AG81" s="2" t="n">
         <v>4460</v>
       </c>
-      <c r="AH76" s="2" t="n">
+      <c r="AH81" s="2" t="n">
         <v>900</v>
       </c>
-      <c r="AI76" s="2" t="n">
+      <c r="AI81" s="2" t="n">
         <v>2000</v>
       </c>
-      <c r="AJ76" s="2" t="n">
+      <c r="AJ81" s="2" t="n">
         <v>3353</v>
       </c>
-      <c r="AK76" s="2" t="n"/>
-      <c r="AO76" t="inlineStr">
+      <c r="AK81" s="2" t="n"/>
+      <c r="AO81" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR76" s="2" t="n">
+      <c r="AR81" s="2" t="n">
         <v>95</v>
       </c>
-      <c r="AS76" s="2" t="n"/>
-      <c r="AT76" s="2" t="n">
+      <c r="AS81" s="2" t="n"/>
+      <c r="AT81" s="2" t="n">
         <v>78</v>
       </c>
-      <c r="AW76" s="2" t="n"/>
-      <c r="AX76" t="inlineStr">
+      <c r="AW81" s="2" t="n"/>
+      <c r="AX81" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY76" s="3" t="n">
+      <c r="AY81" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ76" t="b">
+      <c r="AZ81" t="b">
         <v>0</v>
       </c>
-      <c r="BA76" t="inlineStr">
+      <c r="BA81" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC76" s="3" t="n"/>
+      <c r="BC81" s="3" t="n"/>
     </row>
-    <row r="77" ht="40" customHeight="1">
-      <c r="A77" s="1" t="n">
+    <row r="82" ht="40" customHeight="1">
+      <c r="A82" s="1" t="n">
         <v>601</v>
       </c>
-      <c r="B77" t="inlineStr">
+      <c r="B82" t="inlineStr">
         <is>
           <t>R1234ze(Z), R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C77" t="inlineStr">
+      <c r="C82" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D77" t="inlineStr">
+      <c r="D82" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E77" t="inlineStr">
+      <c r="E82" t="inlineStr">
         <is>
           <t>81.1</t>
         </is>
       </c>
-      <c r="F77" t="inlineStr">
+      <c r="F82" t="inlineStr">
         <is>
           <t>OMEGA SKY Xi HPW</t>
         </is>
       </c>
-      <c r="G77" t="inlineStr">
+      <c r="G82" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H77" s="1" t="n"/>
-      <c r="I77" s="1" t="n">
+      <c r="H82" s="1" t="n"/>
+      <c r="I82" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K77" t="inlineStr">
+      <c r="K82" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L77" t="inlineStr">
+      <c r="L82" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O77" t="inlineStr">
+      <c r="O82" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P77" s="2" t="n"/>
-      <c r="Q77" s="2" t="n">
+      <c r="P82" s="2" t="n"/>
+      <c r="Q82" s="2" t="n">
         <v>862</v>
       </c>
-      <c r="R77" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W77" s="2" t="n">
+      <c r="R82" s="2" t="n"/>
+      <c r="S82" s="2" t="n"/>
+      <c r="T82" s="2" t="n"/>
+      <c r="U82" s="2" t="n"/>
+      <c r="V82" s="2" t="n"/>
+      <c r="W82" s="2" t="n">
         <v>64</v>
       </c>
-      <c r="X77" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB77" t="inlineStr">
+      <c r="X82" s="2" t="n"/>
+      <c r="Y82" s="2" t="n"/>
+      <c r="Z82" s="2" t="n"/>
+      <c r="AA82" s="2" t="n"/>
+      <c r="AB82" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC77" t="inlineStr">
+      <c r="AC82" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="AD77" s="2" t="n"/>
-      <c r="AE77" s="1" t="n">
+      <c r="AD82" s="2" t="n"/>
+      <c r="AE82" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="AF77" s="1" t="n"/>
-      <c r="AG77" s="2" t="n">
+      <c r="AF82" s="1" t="n"/>
+      <c r="AG82" s="2" t="n">
         <v>4150</v>
       </c>
-      <c r="AH77" s="2" t="n">
+      <c r="AH82" s="2" t="n">
         <v>1670</v>
       </c>
-      <c r="AI77" s="2" t="n">
+      <c r="AI82" s="2" t="n">
         <v>2400</v>
       </c>
-      <c r="AJ77" s="2" t="n">
+      <c r="AJ82" s="2" t="n">
         <v>4742</v>
       </c>
-      <c r="AK77" s="2" t="n"/>
-      <c r="AO77" t="inlineStr">
+      <c r="AK82" s="2" t="n"/>
+      <c r="AO82" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR77" s="2" t="n">
+      <c r="AR82" s="2" t="n">
         <v>104</v>
       </c>
-      <c r="AS77" s="2" t="n"/>
-      <c r="AT77" s="2" t="n">
+      <c r="AS82" s="2" t="n"/>
+      <c r="AT82" s="2" t="n">
         <v>85</v>
       </c>
-      <c r="AW77" s="2" t="n"/>
-      <c r="AX77" t="inlineStr">
+      <c r="AW82" s="2" t="n"/>
+      <c r="AX82" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)</t>
         </is>
       </c>
-      <c r="AY77" s="3" t="n">
+      <c r="AY82" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ77" t="b">
+      <c r="AZ82" t="b">
         <v>0</v>
       </c>
-      <c r="BA77" t="inlineStr">
+      <c r="BA82" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/omega-sky-xi/</t>
         </is>
       </c>
-      <c r="BC77" s="3" t="n"/>
+      <c r="BC82" s="3" t="n"/>
     </row>
-    <row r="78" ht="40" customHeight="1">
-      <c r="A78" s="1" t="n">
+    <row r="83" ht="40" customHeight="1">
+      <c r="A83" s="1" t="n">
         <v>571</v>
       </c>
-      <c r="B78" t="inlineStr">
+      <c r="B83" t="inlineStr">
         <is>
           <t>R454B</t>
         </is>
       </c>
-      <c r="C78" t="inlineStr">
+      <c r="C83" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
-      <c r="D78" t="inlineStr">
+      <c r="D83" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E78" t="inlineStr">
+      <c r="E83" t="inlineStr">
         <is>
           <t>82.8</t>
         </is>
       </c>
-      <c r="F78" t="inlineStr">
+      <c r="F83" t="inlineStr">
         <is>
           <t>Omicron SKY S4 R5 HE</t>
         </is>
       </c>
-      <c r="G78" t="inlineStr">
+      <c r="G83" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H78" s="1" t="n"/>
-      <c r="I78" s="1" t="n">
+      <c r="H83" s="1" t="n"/>
+      <c r="I83" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K78" t="inlineStr">
+      <c r="K83" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L78" t="inlineStr">
+      <c r="L83" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="O78" t="inlineStr">
+      <c r="O83" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P78" s="2" t="n"/>
-      <c r="Q78" s="2" t="n">
+      <c r="P83" s="2" t="n"/>
+      <c r="Q83" s="2" t="n">
         <v>832.7</v>
       </c>
-      <c r="R78" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="W78" s="2" t="n">
+      <c r="R83" s="2" t="n"/>
+      <c r="S83" s="2" t="n"/>
+      <c r="T83" s="2" t="n"/>
+      <c r="U83" s="2" t="n"/>
+      <c r="V83" s="2" t="n"/>
+      <c r="W83" s="2" t="n">
         <v>55</v>
       </c>
-      <c r="X78" s="2" t="n">
+      <c r="X83" s="2" t="n">
         <v>-15</v>
       </c>
-      <c r="Y78" s="2" t="n">
+      <c r="Y83" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="Z78" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="AB78" t="inlineStr">
+      <c r="Z83" s="2" t="n"/>
+      <c r="AA83" s="2" t="n"/>
+      <c r="AB83" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC78" t="inlineStr">
+      <c r="AC83" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="AD78" s="2" t="n"/>
-      <c r="AE78" s="1" t="n">
+      <c r="AD83" s="2" t="n"/>
+      <c r="AE83" s="1" t="n">
         <v>13</v>
       </c>
-      <c r="AF78" s="1" t="n"/>
-      <c r="AG78" s="2" t="n">
+      <c r="AF83" s="1" t="n"/>
+      <c r="AG83" s="2" t="n">
         <v>9183</v>
       </c>
-      <c r="AH78" s="2" t="n">
+      <c r="AH83" s="2" t="n">
         <v>2256</v>
       </c>
-      <c r="AI78" s="2" t="n">
+      <c r="AI83" s="2" t="n">
         <v>2443</v>
       </c>
-      <c r="AJ78" s="2" t="n">
+      <c r="AJ83" s="2" t="n">
         <v>9500</v>
       </c>
-      <c r="AK78" s="2" t="n"/>
-      <c r="AO78" t="inlineStr">
+      <c r="AK83" s="2" t="n"/>
+      <c r="AO83" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR78" s="2" t="n"/>
-[...4 lines deleted...]
-      <c r="AY78" s="3" t="n">
+      <c r="AR83" s="2" t="n"/>
+      <c r="AS83" s="2" t="n"/>
+      <c r="AT83" s="2" t="n"/>
+      <c r="AW83" s="2" t="n"/>
+      <c r="AX83" t="inlineStr"/>
+      <c r="AY83" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ78" t="b">
+      <c r="AZ83" t="b">
         <v>0</v>
       </c>
-      <c r="BA78" t="inlineStr">
+      <c r="BA83" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omicron-sky-s4-r5/</t>
         </is>
       </c>
-      <c r="BC78" s="3" t="n"/>
+      <c r="BC83" s="3" t="n"/>
     </row>
-    <row r="79" ht="40" customHeight="1">
-      <c r="A79" s="1" t="n">
+    <row r="84" ht="40" customHeight="1">
+      <c r="A84" s="1" t="n">
         <v>610</v>
       </c>
-      <c r="B79" t="inlineStr">
+      <c r="B84" t="inlineStr">
         <is>
           <t>R134a, R513A (R1234yf/R134a)</t>
         </is>
       </c>
-      <c r="C79" t="inlineStr">
+      <c r="C84" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D79" t="inlineStr">
+      <c r="D84" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E79" t="inlineStr">
+      <c r="E84" t="inlineStr">
         <is>
           <t>88.2</t>
         </is>
       </c>
-      <c r="F79" t="inlineStr">
+      <c r="F84" t="inlineStr">
         <is>
           <t>OMEGA SKY OH/HPW</t>
         </is>
       </c>
-      <c r="G79" t="inlineStr">
+      <c r="G84" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H79" s="1" t="n"/>
-      <c r="I79" s="1" t="n">
+      <c r="H84" s="1" t="n"/>
+      <c r="I84" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K79" t="inlineStr">
+      <c r="K84" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L79" t="inlineStr">
+      <c r="L84" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="O79" t="inlineStr">
+      <c r="O84" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
         </is>
       </c>
-      <c r="P79" s="2" t="n"/>
-      <c r="Q79" s="2" t="n">
+      <c r="P84" s="2" t="n"/>
+      <c r="Q84" s="2" t="n">
         <v>987</v>
       </c>
-      <c r="R79" s="2" t="n">
+      <c r="R84" s="2" t="n">
         <v>400</v>
       </c>
-      <c r="S79" s="2" t="n">
+      <c r="S84" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="T79" s="2" t="n">
+      <c r="T84" s="2" t="n">
         <v>50</v>
       </c>
-      <c r="U79" s="2" t="n"/>
-[...1 lines deleted...]
-      <c r="W79" s="2" t="n">
+      <c r="U84" s="2" t="n"/>
+      <c r="V84" s="2" t="n"/>
+      <c r="W84" s="2" t="n">
         <v>63</v>
       </c>
-      <c r="X79" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="AB79" t="inlineStr">
+      <c r="X84" s="2" t="n"/>
+      <c r="Y84" s="2" t="n"/>
+      <c r="Z84" s="2" t="n"/>
+      <c r="AA84" s="2" t="n"/>
+      <c r="AB84" t="inlineStr">
         <is>
           <t>Schraubenverdichter</t>
         </is>
       </c>
-      <c r="AC79" t="inlineStr">
+      <c r="AC84" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD79" s="2" t="n"/>
-      <c r="AE79" s="1" t="n">
+      <c r="AD84" s="2" t="n"/>
+      <c r="AE84" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="AF79" s="1" t="n"/>
-      <c r="AG79" s="2" t="n">
+      <c r="AF84" s="1" t="n"/>
+      <c r="AG84" s="2" t="n">
         <v>5280</v>
       </c>
-      <c r="AH79" s="2" t="n">
+      <c r="AH84" s="2" t="n">
         <v>1300</v>
       </c>
-      <c r="AI79" s="2" t="n">
+      <c r="AI84" s="2" t="n">
         <v>1930</v>
       </c>
-      <c r="AJ79" s="2" t="n">
+      <c r="AJ84" s="2" t="n">
         <v>5242</v>
       </c>
-      <c r="AK79" s="2" t="n"/>
-      <c r="AO79" t="inlineStr">
+      <c r="AK84" s="2" t="n"/>
+      <c r="AO84" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR79" s="2" t="n">
+      <c r="AR84" s="2" t="n">
         <v>94</v>
       </c>
-      <c r="AS79" s="2" t="n"/>
-      <c r="AT79" s="2" t="n">
+      <c r="AS84" s="2" t="n"/>
+      <c r="AT84" s="2" t="n">
         <v>72</v>
       </c>
-      <c r="AW79" s="2" t="n"/>
-      <c r="AX79" t="inlineStr">
+      <c r="AW84" s="2" t="n"/>
+      <c r="AX84" t="inlineStr">
         <is>
           <t>Unterschiedliche Konfigurationen:
 OH: nicht umkehrbare Wärmepumpe
 HPW: Wärmepumpe, umkehrbar auf der Wasserseite
 /SLN: besonders schallgedämpft
 /LN: schallgedämpft
 LC: mit Fern-Wärmetauscher Quellenseite
 DC/: mit vollständiger Rückgewinnung</t>
         </is>
       </c>
-      <c r="AY79" s="3" t="n">
+      <c r="AY84" s="3" t="n">
         <v>45677</v>
       </c>
-      <c r="AZ79" t="b">
+      <c r="AZ84" t="b">
         <v>0</v>
       </c>
-      <c r="BA79" t="inlineStr">
+      <c r="BA84" t="inlineStr">
         <is>
           <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/omega-sky/</t>
         </is>
       </c>
-      <c r="BC79" s="3" t="n"/>
+      <c r="BC84" s="3" t="n"/>
     </row>
-    <row r="80" ht="40" customHeight="1">
-      <c r="A80" s="1" t="n">
+    <row r="85" ht="40" customHeight="1">
+      <c r="A85" s="1" t="n">
         <v>572</v>
       </c>
-      <c r="B80" t="inlineStr">
+      <c r="B85" t="inlineStr">
         <is>
           <t>R32</t>
         </is>
       </c>
-      <c r="C80" t="inlineStr">
+      <c r="C85" t="inlineStr">
         <is>
           <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
-      <c r="D80" t="inlineStr">
+      <c r="D85" t="inlineStr">
         <is>
           <t>Swegon Germany GmbH</t>
         </is>
       </c>
-      <c r="E80" t="inlineStr">
+      <c r="E85" t="inlineStr">
         <is>
           <t>9.2</t>
         </is>
       </c>
-      <c r="F80" t="inlineStr">
+      <c r="F85" t="inlineStr">
         <is>
           <t>SIGMA SKY OH R7</t>
         </is>
       </c>
-      <c r="G80" t="inlineStr">
+      <c r="G85" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
-      <c r="H80" s="1" t="n"/>
-      <c r="I80" s="1" t="n">
+      <c r="H85" s="1" t="n"/>
+      <c r="I85" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="K80" t="inlineStr">
+      <c r="K85" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L80" t="inlineStr">
+      <c r="L85" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="O80" t="inlineStr">
+      <c r="O85" t="inlineStr">
         <is>
           <t>Warmwasser, Gebäudewärme, Nahwärme</t>
         </is>
       </c>
-      <c r="P80" s="2" t="n"/>
-      <c r="Q80" s="2" t="n">
+      <c r="P85" s="2" t="n"/>
+      <c r="Q85" s="2" t="n">
         <v>110.4</v>
       </c>
-      <c r="R80" s="2" t="n"/>
-[...3 lines deleted...]
-      <c r="V80" s="2" t="n">
+      <c r="R85" s="2" t="n"/>
+      <c r="S85" s="2" t="n"/>
+      <c r="T85" s="2" t="n"/>
+      <c r="U85" s="2" t="n"/>
+      <c r="V85" s="2" t="n">
         <v>40</v>
       </c>
-      <c r="W80" s="2" t="n">
+      <c r="W85" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="X80" s="2" t="n">
+      <c r="X85" s="2" t="n">
         <v>-10</v>
       </c>
-      <c r="Y80" s="2" t="n"/>
-[...2 lines deleted...]
-      <c r="AB80" t="inlineStr">
+      <c r="Y85" s="2" t="n"/>
+      <c r="Z85" s="2" t="n"/>
+      <c r="AA85" s="2" t="n"/>
+      <c r="AB85" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
-      <c r="AC80" t="inlineStr">
+      <c r="AC85" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="AD80" s="2" t="n"/>
-      <c r="AE80" s="1" t="n">
+      <c r="AD85" s="2" t="n"/>
+      <c r="AE85" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="AF80" s="1" t="n"/>
-      <c r="AG80" s="2" t="n">
+      <c r="AF85" s="1" t="n"/>
+      <c r="AG85" s="2" t="n">
         <v>1490</v>
       </c>
-      <c r="AH80" s="2" t="n">
+      <c r="AH85" s="2" t="n">
         <v>795</v>
       </c>
-      <c r="AI80" s="2" t="n">
+      <c r="AI85" s="2" t="n">
         <v>1900</v>
       </c>
-      <c r="AJ80" s="2" t="n">
+      <c r="AJ85" s="2" t="n">
         <v>590</v>
       </c>
-      <c r="AK80" s="2" t="n"/>
-      <c r="AO80" t="inlineStr">
+      <c r="AK85" s="2" t="n"/>
+      <c r="AO85" t="inlineStr">
         <is>
           <t>Drehzahlgeregelt</t>
         </is>
       </c>
-      <c r="AR80" s="2" t="n">
+      <c r="AR85" s="2" t="n">
         <v>77</v>
       </c>
-      <c r="AS80" s="2" t="n"/>
-      <c r="AT80" s="2" t="n">
+      <c r="AS85" s="2" t="n"/>
+      <c r="AT85" s="2" t="n">
         <v>61</v>
       </c>
-      <c r="AW80" s="2" t="n"/>
-      <c r="AX80" t="inlineStr">
+      <c r="AW85" s="2" t="n"/>
+      <c r="AX85" t="inlineStr">
         <is>
           <t>Ausführungen:
 CH - Kaltwassererzeugern (nur kühlen)
 OH - Wärmepumpe (nur heizen)
 HPW - Reversible Wärmepumpe (wasserseitig umschaltbar)
 Hi – mit invertergeregelten Verdichter</t>
         </is>
       </c>
-      <c r="AY80" s="3" t="n">
+      <c r="AY85" s="3" t="n">
         <v>45677</v>
-      </c>
-[...630 lines deleted...]
-        <v>45694</v>
       </c>
       <c r="AZ85" t="b">
         <v>0</v>
       </c>
       <c r="BA85" t="inlineStr">
         <is>
-          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
-[...4 lines deleted...]
-      </c>
+          <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/sigma-sky-r7/</t>
+        </is>
+      </c>
+      <c r="BC85" s="3" t="n"/>
     </row>
     <row r="86" ht="40" customHeight="1">
       <c r="A86" s="1" t="n">
-        <v>1187</v>
+        <v>616</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>R410A (R32/R125)</t>
+          <t>R1234ze(E)</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>Luft (Air)</t>
+          <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>Systemair GmbH</t>
+          <t>Swegon Germany GmbH</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>260</t>
+          <t>OMEGA Sky LGW OH</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>SYSCROLL AIR EVO HP</t>
+          <t>OMEGA Sky LGW OH</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
-          <t>H&amp;C</t>
-[...2 lines deleted...]
-      <c r="H86" s="1" t="n">
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="n"/>
+      <c r="I86" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="I86" s="1" t="n"/>
       <c r="K86" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="O86" t="inlineStr">
         <is>
-          <t>Gebäudewärme</t>
-[...2 lines deleted...]
-      <c r="P86" s="2" t="n"/>
+          <t>Warmwasser, Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P86" s="2" t="n">
+        <v>227</v>
+      </c>
       <c r="Q86" s="2" t="n">
-        <v>260</v>
-[...9 lines deleted...]
-      </c>
+        <v>1096</v>
+      </c>
+      <c r="R86" s="2" t="n"/>
+      <c r="S86" s="2" t="n"/>
+      <c r="T86" s="2" t="n"/>
       <c r="U86" s="2" t="n"/>
-      <c r="V86" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="V86" s="2" t="n"/>
       <c r="W86" s="2" t="n">
-        <v>55</v>
-[...6 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="X86" s="2" t="n"/>
+      <c r="Y86" s="2" t="n"/>
       <c r="Z86" s="2" t="n"/>
       <c r="AA86" s="2" t="n"/>
       <c r="AB86" t="inlineStr">
         <is>
-          <t>SCrollverdichter</t>
-[...4 lines deleted...]
-          <t>4</t>
+          <t>Schraubenverdichter</t>
         </is>
       </c>
       <c r="AD86" s="2" t="n"/>
-      <c r="AE86" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AE86" s="1" t="n"/>
       <c r="AF86" s="1" t="n"/>
-      <c r="AG86" s="2" t="n">
-[...10 lines deleted...]
-      </c>
+      <c r="AG86" s="2" t="n"/>
+      <c r="AH86" s="2" t="n"/>
+      <c r="AI86" s="2" t="n"/>
+      <c r="AJ86" s="2" t="n"/>
       <c r="AK86" s="2" t="n"/>
-      <c r="AL86" t="inlineStr">
-[...11 lines deleted...]
-      </c>
+      <c r="AR86" s="2" t="n"/>
       <c r="AS86" s="2" t="n"/>
-      <c r="AT86" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AT86" s="2" t="n"/>
       <c r="AW86" s="2" t="n"/>
-      <c r="AX86" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AX86" t="inlineStr"/>
       <c r="AY86" s="3" t="n">
-        <v>45694</v>
+        <v>45677</v>
       </c>
       <c r="AZ86" t="b">
         <v>0</v>
       </c>
       <c r="BA86" t="inlineStr">
         <is>
-          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
-[...4 lines deleted...]
-      </c>
+          <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizen-und-kuhlen/wassergekuhlte-reversible-kaltemaschinen/omega-sky-lgw/</t>
+        </is>
+      </c>
+      <c r="BC86" s="3" t="n"/>
     </row>
     <row r="87" ht="40" customHeight="1">
       <c r="A87" s="1" t="n">
-        <v>1188</v>
+        <v>592</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>R410A (R32/R125)</t>
+          <t>R134a</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>Luft (Air)</t>
+          <t>Wasser/Sole (Brine/Water)</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>Systemair GmbH</t>
+          <t>Swegon Germany GmbH</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>TETRIS W Rev OH TB</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>SYSCROLL AIR EVO HP</t>
+          <t>TETRIS W Rev OH TB</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t>H&amp;C</t>
-[...2 lines deleted...]
-      <c r="H87" s="1" t="n">
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="n"/>
+      <c r="I87" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="I87" s="1" t="n"/>
       <c r="K87" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
+      <c r="L87" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
       <c r="O87" t="inlineStr">
         <is>
-          <t>Gebäudewärme</t>
-[...2 lines deleted...]
-      <c r="P87" s="2" t="n"/>
+          <t>Warmwasser, Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P87" s="2" t="n">
+        <v>70</v>
+      </c>
       <c r="Q87" s="2" t="n">
-        <v>280</v>
-[...9 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="R87" s="2" t="n"/>
+      <c r="S87" s="2" t="n"/>
+      <c r="T87" s="2" t="n"/>
       <c r="U87" s="2" t="n"/>
-      <c r="V87" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="V87" s="2" t="n"/>
       <c r="W87" s="2" t="n">
-        <v>55</v>
-[...6 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="X87" s="2" t="n"/>
+      <c r="Y87" s="2" t="n"/>
       <c r="Z87" s="2" t="n"/>
       <c r="AA87" s="2" t="n"/>
       <c r="AB87" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC87" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>2-4</t>
         </is>
       </c>
       <c r="AD87" s="2" t="n"/>
-      <c r="AE87" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AE87" s="1" t="n"/>
       <c r="AF87" s="1" t="n"/>
-      <c r="AG87" s="2" t="n">
-[...10 lines deleted...]
-      </c>
+      <c r="AG87" s="2" t="n"/>
+      <c r="AH87" s="2" t="n"/>
+      <c r="AI87" s="2" t="n"/>
+      <c r="AJ87" s="2" t="n"/>
       <c r="AK87" s="2" t="n"/>
-      <c r="AL87" t="inlineStr">
-[...11 lines deleted...]
-      </c>
+      <c r="AR87" s="2" t="n"/>
       <c r="AS87" s="2" t="n"/>
-      <c r="AT87" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AT87" s="2" t="n"/>
       <c r="AW87" s="2" t="n"/>
       <c r="AX87" t="inlineStr">
         <is>
-          <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
+          <t>Nicht reversible Wasserwärmepumpe optimiert für Hochtemperaturanwendungen. 16 Größen verfügbar.</t>
         </is>
       </c>
       <c r="AY87" s="3" t="n">
-        <v>45694</v>
+        <v>45677</v>
       </c>
       <c r="AZ87" t="b">
         <v>0</v>
       </c>
       <c r="BA87" t="inlineStr">
         <is>
-          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
-[...4 lines deleted...]
-      </c>
+          <t>https://www.swegon.com/de/produkte-und-dienstleistungen/kaltwassersatze-und-warmepumpen/heizung/tetris-w-rev-oh-tb/?unit=m3h</t>
+        </is>
+      </c>
+      <c r="BC87" s="3" t="n"/>
     </row>
     <row r="88" ht="40" customHeight="1">
       <c r="A88" s="1" t="n">
-        <v>1189</v>
+        <v>1184</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>140</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H88" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I88" s="1" t="n"/>
       <c r="K88" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="O88" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P88" s="2" t="n"/>
       <c r="Q88" s="2" t="n">
-        <v>300</v>
+        <v>140</v>
       </c>
       <c r="R88" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S88" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T88" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U88" s="2" t="n"/>
       <c r="V88" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W88" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X88" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y88" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z88" s="2" t="n"/>
       <c r="AA88" s="2" t="n"/>
       <c r="AB88" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC88" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="AD88" s="2" t="n"/>
       <c r="AE88" s="1" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="AF88" s="1" t="n"/>
       <c r="AG88" s="2" t="n">
-        <v>4550</v>
+        <v>4000</v>
       </c>
       <c r="AH88" s="2" t="n">
-        <v>2150</v>
+        <v>1100</v>
       </c>
       <c r="AI88" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ88" s="2" t="n">
-        <v>2702</v>
+        <v>1312</v>
       </c>
       <c r="AK88" s="2" t="n"/>
       <c r="AL88" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO88" t="inlineStr">
         <is>
           <t>4 Leistungsstufen</t>
         </is>
       </c>
       <c r="AR88" s="2" t="n">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="AS88" s="2" t="n"/>
       <c r="AT88" s="2" t="n">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="AW88" s="2" t="n"/>
       <c r="AX88" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY88" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ88" t="b">
         <v>0</v>
       </c>
       <c r="BA88" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC88" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="89" ht="40" customHeight="1">
       <c r="A89" s="1" t="n">
-        <v>1190</v>
+        <v>1185</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>170</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H89" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I89" s="1" t="n"/>
       <c r="K89" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="O89" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P89" s="2" t="n"/>
       <c r="Q89" s="2" t="n">
-        <v>330</v>
+        <v>170</v>
       </c>
       <c r="R89" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S89" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T89" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U89" s="2" t="n"/>
       <c r="V89" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W89" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X89" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y89" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z89" s="2" t="n"/>
       <c r="AA89" s="2" t="n"/>
       <c r="AB89" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC89" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="AD89" s="2" t="n"/>
       <c r="AE89" s="1" t="n">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AF89" s="1" t="n"/>
       <c r="AG89" s="2" t="n">
-        <v>4550</v>
+        <v>4000</v>
       </c>
       <c r="AH89" s="2" t="n">
-        <v>2150</v>
+        <v>1100</v>
       </c>
       <c r="AI89" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ89" s="2" t="n">
-        <v>2887</v>
+        <v>1355</v>
       </c>
       <c r="AK89" s="2" t="n"/>
       <c r="AL89" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO89" t="inlineStr">
         <is>
           <t>4 Leistungsstufen</t>
         </is>
       </c>
       <c r="AR89" s="2" t="n">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="AS89" s="2" t="n"/>
       <c r="AT89" s="2" t="n">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="AW89" s="2" t="n"/>
       <c r="AX89" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY89" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ89" t="b">
         <v>0</v>
       </c>
       <c r="BA89" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC89" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="90" ht="40" customHeight="1">
       <c r="A90" s="1" t="n">
-        <v>1191</v>
+        <v>1186</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>230</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H90" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I90" s="1" t="n"/>
       <c r="K90" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="O90" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P90" s="2" t="n"/>
       <c r="Q90" s="2" t="n">
-        <v>360</v>
+        <v>230</v>
       </c>
       <c r="R90" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S90" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T90" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U90" s="2" t="n"/>
       <c r="V90" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W90" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X90" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y90" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z90" s="2" t="n"/>
       <c r="AA90" s="2" t="n"/>
       <c r="AB90" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC90" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="AD90" s="2" t="n"/>
       <c r="AE90" s="1" t="n">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="AF90" s="1" t="n"/>
       <c r="AG90" s="2" t="n">
-        <v>4550</v>
+        <v>3500</v>
       </c>
       <c r="AH90" s="2" t="n">
         <v>2150</v>
       </c>
       <c r="AI90" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ90" s="2" t="n">
-        <v>3063</v>
+        <v>2078</v>
       </c>
       <c r="AK90" s="2" t="n"/>
       <c r="AL90" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO90" t="inlineStr">
         <is>
           <t>4 Leistungsstufen</t>
         </is>
       </c>
       <c r="AR90" s="2" t="n">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="AS90" s="2" t="n"/>
       <c r="AT90" s="2" t="n">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="AW90" s="2" t="n"/>
       <c r="AX90" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY90" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ90" t="b">
         <v>0</v>
       </c>
       <c r="BA90" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC90" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="91" ht="40" customHeight="1">
       <c r="A91" s="1" t="n">
-        <v>1192</v>
+        <v>1187</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>260</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H91" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I91" s="1" t="n"/>
       <c r="K91" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L91" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="O91" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P91" s="2" t="n"/>
       <c r="Q91" s="2" t="n">
-        <v>400</v>
+        <v>260</v>
       </c>
       <c r="R91" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S91" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T91" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U91" s="2" t="n"/>
       <c r="V91" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W91" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X91" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y91" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z91" s="2" t="n"/>
       <c r="AA91" s="2" t="n"/>
       <c r="AB91" t="inlineStr">
         <is>
-          <t>Scrollverdichter</t>
+          <t>SCrollverdichter</t>
         </is>
       </c>
       <c r="AC91" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD91" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AD91" s="2" t="n"/>
       <c r="AE91" s="1" t="n">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="AF91" s="1" t="n"/>
       <c r="AG91" s="2" t="n">
-        <v>5620</v>
+        <v>3500</v>
       </c>
       <c r="AH91" s="2" t="n">
-        <v>2175</v>
+        <v>2150</v>
       </c>
       <c r="AI91" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ91" s="2" t="n">
-        <v>3769</v>
+        <v>2343</v>
       </c>
       <c r="AK91" s="2" t="n"/>
       <c r="AL91" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO91" t="inlineStr">
         <is>
           <t>4 Leistungsstufen</t>
         </is>
       </c>
-      <c r="AR91" s="2" t="n"/>
+      <c r="AR91" s="2" t="n">
+        <v>93</v>
+      </c>
       <c r="AS91" s="2" t="n"/>
-      <c r="AT91" s="2" t="n"/>
+      <c r="AT91" s="2" t="n">
+        <v>61</v>
+      </c>
       <c r="AW91" s="2" t="n"/>
       <c r="AX91" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY91" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ91" t="b">
         <v>0</v>
       </c>
       <c r="BA91" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC91" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="92" ht="40" customHeight="1">
       <c r="A92" s="1" t="n">
-        <v>1193</v>
+        <v>1188</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>280</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H92" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I92" s="1" t="n"/>
       <c r="K92" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L92" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="O92" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P92" s="2" t="n"/>
       <c r="Q92" s="2" t="n">
-        <v>450</v>
+        <v>280</v>
       </c>
       <c r="R92" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S92" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T92" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U92" s="2" t="n"/>
       <c r="V92" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W92" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X92" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y92" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z92" s="2" t="n"/>
       <c r="AA92" s="2" t="n"/>
       <c r="AB92" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC92" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="AD92" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AD92" s="2" t="n"/>
       <c r="AE92" s="1" t="n">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="AF92" s="1" t="n"/>
       <c r="AG92" s="2" t="n">
-        <v>5620</v>
+        <v>3500</v>
       </c>
       <c r="AH92" s="2" t="n">
-        <v>2175</v>
+        <v>2150</v>
       </c>
       <c r="AI92" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ92" s="2" t="n">
-        <v>3938</v>
+        <v>2458</v>
       </c>
       <c r="AK92" s="2" t="n"/>
       <c r="AL92" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO92" t="inlineStr">
         <is>
           <t>4 Leistungsstufen</t>
         </is>
       </c>
-      <c r="AR92" s="2" t="n"/>
+      <c r="AR92" s="2" t="n">
+        <v>93</v>
+      </c>
       <c r="AS92" s="2" t="n"/>
-      <c r="AT92" s="2" t="n"/>
+      <c r="AT92" s="2" t="n">
+        <v>61</v>
+      </c>
       <c r="AW92" s="2" t="n"/>
       <c r="AX92" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY92" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ92" t="b">
         <v>0</v>
       </c>
       <c r="BA92" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC92" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="93" ht="40" customHeight="1">
       <c r="A93" s="1" t="n">
-        <v>1194</v>
+        <v>1189</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>490</t>
+          <t>300</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H93" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I93" s="1" t="n"/>
       <c r="K93" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L93" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="O93" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P93" s="2" t="n"/>
       <c r="Q93" s="2" t="n">
-        <v>490</v>
+        <v>300</v>
       </c>
       <c r="R93" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S93" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T93" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U93" s="2" t="n"/>
       <c r="V93" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W93" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X93" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y93" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z93" s="2" t="n"/>
       <c r="AA93" s="2" t="n"/>
       <c r="AB93" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC93" t="inlineStr">
         <is>
-          <t>5</t>
-[...4 lines deleted...]
-      </c>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD93" s="2" t="n"/>
       <c r="AE93" s="1" t="n">
         <v>24</v>
       </c>
       <c r="AF93" s="1" t="n"/>
       <c r="AG93" s="2" t="n">
-        <v>6680</v>
+        <v>4550</v>
       </c>
       <c r="AH93" s="2" t="n">
-        <v>2175</v>
+        <v>2150</v>
       </c>
       <c r="AI93" s="2" t="n">
         <v>2500</v>
       </c>
-      <c r="AJ93" s="2" t="n"/>
+      <c r="AJ93" s="2" t="n">
+        <v>2702</v>
+      </c>
       <c r="AK93" s="2" t="n"/>
       <c r="AL93" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
-      <c r="AM93" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AO93" t="inlineStr">
         <is>
           <t>4 Leistungsstufen</t>
         </is>
       </c>
-      <c r="AR93" s="2" t="n"/>
+      <c r="AR93" s="2" t="n">
+        <v>94</v>
+      </c>
       <c r="AS93" s="2" t="n"/>
-      <c r="AT93" s="2" t="n"/>
+      <c r="AT93" s="2" t="n">
+        <v>62</v>
+      </c>
       <c r="AW93" s="2" t="n"/>
       <c r="AX93" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY93" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ93" t="b">
         <v>0</v>
       </c>
       <c r="BA93" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC93" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="94" ht="40" customHeight="1">
       <c r="A94" s="1" t="n">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>530</t>
+          <t>330</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H94" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I94" s="1" t="n"/>
       <c r="K94" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L94" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="O94" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P94" s="2" t="n"/>
       <c r="Q94" s="2" t="n">
-        <v>530</v>
+        <v>330</v>
       </c>
       <c r="R94" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S94" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T94" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U94" s="2" t="n"/>
       <c r="V94" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W94" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X94" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y94" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z94" s="2" t="n"/>
       <c r="AA94" s="2" t="n"/>
       <c r="AB94" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC94" t="inlineStr">
         <is>
-          <t>6</t>
-[...4 lines deleted...]
-      </c>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD94" s="2" t="n"/>
       <c r="AE94" s="1" t="n">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="AF94" s="1" t="n"/>
       <c r="AG94" s="2" t="n">
-        <v>6680</v>
+        <v>4550</v>
       </c>
       <c r="AH94" s="2" t="n">
-        <v>2175</v>
+        <v>2150</v>
       </c>
       <c r="AI94" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ94" s="2" t="n">
-        <v>4744</v>
+        <v>2887</v>
       </c>
       <c r="AK94" s="2" t="n"/>
       <c r="AL94" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO94" t="inlineStr">
         <is>
-          <t>6 Leistungsstufen</t>
-[...2 lines deleted...]
-      <c r="AR94" s="2" t="n"/>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR94" s="2" t="n">
+        <v>95</v>
+      </c>
       <c r="AS94" s="2" t="n"/>
-      <c r="AT94" s="2" t="n"/>
+      <c r="AT94" s="2" t="n">
+        <v>63</v>
+      </c>
       <c r="AW94" s="2" t="n"/>
       <c r="AX94" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY94" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ94" t="b">
         <v>0</v>
       </c>
       <c r="BA94" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC94" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="95" ht="40" customHeight="1">
       <c r="A95" s="1" t="n">
-        <v>1196</v>
+        <v>1191</v>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>580</t>
+          <t>360</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H95" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I95" s="1" t="n"/>
       <c r="K95" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
-      <c r="L95" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="O95" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P95" s="2" t="n"/>
       <c r="Q95" s="2" t="n">
-        <v>580</v>
+        <v>360</v>
       </c>
       <c r="R95" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S95" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T95" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U95" s="2" t="n"/>
       <c r="V95" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W95" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X95" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y95" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z95" s="2" t="n"/>
       <c r="AA95" s="2" t="n"/>
       <c r="AB95" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC95" t="inlineStr">
         <is>
-          <t>6</t>
-[...4 lines deleted...]
-      </c>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD95" s="2" t="n"/>
       <c r="AE95" s="1" t="n">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="AF95" s="1" t="n"/>
       <c r="AG95" s="2" t="n">
-        <v>7760</v>
+        <v>4550</v>
       </c>
       <c r="AH95" s="2" t="n">
-        <v>2175</v>
+        <v>2150</v>
       </c>
       <c r="AI95" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ95" s="2" t="n">
-        <v>5214</v>
+        <v>3063</v>
       </c>
       <c r="AK95" s="2" t="n"/>
       <c r="AL95" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO95" t="inlineStr">
         <is>
-          <t>6 Leistungsstufen</t>
-[...2 lines deleted...]
-      <c r="AR95" s="2" t="n"/>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR95" s="2" t="n">
+        <v>95</v>
+      </c>
       <c r="AS95" s="2" t="n"/>
-      <c r="AT95" s="2" t="n"/>
+      <c r="AT95" s="2" t="n">
+        <v>63</v>
+      </c>
       <c r="AW95" s="2" t="n"/>
       <c r="AX95" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY95" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ95" t="b">
         <v>0</v>
       </c>
       <c r="BA95" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC95" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="96" ht="40" customHeight="1">
       <c r="A96" s="1" t="n">
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>620</t>
+          <t>400</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H96" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I96" s="1" t="n"/>
       <c r="K96" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L96" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="O96" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P96" s="2" t="n"/>
       <c r="Q96" s="2" t="n">
-        <v>620</v>
+        <v>400</v>
       </c>
       <c r="R96" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S96" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T96" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U96" s="2" t="n"/>
       <c r="V96" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W96" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X96" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y96" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z96" s="2" t="n"/>
       <c r="AA96" s="2" t="n"/>
       <c r="AB96" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC96" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>4</t>
         </is>
       </c>
       <c r="AD96" s="2" t="n">
-        <v>190</v>
+        <v>118</v>
       </c>
       <c r="AE96" s="1" t="n">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="AF96" s="1" t="n"/>
       <c r="AG96" s="2" t="n">
-        <v>8800</v>
+        <v>5620</v>
       </c>
       <c r="AH96" s="2" t="n">
         <v>2175</v>
       </c>
       <c r="AI96" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ96" s="2" t="n">
-        <v>5554</v>
+        <v>3769</v>
       </c>
       <c r="AK96" s="2" t="n"/>
       <c r="AL96" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO96" t="inlineStr">
         <is>
-          <t>6 Leistungsstufen</t>
+          <t>4 Leistungsstufen</t>
         </is>
       </c>
       <c r="AR96" s="2" t="n"/>
       <c r="AS96" s="2" t="n"/>
       <c r="AT96" s="2" t="n"/>
       <c r="AW96" s="2" t="n"/>
       <c r="AX96" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY96" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ96" t="b">
         <v>0</v>
       </c>
       <c r="BA96" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC96" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="97" ht="40" customHeight="1">
       <c r="A97" s="1" t="n">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
-          <t>670</t>
+          <t>450</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H97" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I97" s="1" t="n"/>
       <c r="K97" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L97" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="O97" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P97" s="2" t="n"/>
       <c r="Q97" s="2" t="n">
-        <v>670</v>
+        <v>450</v>
       </c>
       <c r="R97" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S97" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T97" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U97" s="2" t="n"/>
       <c r="V97" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W97" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X97" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y97" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z97" s="2" t="n"/>
       <c r="AA97" s="2" t="n"/>
       <c r="AB97" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC97" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>4</t>
         </is>
       </c>
       <c r="AD97" s="2" t="n">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="AE97" s="1" t="n">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="AF97" s="1" t="n"/>
       <c r="AG97" s="2" t="n">
-        <v>8800</v>
+        <v>5620</v>
       </c>
       <c r="AH97" s="2" t="n">
         <v>2175</v>
       </c>
       <c r="AI97" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ97" s="2" t="n">
-        <v>5691</v>
+        <v>3938</v>
       </c>
       <c r="AK97" s="2" t="n"/>
       <c r="AL97" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO97" t="inlineStr">
         <is>
-          <t>6 Leistungsstufen</t>
+          <t>4 Leistungsstufen</t>
         </is>
       </c>
       <c r="AR97" s="2" t="n"/>
       <c r="AS97" s="2" t="n"/>
       <c r="AT97" s="2" t="n"/>
       <c r="AW97" s="2" t="n"/>
       <c r="AX97" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY97" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ97" t="b">
         <v>0</v>
       </c>
       <c r="BA97" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC97" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="98" ht="40" customHeight="1">
       <c r="A98" s="1" t="n">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>750</t>
+          <t>490</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H98" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I98" s="1" t="n"/>
       <c r="K98" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L98" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>2</t>
         </is>
       </c>
       <c r="O98" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P98" s="2" t="n"/>
       <c r="Q98" s="2" t="n">
-        <v>750</v>
+        <v>490</v>
       </c>
       <c r="R98" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S98" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T98" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U98" s="2" t="n"/>
       <c r="V98" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W98" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X98" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y98" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z98" s="2" t="n"/>
       <c r="AA98" s="2" t="n"/>
       <c r="AB98" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC98" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>5</t>
         </is>
       </c>
       <c r="AD98" s="2" t="n">
-        <v>226</v>
+        <v>142</v>
       </c>
       <c r="AE98" s="1" t="n">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="AF98" s="1" t="n"/>
       <c r="AG98" s="2" t="n">
-        <v>9950</v>
+        <v>6680</v>
       </c>
       <c r="AH98" s="2" t="n">
         <v>2175</v>
       </c>
       <c r="AI98" s="2" t="n">
         <v>2500</v>
       </c>
-      <c r="AJ98" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AJ98" s="2" t="n"/>
       <c r="AK98" s="2" t="n"/>
       <c r="AL98" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
+      <c r="AM98" t="inlineStr">
+        <is>
+          <t>4412</t>
+        </is>
+      </c>
       <c r="AO98" t="inlineStr">
         <is>
-          <t>8 Leistungsstufen</t>
+          <t>4 Leistungsstufen</t>
         </is>
       </c>
       <c r="AR98" s="2" t="n"/>
       <c r="AS98" s="2" t="n"/>
       <c r="AT98" s="2" t="n"/>
       <c r="AW98" s="2" t="n"/>
       <c r="AX98" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY98" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ98" t="b">
         <v>0</v>
       </c>
       <c r="BA98" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC98" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="99" ht="40" customHeight="1">
       <c r="A99" s="1" t="n">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>530</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H99" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I99" s="1" t="n"/>
       <c r="K99" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L99" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>2</t>
         </is>
       </c>
       <c r="O99" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P99" s="2" t="n"/>
       <c r="Q99" s="2" t="n">
-        <v>800</v>
+        <v>530</v>
       </c>
       <c r="R99" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S99" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T99" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U99" s="2" t="n"/>
       <c r="V99" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W99" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X99" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y99" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z99" s="2" t="n"/>
       <c r="AA99" s="2" t="n"/>
       <c r="AB99" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC99" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AD99" s="2" t="n">
-        <v>238</v>
+        <v>154</v>
       </c>
       <c r="AE99" s="1" t="n">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="AF99" s="1" t="n"/>
       <c r="AG99" s="2" t="n">
-        <v>9950</v>
+        <v>6680</v>
       </c>
       <c r="AH99" s="2" t="n">
         <v>2175</v>
       </c>
       <c r="AI99" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ99" s="2" t="n">
-        <v>6985</v>
+        <v>4744</v>
       </c>
       <c r="AK99" s="2" t="n"/>
       <c r="AL99" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO99" t="inlineStr">
         <is>
-          <t>8 Leistungsstufen</t>
+          <t>6 Leistungsstufen</t>
         </is>
       </c>
       <c r="AR99" s="2" t="n"/>
       <c r="AS99" s="2" t="n"/>
       <c r="AT99" s="2" t="n"/>
       <c r="AW99" s="2" t="n"/>
       <c r="AX99" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY99" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ99" t="b">
         <v>0</v>
       </c>
       <c r="BA99" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC99" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="100" ht="40" customHeight="1">
       <c r="A100" s="1" t="n">
-        <v>1201</v>
+        <v>1196</v>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>580</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H100" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I100" s="1" t="n"/>
       <c r="K100" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L100" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>2</t>
         </is>
       </c>
       <c r="O100" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P100" s="2" t="n"/>
       <c r="Q100" s="2" t="n">
-        <v>850</v>
+        <v>580</v>
       </c>
       <c r="R100" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S100" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T100" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U100" s="2" t="n"/>
       <c r="V100" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W100" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X100" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y100" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z100" s="2" t="n"/>
       <c r="AA100" s="2" t="n"/>
       <c r="AB100" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC100" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AD100" s="2" t="n">
-        <v>249</v>
+        <v>178</v>
       </c>
       <c r="AE100" s="1" t="n">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="AF100" s="1" t="n"/>
       <c r="AG100" s="2" t="n">
-        <v>11000</v>
+        <v>7760</v>
       </c>
       <c r="AH100" s="2" t="n">
         <v>2175</v>
       </c>
       <c r="AI100" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ100" s="2" t="n">
-        <v>7231</v>
+        <v>5214</v>
       </c>
       <c r="AK100" s="2" t="n"/>
       <c r="AL100" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO100" t="inlineStr">
         <is>
-          <t>8 Leistungsstufen</t>
+          <t>6 Leistungsstufen</t>
         </is>
       </c>
       <c r="AR100" s="2" t="n"/>
       <c r="AS100" s="2" t="n"/>
       <c r="AT100" s="2" t="n"/>
       <c r="AW100" s="2" t="n"/>
       <c r="AX100" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY100" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ100" t="b">
         <v>0</v>
       </c>
       <c r="BA100" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC100" s="3" t="n">
         <v>45694</v>
       </c>
     </row>
     <row r="101" ht="40" customHeight="1">
       <c r="A101" s="1" t="n">
-        <v>1202</v>
+        <v>1197</v>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>R410A (R32/R125)</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>Luft (Air)</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>Systemair GmbH</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>620</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>SYSCROLL AIR EVO HP</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <t>H&amp;C</t>
         </is>
       </c>
       <c r="H101" s="1" t="n">
         <v>9</v>
       </c>
       <c r="I101" s="1" t="n"/>
       <c r="K101" t="inlineStr">
         <is>
           <t>CLO</t>
         </is>
       </c>
       <c r="L101" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>2</t>
         </is>
       </c>
       <c r="O101" t="inlineStr">
         <is>
           <t>Gebäudewärme</t>
         </is>
       </c>
       <c r="P101" s="2" t="n"/>
       <c r="Q101" s="2" t="n">
-        <v>900</v>
+        <v>620</v>
       </c>
       <c r="R101" s="2" t="n">
         <v>400</v>
       </c>
       <c r="S101" s="2" t="n">
         <v>3</v>
       </c>
       <c r="T101" s="2" t="n">
         <v>50</v>
       </c>
       <c r="U101" s="2" t="n"/>
       <c r="V101" s="2" t="n">
         <v>20</v>
       </c>
       <c r="W101" s="2" t="n">
         <v>55</v>
       </c>
       <c r="X101" s="2" t="n">
         <v>-13</v>
       </c>
       <c r="Y101" s="2" t="n">
         <v>20</v>
       </c>
       <c r="Z101" s="2" t="n"/>
       <c r="AA101" s="2" t="n"/>
       <c r="AB101" t="inlineStr">
         <is>
           <t>Scrollverdichter</t>
         </is>
       </c>
       <c r="AC101" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AD101" s="2" t="n">
-        <v>262</v>
+        <v>190</v>
       </c>
       <c r="AE101" s="1" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="AF101" s="1" t="n"/>
       <c r="AG101" s="2" t="n">
-        <v>11000</v>
+        <v>8800</v>
       </c>
       <c r="AH101" s="2" t="n">
         <v>2175</v>
       </c>
       <c r="AI101" s="2" t="n">
         <v>2500</v>
       </c>
       <c r="AJ101" s="2" t="n">
-        <v>7408</v>
+        <v>5554</v>
       </c>
       <c r="AK101" s="2" t="n"/>
       <c r="AL101" t="inlineStr">
         <is>
           <t>Betriebsgewicht</t>
         </is>
       </c>
       <c r="AO101" t="inlineStr">
         <is>
-          <t>8 Leistungsstufen</t>
+          <t>6 Leistungsstufen</t>
         </is>
       </c>
       <c r="AR101" s="2" t="n"/>
       <c r="AS101" s="2" t="n"/>
       <c r="AT101" s="2" t="n"/>
       <c r="AW101" s="2" t="n"/>
       <c r="AX101" t="inlineStr">
         <is>
           <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
         </is>
       </c>
       <c r="AY101" s="3" t="n">
         <v>45694</v>
       </c>
       <c r="AZ101" t="b">
         <v>0</v>
       </c>
       <c r="BA101" t="inlineStr">
         <is>
           <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
         </is>
       </c>
       <c r="BC101" s="3" t="n">
         <v>45694</v>
       </c>
+    </row>
+    <row r="102" ht="40" customHeight="1">
+      <c r="A102" s="1" t="n">
+        <v>1198</v>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>670</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>SYSCROLL AIR EVO HP</t>
+        </is>
+      </c>
+      <c r="G102" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I102" s="1" t="n"/>
+      <c r="K102" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L102" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O102" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P102" s="2" t="n"/>
+      <c r="Q102" s="2" t="n">
+        <v>670</v>
+      </c>
+      <c r="R102" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S102" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T102" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U102" s="2" t="n"/>
+      <c r="V102" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W102" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X102" s="2" t="n">
+        <v>-13</v>
+      </c>
+      <c r="Y102" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z102" s="2" t="n"/>
+      <c r="AA102" s="2" t="n"/>
+      <c r="AB102" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC102" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD102" s="2" t="n">
+        <v>202</v>
+      </c>
+      <c r="AE102" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF102" s="1" t="n"/>
+      <c r="AG102" s="2" t="n">
+        <v>8800</v>
+      </c>
+      <c r="AH102" s="2" t="n">
+        <v>2175</v>
+      </c>
+      <c r="AI102" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ102" s="2" t="n">
+        <v>5691</v>
+      </c>
+      <c r="AK102" s="2" t="n"/>
+      <c r="AL102" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO102" t="inlineStr">
+        <is>
+          <t>6 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR102" s="2" t="n"/>
+      <c r="AS102" s="2" t="n"/>
+      <c r="AT102" s="2" t="n"/>
+      <c r="AW102" s="2" t="n"/>
+      <c r="AX102" t="inlineStr">
+        <is>
+          <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
+        </is>
+      </c>
+      <c r="AY102" s="3" t="n">
+        <v>45694</v>
+      </c>
+      <c r="AZ102" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA102" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
+        </is>
+      </c>
+      <c r="BC102" s="3" t="n">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="103" ht="40" customHeight="1">
+      <c r="A103" s="1" t="n">
+        <v>1199</v>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>750</t>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>SYSCROLL AIR EVO HP</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I103" s="1" t="n"/>
+      <c r="K103" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L103" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="O103" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P103" s="2" t="n"/>
+      <c r="Q103" s="2" t="n">
+        <v>750</v>
+      </c>
+      <c r="R103" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S103" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T103" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U103" s="2" t="n"/>
+      <c r="V103" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W103" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X103" s="2" t="n">
+        <v>-13</v>
+      </c>
+      <c r="Y103" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z103" s="2" t="n"/>
+      <c r="AA103" s="2" t="n"/>
+      <c r="AB103" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC103" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="AD103" s="2" t="n">
+        <v>226</v>
+      </c>
+      <c r="AE103" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="AF103" s="1" t="n"/>
+      <c r="AG103" s="2" t="n">
+        <v>9950</v>
+      </c>
+      <c r="AH103" s="2" t="n">
+        <v>2175</v>
+      </c>
+      <c r="AI103" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ103" s="2" t="n">
+        <v>6790</v>
+      </c>
+      <c r="AK103" s="2" t="n"/>
+      <c r="AL103" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO103" t="inlineStr">
+        <is>
+          <t>8 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR103" s="2" t="n"/>
+      <c r="AS103" s="2" t="n"/>
+      <c r="AT103" s="2" t="n"/>
+      <c r="AW103" s="2" t="n"/>
+      <c r="AX103" t="inlineStr">
+        <is>
+          <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
+        </is>
+      </c>
+      <c r="AY103" s="3" t="n">
+        <v>45694</v>
+      </c>
+      <c r="AZ103" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA103" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
+        </is>
+      </c>
+      <c r="BC103" s="3" t="n">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="104" ht="40" customHeight="1">
+      <c r="A104" s="1" t="n">
+        <v>1200</v>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>800</t>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>SYSCROLL AIR EVO HP</t>
+        </is>
+      </c>
+      <c r="G104" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I104" s="1" t="n"/>
+      <c r="K104" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L104" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="O104" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P104" s="2" t="n"/>
+      <c r="Q104" s="2" t="n">
+        <v>800</v>
+      </c>
+      <c r="R104" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S104" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T104" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U104" s="2" t="n"/>
+      <c r="V104" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W104" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X104" s="2" t="n">
+        <v>-13</v>
+      </c>
+      <c r="Y104" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z104" s="2" t="n"/>
+      <c r="AA104" s="2" t="n"/>
+      <c r="AB104" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC104" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="AD104" s="2" t="n">
+        <v>238</v>
+      </c>
+      <c r="AE104" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="AF104" s="1" t="n"/>
+      <c r="AG104" s="2" t="n">
+        <v>9950</v>
+      </c>
+      <c r="AH104" s="2" t="n">
+        <v>2175</v>
+      </c>
+      <c r="AI104" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ104" s="2" t="n">
+        <v>6985</v>
+      </c>
+      <c r="AK104" s="2" t="n"/>
+      <c r="AL104" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO104" t="inlineStr">
+        <is>
+          <t>8 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR104" s="2" t="n"/>
+      <c r="AS104" s="2" t="n"/>
+      <c r="AT104" s="2" t="n"/>
+      <c r="AW104" s="2" t="n"/>
+      <c r="AX104" t="inlineStr">
+        <is>
+          <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
+        </is>
+      </c>
+      <c r="AY104" s="3" t="n">
+        <v>45694</v>
+      </c>
+      <c r="AZ104" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA104" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
+        </is>
+      </c>
+      <c r="BC104" s="3" t="n">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="105" ht="40" customHeight="1">
+      <c r="A105" s="1" t="n">
+        <v>1201</v>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>850</t>
+        </is>
+      </c>
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>SYSCROLL AIR EVO HP</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I105" s="1" t="n"/>
+      <c r="K105" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L105" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="O105" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P105" s="2" t="n"/>
+      <c r="Q105" s="2" t="n">
+        <v>850</v>
+      </c>
+      <c r="R105" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S105" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T105" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U105" s="2" t="n"/>
+      <c r="V105" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W105" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X105" s="2" t="n">
+        <v>-13</v>
+      </c>
+      <c r="Y105" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z105" s="2" t="n"/>
+      <c r="AA105" s="2" t="n"/>
+      <c r="AB105" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC105" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="AD105" s="2" t="n">
+        <v>249</v>
+      </c>
+      <c r="AE105" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="AF105" s="1" t="n"/>
+      <c r="AG105" s="2" t="n">
+        <v>11000</v>
+      </c>
+      <c r="AH105" s="2" t="n">
+        <v>2175</v>
+      </c>
+      <c r="AI105" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ105" s="2" t="n">
+        <v>7231</v>
+      </c>
+      <c r="AK105" s="2" t="n"/>
+      <c r="AL105" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO105" t="inlineStr">
+        <is>
+          <t>8 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR105" s="2" t="n"/>
+      <c r="AS105" s="2" t="n"/>
+      <c r="AT105" s="2" t="n"/>
+      <c r="AW105" s="2" t="n"/>
+      <c r="AX105" t="inlineStr">
+        <is>
+          <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
+        </is>
+      </c>
+      <c r="AY105" s="3" t="n">
+        <v>45694</v>
+      </c>
+      <c r="AZ105" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA105" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
+        </is>
+      </c>
+      <c r="BC105" s="3" t="n">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="106" ht="40" customHeight="1">
+      <c r="A106" s="1" t="n">
+        <v>1202</v>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>900</t>
+        </is>
+      </c>
+      <c r="F106" t="inlineStr">
+        <is>
+          <t>SYSCROLL AIR EVO HP</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I106" s="1" t="n"/>
+      <c r="K106" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L106" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="O106" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P106" s="2" t="n"/>
+      <c r="Q106" s="2" t="n">
+        <v>900</v>
+      </c>
+      <c r="R106" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S106" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T106" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U106" s="2" t="n"/>
+      <c r="V106" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W106" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X106" s="2" t="n">
+        <v>-13</v>
+      </c>
+      <c r="Y106" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z106" s="2" t="n"/>
+      <c r="AA106" s="2" t="n"/>
+      <c r="AB106" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC106" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="AD106" s="2" t="n">
+        <v>262</v>
+      </c>
+      <c r="AE106" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="AF106" s="1" t="n"/>
+      <c r="AG106" s="2" t="n">
+        <v>11000</v>
+      </c>
+      <c r="AH106" s="2" t="n">
+        <v>2175</v>
+      </c>
+      <c r="AI106" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ106" s="2" t="n">
+        <v>7408</v>
+      </c>
+      <c r="AK106" s="2" t="n"/>
+      <c r="AL106" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO106" t="inlineStr">
+        <is>
+          <t>8 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR106" s="2" t="n"/>
+      <c r="AS106" s="2" t="n"/>
+      <c r="AT106" s="2" t="n"/>
+      <c r="AW106" s="2" t="n"/>
+      <c r="AX106" t="inlineStr">
+        <is>
+          <t>Die Einheiten können in 3 akustischen Versionen geliefert werden: "Standard", "Low Noise" und "Super Low Noise".</t>
+        </is>
+      </c>
+      <c r="AY106" s="3" t="n">
+        <v>45694</v>
+      </c>
+      <c r="AZ106" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA106" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-luftgekuhlt/syscroll-air-evo-hp</t>
+        </is>
+      </c>
+      <c r="BC106" s="3" t="n">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="107" ht="40" customHeight="1">
+      <c r="A107" s="1" t="n">
+        <v>1208</v>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>WQH 1004</t>
+        </is>
+      </c>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>WQH</t>
+        </is>
+      </c>
+      <c r="G107" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I107" s="1" t="n"/>
+      <c r="K107" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L107" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O107" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P107" s="2" t="n"/>
+      <c r="Q107" s="2" t="n">
+        <v>331</v>
+      </c>
+      <c r="R107" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S107" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T107" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U107" s="2" t="n"/>
+      <c r="V107" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W107" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X107" s="2" t="n"/>
+      <c r="Y107" s="2" t="n"/>
+      <c r="Z107" s="2" t="n"/>
+      <c r="AA107" s="2" t="n"/>
+      <c r="AB107" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC107" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD107" s="2" t="n">
+        <v>21.8</v>
+      </c>
+      <c r="AE107" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="AF107" s="1" t="n"/>
+      <c r="AG107" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AH107" s="2" t="n">
+        <v>1005</v>
+      </c>
+      <c r="AI107" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AJ107" s="2" t="n">
+        <v>1603</v>
+      </c>
+      <c r="AK107" s="2" t="n"/>
+      <c r="AL107" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO107" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR107" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS107" s="2" t="n"/>
+      <c r="AT107" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="AW107" s="2" t="n"/>
+      <c r="AX107" t="inlineStr">
+        <is>
+          <t>2 unterschiedliche Schalloptionen möglich: Standard (STD) - Ohne Verdichtergehäuse; Super Low Noise (S) - Verdichtergehäuse mit zusätzlicher Schalldämmung zur Schallreduzierung</t>
+        </is>
+      </c>
+      <c r="AY107" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ107" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA107" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-wasser-wasser/wqh</t>
+        </is>
+      </c>
+      <c r="BC107" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="108" ht="40" customHeight="1">
+      <c r="A108" s="1" t="n">
+        <v>1209</v>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>WQH 1104</t>
+        </is>
+      </c>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>WQH</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I108" s="1" t="n"/>
+      <c r="K108" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L108" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O108" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P108" s="2" t="n"/>
+      <c r="Q108" s="2" t="n">
+        <v>376.6</v>
+      </c>
+      <c r="R108" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S108" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T108" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U108" s="2" t="n"/>
+      <c r="V108" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W108" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X108" s="2" t="n"/>
+      <c r="Y108" s="2" t="n"/>
+      <c r="Z108" s="2" t="n"/>
+      <c r="AA108" s="2" t="n"/>
+      <c r="AB108" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC108" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD108" s="2" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="AE108" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="AF108" s="1" t="n"/>
+      <c r="AG108" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AH108" s="2" t="n">
+        <v>1005</v>
+      </c>
+      <c r="AI108" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AJ108" s="2" t="n">
+        <v>1701</v>
+      </c>
+      <c r="AK108" s="2" t="n"/>
+      <c r="AL108" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO108" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR108" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS108" s="2" t="n"/>
+      <c r="AT108" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="AW108" s="2" t="n"/>
+      <c r="AX108" t="inlineStr">
+        <is>
+          <t>2 unterschiedliche Schalloptionen möglich: Standard (STD) - Ohne Verdichtergehäuse; Super Low Noise (S) - Verdichtergehäuse mit zusätzlicher Schalldämmung zur Schallreduzierung</t>
+        </is>
+      </c>
+      <c r="AY108" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ108" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA108" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-wasser-wasser/wqh</t>
+        </is>
+      </c>
+      <c r="BC108" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="109" ht="40" customHeight="1">
+      <c r="A109" s="1" t="n">
+        <v>1210</v>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>WQH 1204</t>
+        </is>
+      </c>
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>WQH</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I109" s="1" t="n"/>
+      <c r="K109" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L109" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O109" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P109" s="2" t="n"/>
+      <c r="Q109" s="2" t="n">
+        <v>418.5</v>
+      </c>
+      <c r="R109" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S109" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T109" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U109" s="2" t="n"/>
+      <c r="V109" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W109" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X109" s="2" t="n"/>
+      <c r="Y109" s="2" t="n"/>
+      <c r="Z109" s="2" t="n"/>
+      <c r="AA109" s="2" t="n"/>
+      <c r="AB109" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC109" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD109" s="2" t="n">
+        <v>27.9</v>
+      </c>
+      <c r="AE109" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF109" s="1" t="n"/>
+      <c r="AG109" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AH109" s="2" t="n">
+        <v>1005</v>
+      </c>
+      <c r="AI109" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AJ109" s="2" t="n">
+        <v>1807</v>
+      </c>
+      <c r="AK109" s="2" t="n"/>
+      <c r="AL109" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO109" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR109" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS109" s="2" t="n"/>
+      <c r="AT109" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="AW109" s="2" t="n"/>
+      <c r="AX109" t="inlineStr">
+        <is>
+          <t>2 unterschiedliche Schalloptionen möglich: Standard (STD) - Ohne Verdichtergehäuse; Super Low Noise (S) - Verdichtergehäuse mit zusätzlicher Schalldämmung zur Schallreduzierung</t>
+        </is>
+      </c>
+      <c r="AY109" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ109" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA109" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-wasser-wasser/wqh</t>
+        </is>
+      </c>
+      <c r="BC109" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="110" ht="40" customHeight="1">
+      <c r="A110" s="1" t="n">
+        <v>1211</v>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>WQH 1404</t>
+        </is>
+      </c>
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>WQH</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I110" s="1" t="n"/>
+      <c r="K110" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L110" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O110" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P110" s="2" t="n"/>
+      <c r="Q110" s="2" t="n">
+        <v>477.5</v>
+      </c>
+      <c r="R110" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S110" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T110" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U110" s="2" t="n"/>
+      <c r="V110" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W110" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X110" s="2" t="n"/>
+      <c r="Y110" s="2" t="n"/>
+      <c r="Z110" s="2" t="n"/>
+      <c r="AA110" s="2" t="n"/>
+      <c r="AB110" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC110" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD110" s="2" t="n">
+        <v>30.4</v>
+      </c>
+      <c r="AE110" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="AF110" s="1" t="n"/>
+      <c r="AG110" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AH110" s="2" t="n">
+        <v>1005</v>
+      </c>
+      <c r="AI110" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AJ110" s="2" t="n">
+        <v>1833</v>
+      </c>
+      <c r="AK110" s="2" t="n"/>
+      <c r="AL110" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO110" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR110" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS110" s="2" t="n"/>
+      <c r="AT110" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="AW110" s="2" t="n"/>
+      <c r="AX110" t="inlineStr">
+        <is>
+          <t>2 unterschiedliche Schalloptionen möglich: Standard (STD) - Ohne Verdichtergehäuse; Super Low Noise (S) - Verdichtergehäuse mit zusätzlicher Schalldämmung zur Schallreduzierung</t>
+        </is>
+      </c>
+      <c r="AY110" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ110" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA110" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-wasser-wasser/wqh</t>
+        </is>
+      </c>
+      <c r="BC110" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="111" ht="40" customHeight="1">
+      <c r="A111" s="1" t="n">
+        <v>1212</v>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>WQH 1604</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>WQH</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I111" s="1" t="n"/>
+      <c r="K111" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L111" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O111" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P111" s="2" t="n"/>
+      <c r="Q111" s="2" t="n">
+        <v>532</v>
+      </c>
+      <c r="R111" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S111" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T111" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U111" s="2" t="n"/>
+      <c r="V111" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W111" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X111" s="2" t="n"/>
+      <c r="Y111" s="2" t="n"/>
+      <c r="Z111" s="2" t="n"/>
+      <c r="AA111" s="2" t="n"/>
+      <c r="AB111" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC111" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD111" s="2" t="n">
+        <v>30.4</v>
+      </c>
+      <c r="AE111" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF111" s="1" t="n"/>
+      <c r="AG111" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AH111" s="2" t="n">
+        <v>1005</v>
+      </c>
+      <c r="AI111" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AJ111" s="2" t="n">
+        <v>1859</v>
+      </c>
+      <c r="AK111" s="2" t="n"/>
+      <c r="AL111" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO111" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR111" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="AS111" s="2" t="n"/>
+      <c r="AT111" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="AW111" s="2" t="n"/>
+      <c r="AX111" t="inlineStr">
+        <is>
+          <t>2 unterschiedliche Schalloptionen möglich: Standard (STD) - Ohne Verdichtergehäuse; Super Low Noise (S) - Verdichtergehäuse mit zusätzlicher Schalldämmung zur Schallreduzierung</t>
+        </is>
+      </c>
+      <c r="AY111" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ111" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA111" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-wasser-wasser/wqh</t>
+        </is>
+      </c>
+      <c r="BC111" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="112" ht="40" customHeight="1">
+      <c r="A112" s="1" t="n">
+        <v>1203</v>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>WQH 524</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>WQH</t>
+        </is>
+      </c>
+      <c r="G112" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I112" s="1" t="n"/>
+      <c r="K112" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L112" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O112" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P112" s="2" t="n"/>
+      <c r="Q112" s="2" t="n">
+        <v>170.2</v>
+      </c>
+      <c r="R112" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S112" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T112" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U112" s="2" t="n"/>
+      <c r="V112" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W112" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X112" s="2" t="n"/>
+      <c r="Y112" s="2" t="n"/>
+      <c r="Z112" s="2" t="n"/>
+      <c r="AA112" s="2" t="n"/>
+      <c r="AB112" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC112" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD112" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="AE112" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF112" s="1" t="n"/>
+      <c r="AG112" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AH112" s="2" t="n">
+        <v>1005</v>
+      </c>
+      <c r="AI112" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AJ112" s="2" t="n">
+        <v>1012</v>
+      </c>
+      <c r="AK112" s="2" t="n"/>
+      <c r="AL112" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO112" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR112" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="AS112" s="2" t="n"/>
+      <c r="AT112" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="AW112" s="2" t="n"/>
+      <c r="AX112" t="inlineStr">
+        <is>
+          <t>2 unterschiedliche Schalloptionen möglich: Standard (STD) - Ohne Verdichtergehäuse; Super Low Noise (S) - Verdichtergehäuse mit zusätzlicher Schalldämmung zur Schallreduzierung</t>
+        </is>
+      </c>
+      <c r="AY112" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ112" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA112" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-wasser-wasser/wqh</t>
+        </is>
+      </c>
+      <c r="BC112" s="3" t="n">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="113" ht="40" customHeight="1">
+      <c r="A113" s="1" t="n">
+        <v>1204</v>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>WQH 604</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>WQH</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I113" s="1" t="n"/>
+      <c r="K113" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L113" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O113" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P113" s="2" t="n"/>
+      <c r="Q113" s="2" t="n">
+        <v>201.1</v>
+      </c>
+      <c r="R113" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S113" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T113" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U113" s="2" t="n"/>
+      <c r="V113" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W113" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X113" s="2" t="n"/>
+      <c r="Y113" s="2" t="n"/>
+      <c r="Z113" s="2" t="n"/>
+      <c r="AA113" s="2" t="n"/>
+      <c r="AB113" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC113" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD113" s="2" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="AE113" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF113" s="1" t="n"/>
+      <c r="AG113" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AH113" s="2" t="n">
+        <v>1005</v>
+      </c>
+      <c r="AI113" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AJ113" s="2" t="n">
+        <v>1092</v>
+      </c>
+      <c r="AK113" s="2" t="n"/>
+      <c r="AL113" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO113" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR113" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="AS113" s="2" t="n"/>
+      <c r="AT113" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AW113" s="2" t="n"/>
+      <c r="AX113" t="inlineStr">
+        <is>
+          <t>2 unterschiedliche Schalloptionen möglich: Standard (STD) - Ohne Verdichtergehäuse; Super Low Noise (S) - Verdichtergehäuse mit zusätzlicher Schalldämmung zur Schallreduzierung</t>
+        </is>
+      </c>
+      <c r="AY113" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ113" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA113" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-wasser-wasser/wqh</t>
+        </is>
+      </c>
+      <c r="BC113" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="114" ht="40" customHeight="1">
+      <c r="A114" s="1" t="n">
+        <v>1205</v>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>WQH 704</t>
+        </is>
+      </c>
+      <c r="F114" t="inlineStr">
+        <is>
+          <t>WQH</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I114" s="1" t="n"/>
+      <c r="K114" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L114" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O114" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P114" s="2" t="n"/>
+      <c r="Q114" s="2" t="n">
+        <v>231.8</v>
+      </c>
+      <c r="R114" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S114" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T114" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U114" s="2" t="n"/>
+      <c r="V114" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W114" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X114" s="2" t="n"/>
+      <c r="Y114" s="2" t="n"/>
+      <c r="Z114" s="2" t="n"/>
+      <c r="AA114" s="2" t="n"/>
+      <c r="AB114" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC114" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD114" s="2" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="AE114" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="AF114" s="1" t="n"/>
+      <c r="AG114" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AH114" s="2" t="n">
+        <v>1005</v>
+      </c>
+      <c r="AI114" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AJ114" s="2" t="n">
+        <v>1290</v>
+      </c>
+      <c r="AK114" s="2" t="n"/>
+      <c r="AL114" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO114" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR114" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="AS114" s="2" t="n"/>
+      <c r="AT114" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="AW114" s="2" t="n"/>
+      <c r="AX114" t="inlineStr">
+        <is>
+          <t>2 unterschiedliche Schalloptionen möglich: Standard (STD) - Ohne Verdichtergehäuse; Super Low Noise (S) - Verdichtergehäuse mit zusätzlicher Schalldämmung zur Schallreduzierung</t>
+        </is>
+      </c>
+      <c r="AY114" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ114" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA114" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-wasser-wasser/wqh</t>
+        </is>
+      </c>
+      <c r="BC114" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="115" ht="40" customHeight="1">
+      <c r="A115" s="1" t="n">
+        <v>1206</v>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>WQH 804</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>WQH</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I115" s="1" t="n"/>
+      <c r="K115" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L115" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O115" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P115" s="2" t="n"/>
+      <c r="Q115" s="2" t="n">
+        <v>256.5</v>
+      </c>
+      <c r="R115" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S115" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T115" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U115" s="2" t="n"/>
+      <c r="V115" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W115" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X115" s="2" t="n"/>
+      <c r="Y115" s="2" t="n"/>
+      <c r="Z115" s="2" t="n"/>
+      <c r="AA115" s="2" t="n"/>
+      <c r="AB115" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC115" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD115" s="2" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="AE115" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF115" s="1" t="n"/>
+      <c r="AG115" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AH115" s="2" t="n">
+        <v>1005</v>
+      </c>
+      <c r="AI115" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AJ115" s="2" t="n">
+        <v>1463</v>
+      </c>
+      <c r="AK115" s="2" t="n"/>
+      <c r="AL115" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO115" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR115" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="AS115" s="2" t="n"/>
+      <c r="AT115" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AW115" s="2" t="n"/>
+      <c r="AX115" t="inlineStr">
+        <is>
+          <t>2 unterschiedliche Schalloptionen möglich: Standard (STD) - Ohne Verdichtergehäuse; Super Low Noise (S) - Verdichtergehäuse mit zusätzlicher Schalldämmung zur Schallreduzierung</t>
+        </is>
+      </c>
+      <c r="AY115" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ115" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA115" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-wasser-wasser/wqh</t>
+        </is>
+      </c>
+      <c r="BC115" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="116" ht="40" customHeight="1">
+      <c r="A116" s="1" t="n">
+        <v>1207</v>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>Systemair GmbH</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>WQH 904</t>
+        </is>
+      </c>
+      <c r="F116" t="inlineStr">
+        <is>
+          <t>WQH</t>
+        </is>
+      </c>
+      <c r="G116" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I116" s="1" t="n"/>
+      <c r="K116" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L116" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O116" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P116" s="2" t="n"/>
+      <c r="Q116" s="2" t="n">
+        <v>295.6</v>
+      </c>
+      <c r="R116" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S116" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T116" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U116" s="2" t="n"/>
+      <c r="V116" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="W116" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X116" s="2" t="n"/>
+      <c r="Y116" s="2" t="n"/>
+      <c r="Z116" s="2" t="n"/>
+      <c r="AA116" s="2" t="n"/>
+      <c r="AB116" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC116" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD116" s="2" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="AE116" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="AF116" s="1" t="n"/>
+      <c r="AG116" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AH116" s="2" t="n">
+        <v>1005</v>
+      </c>
+      <c r="AI116" s="2" t="n">
+        <v>1850</v>
+      </c>
+      <c r="AJ116" s="2" t="n">
+        <v>1479</v>
+      </c>
+      <c r="AK116" s="2" t="n"/>
+      <c r="AL116" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO116" t="inlineStr">
+        <is>
+          <t>4 Leistungsstufen</t>
+        </is>
+      </c>
+      <c r="AR116" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="AS116" s="2" t="n"/>
+      <c r="AT116" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="AW116" s="2" t="n"/>
+      <c r="AX116" t="inlineStr">
+        <is>
+          <t>2 unterschiedliche Schalloptionen möglich: Standard (STD) - Ohne Verdichtergehäuse; Super Low Noise (S) - Verdichtergehäuse mit zusätzlicher Schalldämmung zur Schallreduzierung</t>
+        </is>
+      </c>
+      <c r="AY116" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ116" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA116" t="inlineStr">
+        <is>
+          <t>https://www.systemair.com/de-de/produkte/klimaanlage/kaltwassersatze-und-warmepumpen/warmepumpen-wasser-wasser/wqh</t>
+        </is>
+      </c>
+      <c r="BC116" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="117" ht="40" customHeight="1">
+      <c r="A117" s="1" t="n">
+        <v>1183</v>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>Geothermie (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>Thermia AB</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>Mega XL</t>
+        </is>
+      </c>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>Thermia Mega</t>
+        </is>
+      </c>
+      <c r="G117" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I117" s="1" t="n"/>
+      <c r="K117" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L117" t="inlineStr">
+        <is>
+          <t>1-16</t>
+        </is>
+      </c>
+      <c r="M117" t="inlineStr">
+        <is>
+          <t>Kaskadierbar</t>
+        </is>
+      </c>
+      <c r="N117" t="inlineStr">
+        <is>
+          <t>1 Modul: 88 kW; 16 Module: 1406 kW</t>
+        </is>
+      </c>
+      <c r="O117" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P117" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="Q117" s="2" t="n">
+        <v>1408</v>
+      </c>
+      <c r="R117" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S117" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T117" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U117" s="2" t="n"/>
+      <c r="V117" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W117" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X117" s="2" t="n">
+        <v>-10</v>
+      </c>
+      <c r="Y117" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="Z117" s="2" t="n"/>
+      <c r="AA117" s="2" t="n"/>
+      <c r="AB117" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD117" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="AE117" s="1" t="n"/>
+      <c r="AF117" s="1" t="n"/>
+      <c r="AG117" s="2" t="n">
+        <v>900</v>
+      </c>
+      <c r="AH117" s="2" t="n">
+        <v>849</v>
+      </c>
+      <c r="AI117" s="2" t="n">
+        <v>1744</v>
+      </c>
+      <c r="AJ117" s="2" t="n">
+        <v>487</v>
+      </c>
+      <c r="AK117" s="2" t="n"/>
+      <c r="AL117" t="inlineStr">
+        <is>
+          <t>pro Modul</t>
+        </is>
+      </c>
+      <c r="AO117" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR117" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="AS117" s="2" t="n"/>
+      <c r="AT117" s="2" t="n"/>
+      <c r="AW117" s="2" t="n"/>
+      <c r="AX117" t="inlineStr">
+        <is>
+          <t>Kältemittelmenge, Gewicht und Maße beziehen sich auf ein Modul</t>
+        </is>
+      </c>
+      <c r="AY117" s="3" t="n">
+        <v>45694</v>
+      </c>
+      <c r="AZ117" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA117" t="inlineStr">
+        <is>
+          <t>https://germany.thermia.com/produkte/grosswaermepumpen-fuer-den-gewerblichen-einsatz/mega/</t>
+        </is>
+      </c>
+      <c r="BC117" s="3" t="n">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="118" ht="40" customHeight="1">
+      <c r="A118" s="1" t="n">
+        <v>1213</v>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>Thermocold</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>AWA HP SEA/XEA</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>AWA HP SEA/XEA</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I118" s="1" t="n"/>
+      <c r="K118" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O118" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P118" s="2" t="n">
+        <v>124</v>
+      </c>
+      <c r="Q118" s="2" t="n">
+        <v>644</v>
+      </c>
+      <c r="R118" s="2" t="n"/>
+      <c r="S118" s="2" t="n"/>
+      <c r="T118" s="2" t="n"/>
+      <c r="U118" s="2" t="n"/>
+      <c r="V118" s="2" t="n"/>
+      <c r="W118" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X118" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y118" s="2" t="n"/>
+      <c r="Z118" s="2" t="n"/>
+      <c r="AA118" s="2" t="n"/>
+      <c r="AB118" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD118" s="2" t="n"/>
+      <c r="AE118" s="1" t="n"/>
+      <c r="AF118" s="1" t="n"/>
+      <c r="AG118" s="2" t="n"/>
+      <c r="AH118" s="2" t="n"/>
+      <c r="AI118" s="2" t="n"/>
+      <c r="AJ118" s="2" t="n"/>
+      <c r="AK118" s="2" t="n"/>
+      <c r="AR118" s="2" t="n"/>
+      <c r="AS118" s="2" t="n"/>
+      <c r="AT118" s="2" t="n"/>
+      <c r="AW118" s="2" t="n"/>
+      <c r="AX118" t="inlineStr">
+        <is>
+          <t>VERSIONS: H Heat pumps; D Energy versions; L/E Acoustic versions; B1/A2/B2/A2 Hydraulic versions; SB/SA - XB/XA Hydraulic versions with water tank</t>
+        </is>
+      </c>
+      <c r="AY118" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ118" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA118" t="inlineStr">
+        <is>
+          <t>https://www.thermocold.it/index.php?option=com_content&amp;view=article&amp;id=547&amp;Itemid=828&amp;prodID=132&amp;lang=en</t>
+        </is>
+      </c>
+      <c r="BC118" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="119" ht="40" customHeight="1">
+      <c r="A119" s="1" t="n">
+        <v>1214</v>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>Thermocold</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>CWC HP XEA</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>CWC HP XEA</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I119" s="1" t="n"/>
+      <c r="K119" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O119" t="inlineStr">
+        <is>
+          <t>Gebäudewärme</t>
+        </is>
+      </c>
+      <c r="P119" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="Q119" s="2" t="n">
+        <v>837</v>
+      </c>
+      <c r="R119" s="2" t="n"/>
+      <c r="S119" s="2" t="n"/>
+      <c r="T119" s="2" t="n"/>
+      <c r="U119" s="2" t="n"/>
+      <c r="V119" s="2" t="n"/>
+      <c r="W119" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="X119" s="2" t="n"/>
+      <c r="Y119" s="2" t="n"/>
+      <c r="Z119" s="2" t="n"/>
+      <c r="AA119" s="2" t="n"/>
+      <c r="AB119" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD119" s="2" t="n"/>
+      <c r="AE119" s="1" t="n"/>
+      <c r="AF119" s="1" t="n"/>
+      <c r="AG119" s="2" t="n"/>
+      <c r="AH119" s="2" t="n"/>
+      <c r="AI119" s="2" t="n"/>
+      <c r="AJ119" s="2" t="n"/>
+      <c r="AK119" s="2" t="n"/>
+      <c r="AR119" s="2" t="n"/>
+      <c r="AS119" s="2" t="n"/>
+      <c r="AT119" s="2" t="n"/>
+      <c r="AU119" t="inlineStr">
+        <is>
+          <t>geschlossenes Modul</t>
+        </is>
+      </c>
+      <c r="AW119" s="2" t="n"/>
+      <c r="AX119" t="inlineStr">
+        <is>
+          <t>Low noise und Super Low noise Version,</t>
+        </is>
+      </c>
+      <c r="AY119" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ119" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA119" t="inlineStr">
+        <is>
+          <t>https://www.thermocold.it/index.php?option=com_content&amp;view=article&amp;id=547&amp;Itemid=828&amp;prodID=119&amp;lang=en</t>
+        </is>
+      </c>
+      <c r="BC119" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="120" ht="40" customHeight="1">
+      <c r="A120" s="1" t="n">
+        <v>1215</v>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>Thermocold</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>CWC SHT</t>
+        </is>
+      </c>
+      <c r="F120" t="inlineStr">
+        <is>
+          <t>CWC SHT</t>
+        </is>
+      </c>
+      <c r="G120" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I120" s="1" t="n"/>
+      <c r="K120" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P120" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="Q120" s="2" t="n">
+        <v>550</v>
+      </c>
+      <c r="R120" s="2" t="n"/>
+      <c r="S120" s="2" t="n"/>
+      <c r="T120" s="2" t="n"/>
+      <c r="U120" s="2" t="n"/>
+      <c r="V120" s="2" t="n"/>
+      <c r="W120" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="X120" s="2" t="n"/>
+      <c r="Y120" s="2" t="n"/>
+      <c r="Z120" s="2" t="n"/>
+      <c r="AA120" s="2" t="n"/>
+      <c r="AB120" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD120" s="2" t="n"/>
+      <c r="AE120" s="1" t="n"/>
+      <c r="AF120" s="1" t="n"/>
+      <c r="AG120" s="2" t="n"/>
+      <c r="AH120" s="2" t="n"/>
+      <c r="AI120" s="2" t="n"/>
+      <c r="AJ120" s="2" t="n"/>
+      <c r="AK120" s="2" t="n"/>
+      <c r="AR120" s="2" t="n"/>
+      <c r="AS120" s="2" t="n"/>
+      <c r="AT120" s="2" t="n"/>
+      <c r="AW120" s="2" t="n"/>
+      <c r="AX120" t="inlineStr">
+        <is>
+          <t>SL: Acoustic versions</t>
+        </is>
+      </c>
+      <c r="AY120" s="3" t="n">
+        <v>45695</v>
+      </c>
+      <c r="AZ120" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA120" t="inlineStr">
+        <is>
+          <t>https://www.thermocold.it/index.php?option=com_content&amp;view=article&amp;id=547&amp;Itemid=828&amp;prodID=129&amp;lang=en</t>
+        </is>
+      </c>
+      <c r="BC120" s="3" t="n">
+        <v>45695</v>
+      </c>
+    </row>
+    <row r="121" ht="40" customHeight="1">
+      <c r="A121" s="1" t="n">
+        <v>1145</v>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>100G</t>
+        </is>
+      </c>
+      <c r="F121" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G121" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I121" s="1" t="n"/>
+      <c r="K121" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L121" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O121" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P121" s="2" t="n"/>
+      <c r="Q121" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="R121" s="2" t="n"/>
+      <c r="S121" s="2" t="n"/>
+      <c r="T121" s="2" t="n"/>
+      <c r="U121" s="2" t="n">
+        <v>36.3</v>
+      </c>
+      <c r="V121" s="2" t="n"/>
+      <c r="W121" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X121" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y121" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z121" s="2" t="n"/>
+      <c r="AA121" s="2" t="n"/>
+      <c r="AB121" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC121" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD121" s="2" t="n"/>
+      <c r="AE121" s="1" t="n"/>
+      <c r="AF121" s="1" t="n"/>
+      <c r="AG121" s="2" t="n"/>
+      <c r="AH121" s="2" t="n"/>
+      <c r="AI121" s="2" t="n"/>
+      <c r="AJ121" s="2" t="n"/>
+      <c r="AK121" s="2" t="n"/>
+      <c r="AR121" s="2" t="n"/>
+      <c r="AS121" s="2" t="n"/>
+      <c r="AT121" s="2" t="n"/>
+      <c r="AU121" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW121" s="2" t="n"/>
+      <c r="AX121" t="inlineStr"/>
+      <c r="AY121" s="3" t="n">
+        <v>45692</v>
+      </c>
+      <c r="AZ121" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA121" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC121" s="3" t="n">
+        <v>45691</v>
+      </c>
+    </row>
+    <row r="122" ht="40" customHeight="1">
+      <c r="A122" s="1" t="n">
+        <v>1151</v>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>2.100G</t>
+        </is>
+      </c>
+      <c r="F122" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G122" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I122" s="1" t="n"/>
+      <c r="K122" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L122" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O122" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P122" s="2" t="n"/>
+      <c r="Q122" s="2" t="n">
+        <v>208</v>
+      </c>
+      <c r="R122" s="2" t="n"/>
+      <c r="S122" s="2" t="n"/>
+      <c r="T122" s="2" t="n"/>
+      <c r="U122" s="2" t="n">
+        <v>72.59999999999999</v>
+      </c>
+      <c r="V122" s="2" t="n"/>
+      <c r="W122" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X122" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y122" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z122" s="2" t="n"/>
+      <c r="AA122" s="2" t="n"/>
+      <c r="AB122" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC122" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD122" s="2" t="n"/>
+      <c r="AE122" s="1" t="n"/>
+      <c r="AF122" s="1" t="n"/>
+      <c r="AG122" s="2" t="n"/>
+      <c r="AH122" s="2" t="n"/>
+      <c r="AI122" s="2" t="n"/>
+      <c r="AJ122" s="2" t="n"/>
+      <c r="AK122" s="2" t="n"/>
+      <c r="AR122" s="2" t="n"/>
+      <c r="AS122" s="2" t="n"/>
+      <c r="AT122" s="2" t="n"/>
+      <c r="AU122" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW122" s="2" t="n"/>
+      <c r="AX122" t="inlineStr"/>
+      <c r="AY122" s="3" t="n">
+        <v>45692</v>
+      </c>
+      <c r="AZ122" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA122" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC122" s="3" t="n"/>
+    </row>
+    <row r="123" ht="40" customHeight="1">
+      <c r="A123" s="1" t="n">
+        <v>1175</v>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>2.200T</t>
+        </is>
+      </c>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G123" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I123" s="1" t="n"/>
+      <c r="K123" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L123" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N123" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O123" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P123" s="2" t="n"/>
+      <c r="Q123" s="2" t="n">
+        <v>227.2</v>
+      </c>
+      <c r="R123" s="2" t="n"/>
+      <c r="S123" s="2" t="n"/>
+      <c r="T123" s="2" t="n"/>
+      <c r="U123" s="2" t="n">
+        <v>85.8</v>
+      </c>
+      <c r="V123" s="2" t="n"/>
+      <c r="W123" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X123" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y123" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z123" s="2" t="n"/>
+      <c r="AA123" s="2" t="n"/>
+      <c r="AB123" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC123" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD123" s="2" t="n"/>
+      <c r="AE123" s="1" t="n"/>
+      <c r="AF123" s="1" t="n"/>
+      <c r="AG123" s="2" t="n"/>
+      <c r="AH123" s="2" t="n"/>
+      <c r="AI123" s="2" t="n"/>
+      <c r="AJ123" s="2" t="n"/>
+      <c r="AK123" s="2" t="n"/>
+      <c r="AR123" s="2" t="n"/>
+      <c r="AS123" s="2" t="n"/>
+      <c r="AT123" s="2" t="n"/>
+      <c r="AU123" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW123" s="2" t="n"/>
+      <c r="AX123" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY123" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ123" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA123" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC123" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="124" ht="40" customHeight="1">
+      <c r="A124" s="1" t="n">
+        <v>1152</v>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>2.230G</t>
+        </is>
+      </c>
+      <c r="F124" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G124" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I124" s="1" t="n"/>
+      <c r="K124" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L124" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O124" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P124" s="2" t="n"/>
+      <c r="Q124" s="2" t="n">
+        <v>517.4</v>
+      </c>
+      <c r="R124" s="2" t="n"/>
+      <c r="S124" s="2" t="n"/>
+      <c r="T124" s="2" t="n"/>
+      <c r="U124" s="2" t="n">
+        <v>168.6</v>
+      </c>
+      <c r="V124" s="2" t="n"/>
+      <c r="W124" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X124" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y124" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z124" s="2" t="n"/>
+      <c r="AA124" s="2" t="n"/>
+      <c r="AB124" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC124" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD124" s="2" t="n"/>
+      <c r="AE124" s="1" t="n"/>
+      <c r="AF124" s="1" t="n"/>
+      <c r="AG124" s="2" t="n"/>
+      <c r="AH124" s="2" t="n"/>
+      <c r="AI124" s="2" t="n"/>
+      <c r="AJ124" s="2" t="n"/>
+      <c r="AK124" s="2" t="n"/>
+      <c r="AR124" s="2" t="n"/>
+      <c r="AS124" s="2" t="n"/>
+      <c r="AT124" s="2" t="n"/>
+      <c r="AU124" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW124" s="2" t="n"/>
+      <c r="AX124" t="inlineStr"/>
+      <c r="AY124" s="3" t="n">
+        <v>45692</v>
+      </c>
+      <c r="AZ124" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA124" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC124" s="3" t="n">
+        <v>45691</v>
+      </c>
+    </row>
+    <row r="125" ht="40" customHeight="1">
+      <c r="A125" s="1" t="n">
+        <v>1176</v>
+      </c>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>2.300T</t>
+        </is>
+      </c>
+      <c r="F125" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G125" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I125" s="1" t="n"/>
+      <c r="K125" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L125" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N125" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O125" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P125" s="2" t="n"/>
+      <c r="Q125" s="2" t="n">
+        <v>353</v>
+      </c>
+      <c r="R125" s="2" t="n"/>
+      <c r="S125" s="2" t="n"/>
+      <c r="T125" s="2" t="n"/>
+      <c r="U125" s="2" t="n">
+        <v>133</v>
+      </c>
+      <c r="V125" s="2" t="n"/>
+      <c r="W125" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X125" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y125" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z125" s="2" t="n"/>
+      <c r="AA125" s="2" t="n"/>
+      <c r="AB125" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC125" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD125" s="2" t="n"/>
+      <c r="AE125" s="1" t="n"/>
+      <c r="AF125" s="1" t="n"/>
+      <c r="AG125" s="2" t="n"/>
+      <c r="AH125" s="2" t="n"/>
+      <c r="AI125" s="2" t="n"/>
+      <c r="AJ125" s="2" t="n"/>
+      <c r="AK125" s="2" t="n"/>
+      <c r="AR125" s="2" t="n"/>
+      <c r="AS125" s="2" t="n"/>
+      <c r="AT125" s="2" t="n"/>
+      <c r="AU125" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW125" s="2" t="n"/>
+      <c r="AX125" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY125" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ125" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA125" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC125" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="126" ht="40" customHeight="1">
+      <c r="A126" s="1" t="n">
+        <v>1153</v>
+      </c>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>2.410G</t>
+        </is>
+      </c>
+      <c r="F126" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G126" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I126" s="1" t="n"/>
+      <c r="K126" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O126" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P126" s="2" t="n"/>
+      <c r="Q126" s="2" t="n">
+        <v>867.4</v>
+      </c>
+      <c r="R126" s="2" t="n"/>
+      <c r="S126" s="2" t="n"/>
+      <c r="T126" s="2" t="n"/>
+      <c r="U126" s="2" t="n">
+        <v>272.8</v>
+      </c>
+      <c r="V126" s="2" t="n"/>
+      <c r="W126" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X126" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y126" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z126" s="2" t="n"/>
+      <c r="AA126" s="2" t="n"/>
+      <c r="AB126" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC126" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD126" s="2" t="n"/>
+      <c r="AE126" s="1" t="n"/>
+      <c r="AF126" s="1" t="n"/>
+      <c r="AG126" s="2" t="n"/>
+      <c r="AH126" s="2" t="n"/>
+      <c r="AI126" s="2" t="n"/>
+      <c r="AJ126" s="2" t="n"/>
+      <c r="AK126" s="2" t="n"/>
+      <c r="AR126" s="2" t="n"/>
+      <c r="AS126" s="2" t="n"/>
+      <c r="AT126" s="2" t="n"/>
+      <c r="AU126" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW126" s="2" t="n"/>
+      <c r="AX126" t="inlineStr"/>
+      <c r="AY126" s="3" t="n">
+        <v>45692</v>
+      </c>
+      <c r="AZ126" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA126" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC126" s="3" t="n">
+        <v>45691</v>
+      </c>
+    </row>
+    <row r="127" ht="40" customHeight="1">
+      <c r="A127" s="1" t="n">
+        <v>1177</v>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>2.410T</t>
+        </is>
+      </c>
+      <c r="F127" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G127" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I127" s="1" t="n"/>
+      <c r="K127" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L127" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N127" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O127" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P127" s="2" t="n"/>
+      <c r="Q127" s="2" t="n">
+        <v>497.8</v>
+      </c>
+      <c r="R127" s="2" t="n"/>
+      <c r="S127" s="2" t="n"/>
+      <c r="T127" s="2" t="n"/>
+      <c r="U127" s="2" t="n">
+        <v>188.6</v>
+      </c>
+      <c r="V127" s="2" t="n"/>
+      <c r="W127" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X127" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y127" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z127" s="2" t="n"/>
+      <c r="AA127" s="2" t="n"/>
+      <c r="AB127" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC127" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD127" s="2" t="n"/>
+      <c r="AE127" s="1" t="n"/>
+      <c r="AF127" s="1" t="n"/>
+      <c r="AG127" s="2" t="n"/>
+      <c r="AH127" s="2" t="n"/>
+      <c r="AI127" s="2" t="n"/>
+      <c r="AJ127" s="2" t="n"/>
+      <c r="AK127" s="2" t="n"/>
+      <c r="AR127" s="2" t="n"/>
+      <c r="AS127" s="2" t="n"/>
+      <c r="AT127" s="2" t="n"/>
+      <c r="AU127" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW127" s="2" t="n"/>
+      <c r="AX127" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY127" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ127" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA127" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC127" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="128" ht="40" customHeight="1">
+      <c r="A128" s="1" t="n">
+        <v>1154</v>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>2.470G</t>
+        </is>
+      </c>
+      <c r="F128" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G128" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I128" s="1" t="n"/>
+      <c r="K128" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L128" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O128" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P128" s="2" t="n"/>
+      <c r="Q128" s="2" t="n">
+        <v>985.8</v>
+      </c>
+      <c r="R128" s="2" t="n"/>
+      <c r="S128" s="2" t="n"/>
+      <c r="T128" s="2" t="n"/>
+      <c r="U128" s="2" t="n">
+        <v>308.2</v>
+      </c>
+      <c r="V128" s="2" t="n"/>
+      <c r="W128" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X128" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y128" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z128" s="2" t="n"/>
+      <c r="AA128" s="2" t="n"/>
+      <c r="AB128" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC128" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD128" s="2" t="n"/>
+      <c r="AE128" s="1" t="n"/>
+      <c r="AF128" s="1" t="n"/>
+      <c r="AG128" s="2" t="n"/>
+      <c r="AH128" s="2" t="n"/>
+      <c r="AI128" s="2" t="n"/>
+      <c r="AJ128" s="2" t="n"/>
+      <c r="AK128" s="2" t="n"/>
+      <c r="AR128" s="2" t="n"/>
+      <c r="AS128" s="2" t="n"/>
+      <c r="AT128" s="2" t="n"/>
+      <c r="AU128" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW128" s="2" t="n"/>
+      <c r="AX128" t="inlineStr"/>
+      <c r="AY128" s="3" t="n">
+        <v>45691</v>
+      </c>
+      <c r="AZ128" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA128" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC128" s="3" t="n"/>
+    </row>
+    <row r="129" ht="40" customHeight="1">
+      <c r="A129" s="1" t="n">
+        <v>1178</v>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>2.550T</t>
+        </is>
+      </c>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G129" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I129" s="1" t="n"/>
+      <c r="K129" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L129" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N129" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O129" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P129" s="2" t="n"/>
+      <c r="Q129" s="2" t="n">
+        <v>670.8</v>
+      </c>
+      <c r="R129" s="2" t="n"/>
+      <c r="S129" s="2" t="n"/>
+      <c r="T129" s="2" t="n"/>
+      <c r="U129" s="2" t="n">
+        <v>248.2</v>
+      </c>
+      <c r="V129" s="2" t="n"/>
+      <c r="W129" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X129" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y129" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z129" s="2" t="n"/>
+      <c r="AA129" s="2" t="n"/>
+      <c r="AB129" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC129" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD129" s="2" t="n"/>
+      <c r="AE129" s="1" t="n"/>
+      <c r="AF129" s="1" t="n"/>
+      <c r="AG129" s="2" t="n"/>
+      <c r="AH129" s="2" t="n"/>
+      <c r="AI129" s="2" t="n"/>
+      <c r="AJ129" s="2" t="n"/>
+      <c r="AK129" s="2" t="n"/>
+      <c r="AR129" s="2" t="n"/>
+      <c r="AS129" s="2" t="n"/>
+      <c r="AT129" s="2" t="n"/>
+      <c r="AU129" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW129" s="2" t="n"/>
+      <c r="AX129" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY129" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ129" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA129" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC129" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="130" ht="40" customHeight="1">
+      <c r="A130" s="1" t="n">
+        <v>1179</v>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>2.620T</t>
+        </is>
+      </c>
+      <c r="F130" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G130" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I130" s="1" t="n"/>
+      <c r="K130" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L130" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N130" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O130" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P130" s="2" t="n"/>
+      <c r="Q130" s="2" t="n">
+        <v>757.6</v>
+      </c>
+      <c r="R130" s="2" t="n"/>
+      <c r="S130" s="2" t="n"/>
+      <c r="T130" s="2" t="n"/>
+      <c r="U130" s="2" t="n">
+        <v>280</v>
+      </c>
+      <c r="V130" s="2" t="n"/>
+      <c r="W130" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X130" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y130" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z130" s="2" t="n"/>
+      <c r="AA130" s="2" t="n"/>
+      <c r="AB130" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC130" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD130" s="2" t="n"/>
+      <c r="AE130" s="1" t="n"/>
+      <c r="AF130" s="1" t="n"/>
+      <c r="AG130" s="2" t="n"/>
+      <c r="AH130" s="2" t="n"/>
+      <c r="AI130" s="2" t="n"/>
+      <c r="AJ130" s="2" t="n"/>
+      <c r="AK130" s="2" t="n"/>
+      <c r="AR130" s="2" t="n"/>
+      <c r="AS130" s="2" t="n"/>
+      <c r="AT130" s="2" t="n"/>
+      <c r="AU130" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW130" s="2" t="n"/>
+      <c r="AX130" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY130" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ130" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA130" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC130" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="131" ht="40" customHeight="1">
+      <c r="A131" s="1" t="n">
+        <v>1155</v>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>2.710G</t>
+        </is>
+      </c>
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G131" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I131" s="1" t="n"/>
+      <c r="K131" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L131" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O131" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P131" s="2" t="n"/>
+      <c r="Q131" s="2" t="n">
+        <v>1489.4</v>
+      </c>
+      <c r="R131" s="2" t="n"/>
+      <c r="S131" s="2" t="n"/>
+      <c r="T131" s="2" t="n"/>
+      <c r="U131" s="2" t="n">
+        <v>459.8</v>
+      </c>
+      <c r="V131" s="2" t="n"/>
+      <c r="W131" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X131" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y131" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z131" s="2" t="n"/>
+      <c r="AA131" s="2" t="n"/>
+      <c r="AB131" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC131" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD131" s="2" t="n"/>
+      <c r="AE131" s="1" t="n"/>
+      <c r="AF131" s="1" t="n"/>
+      <c r="AG131" s="2" t="n"/>
+      <c r="AH131" s="2" t="n"/>
+      <c r="AI131" s="2" t="n"/>
+      <c r="AJ131" s="2" t="n"/>
+      <c r="AK131" s="2" t="n"/>
+      <c r="AR131" s="2" t="n"/>
+      <c r="AS131" s="2" t="n"/>
+      <c r="AT131" s="2" t="n"/>
+      <c r="AU131" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW131" s="2" t="n"/>
+      <c r="AX131" t="inlineStr"/>
+      <c r="AY131" s="3" t="n">
+        <v>45691</v>
+      </c>
+      <c r="AZ131" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA131" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC131" s="3" t="n">
+        <v>45691</v>
+      </c>
+    </row>
+    <row r="132" ht="40" customHeight="1">
+      <c r="A132" s="1" t="n">
+        <v>1180</v>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>2.710T</t>
+        </is>
+      </c>
+      <c r="F132" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G132" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I132" s="1" t="n"/>
+      <c r="K132" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L132" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N132" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O132" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P132" s="2" t="n"/>
+      <c r="Q132" s="2" t="n">
+        <v>879.2</v>
+      </c>
+      <c r="R132" s="2" t="n"/>
+      <c r="S132" s="2" t="n"/>
+      <c r="T132" s="2" t="n"/>
+      <c r="U132" s="2" t="n">
+        <v>325</v>
+      </c>
+      <c r="V132" s="2" t="n"/>
+      <c r="W132" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X132" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y132" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z132" s="2" t="n"/>
+      <c r="AA132" s="2" t="n"/>
+      <c r="AB132" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC132" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD132" s="2" t="n"/>
+      <c r="AE132" s="1" t="n"/>
+      <c r="AF132" s="1" t="n"/>
+      <c r="AG132" s="2" t="n"/>
+      <c r="AH132" s="2" t="n"/>
+      <c r="AI132" s="2" t="n"/>
+      <c r="AJ132" s="2" t="n"/>
+      <c r="AK132" s="2" t="n"/>
+      <c r="AR132" s="2" t="n"/>
+      <c r="AS132" s="2" t="n"/>
+      <c r="AT132" s="2" t="n"/>
+      <c r="AU132" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW132" s="2" t="n"/>
+      <c r="AX132" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY132" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ132" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA132" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC132" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="133" ht="40" customHeight="1">
+      <c r="A133" s="1" t="n">
+        <v>1156</v>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>2.790G</t>
+        </is>
+      </c>
+      <c r="F133" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G133" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I133" s="1" t="n"/>
+      <c r="K133" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L133" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O133" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P133" s="2" t="n"/>
+      <c r="Q133" s="2" t="n">
+        <v>1641.4</v>
+      </c>
+      <c r="R133" s="2" t="n"/>
+      <c r="S133" s="2" t="n"/>
+      <c r="T133" s="2" t="n"/>
+      <c r="U133" s="2" t="n">
+        <v>498.8</v>
+      </c>
+      <c r="V133" s="2" t="n"/>
+      <c r="W133" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X133" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y133" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z133" s="2" t="n"/>
+      <c r="AA133" s="2" t="n"/>
+      <c r="AB133" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC133" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD133" s="2" t="n"/>
+      <c r="AE133" s="1" t="n"/>
+      <c r="AF133" s="1" t="n"/>
+      <c r="AG133" s="2" t="n"/>
+      <c r="AH133" s="2" t="n"/>
+      <c r="AI133" s="2" t="n"/>
+      <c r="AJ133" s="2" t="n"/>
+      <c r="AK133" s="2" t="n"/>
+      <c r="AR133" s="2" t="n"/>
+      <c r="AS133" s="2" t="n"/>
+      <c r="AT133" s="2" t="n"/>
+      <c r="AU133" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW133" s="2" t="n"/>
+      <c r="AX133" t="inlineStr"/>
+      <c r="AY133" s="3" t="n">
+        <v>45692</v>
+      </c>
+      <c r="AZ133" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA133" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC133" s="3" t="n">
+        <v>45691</v>
+      </c>
+    </row>
+    <row r="134" ht="40" customHeight="1">
+      <c r="A134" s="1" t="n">
+        <v>1181</v>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>2.830T</t>
+        </is>
+      </c>
+      <c r="F134" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G134" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I134" s="1" t="n"/>
+      <c r="K134" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L134" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N134" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O134" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P134" s="2" t="n"/>
+      <c r="Q134" s="2" t="n">
+        <v>1042.2</v>
+      </c>
+      <c r="R134" s="2" t="n"/>
+      <c r="S134" s="2" t="n"/>
+      <c r="T134" s="2" t="n"/>
+      <c r="U134" s="2" t="n">
+        <v>384.2</v>
+      </c>
+      <c r="V134" s="2" t="n"/>
+      <c r="W134" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X134" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y134" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z134" s="2" t="n"/>
+      <c r="AA134" s="2" t="n"/>
+      <c r="AB134" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC134" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD134" s="2" t="n"/>
+      <c r="AE134" s="1" t="n"/>
+      <c r="AF134" s="1" t="n"/>
+      <c r="AG134" s="2" t="n"/>
+      <c r="AH134" s="2" t="n"/>
+      <c r="AI134" s="2" t="n"/>
+      <c r="AJ134" s="2" t="n"/>
+      <c r="AK134" s="2" t="n"/>
+      <c r="AR134" s="2" t="n"/>
+      <c r="AS134" s="2" t="n"/>
+      <c r="AT134" s="2" t="n"/>
+      <c r="AU134" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW134" s="2" t="n"/>
+      <c r="AX134" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY134" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ134" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA134" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC134" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="135" ht="40" customHeight="1">
+      <c r="A135" s="1" t="n">
+        <v>1182</v>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>2.930T</t>
+        </is>
+      </c>
+      <c r="F135" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I135" s="1" t="n"/>
+      <c r="K135" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L135" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N135" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O135" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P135" s="2" t="n"/>
+      <c r="Q135" s="2" t="n">
+        <v>1164.8</v>
+      </c>
+      <c r="R135" s="2" t="n"/>
+      <c r="S135" s="2" t="n"/>
+      <c r="T135" s="2" t="n"/>
+      <c r="U135" s="2" t="n">
+        <v>428.8</v>
+      </c>
+      <c r="V135" s="2" t="n"/>
+      <c r="W135" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X135" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y135" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z135" s="2" t="n"/>
+      <c r="AA135" s="2" t="n"/>
+      <c r="AB135" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC135" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD135" s="2" t="n"/>
+      <c r="AE135" s="1" t="n"/>
+      <c r="AF135" s="1" t="n"/>
+      <c r="AG135" s="2" t="n"/>
+      <c r="AH135" s="2" t="n"/>
+      <c r="AI135" s="2" t="n"/>
+      <c r="AJ135" s="2" t="n"/>
+      <c r="AK135" s="2" t="n"/>
+      <c r="AR135" s="2" t="n"/>
+      <c r="AS135" s="2" t="n"/>
+      <c r="AT135" s="2" t="n"/>
+      <c r="AU135" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW135" s="2" t="n"/>
+      <c r="AX135" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY135" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ135" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA135" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC135" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="136" ht="40" customHeight="1">
+      <c r="A136" s="1" t="n">
+        <v>1169</v>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>200T</t>
+        </is>
+      </c>
+      <c r="F136" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G136" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I136" s="1" t="n"/>
+      <c r="K136" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L136" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N136" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O136" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P136" s="2" t="n"/>
+      <c r="Q136" s="2" t="n">
+        <v>113.6</v>
+      </c>
+      <c r="R136" s="2" t="n"/>
+      <c r="S136" s="2" t="n"/>
+      <c r="T136" s="2" t="n"/>
+      <c r="U136" s="2" t="n">
+        <v>42.9</v>
+      </c>
+      <c r="V136" s="2" t="n"/>
+      <c r="W136" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X136" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y136" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z136" s="2" t="n"/>
+      <c r="AA136" s="2" t="n"/>
+      <c r="AB136" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC136" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD136" s="2" t="n"/>
+      <c r="AE136" s="1" t="n"/>
+      <c r="AF136" s="1" t="n"/>
+      <c r="AG136" s="2" t="n"/>
+      <c r="AH136" s="2" t="n"/>
+      <c r="AI136" s="2" t="n"/>
+      <c r="AJ136" s="2" t="n"/>
+      <c r="AK136" s="2" t="n"/>
+      <c r="AR136" s="2" t="n"/>
+      <c r="AS136" s="2" t="n"/>
+      <c r="AT136" s="2" t="n"/>
+      <c r="AU136" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW136" s="2" t="n"/>
+      <c r="AX136" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY136" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ136" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA136" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC136" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="137" ht="40" customHeight="1">
+      <c r="A137" s="1" t="n">
+        <v>1146</v>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>230G</t>
+        </is>
+      </c>
+      <c r="F137" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G137" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I137" s="1" t="n"/>
+      <c r="K137" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L137" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O137" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P137" s="2" t="n"/>
+      <c r="Q137" s="2" t="n">
+        <v>258.7</v>
+      </c>
+      <c r="R137" s="2" t="n"/>
+      <c r="S137" s="2" t="n"/>
+      <c r="T137" s="2" t="n"/>
+      <c r="U137" s="2" t="n">
+        <v>84.3</v>
+      </c>
+      <c r="V137" s="2" t="n"/>
+      <c r="W137" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X137" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y137" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z137" s="2" t="n"/>
+      <c r="AA137" s="2" t="n"/>
+      <c r="AB137" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC137" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD137" s="2" t="n"/>
+      <c r="AE137" s="1" t="n"/>
+      <c r="AF137" s="1" t="n"/>
+      <c r="AG137" s="2" t="n"/>
+      <c r="AH137" s="2" t="n"/>
+      <c r="AI137" s="2" t="n"/>
+      <c r="AJ137" s="2" t="n"/>
+      <c r="AK137" s="2" t="n"/>
+      <c r="AR137" s="2" t="n"/>
+      <c r="AS137" s="2" t="n"/>
+      <c r="AT137" s="2" t="n"/>
+      <c r="AU137" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW137" s="2" t="n"/>
+      <c r="AX137" t="inlineStr"/>
+      <c r="AY137" s="3" t="n">
+        <v>45692</v>
+      </c>
+      <c r="AZ137" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA137" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC137" s="3" t="n"/>
+    </row>
+    <row r="138" ht="40" customHeight="1">
+      <c r="A138" s="1" t="n">
+        <v>1170</v>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>300T</t>
+        </is>
+      </c>
+      <c r="F138" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G138" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I138" s="1" t="n"/>
+      <c r="K138" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L138" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N138" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O138" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P138" s="2" t="n"/>
+      <c r="Q138" s="2" t="n">
+        <v>176.5</v>
+      </c>
+      <c r="R138" s="2" t="n"/>
+      <c r="S138" s="2" t="n"/>
+      <c r="T138" s="2" t="n"/>
+      <c r="U138" s="2" t="n">
+        <v>66.5</v>
+      </c>
+      <c r="V138" s="2" t="n"/>
+      <c r="W138" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X138" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y138" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z138" s="2" t="n"/>
+      <c r="AA138" s="2" t="n"/>
+      <c r="AB138" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC138" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD138" s="2" t="n"/>
+      <c r="AE138" s="1" t="n"/>
+      <c r="AF138" s="1" t="n"/>
+      <c r="AG138" s="2" t="n"/>
+      <c r="AH138" s="2" t="n"/>
+      <c r="AI138" s="2" t="n"/>
+      <c r="AJ138" s="2" t="n"/>
+      <c r="AK138" s="2" t="n"/>
+      <c r="AR138" s="2" t="n"/>
+      <c r="AS138" s="2" t="n"/>
+      <c r="AT138" s="2" t="n"/>
+      <c r="AU138" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW138" s="2" t="n"/>
+      <c r="AX138" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY138" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ138" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA138" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC138" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="139" ht="40" customHeight="1">
+      <c r="A139" s="1" t="n">
+        <v>1147</v>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>410G</t>
+        </is>
+      </c>
+      <c r="F139" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G139" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I139" s="1" t="n"/>
+      <c r="K139" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L139" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O139" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P139" s="2" t="n"/>
+      <c r="Q139" s="2" t="n">
+        <v>433.7</v>
+      </c>
+      <c r="R139" s="2" t="n"/>
+      <c r="S139" s="2" t="n"/>
+      <c r="T139" s="2" t="n"/>
+      <c r="U139" s="2" t="n">
+        <v>136.4</v>
+      </c>
+      <c r="V139" s="2" t="n"/>
+      <c r="W139" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X139" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y139" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z139" s="2" t="n"/>
+      <c r="AA139" s="2" t="n"/>
+      <c r="AB139" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC139" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD139" s="2" t="n"/>
+      <c r="AE139" s="1" t="n"/>
+      <c r="AF139" s="1" t="n"/>
+      <c r="AG139" s="2" t="n"/>
+      <c r="AH139" s="2" t="n"/>
+      <c r="AI139" s="2" t="n"/>
+      <c r="AJ139" s="2" t="n"/>
+      <c r="AK139" s="2" t="n"/>
+      <c r="AR139" s="2" t="n"/>
+      <c r="AS139" s="2" t="n"/>
+      <c r="AT139" s="2" t="n"/>
+      <c r="AU139" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW139" s="2" t="n"/>
+      <c r="AX139" t="inlineStr"/>
+      <c r="AY139" s="3" t="n">
+        <v>45692</v>
+      </c>
+      <c r="AZ139" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA139" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC139" s="3" t="n"/>
+    </row>
+    <row r="140" ht="40" customHeight="1">
+      <c r="A140" s="1" t="n">
+        <v>1171</v>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>410T</t>
+        </is>
+      </c>
+      <c r="F140" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G140" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I140" s="1" t="n"/>
+      <c r="K140" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L140" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N140" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O140" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P140" s="2" t="n"/>
+      <c r="Q140" s="2" t="n">
+        <v>248.9</v>
+      </c>
+      <c r="R140" s="2" t="n"/>
+      <c r="S140" s="2" t="n"/>
+      <c r="T140" s="2" t="n"/>
+      <c r="U140" s="2" t="n">
+        <v>94.3</v>
+      </c>
+      <c r="V140" s="2" t="n"/>
+      <c r="W140" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X140" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y140" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z140" s="2" t="n"/>
+      <c r="AA140" s="2" t="n"/>
+      <c r="AB140" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC140" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD140" s="2" t="n"/>
+      <c r="AE140" s="1" t="n"/>
+      <c r="AF140" s="1" t="n"/>
+      <c r="AG140" s="2" t="n"/>
+      <c r="AH140" s="2" t="n"/>
+      <c r="AI140" s="2" t="n"/>
+      <c r="AJ140" s="2" t="n"/>
+      <c r="AK140" s="2" t="n"/>
+      <c r="AR140" s="2" t="n"/>
+      <c r="AS140" s="2" t="n"/>
+      <c r="AT140" s="2" t="n"/>
+      <c r="AU140" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW140" s="2" t="n"/>
+      <c r="AX140" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY140" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ140" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA140" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC140" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="141" ht="40" customHeight="1">
+      <c r="A141" s="1" t="n">
+        <v>1148</v>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>470G</t>
+        </is>
+      </c>
+      <c r="F141" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G141" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I141" s="1" t="n"/>
+      <c r="K141" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L141" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O141" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P141" s="2" t="n"/>
+      <c r="Q141" s="2" t="n">
+        <v>492.9</v>
+      </c>
+      <c r="R141" s="2" t="n"/>
+      <c r="S141" s="2" t="n"/>
+      <c r="T141" s="2" t="n"/>
+      <c r="U141" s="2" t="n">
+        <v>154.1</v>
+      </c>
+      <c r="V141" s="2" t="n"/>
+      <c r="W141" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X141" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="Y141" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z141" s="2" t="n"/>
+      <c r="AA141" s="2" t="n"/>
+      <c r="AB141" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC141" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD141" s="2" t="n"/>
+      <c r="AE141" s="1" t="n"/>
+      <c r="AF141" s="1" t="n"/>
+      <c r="AG141" s="2" t="n"/>
+      <c r="AH141" s="2" t="n"/>
+      <c r="AI141" s="2" t="n"/>
+      <c r="AJ141" s="2" t="n"/>
+      <c r="AK141" s="2" t="n"/>
+      <c r="AR141" s="2" t="n"/>
+      <c r="AS141" s="2" t="n"/>
+      <c r="AT141" s="2" t="n"/>
+      <c r="AU141" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW141" s="2" t="n"/>
+      <c r="AX141" t="inlineStr"/>
+      <c r="AY141" s="3" t="n">
+        <v>45691</v>
+      </c>
+      <c r="AZ141" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA141" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC141" s="3" t="n"/>
+    </row>
+    <row r="142" ht="40" customHeight="1">
+      <c r="A142" s="1" t="n">
+        <v>1172</v>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>550T</t>
+        </is>
+      </c>
+      <c r="F142" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G142" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I142" s="1" t="n"/>
+      <c r="K142" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L142" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N142" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O142" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P142" s="2" t="n"/>
+      <c r="Q142" s="2" t="n">
+        <v>335.4</v>
+      </c>
+      <c r="R142" s="2" t="n"/>
+      <c r="S142" s="2" t="n"/>
+      <c r="T142" s="2" t="n"/>
+      <c r="U142" s="2" t="n">
+        <v>124.1</v>
+      </c>
+      <c r="V142" s="2" t="n"/>
+      <c r="W142" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X142" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y142" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z142" s="2" t="n"/>
+      <c r="AA142" s="2" t="n"/>
+      <c r="AB142" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC142" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD142" s="2" t="n"/>
+      <c r="AE142" s="1" t="n"/>
+      <c r="AF142" s="1" t="n"/>
+      <c r="AG142" s="2" t="n"/>
+      <c r="AH142" s="2" t="n"/>
+      <c r="AI142" s="2" t="n"/>
+      <c r="AJ142" s="2" t="n"/>
+      <c r="AK142" s="2" t="n"/>
+      <c r="AR142" s="2" t="n"/>
+      <c r="AS142" s="2" t="n"/>
+      <c r="AT142" s="2" t="n"/>
+      <c r="AU142" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW142" s="2" t="n"/>
+      <c r="AX142" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY142" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ142" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA142" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC142" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="143" ht="40" customHeight="1">
+      <c r="A143" s="1" t="n">
+        <v>1173</v>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>620T</t>
+        </is>
+      </c>
+      <c r="F143" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G143" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I143" s="1" t="n"/>
+      <c r="K143" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L143" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N143" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O143" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P143" s="2" t="n"/>
+      <c r="Q143" s="2" t="n">
+        <v>439.6</v>
+      </c>
+      <c r="R143" s="2" t="n"/>
+      <c r="S143" s="2" t="n"/>
+      <c r="T143" s="2" t="n"/>
+      <c r="U143" s="2" t="n">
+        <v>162.5</v>
+      </c>
+      <c r="V143" s="2" t="n"/>
+      <c r="W143" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X143" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y143" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z143" s="2" t="n"/>
+      <c r="AA143" s="2" t="n"/>
+      <c r="AB143" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC143" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD143" s="2" t="n"/>
+      <c r="AE143" s="1" t="n"/>
+      <c r="AF143" s="1" t="n"/>
+      <c r="AG143" s="2" t="n"/>
+      <c r="AH143" s="2" t="n"/>
+      <c r="AI143" s="2" t="n"/>
+      <c r="AJ143" s="2" t="n"/>
+      <c r="AK143" s="2" t="n"/>
+      <c r="AR143" s="2" t="n"/>
+      <c r="AS143" s="2" t="n"/>
+      <c r="AT143" s="2" t="n"/>
+      <c r="AU143" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW143" s="2" t="n"/>
+      <c r="AX143" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY143" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ143" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA143" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC143" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="144" ht="40" customHeight="1">
+      <c r="A144" s="1" t="n">
+        <v>1149</v>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>710G</t>
+        </is>
+      </c>
+      <c r="F144" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G144" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I144" s="1" t="n"/>
+      <c r="K144" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L144" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O144" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P144" s="2" t="n"/>
+      <c r="Q144" s="2" t="n">
+        <v>744.7</v>
+      </c>
+      <c r="R144" s="2" t="n"/>
+      <c r="S144" s="2" t="n"/>
+      <c r="T144" s="2" t="n"/>
+      <c r="U144" s="2" t="n">
+        <v>229.9</v>
+      </c>
+      <c r="V144" s="2" t="n"/>
+      <c r="W144" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X144" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y144" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z144" s="2" t="n"/>
+      <c r="AA144" s="2" t="n"/>
+      <c r="AB144" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC144" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD144" s="2" t="n"/>
+      <c r="AE144" s="1" t="n"/>
+      <c r="AF144" s="1" t="n"/>
+      <c r="AG144" s="2" t="n"/>
+      <c r="AH144" s="2" t="n"/>
+      <c r="AI144" s="2" t="n"/>
+      <c r="AJ144" s="2" t="n"/>
+      <c r="AK144" s="2" t="n"/>
+      <c r="AR144" s="2" t="n"/>
+      <c r="AS144" s="2" t="n"/>
+      <c r="AT144" s="2" t="n"/>
+      <c r="AU144" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW144" s="2" t="n"/>
+      <c r="AX144" t="inlineStr"/>
+      <c r="AY144" s="3" t="n">
+        <v>45692</v>
+      </c>
+      <c r="AZ144" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA144" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC144" s="3" t="n"/>
+    </row>
+    <row r="145" ht="40" customHeight="1">
+      <c r="A145" s="1" t="n">
+        <v>1150</v>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>R1234ze(E)</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>790G</t>
+        </is>
+      </c>
+      <c r="F145" t="inlineStr">
+        <is>
+          <t>HTHP G</t>
+        </is>
+      </c>
+      <c r="G145" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I145" s="1" t="n"/>
+      <c r="K145" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L145" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="O145" t="inlineStr">
+        <is>
+          <t>Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P145" s="2" t="n"/>
+      <c r="Q145" s="2" t="n">
+        <v>820.7</v>
+      </c>
+      <c r="R145" s="2" t="n"/>
+      <c r="S145" s="2" t="n"/>
+      <c r="T145" s="2" t="n"/>
+      <c r="U145" s="2" t="n">
+        <v>249.4</v>
+      </c>
+      <c r="V145" s="2" t="n"/>
+      <c r="W145" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X145" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y145" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z145" s="2" t="n"/>
+      <c r="AA145" s="2" t="n"/>
+      <c r="AB145" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC145" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD145" s="2" t="n"/>
+      <c r="AE145" s="1" t="n"/>
+      <c r="AF145" s="1" t="n"/>
+      <c r="AG145" s="2" t="n"/>
+      <c r="AH145" s="2" t="n"/>
+      <c r="AI145" s="2" t="n"/>
+      <c r="AJ145" s="2" t="n"/>
+      <c r="AK145" s="2" t="n"/>
+      <c r="AR145" s="2" t="n"/>
+      <c r="AS145" s="2" t="n"/>
+      <c r="AT145" s="2" t="n"/>
+      <c r="AU145" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW145" s="2" t="n"/>
+      <c r="AX145" t="inlineStr"/>
+      <c r="AY145" s="3" t="n">
+        <v>45692</v>
+      </c>
+      <c r="AZ145" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA145" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC145" s="3" t="n"/>
+    </row>
+    <row r="146" ht="40" customHeight="1">
+      <c r="A146" s="1" t="n">
+        <v>1174</v>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>R1233zd(E), R245fa</t>
+        </is>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>Solarthermie (Brine/Water), Umweltwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>Thermodraft IKE</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>830T</t>
+        </is>
+      </c>
+      <c r="F146" t="inlineStr">
+        <is>
+          <t>HTHP T</t>
+        </is>
+      </c>
+      <c r="G146" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I146" s="1" t="n"/>
+      <c r="K146" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L146" t="inlineStr">
+        <is>
+          <t>1-2</t>
+        </is>
+      </c>
+      <c r="N146" t="inlineStr">
+        <is>
+          <t>Kann um MVR erweitert werden.</t>
+        </is>
+      </c>
+      <c r="O146" t="inlineStr">
+        <is>
+          <t>Prozesswärme, Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P146" s="2" t="n"/>
+      <c r="Q146" s="2" t="n">
+        <v>582.4</v>
+      </c>
+      <c r="R146" s="2" t="n"/>
+      <c r="S146" s="2" t="n"/>
+      <c r="T146" s="2" t="n"/>
+      <c r="U146" s="2" t="n">
+        <v>214.4</v>
+      </c>
+      <c r="V146" s="2" t="n"/>
+      <c r="W146" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="X146" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="Y146" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Z146" s="2" t="n"/>
+      <c r="AA146" s="2" t="n"/>
+      <c r="AB146" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AC146" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD146" s="2" t="n"/>
+      <c r="AE146" s="1" t="n"/>
+      <c r="AF146" s="1" t="n"/>
+      <c r="AG146" s="2" t="n"/>
+      <c r="AH146" s="2" t="n"/>
+      <c r="AI146" s="2" t="n"/>
+      <c r="AJ146" s="2" t="n"/>
+      <c r="AK146" s="2" t="n"/>
+      <c r="AR146" s="2" t="n"/>
+      <c r="AS146" s="2" t="n"/>
+      <c r="AT146" s="2" t="n"/>
+      <c r="AU146" t="inlineStr">
+        <is>
+          <t>Plug &amp; play</t>
+        </is>
+      </c>
+      <c r="AW146" s="2" t="n"/>
+      <c r="AX146" t="inlineStr">
+        <is>
+          <t>Für höhere Dampftemperaturen um MVR erweiterbar.</t>
+        </is>
+      </c>
+      <c r="AY146" s="3" t="n">
+        <v>45693</v>
+      </c>
+      <c r="AZ146" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA146" t="inlineStr">
+        <is>
+          <t>https://thermodraft.gr/products/high-temperature-heat-pumps</t>
+        </is>
+      </c>
+      <c r="BC146" s="3" t="n">
+        <v>45693</v>
+      </c>
+    </row>
+    <row r="147" ht="40" customHeight="1">
+      <c r="A147" s="1" t="n">
+        <v>1337</v>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C147" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Steam)</t>
+        </is>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>TLT-Turbo GmbH</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>Vapor Fans</t>
+        </is>
+      </c>
+      <c r="F147" t="inlineStr">
+        <is>
+          <t>Vapor Fans</t>
+        </is>
+      </c>
+      <c r="G147" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="I147" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K147" t="inlineStr">
+        <is>
+          <t>MVR</t>
+        </is>
+      </c>
+      <c r="M147" t="inlineStr">
+        <is>
+          <t>Reihenschaltung von Ventillatoren</t>
+        </is>
+      </c>
+      <c r="O147" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P147" s="2" t="n"/>
+      <c r="Q147" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="R147" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="S147" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T147" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U147" s="2" t="n"/>
+      <c r="V147" s="2" t="n"/>
+      <c r="W147" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="X147" s="2" t="n"/>
+      <c r="Y147" s="2" t="n"/>
+      <c r="Z147" s="2" t="n"/>
+      <c r="AA147" s="2" t="n"/>
+      <c r="AB147" t="inlineStr">
+        <is>
+          <t>Turboventilator</t>
+        </is>
+      </c>
+      <c r="AC147" t="inlineStr">
+        <is>
+          <t>unbegrenzte Anzahl möglich</t>
+        </is>
+      </c>
+      <c r="AD147" s="2" t="n"/>
+      <c r="AE147" s="1" t="n"/>
+      <c r="AF147" s="1" t="n"/>
+      <c r="AG147" s="2" t="n"/>
+      <c r="AH147" s="2" t="n"/>
+      <c r="AI147" s="2" t="n"/>
+      <c r="AJ147" s="2" t="n"/>
+      <c r="AK147" s="2" t="n"/>
+      <c r="AO147" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR147" s="2" t="n"/>
+      <c r="AS147" s="2" t="n"/>
+      <c r="AT147" s="2" t="n"/>
+      <c r="AU147" t="inlineStr">
+        <is>
+          <t>Anlagenbau auf Fundament</t>
+        </is>
+      </c>
+      <c r="AW147" s="2" t="n"/>
+      <c r="AX147" t="inlineStr">
+        <is>
+          <t>Kundenspezifischer Anlagenbau mit max. 11 K Temperaturhub pro Verdichter.
+Besonderheiten des TLT-Designs:
+Durch die eingesetzte Hybrid-Lagerung, wird keine Ölversorgung benötigt.
+Die hohe Steifigkeit der Lagerung ermöglicht es, die Maschine grundsätzlich im unterkritischen Drehzahlbereich zu betreiben.</t>
+        </is>
+      </c>
+      <c r="AY147" s="3" t="n">
+        <v>45733</v>
+      </c>
+      <c r="AZ147" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC147" s="3" t="n">
+        <v>45733</v>
+      </c>
+    </row>
+    <row r="148" ht="40" customHeight="1">
+      <c r="A148" s="1" t="n">
+        <v>630</v>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C148" t="inlineStr">
+        <is>
+          <t>Dampf (Steam)</t>
+        </is>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>Tocircle Industries AS</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>MVR-1200</t>
+        </is>
+      </c>
+      <c r="F148" t="inlineStr">
+        <is>
+          <t>HIGH TEMPERATURE OPEN-LOOP HEAT PUMP</t>
+        </is>
+      </c>
+      <c r="G148" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="I148" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="K148" t="inlineStr">
+        <is>
+          <t>MVR</t>
+        </is>
+      </c>
+      <c r="M148" t="inlineStr">
+        <is>
+          <t>Modulares Design</t>
+        </is>
+      </c>
+      <c r="O148" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P148" s="2" t="n"/>
+      <c r="Q148" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="R148" s="2" t="n"/>
+      <c r="S148" s="2" t="n"/>
+      <c r="T148" s="2" t="n"/>
+      <c r="U148" s="2" t="n"/>
+      <c r="V148" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="W148" s="2" t="n">
+        <v>188</v>
+      </c>
+      <c r="X148" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Y148" s="2" t="n"/>
+      <c r="Z148" s="2" t="n"/>
+      <c r="AA148" s="2" t="n"/>
+      <c r="AB148" t="inlineStr">
+        <is>
+          <t>Drehschieberverdichter</t>
+        </is>
+      </c>
+      <c r="AD148" s="2" t="n"/>
+      <c r="AE148" s="1" t="n"/>
+      <c r="AF148" s="1" t="n"/>
+      <c r="AG148" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH148" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AI148" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AJ148" s="2" t="n"/>
+      <c r="AK148" s="2" t="n"/>
+      <c r="AR148" s="2" t="n"/>
+      <c r="AS148" s="2" t="n"/>
+      <c r="AT148" s="2" t="n"/>
+      <c r="AW148" s="2" t="n"/>
+      <c r="AX148" t="inlineStr"/>
+      <c r="AY148" s="3" t="n">
+        <v>45677</v>
+      </c>
+      <c r="AZ148" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA148" t="inlineStr">
+        <is>
+          <t>https://tocircle.com/solutions/#mvr</t>
+        </is>
+      </c>
+      <c r="BC148" s="3" t="n"/>
+    </row>
+    <row r="149" ht="40" customHeight="1">
+      <c r="A149" s="1" t="n">
+        <v>629</v>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t>Dampf (Steam)</t>
+        </is>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>Tocircle Industries AS</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>MVR-400</t>
+        </is>
+      </c>
+      <c r="F149" t="inlineStr">
+        <is>
+          <t>HIGH TEMPERATURE OPEN-LOOP HEAT PUMP</t>
+        </is>
+      </c>
+      <c r="G149" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="I149" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="K149" t="inlineStr">
+        <is>
+          <t>MVR</t>
+        </is>
+      </c>
+      <c r="M149" t="inlineStr">
+        <is>
+          <t>Modulares Design</t>
+        </is>
+      </c>
+      <c r="O149" t="inlineStr">
+        <is>
+          <t>Prozessdampf</t>
+        </is>
+      </c>
+      <c r="P149" s="2" t="n"/>
+      <c r="Q149" s="2" t="n">
+        <v>650</v>
+      </c>
+      <c r="R149" s="2" t="n"/>
+      <c r="S149" s="2" t="n"/>
+      <c r="T149" s="2" t="n"/>
+      <c r="U149" s="2" t="n"/>
+      <c r="V149" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="W149" s="2" t="n">
+        <v>188</v>
+      </c>
+      <c r="X149" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="Y149" s="2" t="n"/>
+      <c r="Z149" s="2" t="n"/>
+      <c r="AA149" s="2" t="n"/>
+      <c r="AB149" t="inlineStr">
+        <is>
+          <t>Drehschieberverdichter</t>
+        </is>
+      </c>
+      <c r="AD149" s="2" t="n"/>
+      <c r="AE149" s="1" t="n"/>
+      <c r="AF149" s="1" t="n"/>
+      <c r="AG149" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH149" s="2" t="n">
+        <v>2000</v>
+      </c>
+      <c r="AI149" s="2" t="n">
+        <v>2300</v>
+      </c>
+      <c r="AJ149" s="2" t="n">
+        <v>8000</v>
+      </c>
+      <c r="AK149" s="2" t="n"/>
+      <c r="AR149" s="2" t="n"/>
+      <c r="AS149" s="2" t="n"/>
+      <c r="AT149" s="2" t="n"/>
+      <c r="AW149" s="2" t="n"/>
+      <c r="AX149" t="inlineStr"/>
+      <c r="AY149" s="3" t="n">
+        <v>45677</v>
+      </c>
+      <c r="AZ149" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA149" t="inlineStr">
+        <is>
+          <t>https://tocircle.com/solutions/#mvr</t>
+        </is>
+      </c>
+      <c r="BC149" s="3" t="n"/>
+    </row>
+    <row r="150" ht="40" customHeight="1">
+      <c r="A150" s="1" t="n">
+        <v>849</v>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125)</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>CMAF 080 SE SN</t>
+        </is>
+      </c>
+      <c r="F150" t="inlineStr">
+        <is>
+          <t>CMAF</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="n"/>
+      <c r="I150" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K150" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L150" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O150" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P150" s="2" t="n"/>
+      <c r="Q150" s="2" t="n">
+        <v>298</v>
+      </c>
+      <c r="R150" s="2" t="n"/>
+      <c r="S150" s="2" t="n"/>
+      <c r="T150" s="2" t="n"/>
+      <c r="U150" s="2" t="n"/>
+      <c r="V150" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W150" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="X150" s="2" t="n">
+        <v>-18</v>
+      </c>
+      <c r="Y150" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z150" s="2" t="n"/>
+      <c r="AA150" s="2" t="n"/>
+      <c r="AB150" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC150" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD150" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AE150" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF150" s="1" t="n"/>
+      <c r="AG150" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH150" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI150" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ150" s="2" t="n">
+        <v>2835</v>
+      </c>
+      <c r="AK150" s="2" t="n"/>
+      <c r="AL150" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO150" t="inlineStr">
+        <is>
+          <t>4 Teillastschritte</t>
+        </is>
+      </c>
+      <c r="AR150" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS150" s="2" t="n"/>
+      <c r="AT150" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="AW150" s="2" t="n"/>
+      <c r="AX150" t="inlineStr">
+        <is>
+          <t>• 23 Größen mit Heizleistungen von 290 bis 680 kW 
+• 3 Wirkungsgrade: SSE, SE und HE 
+• 3 Akustikpakete: SN, LN, XLN</t>
+        </is>
+      </c>
+      <c r="AY150" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ150" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA150" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=232</t>
+        </is>
+      </c>
+      <c r="BC150" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="151" ht="40" customHeight="1">
+      <c r="A151" s="1" t="n">
+        <v>850</v>
+      </c>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>CMAF 090 SE SN</t>
+        </is>
+      </c>
+      <c r="F151" t="inlineStr">
+        <is>
+          <t>CMAF</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="n"/>
+      <c r="I151" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K151" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L151" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O151" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P151" s="2" t="n"/>
+      <c r="Q151" s="2" t="n">
+        <v>331</v>
+      </c>
+      <c r="R151" s="2" t="n"/>
+      <c r="S151" s="2" t="n"/>
+      <c r="T151" s="2" t="n"/>
+      <c r="U151" s="2" t="n"/>
+      <c r="V151" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W151" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="X151" s="2" t="n">
+        <v>-18</v>
+      </c>
+      <c r="Y151" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z151" s="2" t="n"/>
+      <c r="AA151" s="2" t="n"/>
+      <c r="AB151" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC151" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD151" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="AE151" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="AF151" s="1" t="n"/>
+      <c r="AG151" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH151" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI151" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ151" s="2" t="n">
+        <v>2985</v>
+      </c>
+      <c r="AK151" s="2" t="n"/>
+      <c r="AL151" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO151" t="inlineStr">
+        <is>
+          <t>8 Teillastschritte</t>
+        </is>
+      </c>
+      <c r="AR151" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS151" s="2" t="n"/>
+      <c r="AT151" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="AW151" s="2" t="n"/>
+      <c r="AX151" t="inlineStr">
+        <is>
+          <t>• 23 Größen mit Heizleistungen von 290 bis 680 kW 
+• 3 Wirkungsgrade: SSE, SE und HE 
+• 3 Akustikpakete: SN, LN, XLN</t>
+        </is>
+      </c>
+      <c r="AY151" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ151" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA151" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=232</t>
+        </is>
+      </c>
+      <c r="BC151" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="152" ht="40" customHeight="1">
+      <c r="A152" s="1" t="n">
+        <v>851</v>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>CMAF 100 SE SN</t>
+        </is>
+      </c>
+      <c r="F152" t="inlineStr">
+        <is>
+          <t>CMAF</t>
+        </is>
+      </c>
+      <c r="G152" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="n"/>
+      <c r="I152" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K152" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L152" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O152" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P152" s="2" t="n"/>
+      <c r="Q152" s="2" t="n">
+        <v>368</v>
+      </c>
+      <c r="R152" s="2" t="n"/>
+      <c r="S152" s="2" t="n"/>
+      <c r="T152" s="2" t="n"/>
+      <c r="U152" s="2" t="n"/>
+      <c r="V152" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W152" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="X152" s="2" t="n">
+        <v>-18</v>
+      </c>
+      <c r="Y152" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z152" s="2" t="n"/>
+      <c r="AA152" s="2" t="n"/>
+      <c r="AB152" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC152" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD152" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AE152" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF152" s="1" t="n"/>
+      <c r="AG152" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH152" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI152" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ152" s="2" t="n">
+        <v>3085</v>
+      </c>
+      <c r="AK152" s="2" t="n"/>
+      <c r="AL152" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO152" t="inlineStr">
+        <is>
+          <t>4 Teillastschritte</t>
+        </is>
+      </c>
+      <c r="AR152" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="AS152" s="2" t="n"/>
+      <c r="AT152" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="AW152" s="2" t="n"/>
+      <c r="AX152" t="inlineStr">
+        <is>
+          <t>• 23 Größen mit Heizleistungen von 290 bis 680 kW 
+• 3 Wirkungsgrade: SSE, SE und HE 
+• 3 Akustikpakete: SN, LN, XLN</t>
+        </is>
+      </c>
+      <c r="AY152" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ152" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA152" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=232</t>
+        </is>
+      </c>
+      <c r="BC152" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="153" ht="40" customHeight="1">
+      <c r="A153" s="1" t="n">
+        <v>852</v>
+      </c>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>CMAF 110 SE SN</t>
+        </is>
+      </c>
+      <c r="F153" t="inlineStr">
+        <is>
+          <t>CMAF</t>
+        </is>
+      </c>
+      <c r="G153" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="n"/>
+      <c r="I153" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K153" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L153" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O153" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P153" s="2" t="n"/>
+      <c r="Q153" s="2" t="n">
+        <v>408</v>
+      </c>
+      <c r="R153" s="2" t="n"/>
+      <c r="S153" s="2" t="n"/>
+      <c r="T153" s="2" t="n"/>
+      <c r="U153" s="2" t="n"/>
+      <c r="V153" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W153" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="X153" s="2" t="n">
+        <v>-18</v>
+      </c>
+      <c r="Y153" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z153" s="2" t="n"/>
+      <c r="AA153" s="2" t="n"/>
+      <c r="AB153" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC153" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD153" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AE153" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="AF153" s="1" t="n"/>
+      <c r="AG153" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH153" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI153" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ153" s="2" t="n">
+        <v>3230</v>
+      </c>
+      <c r="AK153" s="2" t="n"/>
+      <c r="AL153" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO153" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR153" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="AS153" s="2" t="n"/>
+      <c r="AT153" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="AW153" s="2" t="n"/>
+      <c r="AX153" t="inlineStr">
+        <is>
+          <t>• 23 Größen mit Heizleistungen von 290 bis 680 kW 
+• 3 Wirkungsgrade: SSE, SE und HE 
+• 3 Akustikpakete: SN, LN, XLN</t>
+        </is>
+      </c>
+      <c r="AY153" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ153" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA153" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=232</t>
+        </is>
+      </c>
+      <c r="BC153" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="154" ht="40" customHeight="1">
+      <c r="A154" s="1" t="n">
+        <v>853</v>
+      </c>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>CMAF 130 SE SN</t>
+        </is>
+      </c>
+      <c r="F154" t="inlineStr">
+        <is>
+          <t>CMAF</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="n"/>
+      <c r="I154" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K154" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L154" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O154" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P154" s="2" t="n"/>
+      <c r="Q154" s="2" t="n">
+        <v>447</v>
+      </c>
+      <c r="R154" s="2" t="n"/>
+      <c r="S154" s="2" t="n"/>
+      <c r="T154" s="2" t="n"/>
+      <c r="U154" s="2" t="n"/>
+      <c r="V154" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W154" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="X154" s="2" t="n">
+        <v>-18</v>
+      </c>
+      <c r="Y154" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z154" s="2" t="n"/>
+      <c r="AA154" s="2" t="n"/>
+      <c r="AB154" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC154" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD154" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="AE154" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="AF154" s="1" t="n"/>
+      <c r="AG154" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH154" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI154" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ154" s="2" t="n">
+        <v>3355</v>
+      </c>
+      <c r="AK154" s="2" t="n"/>
+      <c r="AL154" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO154" t="inlineStr">
+        <is>
+          <t>4 Teillastschritte</t>
+        </is>
+      </c>
+      <c r="AR154" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS154" s="2" t="n"/>
+      <c r="AT154" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="AW154" s="2" t="n"/>
+      <c r="AX154" t="inlineStr">
+        <is>
+          <t>• 23 Größen mit Heizleistungen von 290 bis 680 kW 
+• 3 Wirkungsgrade: SSE, SE und HE 
+• 3 Akustikpakete: SN, LN, XLN</t>
+        </is>
+      </c>
+      <c r="AY154" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ154" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA154" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=232</t>
+        </is>
+      </c>
+      <c r="BC154" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="155" ht="40" customHeight="1">
+      <c r="A155" s="1" t="n">
+        <v>854</v>
+      </c>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>CMAF 140 SE SN</t>
+        </is>
+      </c>
+      <c r="F155" t="inlineStr">
+        <is>
+          <t>CMAF</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="n"/>
+      <c r="I155" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K155" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L155" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O155" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P155" s="2" t="n"/>
+      <c r="Q155" s="2" t="n">
+        <v>504</v>
+      </c>
+      <c r="R155" s="2" t="n"/>
+      <c r="S155" s="2" t="n"/>
+      <c r="T155" s="2" t="n"/>
+      <c r="U155" s="2" t="n"/>
+      <c r="V155" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W155" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="X155" s="2" t="n">
+        <v>-18</v>
+      </c>
+      <c r="Y155" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z155" s="2" t="n"/>
+      <c r="AA155" s="2" t="n"/>
+      <c r="AB155" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC155" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD155" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="AE155" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="AF155" s="1" t="n"/>
+      <c r="AG155" s="2" t="n">
+        <v>5645</v>
+      </c>
+      <c r="AH155" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI155" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ155" s="2" t="n">
+        <v>3905</v>
+      </c>
+      <c r="AK155" s="2" t="n"/>
+      <c r="AL155" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO155" t="inlineStr">
+        <is>
+          <t>14 Teillaststufen</t>
+        </is>
+      </c>
+      <c r="AR155" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="AS155" s="2" t="n"/>
+      <c r="AT155" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="AW155" s="2" t="n"/>
+      <c r="AX155" t="inlineStr">
+        <is>
+          <t>• 23 Größen mit Heizleistungen von 290 bis 680 kW 
+• 3 Wirkungsgrade: SSE, SE und HE 
+• 3 Akustikpakete: SN, LN, XLN</t>
+        </is>
+      </c>
+      <c r="AY155" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ155" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA155" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=232</t>
+        </is>
+      </c>
+      <c r="BC155" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="156" ht="40" customHeight="1">
+      <c r="A156" s="1" t="n">
+        <v>855</v>
+      </c>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>CMAF 150 SE SN</t>
+        </is>
+      </c>
+      <c r="F156" t="inlineStr">
+        <is>
+          <t>CMAF</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="n"/>
+      <c r="I156" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K156" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L156" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O156" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P156" s="2" t="n"/>
+      <c r="Q156" s="2" t="n">
+        <v>537</v>
+      </c>
+      <c r="R156" s="2" t="n"/>
+      <c r="S156" s="2" t="n"/>
+      <c r="T156" s="2" t="n"/>
+      <c r="U156" s="2" t="n"/>
+      <c r="V156" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W156" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="X156" s="2" t="n">
+        <v>-18</v>
+      </c>
+      <c r="Y156" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z156" s="2" t="n"/>
+      <c r="AA156" s="2" t="n"/>
+      <c r="AB156" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC156" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD156" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="AE156" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF156" s="1" t="n"/>
+      <c r="AG156" s="2" t="n">
+        <v>5645</v>
+      </c>
+      <c r="AH156" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI156" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ156" s="2" t="n">
+        <v>4125</v>
+      </c>
+      <c r="AK156" s="2" t="n"/>
+      <c r="AL156" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO156" t="inlineStr">
+        <is>
+          <t>14 Teillastschritte</t>
+        </is>
+      </c>
+      <c r="AR156" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS156" s="2" t="n"/>
+      <c r="AT156" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="AW156" s="2" t="n"/>
+      <c r="AX156" t="inlineStr">
+        <is>
+          <t>• 23 Größen mit Heizleistungen von 290 bis 680 kW 
+• 3 Wirkungsgrade: SSE, SE und HE 
+• 3 Akustikpakete: SN, LN, XLN</t>
+        </is>
+      </c>
+      <c r="AY156" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ156" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA156" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=232</t>
+        </is>
+      </c>
+      <c r="BC156" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="157" ht="40" customHeight="1">
+      <c r="A157" s="1" t="n">
+        <v>856</v>
+      </c>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C157" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>CMAF 165 SE SN</t>
+        </is>
+      </c>
+      <c r="F157" t="inlineStr">
+        <is>
+          <t>CMAF</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="n"/>
+      <c r="I157" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K157" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L157" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O157" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P157" s="2" t="n"/>
+      <c r="Q157" s="2" t="n">
+        <v>572</v>
+      </c>
+      <c r="R157" s="2" t="n"/>
+      <c r="S157" s="2" t="n"/>
+      <c r="T157" s="2" t="n"/>
+      <c r="U157" s="2" t="n"/>
+      <c r="V157" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W157" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="X157" s="2" t="n">
+        <v>-18</v>
+      </c>
+      <c r="Y157" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z157" s="2" t="n"/>
+      <c r="AA157" s="2" t="n"/>
+      <c r="AB157" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC157" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD157" s="2" t="n">
+        <v>127</v>
+      </c>
+      <c r="AE157" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="AF157" s="1" t="n"/>
+      <c r="AG157" s="2" t="n">
+        <v>5645</v>
+      </c>
+      <c r="AH157" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI157" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ157" s="2" t="n">
+        <v>4240</v>
+      </c>
+      <c r="AK157" s="2" t="n"/>
+      <c r="AL157" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO157" t="inlineStr">
+        <is>
+          <t>6 Teillastschritte</t>
+        </is>
+      </c>
+      <c r="AR157" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS157" s="2" t="n"/>
+      <c r="AT157" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="AW157" s="2" t="n"/>
+      <c r="AX157" t="inlineStr">
+        <is>
+          <t>• 23 Größen mit Heizleistungen von 290 bis 680 kW 
+• 3 Wirkungsgrade: SSE, SE und HE 
+• 3 Akustikpakete: SN, LN, XLN</t>
+        </is>
+      </c>
+      <c r="AY157" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ157" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA157" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=232</t>
+        </is>
+      </c>
+      <c r="BC157" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="158" ht="40" customHeight="1">
+      <c r="A158" s="1" t="n">
+        <v>857</v>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>CMAF 180 SE SN</t>
+        </is>
+      </c>
+      <c r="F158" t="inlineStr">
+        <is>
+          <t>CMAF</t>
+        </is>
+      </c>
+      <c r="G158" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="n"/>
+      <c r="I158" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K158" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L158" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O158" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P158" s="2" t="n"/>
+      <c r="Q158" s="2" t="n">
+        <v>637</v>
+      </c>
+      <c r="R158" s="2" t="n"/>
+      <c r="S158" s="2" t="n"/>
+      <c r="T158" s="2" t="n"/>
+      <c r="U158" s="2" t="n"/>
+      <c r="V158" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W158" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="X158" s="2" t="n">
+        <v>-18</v>
+      </c>
+      <c r="Y158" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z158" s="2" t="n"/>
+      <c r="AA158" s="2" t="n"/>
+      <c r="AB158" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC158" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD158" s="2" t="n">
+        <v>148</v>
+      </c>
+      <c r="AE158" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="AF158" s="1" t="n"/>
+      <c r="AG158" s="2" t="n">
+        <v>6770</v>
+      </c>
+      <c r="AH158" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI158" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ158" s="2" t="n">
+        <v>4645</v>
+      </c>
+      <c r="AK158" s="2" t="n"/>
+      <c r="AL158" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO158" t="inlineStr">
+        <is>
+          <t>14 Teillastschritte</t>
+        </is>
+      </c>
+      <c r="AR158" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS158" s="2" t="n"/>
+      <c r="AT158" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="AW158" s="2" t="n"/>
+      <c r="AX158" t="inlineStr">
+        <is>
+          <t>• 23 Größen mit Heizleistungen von 290 bis 680 kW 
+• 3 Wirkungsgrade: SSE, SE und HE 
+• 3 Akustikpakete: SN, LN, XLN</t>
+        </is>
+      </c>
+      <c r="AY158" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ158" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA158" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=232</t>
+        </is>
+      </c>
+      <c r="BC158" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="159" ht="40" customHeight="1">
+      <c r="A159" s="1" t="n">
+        <v>858</v>
+      </c>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>CMAF 190 SE SN</t>
+        </is>
+      </c>
+      <c r="F159" t="inlineStr">
+        <is>
+          <t>CMAF</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="n"/>
+      <c r="I159" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K159" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L159" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O159" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P159" s="2" t="n"/>
+      <c r="Q159" s="2" t="n">
+        <v>673</v>
+      </c>
+      <c r="R159" s="2" t="n"/>
+      <c r="S159" s="2" t="n"/>
+      <c r="T159" s="2" t="n"/>
+      <c r="U159" s="2" t="n"/>
+      <c r="V159" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="W159" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="X159" s="2" t="n">
+        <v>-18</v>
+      </c>
+      <c r="Y159" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z159" s="2" t="n"/>
+      <c r="AA159" s="2" t="n"/>
+      <c r="AB159" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AC159" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AD159" s="2" t="n">
+        <v>149</v>
+      </c>
+      <c r="AE159" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="AF159" s="1" t="n"/>
+      <c r="AG159" s="2" t="n">
+        <v>6770</v>
+      </c>
+      <c r="AH159" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI159" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ159" s="2" t="n">
+        <v>4755</v>
+      </c>
+      <c r="AK159" s="2" t="n"/>
+      <c r="AL159" t="inlineStr">
+        <is>
+          <t>Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AO159" t="inlineStr">
+        <is>
+          <t>6 Leistungsschritte</t>
+        </is>
+      </c>
+      <c r="AR159" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS159" s="2" t="n"/>
+      <c r="AT159" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="AW159" s="2" t="n"/>
+      <c r="AX159" t="inlineStr">
+        <is>
+          <t>• 23 Größen mit Heizleistungen von 290 bis 680 kW 
+• 3 Wirkungsgrade: SSE, SE und HE 
+• 3 Akustikpakete: SN, LN, XLN</t>
+        </is>
+      </c>
+      <c r="AY159" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ159" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA159" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=232</t>
+        </is>
+      </c>
+      <c r="BC159" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="160" ht="40" customHeight="1">
+      <c r="A160" s="1" t="n">
+        <v>812</v>
+      </c>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>CXAF 055 HE EC SN R454B</t>
+        </is>
+      </c>
+      <c r="F160" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G160" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="n"/>
+      <c r="I160" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K160" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O160" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P160" s="2" t="n"/>
+      <c r="Q160" s="2" t="n">
+        <v>178.9</v>
+      </c>
+      <c r="R160" s="2" t="n"/>
+      <c r="S160" s="2" t="n"/>
+      <c r="T160" s="2" t="n"/>
+      <c r="U160" s="2" t="n"/>
+      <c r="V160" s="2" t="n"/>
+      <c r="W160" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X160" s="2" t="n"/>
+      <c r="Y160" s="2" t="n"/>
+      <c r="Z160" s="2" t="n"/>
+      <c r="AA160" s="2" t="n"/>
+      <c r="AB160" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD160" s="2" t="n"/>
+      <c r="AE160" s="1" t="n"/>
+      <c r="AF160" s="1" t="n"/>
+      <c r="AG160" s="2" t="n">
+        <v>2505</v>
+      </c>
+      <c r="AH160" s="2" t="n">
+        <v>1997</v>
+      </c>
+      <c r="AI160" s="2" t="n">
+        <v>2412</v>
+      </c>
+      <c r="AJ160" s="2" t="n">
+        <v>1549</v>
+      </c>
+      <c r="AK160" s="2" t="n"/>
+      <c r="AO160" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR160" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS160" s="2" t="n"/>
+      <c r="AT160" s="2" t="n"/>
+      <c r="AW160" s="2" t="n"/>
+      <c r="AX160" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY160" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ160" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA160" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC160" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="161" ht="40" customHeight="1">
+      <c r="A161" s="1" t="n">
+        <v>794</v>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>CXAF 055 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F161" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="n"/>
+      <c r="I161" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K161" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O161" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P161" s="2" t="n"/>
+      <c r="Q161" s="2" t="n">
+        <v>178.9</v>
+      </c>
+      <c r="R161" s="2" t="n"/>
+      <c r="S161" s="2" t="n"/>
+      <c r="T161" s="2" t="n"/>
+      <c r="U161" s="2" t="n"/>
+      <c r="V161" s="2" t="n"/>
+      <c r="W161" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X161" s="2" t="n"/>
+      <c r="Y161" s="2" t="n"/>
+      <c r="Z161" s="2" t="n"/>
+      <c r="AA161" s="2" t="n"/>
+      <c r="AB161" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD161" s="2" t="n"/>
+      <c r="AE161" s="1" t="n"/>
+      <c r="AF161" s="1" t="n"/>
+      <c r="AG161" s="2" t="n">
+        <v>2505</v>
+      </c>
+      <c r="AH161" s="2" t="n">
+        <v>1997</v>
+      </c>
+      <c r="AI161" s="2" t="n">
+        <v>2412</v>
+      </c>
+      <c r="AJ161" s="2" t="n">
+        <v>1549</v>
+      </c>
+      <c r="AK161" s="2" t="n"/>
+      <c r="AO161" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR161" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS161" s="2" t="n"/>
+      <c r="AT161" s="2" t="n"/>
+      <c r="AW161" s="2" t="n"/>
+      <c r="AX161" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY161" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ161" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA161" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC161" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="162" ht="40" customHeight="1">
+      <c r="A162" s="1" t="n">
+        <v>813</v>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>CXAF 060 HE EC SN R454B</t>
+        </is>
+      </c>
+      <c r="F162" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G162" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="n"/>
+      <c r="I162" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K162" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O162" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P162" s="2" t="n"/>
+      <c r="Q162" s="2" t="n">
+        <v>202.5</v>
+      </c>
+      <c r="R162" s="2" t="n"/>
+      <c r="S162" s="2" t="n"/>
+      <c r="T162" s="2" t="n"/>
+      <c r="U162" s="2" t="n"/>
+      <c r="V162" s="2" t="n"/>
+      <c r="W162" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X162" s="2" t="n"/>
+      <c r="Y162" s="2" t="n"/>
+      <c r="Z162" s="2" t="n"/>
+      <c r="AA162" s="2" t="n"/>
+      <c r="AB162" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD162" s="2" t="n"/>
+      <c r="AE162" s="1" t="n"/>
+      <c r="AF162" s="1" t="n"/>
+      <c r="AG162" s="2" t="n">
+        <v>2505</v>
+      </c>
+      <c r="AH162" s="2" t="n">
+        <v>1997</v>
+      </c>
+      <c r="AI162" s="2" t="n">
+        <v>2412</v>
+      </c>
+      <c r="AJ162" s="2" t="n">
+        <v>1630</v>
+      </c>
+      <c r="AK162" s="2" t="n"/>
+      <c r="AO162" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR162" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="AS162" s="2" t="n"/>
+      <c r="AT162" s="2" t="n"/>
+      <c r="AW162" s="2" t="n"/>
+      <c r="AX162" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY162" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ162" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA162" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC162" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="163" ht="40" customHeight="1">
+      <c r="A163" s="1" t="n">
+        <v>795</v>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>CXAF 060 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F163" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G163" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="n"/>
+      <c r="I163" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K163" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O163" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P163" s="2" t="n"/>
+      <c r="Q163" s="2" t="n">
+        <v>202.5</v>
+      </c>
+      <c r="R163" s="2" t="n"/>
+      <c r="S163" s="2" t="n"/>
+      <c r="T163" s="2" t="n"/>
+      <c r="U163" s="2" t="n"/>
+      <c r="V163" s="2" t="n"/>
+      <c r="W163" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X163" s="2" t="n"/>
+      <c r="Y163" s="2" t="n"/>
+      <c r="Z163" s="2" t="n"/>
+      <c r="AA163" s="2" t="n"/>
+      <c r="AB163" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD163" s="2" t="n"/>
+      <c r="AE163" s="1" t="n"/>
+      <c r="AF163" s="1" t="n"/>
+      <c r="AG163" s="2" t="n">
+        <v>2505</v>
+      </c>
+      <c r="AH163" s="2" t="n">
+        <v>1997</v>
+      </c>
+      <c r="AI163" s="2" t="n">
+        <v>2412</v>
+      </c>
+      <c r="AJ163" s="2" t="n">
+        <v>1630</v>
+      </c>
+      <c r="AK163" s="2" t="n"/>
+      <c r="AO163" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR163" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS163" s="2" t="n"/>
+      <c r="AT163" s="2" t="n"/>
+      <c r="AW163" s="2" t="n"/>
+      <c r="AX163" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY163" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ163" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA163" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC163" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="164" ht="40" customHeight="1">
+      <c r="A164" s="1" t="n">
+        <v>814</v>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>CXAF 061 HE EC SN R454B</t>
+        </is>
+      </c>
+      <c r="F164" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="n"/>
+      <c r="I164" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K164" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O164" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P164" s="2" t="n"/>
+      <c r="Q164" s="2" t="n">
+        <v>218.1</v>
+      </c>
+      <c r="R164" s="2" t="n"/>
+      <c r="S164" s="2" t="n"/>
+      <c r="T164" s="2" t="n"/>
+      <c r="U164" s="2" t="n"/>
+      <c r="V164" s="2" t="n"/>
+      <c r="W164" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X164" s="2" t="n"/>
+      <c r="Y164" s="2" t="n"/>
+      <c r="Z164" s="2" t="n"/>
+      <c r="AA164" s="2" t="n"/>
+      <c r="AB164" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD164" s="2" t="n"/>
+      <c r="AE164" s="1" t="n"/>
+      <c r="AF164" s="1" t="n"/>
+      <c r="AG164" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH164" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI164" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ164" s="2" t="n">
+        <v>2044</v>
+      </c>
+      <c r="AK164" s="2" t="n"/>
+      <c r="AO164" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR164" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="AS164" s="2" t="n"/>
+      <c r="AT164" s="2" t="n"/>
+      <c r="AW164" s="2" t="n"/>
+      <c r="AX164" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY164" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ164" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA164" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC164" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="165" ht="40" customHeight="1">
+      <c r="A165" s="1" t="n">
+        <v>796</v>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>CXAF 061 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F165" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="n"/>
+      <c r="I165" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K165" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O165" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P165" s="2" t="n"/>
+      <c r="Q165" s="2" t="n">
+        <v>218.1</v>
+      </c>
+      <c r="R165" s="2" t="n"/>
+      <c r="S165" s="2" t="n"/>
+      <c r="T165" s="2" t="n"/>
+      <c r="U165" s="2" t="n"/>
+      <c r="V165" s="2" t="n"/>
+      <c r="W165" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X165" s="2" t="n"/>
+      <c r="Y165" s="2" t="n"/>
+      <c r="Z165" s="2" t="n"/>
+      <c r="AA165" s="2" t="n"/>
+      <c r="AB165" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD165" s="2" t="n"/>
+      <c r="AE165" s="1" t="n"/>
+      <c r="AF165" s="1" t="n"/>
+      <c r="AG165" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH165" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI165" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ165" s="2" t="n">
+        <v>2044</v>
+      </c>
+      <c r="AK165" s="2" t="n"/>
+      <c r="AO165" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR165" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="AS165" s="2" t="n"/>
+      <c r="AT165" s="2" t="n"/>
+      <c r="AW165" s="2" t="n"/>
+      <c r="AX165" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY165" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ165" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA165" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC165" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="166" ht="40" customHeight="1">
+      <c r="A166" s="1" t="n">
+        <v>815</v>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>CXAF 070 HE EC SN R454B</t>
+        </is>
+      </c>
+      <c r="F166" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G166" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="n"/>
+      <c r="I166" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K166" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O166" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P166" s="2" t="n"/>
+      <c r="Q166" s="2" t="n">
+        <v>240.1</v>
+      </c>
+      <c r="R166" s="2" t="n"/>
+      <c r="S166" s="2" t="n"/>
+      <c r="T166" s="2" t="n"/>
+      <c r="U166" s="2" t="n"/>
+      <c r="V166" s="2" t="n"/>
+      <c r="W166" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X166" s="2" t="n"/>
+      <c r="Y166" s="2" t="n"/>
+      <c r="Z166" s="2" t="n"/>
+      <c r="AA166" s="2" t="n"/>
+      <c r="AB166" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD166" s="2" t="n"/>
+      <c r="AE166" s="1" t="n"/>
+      <c r="AF166" s="1" t="n"/>
+      <c r="AG166" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH166" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI166" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ166" s="2" t="n">
+        <v>2044</v>
+      </c>
+      <c r="AK166" s="2" t="n"/>
+      <c r="AO166" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR166" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="AS166" s="2" t="n"/>
+      <c r="AT166" s="2" t="n"/>
+      <c r="AW166" s="2" t="n"/>
+      <c r="AX166" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY166" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ166" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA166" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC166" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="167" ht="40" customHeight="1">
+      <c r="A167" s="1" t="n">
+        <v>797</v>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>CXAF 070 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F167" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="n"/>
+      <c r="I167" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K167" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O167" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P167" s="2" t="n"/>
+      <c r="Q167" s="2" t="n">
+        <v>240</v>
+      </c>
+      <c r="R167" s="2" t="n"/>
+      <c r="S167" s="2" t="n"/>
+      <c r="T167" s="2" t="n"/>
+      <c r="U167" s="2" t="n"/>
+      <c r="V167" s="2" t="n"/>
+      <c r="W167" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X167" s="2" t="n"/>
+      <c r="Y167" s="2" t="n"/>
+      <c r="Z167" s="2" t="n"/>
+      <c r="AA167" s="2" t="n"/>
+      <c r="AB167" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD167" s="2" t="n"/>
+      <c r="AE167" s="1" t="n"/>
+      <c r="AF167" s="1" t="n"/>
+      <c r="AG167" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH167" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI167" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ167" s="2" t="n">
+        <v>2044</v>
+      </c>
+      <c r="AK167" s="2" t="n"/>
+      <c r="AO167" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR167" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="AS167" s="2" t="n"/>
+      <c r="AT167" s="2" t="n"/>
+      <c r="AW167" s="2" t="n"/>
+      <c r="AX167" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY167" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ167" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA167" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC167" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="168" ht="40" customHeight="1">
+      <c r="A168" s="1" t="n">
+        <v>816</v>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>CXAF 074 HE EC SN R454B</t>
+        </is>
+      </c>
+      <c r="F168" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G168" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="n"/>
+      <c r="I168" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K168" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O168" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P168" s="2" t="n"/>
+      <c r="Q168" s="2" t="n">
+        <v>266.9</v>
+      </c>
+      <c r="R168" s="2" t="n"/>
+      <c r="S168" s="2" t="n"/>
+      <c r="T168" s="2" t="n"/>
+      <c r="U168" s="2" t="n"/>
+      <c r="V168" s="2" t="n"/>
+      <c r="W168" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X168" s="2" t="n"/>
+      <c r="Y168" s="2" t="n"/>
+      <c r="Z168" s="2" t="n"/>
+      <c r="AA168" s="2" t="n"/>
+      <c r="AB168" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD168" s="2" t="n"/>
+      <c r="AE168" s="1" t="n"/>
+      <c r="AF168" s="1" t="n"/>
+      <c r="AG168" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH168" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI168" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ168" s="2" t="n">
+        <v>2030</v>
+      </c>
+      <c r="AK168" s="2" t="n"/>
+      <c r="AO168" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR168" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS168" s="2" t="n"/>
+      <c r="AT168" s="2" t="n"/>
+      <c r="AW168" s="2" t="n"/>
+      <c r="AX168" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY168" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ168" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA168" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC168" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="169" ht="40" customHeight="1">
+      <c r="A169" s="1" t="n">
+        <v>798</v>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>CXAF 074 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F169" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G169" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="n"/>
+      <c r="I169" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K169" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O169" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P169" s="2" t="n"/>
+      <c r="Q169" s="2" t="n">
+        <v>266.8</v>
+      </c>
+      <c r="R169" s="2" t="n"/>
+      <c r="S169" s="2" t="n"/>
+      <c r="T169" s="2" t="n"/>
+      <c r="U169" s="2" t="n"/>
+      <c r="V169" s="2" t="n"/>
+      <c r="W169" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X169" s="2" t="n"/>
+      <c r="Y169" s="2" t="n"/>
+      <c r="Z169" s="2" t="n"/>
+      <c r="AA169" s="2" t="n"/>
+      <c r="AB169" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD169" s="2" t="n"/>
+      <c r="AE169" s="1" t="n"/>
+      <c r="AF169" s="1" t="n"/>
+      <c r="AG169" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH169" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI169" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ169" s="2" t="n">
+        <v>2030</v>
+      </c>
+      <c r="AK169" s="2" t="n"/>
+      <c r="AO169" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR169" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS169" s="2" t="n"/>
+      <c r="AT169" s="2" t="n"/>
+      <c r="AW169" s="2" t="n"/>
+      <c r="AX169" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY169" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ169" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA169" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC169" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="170" ht="40" customHeight="1">
+      <c r="A170" s="1" t="n">
+        <v>817</v>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>CXAF 075 HE EC SN R454B</t>
+        </is>
+      </c>
+      <c r="F170" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G170" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="n"/>
+      <c r="I170" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K170" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O170" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P170" s="2" t="n"/>
+      <c r="Q170" s="2" t="n">
+        <v>274.7</v>
+      </c>
+      <c r="R170" s="2" t="n"/>
+      <c r="S170" s="2" t="n"/>
+      <c r="T170" s="2" t="n"/>
+      <c r="U170" s="2" t="n"/>
+      <c r="V170" s="2" t="n"/>
+      <c r="W170" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X170" s="2" t="n"/>
+      <c r="Y170" s="2" t="n"/>
+      <c r="Z170" s="2" t="n"/>
+      <c r="AA170" s="2" t="n"/>
+      <c r="AB170" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD170" s="2" t="n"/>
+      <c r="AE170" s="1" t="n"/>
+      <c r="AF170" s="1" t="n"/>
+      <c r="AG170" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH170" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI170" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ170" s="2" t="n">
+        <v>2190</v>
+      </c>
+      <c r="AK170" s="2" t="n"/>
+      <c r="AO170" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR170" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="AS170" s="2" t="n"/>
+      <c r="AT170" s="2" t="n"/>
+      <c r="AW170" s="2" t="n"/>
+      <c r="AX170" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY170" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ170" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA170" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC170" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="171" ht="40" customHeight="1">
+      <c r="A171" s="1" t="n">
+        <v>799</v>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>CXAF 075 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F171" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G171" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="n"/>
+      <c r="I171" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K171" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O171" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P171" s="2" t="n"/>
+      <c r="Q171" s="2" t="n">
+        <v>274.4</v>
+      </c>
+      <c r="R171" s="2" t="n"/>
+      <c r="S171" s="2" t="n"/>
+      <c r="T171" s="2" t="n"/>
+      <c r="U171" s="2" t="n"/>
+      <c r="V171" s="2" t="n"/>
+      <c r="W171" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X171" s="2" t="n"/>
+      <c r="Y171" s="2" t="n"/>
+      <c r="Z171" s="2" t="n"/>
+      <c r="AA171" s="2" t="n"/>
+      <c r="AB171" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD171" s="2" t="n"/>
+      <c r="AE171" s="1" t="n"/>
+      <c r="AF171" s="1" t="n"/>
+      <c r="AG171" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH171" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI171" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ171" s="2" t="n">
+        <v>2190</v>
+      </c>
+      <c r="AK171" s="2" t="n"/>
+      <c r="AO171" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR171" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="AS171" s="2" t="n"/>
+      <c r="AT171" s="2" t="n"/>
+      <c r="AW171" s="2" t="n"/>
+      <c r="AX171" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY171" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ171" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA171" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC171" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="172" ht="40" customHeight="1">
+      <c r="A172" s="1" t="n">
+        <v>818</v>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>CXAF 080 HE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F172" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G172" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="n"/>
+      <c r="I172" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K172" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O172" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P172" s="2" t="n"/>
+      <c r="Q172" s="2" t="n">
+        <v>297.5</v>
+      </c>
+      <c r="R172" s="2" t="n"/>
+      <c r="S172" s="2" t="n"/>
+      <c r="T172" s="2" t="n"/>
+      <c r="U172" s="2" t="n"/>
+      <c r="V172" s="2" t="n"/>
+      <c r="W172" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X172" s="2" t="n"/>
+      <c r="Y172" s="2" t="n"/>
+      <c r="Z172" s="2" t="n"/>
+      <c r="AA172" s="2" t="n"/>
+      <c r="AB172" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD172" s="2" t="n"/>
+      <c r="AE172" s="1" t="n"/>
+      <c r="AF172" s="1" t="n"/>
+      <c r="AG172" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH172" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI172" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ172" s="2" t="n">
+        <v>2885</v>
+      </c>
+      <c r="AK172" s="2" t="n"/>
+      <c r="AO172" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR172" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS172" s="2" t="n"/>
+      <c r="AT172" s="2" t="n"/>
+      <c r="AW172" s="2" t="n"/>
+      <c r="AX172" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY172" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ172" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA172" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC172" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="173" ht="40" customHeight="1">
+      <c r="A173" s="1" t="n">
+        <v>800</v>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>CXAF 080 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F173" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="n"/>
+      <c r="I173" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K173" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O173" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P173" s="2" t="n"/>
+      <c r="Q173" s="2" t="n">
+        <v>288.6</v>
+      </c>
+      <c r="R173" s="2" t="n"/>
+      <c r="S173" s="2" t="n"/>
+      <c r="T173" s="2" t="n"/>
+      <c r="U173" s="2" t="n"/>
+      <c r="V173" s="2" t="n"/>
+      <c r="W173" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X173" s="2" t="n"/>
+      <c r="Y173" s="2" t="n"/>
+      <c r="Z173" s="2" t="n"/>
+      <c r="AA173" s="2" t="n"/>
+      <c r="AB173" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD173" s="2" t="n"/>
+      <c r="AE173" s="1" t="n"/>
+      <c r="AF173" s="1" t="n"/>
+      <c r="AG173" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH173" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI173" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ173" s="2" t="n">
+        <v>2835</v>
+      </c>
+      <c r="AK173" s="2" t="n"/>
+      <c r="AO173" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR173" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="AS173" s="2" t="n"/>
+      <c r="AT173" s="2" t="n"/>
+      <c r="AW173" s="2" t="n"/>
+      <c r="AX173" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY173" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ173" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA173" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC173" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="174" ht="40" customHeight="1">
+      <c r="A174" s="1" t="n">
+        <v>819</v>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>CXAF 085 HE EC SN R454B</t>
+        </is>
+      </c>
+      <c r="F174" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="n"/>
+      <c r="I174" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K174" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O174" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P174" s="2" t="n"/>
+      <c r="Q174" s="2" t="n">
+        <v>305.2</v>
+      </c>
+      <c r="R174" s="2" t="n"/>
+      <c r="S174" s="2" t="n"/>
+      <c r="T174" s="2" t="n"/>
+      <c r="U174" s="2" t="n"/>
+      <c r="V174" s="2" t="n"/>
+      <c r="W174" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X174" s="2" t="n"/>
+      <c r="Y174" s="2" t="n"/>
+      <c r="Z174" s="2" t="n"/>
+      <c r="AA174" s="2" t="n"/>
+      <c r="AB174" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD174" s="2" t="n"/>
+      <c r="AE174" s="1" t="n"/>
+      <c r="AF174" s="1" t="n"/>
+      <c r="AG174" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH174" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI174" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ174" s="2" t="n">
+        <v>2316</v>
+      </c>
+      <c r="AK174" s="2" t="n"/>
+      <c r="AO174" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR174" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS174" s="2" t="n"/>
+      <c r="AT174" s="2" t="n"/>
+      <c r="AW174" s="2" t="n"/>
+      <c r="AX174" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY174" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ174" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA174" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC174" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="175" ht="40" customHeight="1">
+      <c r="A175" s="1" t="n">
+        <v>801</v>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>CXAF 085 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="n"/>
+      <c r="I175" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K175" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O175" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P175" s="2" t="n"/>
+      <c r="Q175" s="2" t="n">
+        <v>304.9</v>
+      </c>
+      <c r="R175" s="2" t="n"/>
+      <c r="S175" s="2" t="n"/>
+      <c r="T175" s="2" t="n"/>
+      <c r="U175" s="2" t="n"/>
+      <c r="V175" s="2" t="n"/>
+      <c r="W175" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X175" s="2" t="n"/>
+      <c r="Y175" s="2" t="n"/>
+      <c r="Z175" s="2" t="n"/>
+      <c r="AA175" s="2" t="n"/>
+      <c r="AB175" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD175" s="2" t="n"/>
+      <c r="AE175" s="1" t="n"/>
+      <c r="AF175" s="1" t="n"/>
+      <c r="AG175" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH175" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI175" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ175" s="2" t="n">
+        <v>2316</v>
+      </c>
+      <c r="AK175" s="2" t="n"/>
+      <c r="AO175" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR175" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS175" s="2" t="n"/>
+      <c r="AT175" s="2" t="n"/>
+      <c r="AW175" s="2" t="n"/>
+      <c r="AX175" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY175" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ175" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA175" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC175" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="176" ht="40" customHeight="1">
+      <c r="A176" s="1" t="n">
+        <v>820</v>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>CXAF 090 HE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F176" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G176" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="n"/>
+      <c r="I176" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K176" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O176" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P176" s="2" t="n"/>
+      <c r="Q176" s="2" t="n">
+        <v>326.6</v>
+      </c>
+      <c r="R176" s="2" t="n"/>
+      <c r="S176" s="2" t="n"/>
+      <c r="T176" s="2" t="n"/>
+      <c r="U176" s="2" t="n"/>
+      <c r="V176" s="2" t="n"/>
+      <c r="W176" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X176" s="2" t="n"/>
+      <c r="Y176" s="2" t="n"/>
+      <c r="Z176" s="2" t="n"/>
+      <c r="AA176" s="2" t="n"/>
+      <c r="AB176" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD176" s="2" t="n"/>
+      <c r="AE176" s="1" t="n"/>
+      <c r="AF176" s="1" t="n"/>
+      <c r="AG176" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH176" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI176" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ176" s="2" t="n">
+        <v>2984</v>
+      </c>
+      <c r="AK176" s="2" t="n"/>
+      <c r="AO176" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR176" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS176" s="2" t="n"/>
+      <c r="AT176" s="2" t="n"/>
+      <c r="AW176" s="2" t="n"/>
+      <c r="AX176" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY176" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ176" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA176" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC176" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="177" ht="40" customHeight="1">
+      <c r="A177" s="1" t="n">
+        <v>802</v>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>CXAF 090 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F177" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G177" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="n"/>
+      <c r="I177" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K177" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O177" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P177" s="2" t="n"/>
+      <c r="Q177" s="2" t="n">
+        <v>318.6</v>
+      </c>
+      <c r="R177" s="2" t="n"/>
+      <c r="S177" s="2" t="n"/>
+      <c r="T177" s="2" t="n"/>
+      <c r="U177" s="2" t="n"/>
+      <c r="V177" s="2" t="n"/>
+      <c r="W177" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X177" s="2" t="n"/>
+      <c r="Y177" s="2" t="n"/>
+      <c r="Z177" s="2" t="n"/>
+      <c r="AA177" s="2" t="n"/>
+      <c r="AB177" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD177" s="2" t="n"/>
+      <c r="AE177" s="1" t="n"/>
+      <c r="AF177" s="1" t="n"/>
+      <c r="AG177" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH177" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI177" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ177" s="2" t="n">
+        <v>2934</v>
+      </c>
+      <c r="AK177" s="2" t="n"/>
+      <c r="AO177" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR177" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS177" s="2" t="n"/>
+      <c r="AT177" s="2" t="n"/>
+      <c r="AW177" s="2" t="n"/>
+      <c r="AX177" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY177" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ177" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA177" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC177" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="178" ht="40" customHeight="1">
+      <c r="A178" s="1" t="n">
+        <v>821</v>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>CXAF 095 HE EC SN R454B</t>
+        </is>
+      </c>
+      <c r="F178" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G178" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="n"/>
+      <c r="I178" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K178" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O178" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P178" s="2" t="n"/>
+      <c r="Q178" s="2" t="n">
+        <v>335</v>
+      </c>
+      <c r="R178" s="2" t="n"/>
+      <c r="S178" s="2" t="n"/>
+      <c r="T178" s="2" t="n"/>
+      <c r="U178" s="2" t="n"/>
+      <c r="V178" s="2" t="n"/>
+      <c r="W178" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X178" s="2" t="n"/>
+      <c r="Y178" s="2" t="n"/>
+      <c r="Z178" s="2" t="n"/>
+      <c r="AA178" s="2" t="n"/>
+      <c r="AB178" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD178" s="2" t="n"/>
+      <c r="AE178" s="1" t="n"/>
+      <c r="AF178" s="1" t="n"/>
+      <c r="AG178" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH178" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI178" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ178" s="2" t="n">
+        <v>2702</v>
+      </c>
+      <c r="AK178" s="2" t="n"/>
+      <c r="AO178" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR178" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="AS178" s="2" t="n"/>
+      <c r="AT178" s="2" t="n"/>
+      <c r="AW178" s="2" t="n"/>
+      <c r="AX178" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY178" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ178" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA178" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC178" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="179" ht="40" customHeight="1">
+      <c r="A179" s="1" t="n">
+        <v>803</v>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>CXAF 095 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F179" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G179" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="n"/>
+      <c r="I179" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K179" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O179" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P179" s="2" t="n"/>
+      <c r="Q179" s="2" t="n">
+        <v>334.6</v>
+      </c>
+      <c r="R179" s="2" t="n"/>
+      <c r="S179" s="2" t="n"/>
+      <c r="T179" s="2" t="n"/>
+      <c r="U179" s="2" t="n"/>
+      <c r="V179" s="2" t="n"/>
+      <c r="W179" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X179" s="2" t="n"/>
+      <c r="Y179" s="2" t="n"/>
+      <c r="Z179" s="2" t="n"/>
+      <c r="AA179" s="2" t="n"/>
+      <c r="AB179" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD179" s="2" t="n"/>
+      <c r="AE179" s="1" t="n"/>
+      <c r="AF179" s="1" t="n"/>
+      <c r="AG179" s="2" t="n">
+        <v>3255</v>
+      </c>
+      <c r="AH179" s="2" t="n">
+        <v>2232</v>
+      </c>
+      <c r="AI179" s="2" t="n">
+        <v>2531</v>
+      </c>
+      <c r="AJ179" s="2" t="n">
+        <v>2702</v>
+      </c>
+      <c r="AK179" s="2" t="n"/>
+      <c r="AO179" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR179" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS179" s="2" t="n"/>
+      <c r="AT179" s="2" t="n"/>
+      <c r="AW179" s="2" t="n"/>
+      <c r="AX179" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY179" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ179" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA179" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC179" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="180" ht="40" customHeight="1">
+      <c r="A180" s="1" t="n">
+        <v>822</v>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>CXAF 100 HE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F180" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G180" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="n"/>
+      <c r="I180" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K180" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O180" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P180" s="2" t="n"/>
+      <c r="Q180" s="2" t="n">
+        <v>357</v>
+      </c>
+      <c r="R180" s="2" t="n"/>
+      <c r="S180" s="2" t="n"/>
+      <c r="T180" s="2" t="n"/>
+      <c r="U180" s="2" t="n"/>
+      <c r="V180" s="2" t="n"/>
+      <c r="W180" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X180" s="2" t="n"/>
+      <c r="Y180" s="2" t="n"/>
+      <c r="Z180" s="2" t="n"/>
+      <c r="AA180" s="2" t="n"/>
+      <c r="AB180" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD180" s="2" t="n"/>
+      <c r="AE180" s="1" t="n"/>
+      <c r="AF180" s="1" t="n"/>
+      <c r="AG180" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH180" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI180" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ180" s="2" t="n">
+        <v>3138</v>
+      </c>
+      <c r="AK180" s="2" t="n"/>
+      <c r="AO180" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR180" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="AS180" s="2" t="n"/>
+      <c r="AT180" s="2" t="n"/>
+      <c r="AW180" s="2" t="n"/>
+      <c r="AX180" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY180" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ180" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA180" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC180" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="181" ht="40" customHeight="1">
+      <c r="A181" s="1" t="n">
+        <v>804</v>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>CXAF 100 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F181" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G181" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="n"/>
+      <c r="I181" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K181" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O181" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P181" s="2" t="n"/>
+      <c r="Q181" s="2" t="n">
+        <v>349.1</v>
+      </c>
+      <c r="R181" s="2" t="n"/>
+      <c r="S181" s="2" t="n"/>
+      <c r="T181" s="2" t="n"/>
+      <c r="U181" s="2" t="n"/>
+      <c r="V181" s="2" t="n"/>
+      <c r="W181" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X181" s="2" t="n"/>
+      <c r="Y181" s="2" t="n"/>
+      <c r="Z181" s="2" t="n"/>
+      <c r="AA181" s="2" t="n"/>
+      <c r="AB181" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD181" s="2" t="n"/>
+      <c r="AE181" s="1" t="n"/>
+      <c r="AF181" s="1" t="n"/>
+      <c r="AG181" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH181" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI181" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ181" s="2" t="n">
+        <v>3078</v>
+      </c>
+      <c r="AK181" s="2" t="n"/>
+      <c r="AO181" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR181" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="AS181" s="2" t="n"/>
+      <c r="AT181" s="2" t="n"/>
+      <c r="AW181" s="2" t="n"/>
+      <c r="AX181" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY181" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ181" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA181" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC181" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="182" ht="40" customHeight="1">
+      <c r="A182" s="1" t="n">
+        <v>823</v>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>CXAF 110 HE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F182" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G182" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="n"/>
+      <c r="I182" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K182" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O182" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P182" s="2" t="n"/>
+      <c r="Q182" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="R182" s="2" t="n"/>
+      <c r="S182" s="2" t="n"/>
+      <c r="T182" s="2" t="n"/>
+      <c r="U182" s="2" t="n"/>
+      <c r="V182" s="2" t="n"/>
+      <c r="W182" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X182" s="2" t="n"/>
+      <c r="Y182" s="2" t="n"/>
+      <c r="Z182" s="2" t="n"/>
+      <c r="AA182" s="2" t="n"/>
+      <c r="AB182" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD182" s="2" t="n"/>
+      <c r="AE182" s="1" t="n"/>
+      <c r="AF182" s="1" t="n"/>
+      <c r="AG182" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH182" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI182" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ182" s="2" t="n">
+        <v>3228</v>
+      </c>
+      <c r="AK182" s="2" t="n"/>
+      <c r="AO182" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR182" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS182" s="2" t="n"/>
+      <c r="AT182" s="2" t="n"/>
+      <c r="AW182" s="2" t="n"/>
+      <c r="AX182" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY182" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ182" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA182" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC182" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="183" ht="40" customHeight="1">
+      <c r="A183" s="1" t="n">
+        <v>805</v>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>CXAF 110 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F183" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G183" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="n"/>
+      <c r="I183" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K183" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O183" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P183" s="2" t="n"/>
+      <c r="Q183" s="2" t="n">
+        <v>392.4</v>
+      </c>
+      <c r="R183" s="2" t="n"/>
+      <c r="S183" s="2" t="n"/>
+      <c r="T183" s="2" t="n"/>
+      <c r="U183" s="2" t="n"/>
+      <c r="V183" s="2" t="n"/>
+      <c r="W183" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X183" s="2" t="n"/>
+      <c r="Y183" s="2" t="n"/>
+      <c r="Z183" s="2" t="n"/>
+      <c r="AA183" s="2" t="n"/>
+      <c r="AB183" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD183" s="2" t="n"/>
+      <c r="AE183" s="1" t="n"/>
+      <c r="AF183" s="1" t="n"/>
+      <c r="AG183" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH183" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI183" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ183" s="2" t="n">
+        <v>3168</v>
+      </c>
+      <c r="AK183" s="2" t="n"/>
+      <c r="AO183" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR183" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS183" s="2" t="n"/>
+      <c r="AT183" s="2" t="n"/>
+      <c r="AW183" s="2" t="n"/>
+      <c r="AX183" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY183" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ183" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA183" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC183" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="184" ht="40" customHeight="1">
+      <c r="A184" s="1" t="n">
+        <v>824</v>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>CXAF 130 HE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F184" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G184" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="n"/>
+      <c r="I184" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K184" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O184" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P184" s="2" t="n"/>
+      <c r="Q184" s="2" t="n">
+        <v>437.9</v>
+      </c>
+      <c r="R184" s="2" t="n"/>
+      <c r="S184" s="2" t="n"/>
+      <c r="T184" s="2" t="n"/>
+      <c r="U184" s="2" t="n"/>
+      <c r="V184" s="2" t="n"/>
+      <c r="W184" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X184" s="2" t="n"/>
+      <c r="Y184" s="2" t="n"/>
+      <c r="Z184" s="2" t="n"/>
+      <c r="AA184" s="2" t="n"/>
+      <c r="AB184" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD184" s="2" t="n"/>
+      <c r="AE184" s="1" t="n"/>
+      <c r="AF184" s="1" t="n"/>
+      <c r="AG184" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH184" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI184" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ184" s="2" t="n">
+        <v>3295</v>
+      </c>
+      <c r="AK184" s="2" t="n"/>
+      <c r="AO184" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR184" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS184" s="2" t="n"/>
+      <c r="AT184" s="2" t="n"/>
+      <c r="AW184" s="2" t="n"/>
+      <c r="AX184" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY184" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ184" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA184" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC184" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="185" ht="40" customHeight="1">
+      <c r="A185" s="1" t="n">
+        <v>806</v>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>CXAF 130 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F185" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G185" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="n"/>
+      <c r="I185" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K185" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O185" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P185" s="2" t="n"/>
+      <c r="Q185" s="2" t="n">
+        <v>430.6</v>
+      </c>
+      <c r="R185" s="2" t="n"/>
+      <c r="S185" s="2" t="n"/>
+      <c r="T185" s="2" t="n"/>
+      <c r="U185" s="2" t="n"/>
+      <c r="V185" s="2" t="n"/>
+      <c r="W185" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X185" s="2" t="n"/>
+      <c r="Y185" s="2" t="n"/>
+      <c r="Z185" s="2" t="n"/>
+      <c r="AA185" s="2" t="n"/>
+      <c r="AB185" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD185" s="2" t="n"/>
+      <c r="AE185" s="1" t="n"/>
+      <c r="AF185" s="1" t="n"/>
+      <c r="AG185" s="2" t="n">
+        <v>4520</v>
+      </c>
+      <c r="AH185" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI185" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ185" s="2" t="n">
+        <v>3235</v>
+      </c>
+      <c r="AK185" s="2" t="n"/>
+      <c r="AO185" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR185" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS185" s="2" t="n"/>
+      <c r="AT185" s="2" t="n"/>
+      <c r="AW185" s="2" t="n"/>
+      <c r="AX185" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY185" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ185" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA185" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC185" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="186" ht="40" customHeight="1">
+      <c r="A186" s="1" t="n">
+        <v>825</v>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>CXAF 140 HE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F186" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G186" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="n"/>
+      <c r="I186" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K186" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O186" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P186" s="2" t="n"/>
+      <c r="Q186" s="2" t="n">
+        <v>491.8</v>
+      </c>
+      <c r="R186" s="2" t="n"/>
+      <c r="S186" s="2" t="n"/>
+      <c r="T186" s="2" t="n"/>
+      <c r="U186" s="2" t="n"/>
+      <c r="V186" s="2" t="n"/>
+      <c r="W186" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X186" s="2" t="n"/>
+      <c r="Y186" s="2" t="n"/>
+      <c r="Z186" s="2" t="n"/>
+      <c r="AA186" s="2" t="n"/>
+      <c r="AB186" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD186" s="2" t="n"/>
+      <c r="AE186" s="1" t="n"/>
+      <c r="AF186" s="1" t="n"/>
+      <c r="AG186" s="2" t="n">
+        <v>5645</v>
+      </c>
+      <c r="AH186" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI186" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ186" s="2" t="n">
+        <v>3956</v>
+      </c>
+      <c r="AK186" s="2" t="n"/>
+      <c r="AO186" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR186" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS186" s="2" t="n"/>
+      <c r="AT186" s="2" t="n"/>
+      <c r="AW186" s="2" t="n"/>
+      <c r="AX186" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY186" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ186" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA186" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC186" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="187" ht="40" customHeight="1">
+      <c r="A187" s="1" t="n">
+        <v>807</v>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>CXAF 140 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F187" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G187" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="n"/>
+      <c r="I187" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K187" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O187" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P187" s="2" t="n"/>
+      <c r="Q187" s="2" t="n">
+        <v>483</v>
+      </c>
+      <c r="R187" s="2" t="n"/>
+      <c r="S187" s="2" t="n"/>
+      <c r="T187" s="2" t="n"/>
+      <c r="U187" s="2" t="n"/>
+      <c r="V187" s="2" t="n"/>
+      <c r="W187" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X187" s="2" t="n"/>
+      <c r="Y187" s="2" t="n"/>
+      <c r="Z187" s="2" t="n"/>
+      <c r="AA187" s="2" t="n"/>
+      <c r="AB187" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD187" s="2" t="n"/>
+      <c r="AE187" s="1" t="n"/>
+      <c r="AF187" s="1" t="n"/>
+      <c r="AG187" s="2" t="n">
+        <v>5645</v>
+      </c>
+      <c r="AH187" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI187" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ187" s="2" t="n">
+        <v>3876</v>
+      </c>
+      <c r="AK187" s="2" t="n"/>
+      <c r="AO187" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR187" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS187" s="2" t="n"/>
+      <c r="AT187" s="2" t="n"/>
+      <c r="AW187" s="2" t="n"/>
+      <c r="AX187" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY187" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ187" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA187" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC187" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="188" ht="40" customHeight="1">
+      <c r="A188" s="1" t="n">
+        <v>826</v>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C188" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>CXAF 150 HE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F188" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G188" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="n"/>
+      <c r="I188" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K188" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O188" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P188" s="2" t="n"/>
+      <c r="Q188" s="2" t="n">
+        <v>518.4</v>
+      </c>
+      <c r="R188" s="2" t="n"/>
+      <c r="S188" s="2" t="n"/>
+      <c r="T188" s="2" t="n"/>
+      <c r="U188" s="2" t="n"/>
+      <c r="V188" s="2" t="n"/>
+      <c r="W188" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X188" s="2" t="n"/>
+      <c r="Y188" s="2" t="n"/>
+      <c r="Z188" s="2" t="n"/>
+      <c r="AA188" s="2" t="n"/>
+      <c r="AB188" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD188" s="2" t="n"/>
+      <c r="AE188" s="1" t="n"/>
+      <c r="AF188" s="1" t="n"/>
+      <c r="AG188" s="2" t="n">
+        <v>5645</v>
+      </c>
+      <c r="AH188" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI188" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ188" s="2" t="n">
+        <v>4140</v>
+      </c>
+      <c r="AK188" s="2" t="n"/>
+      <c r="AO188" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR188" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS188" s="2" t="n"/>
+      <c r="AT188" s="2" t="n"/>
+      <c r="AW188" s="2" t="n"/>
+      <c r="AX188" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY188" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ188" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA188" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC188" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="189" ht="40" customHeight="1">
+      <c r="A189" s="1" t="n">
+        <v>808</v>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>CXAF 150 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F189" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G189" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="n"/>
+      <c r="I189" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K189" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O189" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P189" s="2" t="n"/>
+      <c r="Q189" s="2" t="n">
+        <v>510.3</v>
+      </c>
+      <c r="R189" s="2" t="n"/>
+      <c r="S189" s="2" t="n"/>
+      <c r="T189" s="2" t="n"/>
+      <c r="U189" s="2" t="n"/>
+      <c r="V189" s="2" t="n"/>
+      <c r="W189" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X189" s="2" t="n"/>
+      <c r="Y189" s="2" t="n"/>
+      <c r="Z189" s="2" t="n"/>
+      <c r="AA189" s="2" t="n"/>
+      <c r="AB189" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD189" s="2" t="n"/>
+      <c r="AE189" s="1" t="n"/>
+      <c r="AF189" s="1" t="n"/>
+      <c r="AG189" s="2" t="n">
+        <v>5645</v>
+      </c>
+      <c r="AH189" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI189" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ189" s="2" t="n">
+        <v>4060</v>
+      </c>
+      <c r="AK189" s="2" t="n"/>
+      <c r="AO189" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR189" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS189" s="2" t="n"/>
+      <c r="AT189" s="2" t="n"/>
+      <c r="AW189" s="2" t="n"/>
+      <c r="AX189" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY189" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ189" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA189" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC189" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="190" ht="40" customHeight="1">
+      <c r="A190" s="1" t="n">
+        <v>827</v>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>CXAF 165 HE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F190" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G190" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="n"/>
+      <c r="I190" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K190" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O190" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P190" s="2" t="n"/>
+      <c r="Q190" s="2" t="n">
+        <v>555.3</v>
+      </c>
+      <c r="R190" s="2" t="n"/>
+      <c r="S190" s="2" t="n"/>
+      <c r="T190" s="2" t="n"/>
+      <c r="U190" s="2" t="n"/>
+      <c r="V190" s="2" t="n"/>
+      <c r="W190" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X190" s="2" t="n"/>
+      <c r="Y190" s="2" t="n"/>
+      <c r="Z190" s="2" t="n"/>
+      <c r="AA190" s="2" t="n"/>
+      <c r="AB190" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD190" s="2" t="n"/>
+      <c r="AE190" s="1" t="n"/>
+      <c r="AF190" s="1" t="n"/>
+      <c r="AG190" s="2" t="n">
+        <v>5645</v>
+      </c>
+      <c r="AH190" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI190" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ190" s="2" t="n">
+        <v>4180</v>
+      </c>
+      <c r="AK190" s="2" t="n"/>
+      <c r="AO190" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR190" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS190" s="2" t="n"/>
+      <c r="AT190" s="2" t="n"/>
+      <c r="AW190" s="2" t="n"/>
+      <c r="AX190" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY190" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ190" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA190" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC190" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="191" ht="40" customHeight="1">
+      <c r="A191" s="1" t="n">
+        <v>809</v>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>CXAF 165 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F191" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G191" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="n"/>
+      <c r="I191" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K191" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O191" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P191" s="2" t="n"/>
+      <c r="Q191" s="2" t="n">
+        <v>547.8</v>
+      </c>
+      <c r="R191" s="2" t="n"/>
+      <c r="S191" s="2" t="n"/>
+      <c r="T191" s="2" t="n"/>
+      <c r="U191" s="2" t="n"/>
+      <c r="V191" s="2" t="n"/>
+      <c r="W191" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X191" s="2" t="n"/>
+      <c r="Y191" s="2" t="n"/>
+      <c r="Z191" s="2" t="n"/>
+      <c r="AA191" s="2" t="n"/>
+      <c r="AB191" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD191" s="2" t="n"/>
+      <c r="AE191" s="1" t="n"/>
+      <c r="AF191" s="1" t="n"/>
+      <c r="AG191" s="2" t="n">
+        <v>5645</v>
+      </c>
+      <c r="AH191" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI191" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ191" s="2" t="n">
+        <v>4100</v>
+      </c>
+      <c r="AK191" s="2" t="n"/>
+      <c r="AO191" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR191" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="AS191" s="2" t="n"/>
+      <c r="AT191" s="2" t="n"/>
+      <c r="AW191" s="2" t="n"/>
+      <c r="AX191" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY191" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ191" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA191" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC191" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="192" ht="40" customHeight="1">
+      <c r="A192" s="1" t="n">
+        <v>828</v>
+      </c>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C192" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>CXAF 180 HE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F192" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G192" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="n"/>
+      <c r="I192" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K192" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O192" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P192" s="2" t="n"/>
+      <c r="Q192" s="2" t="n">
+        <v>619.2</v>
+      </c>
+      <c r="R192" s="2" t="n"/>
+      <c r="S192" s="2" t="n"/>
+      <c r="T192" s="2" t="n"/>
+      <c r="U192" s="2" t="n"/>
+      <c r="V192" s="2" t="n"/>
+      <c r="W192" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X192" s="2" t="n"/>
+      <c r="Y192" s="2" t="n"/>
+      <c r="Z192" s="2" t="n"/>
+      <c r="AA192" s="2" t="n"/>
+      <c r="AB192" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD192" s="2" t="n"/>
+      <c r="AE192" s="1" t="n"/>
+      <c r="AF192" s="1" t="n"/>
+      <c r="AG192" s="2" t="n">
+        <v>6770</v>
+      </c>
+      <c r="AH192" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI192" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ192" s="2" t="n">
+        <v>4639</v>
+      </c>
+      <c r="AK192" s="2" t="n"/>
+      <c r="AO192" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR192" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS192" s="2" t="n"/>
+      <c r="AT192" s="2" t="n"/>
+      <c r="AW192" s="2" t="n"/>
+      <c r="AX192" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY192" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ192" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA192" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC192" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="193" ht="40" customHeight="1">
+      <c r="A193" s="1" t="n">
+        <v>810</v>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>CXAF 180 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F193" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G193" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="n"/>
+      <c r="I193" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K193" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O193" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P193" s="2" t="n"/>
+      <c r="Q193" s="2" t="n">
+        <v>610.4</v>
+      </c>
+      <c r="R193" s="2" t="n"/>
+      <c r="S193" s="2" t="n"/>
+      <c r="T193" s="2" t="n"/>
+      <c r="U193" s="2" t="n"/>
+      <c r="V193" s="2" t="n"/>
+      <c r="W193" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X193" s="2" t="n"/>
+      <c r="Y193" s="2" t="n"/>
+      <c r="Z193" s="2" t="n"/>
+      <c r="AA193" s="2" t="n"/>
+      <c r="AB193" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD193" s="2" t="n"/>
+      <c r="AE193" s="1" t="n"/>
+      <c r="AF193" s="1" t="n"/>
+      <c r="AG193" s="2" t="n">
+        <v>6770</v>
+      </c>
+      <c r="AH193" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI193" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ193" s="2" t="n">
+        <v>4554</v>
+      </c>
+      <c r="AK193" s="2" t="n"/>
+      <c r="AO193" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR193" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS193" s="2" t="n"/>
+      <c r="AT193" s="2" t="n"/>
+      <c r="AW193" s="2" t="n"/>
+      <c r="AX193" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY193" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ193" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA193" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC193" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="194" ht="40" customHeight="1">
+      <c r="A194" s="1" t="n">
+        <v>829</v>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>CXAF 190 HE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F194" t="inlineStr">
+        <is>
+          <t>CXAF HE</t>
+        </is>
+      </c>
+      <c r="G194" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="n"/>
+      <c r="I194" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K194" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O194" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P194" s="2" t="n"/>
+      <c r="Q194" s="2" t="n">
+        <v>657</v>
+      </c>
+      <c r="R194" s="2" t="n"/>
+      <c r="S194" s="2" t="n"/>
+      <c r="T194" s="2" t="n"/>
+      <c r="U194" s="2" t="n"/>
+      <c r="V194" s="2" t="n"/>
+      <c r="W194" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X194" s="2" t="n"/>
+      <c r="Y194" s="2" t="n"/>
+      <c r="Z194" s="2" t="n"/>
+      <c r="AA194" s="2" t="n"/>
+      <c r="AB194" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD194" s="2" t="n"/>
+      <c r="AE194" s="1" t="n"/>
+      <c r="AF194" s="1" t="n"/>
+      <c r="AG194" s="2" t="n">
+        <v>6770</v>
+      </c>
+      <c r="AH194" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI194" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ194" s="2" t="n">
+        <v>4713</v>
+      </c>
+      <c r="AK194" s="2" t="n"/>
+      <c r="AO194" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR194" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS194" s="2" t="n"/>
+      <c r="AT194" s="2" t="n"/>
+      <c r="AW194" s="2" t="n"/>
+      <c r="AX194" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY194" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ194" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA194" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC194" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="195" ht="40" customHeight="1">
+      <c r="A195" s="1" t="n">
+        <v>811</v>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C195" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>CXAF 190 SE AC SN R454B</t>
+        </is>
+      </c>
+      <c r="F195" t="inlineStr">
+        <is>
+          <t>CXAF SE</t>
+        </is>
+      </c>
+      <c r="G195" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="n"/>
+      <c r="I195" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K195" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O195" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P195" s="2" t="n"/>
+      <c r="Q195" s="2" t="n">
+        <v>649.2</v>
+      </c>
+      <c r="R195" s="2" t="n"/>
+      <c r="S195" s="2" t="n"/>
+      <c r="T195" s="2" t="n"/>
+      <c r="U195" s="2" t="n"/>
+      <c r="V195" s="2" t="n"/>
+      <c r="W195" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X195" s="2" t="n"/>
+      <c r="Y195" s="2" t="n"/>
+      <c r="Z195" s="2" t="n"/>
+      <c r="AA195" s="2" t="n"/>
+      <c r="AB195" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD195" s="2" t="n"/>
+      <c r="AE195" s="1" t="n"/>
+      <c r="AF195" s="1" t="n"/>
+      <c r="AG195" s="2" t="n">
+        <v>6770</v>
+      </c>
+      <c r="AH195" s="2" t="n">
+        <v>2200</v>
+      </c>
+      <c r="AI195" s="2" t="n">
+        <v>2530</v>
+      </c>
+      <c r="AJ195" s="2" t="n">
+        <v>4628</v>
+      </c>
+      <c r="AK195" s="2" t="n"/>
+      <c r="AO195" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR195" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS195" s="2" t="n"/>
+      <c r="AT195" s="2" t="n"/>
+      <c r="AW195" s="2" t="n"/>
+      <c r="AX195" t="inlineStr">
+        <is>
+          <t>SE: Standard Efficiency 
+HE: High Efficiency</t>
+        </is>
+      </c>
+      <c r="AY195" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ195" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA195" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=216</t>
+        </is>
+      </c>
+      <c r="BC195" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="196" ht="40" customHeight="1">
+      <c r="A196" s="1" t="n">
+        <v>631</v>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>CXWF 025</t>
+        </is>
+      </c>
+      <c r="F196" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G196" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="n"/>
+      <c r="I196" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K196" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L196" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O196" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P196" s="2" t="n"/>
+      <c r="Q196" s="2" t="n">
+        <v>104.4</v>
+      </c>
+      <c r="R196" s="2" t="n"/>
+      <c r="S196" s="2" t="n"/>
+      <c r="T196" s="2" t="n"/>
+      <c r="U196" s="2" t="n"/>
+      <c r="V196" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W196" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X196" s="2" t="n"/>
+      <c r="Y196" s="2" t="n"/>
+      <c r="Z196" s="2" t="n"/>
+      <c r="AA196" s="2" t="n"/>
+      <c r="AB196" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD196" s="2" t="n"/>
+      <c r="AE196" s="1" t="n"/>
+      <c r="AF196" s="1" t="n"/>
+      <c r="AG196" s="2" t="n">
+        <v>1555</v>
+      </c>
+      <c r="AH196" s="2" t="n">
+        <v>676</v>
+      </c>
+      <c r="AI196" s="2" t="n">
+        <v>1417</v>
+      </c>
+      <c r="AJ196" s="2" t="n">
+        <v>510</v>
+      </c>
+      <c r="AK196" s="2" t="n"/>
+      <c r="AR196" s="2" t="n"/>
+      <c r="AS196" s="2" t="n"/>
+      <c r="AT196" s="2" t="n"/>
+      <c r="AW196" s="2" t="n"/>
+      <c r="AX196" t="inlineStr"/>
+      <c r="AY196" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ196" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA196" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC196" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="197" ht="40" customHeight="1">
+      <c r="A197" s="1" t="n">
+        <v>632</v>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>CXWF 029</t>
+        </is>
+      </c>
+      <c r="F197" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="n"/>
+      <c r="I197" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K197" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L197" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O197" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P197" s="2" t="n"/>
+      <c r="Q197" s="2" t="n">
+        <v>123.5</v>
+      </c>
+      <c r="R197" s="2" t="n"/>
+      <c r="S197" s="2" t="n"/>
+      <c r="T197" s="2" t="n"/>
+      <c r="U197" s="2" t="n"/>
+      <c r="V197" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W197" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X197" s="2" t="n"/>
+      <c r="Y197" s="2" t="n"/>
+      <c r="Z197" s="2" t="n"/>
+      <c r="AA197" s="2" t="n"/>
+      <c r="AB197" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD197" s="2" t="n"/>
+      <c r="AE197" s="1" t="n"/>
+      <c r="AF197" s="1" t="n"/>
+      <c r="AG197" s="2" t="n">
+        <v>1755</v>
+      </c>
+      <c r="AH197" s="2" t="n">
+        <v>810</v>
+      </c>
+      <c r="AI197" s="2" t="n">
+        <v>1417</v>
+      </c>
+      <c r="AJ197" s="2" t="n">
+        <v>692</v>
+      </c>
+      <c r="AK197" s="2" t="n"/>
+      <c r="AR197" s="2" t="n"/>
+      <c r="AS197" s="2" t="n"/>
+      <c r="AT197" s="2" t="n"/>
+      <c r="AW197" s="2" t="n"/>
+      <c r="AX197" t="inlineStr"/>
+      <c r="AY197" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ197" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA197" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC197" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="198" ht="40" customHeight="1">
+      <c r="A198" s="1" t="n">
+        <v>633</v>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>CXWF 033</t>
+        </is>
+      </c>
+      <c r="F198" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="n"/>
+      <c r="I198" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K198" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L198" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O198" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P198" s="2" t="n"/>
+      <c r="Q198" s="2" t="n">
+        <v>142.9</v>
+      </c>
+      <c r="R198" s="2" t="n"/>
+      <c r="S198" s="2" t="n"/>
+      <c r="T198" s="2" t="n"/>
+      <c r="U198" s="2" t="n"/>
+      <c r="V198" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W198" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X198" s="2" t="n"/>
+      <c r="Y198" s="2" t="n"/>
+      <c r="Z198" s="2" t="n"/>
+      <c r="AA198" s="2" t="n"/>
+      <c r="AB198" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD198" s="2" t="n"/>
+      <c r="AE198" s="1" t="n"/>
+      <c r="AF198" s="1" t="n"/>
+      <c r="AG198" s="2" t="n">
+        <v>1755</v>
+      </c>
+      <c r="AH198" s="2" t="n">
+        <v>810</v>
+      </c>
+      <c r="AI198" s="2" t="n">
+        <v>1417</v>
+      </c>
+      <c r="AJ198" s="2" t="n">
+        <v>738</v>
+      </c>
+      <c r="AK198" s="2" t="n"/>
+      <c r="AR198" s="2" t="n"/>
+      <c r="AS198" s="2" t="n"/>
+      <c r="AT198" s="2" t="n"/>
+      <c r="AW198" s="2" t="n"/>
+      <c r="AX198" t="inlineStr"/>
+      <c r="AY198" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ198" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA198" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC198" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="199" ht="40" customHeight="1">
+      <c r="A199" s="1" t="n">
+        <v>634</v>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>CXWF 037</t>
+        </is>
+      </c>
+      <c r="F199" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="n"/>
+      <c r="I199" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K199" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L199" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O199" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P199" s="2" t="n"/>
+      <c r="Q199" s="2" t="n">
+        <v>158.3</v>
+      </c>
+      <c r="R199" s="2" t="n"/>
+      <c r="S199" s="2" t="n"/>
+      <c r="T199" s="2" t="n"/>
+      <c r="U199" s="2" t="n"/>
+      <c r="V199" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W199" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X199" s="2" t="n"/>
+      <c r="Y199" s="2" t="n"/>
+      <c r="Z199" s="2" t="n"/>
+      <c r="AA199" s="2" t="n"/>
+      <c r="AB199" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD199" s="2" t="n"/>
+      <c r="AE199" s="1" t="n"/>
+      <c r="AF199" s="1" t="n"/>
+      <c r="AG199" s="2" t="n">
+        <v>1755</v>
+      </c>
+      <c r="AH199" s="2" t="n">
+        <v>810</v>
+      </c>
+      <c r="AI199" s="2" t="n">
+        <v>1417</v>
+      </c>
+      <c r="AJ199" s="2" t="n">
+        <v>747</v>
+      </c>
+      <c r="AK199" s="2" t="n"/>
+      <c r="AR199" s="2" t="n"/>
+      <c r="AS199" s="2" t="n"/>
+      <c r="AT199" s="2" t="n"/>
+      <c r="AW199" s="2" t="n"/>
+      <c r="AX199" t="inlineStr"/>
+      <c r="AY199" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ199" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA199" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC199" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="200" ht="40" customHeight="1">
+      <c r="A200" s="1" t="n">
+        <v>635</v>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>CXWF 041</t>
+        </is>
+      </c>
+      <c r="F200" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="n"/>
+      <c r="I200" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K200" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L200" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O200" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P200" s="2" t="n"/>
+      <c r="Q200" s="2" t="n">
+        <v>173.2</v>
+      </c>
+      <c r="R200" s="2" t="n"/>
+      <c r="S200" s="2" t="n"/>
+      <c r="T200" s="2" t="n"/>
+      <c r="U200" s="2" t="n"/>
+      <c r="V200" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W200" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X200" s="2" t="n"/>
+      <c r="Y200" s="2" t="n"/>
+      <c r="Z200" s="2" t="n"/>
+      <c r="AA200" s="2" t="n"/>
+      <c r="AB200" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD200" s="2" t="n"/>
+      <c r="AE200" s="1" t="n"/>
+      <c r="AF200" s="1" t="n"/>
+      <c r="AG200" s="2" t="n">
+        <v>1755</v>
+      </c>
+      <c r="AH200" s="2" t="n">
+        <v>810</v>
+      </c>
+      <c r="AI200" s="2" t="n">
+        <v>1417</v>
+      </c>
+      <c r="AJ200" s="2" t="n">
+        <v>749</v>
+      </c>
+      <c r="AK200" s="2" t="n"/>
+      <c r="AR200" s="2" t="n"/>
+      <c r="AS200" s="2" t="n"/>
+      <c r="AT200" s="2" t="n"/>
+      <c r="AW200" s="2" t="n"/>
+      <c r="AX200" t="inlineStr"/>
+      <c r="AY200" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ200" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA200" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC200" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="201" ht="40" customHeight="1">
+      <c r="A201" s="1" t="n">
+        <v>636</v>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>CXWF 042</t>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="n"/>
+      <c r="I201" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K201" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L201" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O201" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P201" s="2" t="n"/>
+      <c r="Q201" s="2" t="n">
+        <v>175.1</v>
+      </c>
+      <c r="R201" s="2" t="n"/>
+      <c r="S201" s="2" t="n"/>
+      <c r="T201" s="2" t="n"/>
+      <c r="U201" s="2" t="n"/>
+      <c r="V201" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W201" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X201" s="2" t="n"/>
+      <c r="Y201" s="2" t="n"/>
+      <c r="Z201" s="2" t="n"/>
+      <c r="AA201" s="2" t="n"/>
+      <c r="AB201" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD201" s="2" t="n"/>
+      <c r="AE201" s="1" t="n"/>
+      <c r="AF201" s="1" t="n"/>
+      <c r="AG201" s="2" t="n">
+        <v>2511</v>
+      </c>
+      <c r="AH201" s="2" t="n">
+        <v>882</v>
+      </c>
+      <c r="AI201" s="2" t="n">
+        <v>1652</v>
+      </c>
+      <c r="AJ201" s="2" t="n">
+        <v>950</v>
+      </c>
+      <c r="AK201" s="2" t="n"/>
+      <c r="AR201" s="2" t="n"/>
+      <c r="AS201" s="2" t="n"/>
+      <c r="AT201" s="2" t="n"/>
+      <c r="AW201" s="2" t="n"/>
+      <c r="AX201" t="inlineStr"/>
+      <c r="AY201" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ201" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA201" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC201" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="202" ht="40" customHeight="1">
+      <c r="A202" s="1" t="n">
+        <v>637</v>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>CXWF 049</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="n"/>
+      <c r="I202" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K202" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L202" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O202" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P202" s="2" t="n"/>
+      <c r="Q202" s="2" t="n">
+        <v>206.7</v>
+      </c>
+      <c r="R202" s="2" t="n"/>
+      <c r="S202" s="2" t="n"/>
+      <c r="T202" s="2" t="n"/>
+      <c r="U202" s="2" t="n"/>
+      <c r="V202" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W202" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X202" s="2" t="n"/>
+      <c r="Y202" s="2" t="n"/>
+      <c r="Z202" s="2" t="n"/>
+      <c r="AA202" s="2" t="n"/>
+      <c r="AB202" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD202" s="2" t="n"/>
+      <c r="AE202" s="1" t="n"/>
+      <c r="AF202" s="1" t="n"/>
+      <c r="AG202" s="2" t="n">
+        <v>2511</v>
+      </c>
+      <c r="AH202" s="2" t="n">
+        <v>882</v>
+      </c>
+      <c r="AI202" s="2" t="n">
+        <v>1652</v>
+      </c>
+      <c r="AJ202" s="2" t="n">
+        <v>1043</v>
+      </c>
+      <c r="AK202" s="2" t="n"/>
+      <c r="AR202" s="2" t="n"/>
+      <c r="AS202" s="2" t="n"/>
+      <c r="AT202" s="2" t="n"/>
+      <c r="AW202" s="2" t="n"/>
+      <c r="AX202" t="inlineStr"/>
+      <c r="AY202" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ202" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA202" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC202" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="203" ht="40" customHeight="1">
+      <c r="A203" s="1" t="n">
+        <v>638</v>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>CXWF 056</t>
+        </is>
+      </c>
+      <c r="F203" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="n"/>
+      <c r="I203" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K203" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L203" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O203" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P203" s="2" t="n"/>
+      <c r="Q203" s="2" t="n">
+        <v>243.3</v>
+      </c>
+      <c r="R203" s="2" t="n"/>
+      <c r="S203" s="2" t="n"/>
+      <c r="T203" s="2" t="n"/>
+      <c r="U203" s="2" t="n"/>
+      <c r="V203" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W203" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X203" s="2" t="n"/>
+      <c r="Y203" s="2" t="n"/>
+      <c r="Z203" s="2" t="n"/>
+      <c r="AA203" s="2" t="n"/>
+      <c r="AB203" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD203" s="2" t="n"/>
+      <c r="AE203" s="1" t="n"/>
+      <c r="AF203" s="1" t="n"/>
+      <c r="AG203" s="2" t="n">
+        <v>2511</v>
+      </c>
+      <c r="AH203" s="2" t="n">
+        <v>882</v>
+      </c>
+      <c r="AI203" s="2" t="n">
+        <v>1642</v>
+      </c>
+      <c r="AJ203" s="2" t="n">
+        <v>1145</v>
+      </c>
+      <c r="AK203" s="2" t="n"/>
+      <c r="AR203" s="2" t="n"/>
+      <c r="AS203" s="2" t="n"/>
+      <c r="AT203" s="2" t="n"/>
+      <c r="AW203" s="2" t="n"/>
+      <c r="AX203" t="inlineStr"/>
+      <c r="AY203" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ203" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA203" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC203" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="204" ht="40" customHeight="1">
+      <c r="A204" s="1" t="n">
+        <v>639</v>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>CXWF 064</t>
+        </is>
+      </c>
+      <c r="F204" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="n"/>
+      <c r="I204" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K204" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L204" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O204" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P204" s="2" t="n"/>
+      <c r="Q204" s="2" t="n">
+        <v>280.8</v>
+      </c>
+      <c r="R204" s="2" t="n"/>
+      <c r="S204" s="2" t="n"/>
+      <c r="T204" s="2" t="n"/>
+      <c r="U204" s="2" t="n"/>
+      <c r="V204" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W204" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X204" s="2" t="n"/>
+      <c r="Y204" s="2" t="n"/>
+      <c r="Z204" s="2" t="n"/>
+      <c r="AA204" s="2" t="n"/>
+      <c r="AB204" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD204" s="2" t="n"/>
+      <c r="AE204" s="1" t="n"/>
+      <c r="AF204" s="1" t="n"/>
+      <c r="AG204" s="2" t="n">
+        <v>2511</v>
+      </c>
+      <c r="AH204" s="2" t="n">
+        <v>882</v>
+      </c>
+      <c r="AI204" s="2" t="n">
+        <v>1844</v>
+      </c>
+      <c r="AJ204" s="2" t="n">
+        <v>1348</v>
+      </c>
+      <c r="AK204" s="2" t="n"/>
+      <c r="AR204" s="2" t="n"/>
+      <c r="AS204" s="2" t="n"/>
+      <c r="AT204" s="2" t="n"/>
+      <c r="AW204" s="2" t="n"/>
+      <c r="AX204" t="inlineStr"/>
+      <c r="AY204" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ204" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA204" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC204" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="205" ht="40" customHeight="1">
+      <c r="A205" s="1" t="n">
+        <v>640</v>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>CXWF 072</t>
+        </is>
+      </c>
+      <c r="F205" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="n"/>
+      <c r="I205" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K205" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L205" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O205" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P205" s="2" t="n"/>
+      <c r="Q205" s="2" t="n">
+        <v>311</v>
+      </c>
+      <c r="R205" s="2" t="n"/>
+      <c r="S205" s="2" t="n"/>
+      <c r="T205" s="2" t="n"/>
+      <c r="U205" s="2" t="n"/>
+      <c r="V205" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W205" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X205" s="2" t="n"/>
+      <c r="Y205" s="2" t="n"/>
+      <c r="Z205" s="2" t="n"/>
+      <c r="AA205" s="2" t="n"/>
+      <c r="AB205" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD205" s="2" t="n"/>
+      <c r="AE205" s="1" t="n"/>
+      <c r="AF205" s="1" t="n"/>
+      <c r="AG205" s="2" t="n">
+        <v>2511</v>
+      </c>
+      <c r="AH205" s="2" t="n">
+        <v>882</v>
+      </c>
+      <c r="AI205" s="2" t="n">
+        <v>1844</v>
+      </c>
+      <c r="AJ205" s="2" t="n">
+        <v>1422</v>
+      </c>
+      <c r="AK205" s="2" t="n"/>
+      <c r="AR205" s="2" t="n"/>
+      <c r="AS205" s="2" t="n"/>
+      <c r="AT205" s="2" t="n"/>
+      <c r="AW205" s="2" t="n"/>
+      <c r="AX205" t="inlineStr"/>
+      <c r="AY205" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ205" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA205" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC205" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="206" ht="40" customHeight="1">
+      <c r="A206" s="1" t="n">
+        <v>641</v>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>CXWF 078</t>
+        </is>
+      </c>
+      <c r="F206" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="n"/>
+      <c r="I206" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K206" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L206" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O206" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P206" s="2" t="n"/>
+      <c r="Q206" s="2" t="n">
+        <v>340</v>
+      </c>
+      <c r="R206" s="2" t="n"/>
+      <c r="S206" s="2" t="n"/>
+      <c r="T206" s="2" t="n"/>
+      <c r="U206" s="2" t="n"/>
+      <c r="V206" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W206" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X206" s="2" t="n"/>
+      <c r="Y206" s="2" t="n"/>
+      <c r="Z206" s="2" t="n"/>
+      <c r="AA206" s="2" t="n"/>
+      <c r="AB206" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD206" s="2" t="n"/>
+      <c r="AE206" s="1" t="n"/>
+      <c r="AF206" s="1" t="n"/>
+      <c r="AG206" s="2" t="n">
+        <v>2511</v>
+      </c>
+      <c r="AH206" s="2" t="n">
+        <v>882</v>
+      </c>
+      <c r="AI206" s="2" t="n">
+        <v>1844</v>
+      </c>
+      <c r="AJ206" s="2" t="n">
+        <v>1425</v>
+      </c>
+      <c r="AK206" s="2" t="n"/>
+      <c r="AR206" s="2" t="n"/>
+      <c r="AS206" s="2" t="n"/>
+      <c r="AT206" s="2" t="n"/>
+      <c r="AW206" s="2" t="n"/>
+      <c r="AX206" t="inlineStr"/>
+      <c r="AY206" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ206" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA206" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC206" s="3" t="n"/>
+    </row>
+    <row r="207" ht="40" customHeight="1">
+      <c r="A207" s="1" t="n">
+        <v>642</v>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>CXWF 088</t>
+        </is>
+      </c>
+      <c r="F207" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="n"/>
+      <c r="I207" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K207" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L207" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O207" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P207" s="2" t="n"/>
+      <c r="Q207" s="2" t="n">
+        <v>377.1</v>
+      </c>
+      <c r="R207" s="2" t="n"/>
+      <c r="S207" s="2" t="n"/>
+      <c r="T207" s="2" t="n"/>
+      <c r="U207" s="2" t="n"/>
+      <c r="V207" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W207" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X207" s="2" t="n"/>
+      <c r="Y207" s="2" t="n"/>
+      <c r="Z207" s="2" t="n"/>
+      <c r="AA207" s="2" t="n"/>
+      <c r="AB207" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD207" s="2" t="n"/>
+      <c r="AE207" s="1" t="n"/>
+      <c r="AF207" s="1" t="n"/>
+      <c r="AG207" s="2" t="n">
+        <v>2511</v>
+      </c>
+      <c r="AH207" s="2" t="n">
+        <v>882</v>
+      </c>
+      <c r="AI207" s="2" t="n">
+        <v>1844</v>
+      </c>
+      <c r="AJ207" s="2" t="n">
+        <v>1532</v>
+      </c>
+      <c r="AK207" s="2" t="n"/>
+      <c r="AR207" s="2" t="n"/>
+      <c r="AS207" s="2" t="n"/>
+      <c r="AT207" s="2" t="n"/>
+      <c r="AW207" s="2" t="n"/>
+      <c r="AX207" t="inlineStr"/>
+      <c r="AY207" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ207" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA207" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC207" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="208" ht="40" customHeight="1">
+      <c r="A208" s="1" t="n">
+        <v>643</v>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>CXWF 096</t>
+        </is>
+      </c>
+      <c r="F208" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="n"/>
+      <c r="I208" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K208" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L208" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O208" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P208" s="2" t="n"/>
+      <c r="Q208" s="2" t="n">
+        <v>421.8</v>
+      </c>
+      <c r="R208" s="2" t="n"/>
+      <c r="S208" s="2" t="n"/>
+      <c r="T208" s="2" t="n"/>
+      <c r="U208" s="2" t="n"/>
+      <c r="V208" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W208" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X208" s="2" t="n"/>
+      <c r="Y208" s="2" t="n"/>
+      <c r="Z208" s="2" t="n"/>
+      <c r="AA208" s="2" t="n"/>
+      <c r="AB208" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD208" s="2" t="n"/>
+      <c r="AE208" s="1" t="n"/>
+      <c r="AF208" s="1" t="n"/>
+      <c r="AG208" s="2" t="n">
+        <v>2511</v>
+      </c>
+      <c r="AH208" s="2" t="n">
+        <v>882</v>
+      </c>
+      <c r="AI208" s="2" t="n">
+        <v>1844</v>
+      </c>
+      <c r="AJ208" s="2" t="n">
+        <v>1808</v>
+      </c>
+      <c r="AK208" s="2" t="n"/>
+      <c r="AR208" s="2" t="n"/>
+      <c r="AS208" s="2" t="n"/>
+      <c r="AT208" s="2" t="n"/>
+      <c r="AW208" s="2" t="n"/>
+      <c r="AX208" t="inlineStr"/>
+      <c r="AY208" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ208" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA208" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC208" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="209" ht="40" customHeight="1">
+      <c r="A209" s="1" t="n">
+        <v>644</v>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E209" t="inlineStr">
+        <is>
+          <t>CXWF 112</t>
+        </is>
+      </c>
+      <c r="F209" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="n"/>
+      <c r="I209" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K209" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L209" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O209" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P209" s="2" t="n"/>
+      <c r="Q209" s="2" t="n">
+        <v>484.8</v>
+      </c>
+      <c r="R209" s="2" t="n"/>
+      <c r="S209" s="2" t="n"/>
+      <c r="T209" s="2" t="n"/>
+      <c r="U209" s="2" t="n"/>
+      <c r="V209" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W209" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X209" s="2" t="n"/>
+      <c r="Y209" s="2" t="n"/>
+      <c r="Z209" s="2" t="n"/>
+      <c r="AA209" s="2" t="n"/>
+      <c r="AB209" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD209" s="2" t="n"/>
+      <c r="AE209" s="1" t="n"/>
+      <c r="AF209" s="1" t="n"/>
+      <c r="AG209" s="2" t="n">
+        <v>2511</v>
+      </c>
+      <c r="AH209" s="2" t="n">
+        <v>882</v>
+      </c>
+      <c r="AI209" s="2" t="n">
+        <v>1844</v>
+      </c>
+      <c r="AJ209" s="2" t="n">
+        <v>1917</v>
+      </c>
+      <c r="AK209" s="2" t="n"/>
+      <c r="AR209" s="2" t="n"/>
+      <c r="AS209" s="2" t="n"/>
+      <c r="AT209" s="2" t="n"/>
+      <c r="AW209" s="2" t="n"/>
+      <c r="AX209" t="inlineStr"/>
+      <c r="AY209" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ209" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA209" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC209" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="210" ht="40" customHeight="1">
+      <c r="A210" s="1" t="n">
+        <v>645</v>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>CXWF 128</t>
+        </is>
+      </c>
+      <c r="F210" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G210" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="n"/>
+      <c r="I210" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K210" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L210" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O210" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P210" s="2" t="n"/>
+      <c r="Q210" s="2" t="n">
+        <v>543.5</v>
+      </c>
+      <c r="R210" s="2" t="n"/>
+      <c r="S210" s="2" t="n"/>
+      <c r="T210" s="2" t="n"/>
+      <c r="U210" s="2" t="n"/>
+      <c r="V210" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W210" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X210" s="2" t="n"/>
+      <c r="Y210" s="2" t="n"/>
+      <c r="Z210" s="2" t="n"/>
+      <c r="AA210" s="2" t="n"/>
+      <c r="AB210" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD210" s="2" t="n"/>
+      <c r="AE210" s="1" t="n"/>
+      <c r="AF210" s="1" t="n"/>
+      <c r="AG210" s="2" t="n">
+        <v>2511</v>
+      </c>
+      <c r="AH210" s="2" t="n">
+        <v>883</v>
+      </c>
+      <c r="AI210" s="2" t="n">
+        <v>1953</v>
+      </c>
+      <c r="AJ210" s="2" t="n">
+        <v>2038</v>
+      </c>
+      <c r="AK210" s="2" t="n"/>
+      <c r="AR210" s="2" t="n"/>
+      <c r="AS210" s="2" t="n"/>
+      <c r="AT210" s="2" t="n"/>
+      <c r="AW210" s="2" t="n"/>
+      <c r="AX210" t="inlineStr"/>
+      <c r="AY210" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ210" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA210" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC210" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="211" ht="40" customHeight="1">
+      <c r="A211" s="1" t="n">
+        <v>646</v>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>CXWF 144</t>
+        </is>
+      </c>
+      <c r="F211" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="n"/>
+      <c r="I211" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K211" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L211" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O211" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P211" s="2" t="n"/>
+      <c r="Q211" s="2" t="n">
+        <v>635.9</v>
+      </c>
+      <c r="R211" s="2" t="n"/>
+      <c r="S211" s="2" t="n"/>
+      <c r="T211" s="2" t="n"/>
+      <c r="U211" s="2" t="n"/>
+      <c r="V211" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W211" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X211" s="2" t="n"/>
+      <c r="Y211" s="2" t="n"/>
+      <c r="Z211" s="2" t="n"/>
+      <c r="AA211" s="2" t="n"/>
+      <c r="AB211" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD211" s="2" t="n"/>
+      <c r="AE211" s="1" t="n"/>
+      <c r="AF211" s="1" t="n"/>
+      <c r="AG211" s="2" t="n">
+        <v>3914</v>
+      </c>
+      <c r="AH211" s="2" t="n">
+        <v>883</v>
+      </c>
+      <c r="AI211" s="2" t="n">
+        <v>1953</v>
+      </c>
+      <c r="AJ211" s="2" t="n">
+        <v>2605</v>
+      </c>
+      <c r="AK211" s="2" t="n"/>
+      <c r="AR211" s="2" t="n"/>
+      <c r="AS211" s="2" t="n"/>
+      <c r="AT211" s="2" t="n"/>
+      <c r="AW211" s="2" t="n"/>
+      <c r="AX211" t="inlineStr"/>
+      <c r="AY211" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ211" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA211" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC211" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="212" ht="40" customHeight="1">
+      <c r="A212" s="1" t="n">
+        <v>647</v>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E212" t="inlineStr">
+        <is>
+          <t>CXWF 162</t>
+        </is>
+      </c>
+      <c r="F212" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="n"/>
+      <c r="I212" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K212" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L212" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O212" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P212" s="2" t="n"/>
+      <c r="Q212" s="2" t="n">
+        <v>694.2</v>
+      </c>
+      <c r="R212" s="2" t="n"/>
+      <c r="S212" s="2" t="n"/>
+      <c r="T212" s="2" t="n"/>
+      <c r="U212" s="2" t="n"/>
+      <c r="V212" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W212" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X212" s="2" t="n"/>
+      <c r="Y212" s="2" t="n"/>
+      <c r="Z212" s="2" t="n"/>
+      <c r="AA212" s="2" t="n"/>
+      <c r="AB212" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD212" s="2" t="n"/>
+      <c r="AE212" s="1" t="n"/>
+      <c r="AF212" s="1" t="n"/>
+      <c r="AG212" s="2" t="n">
+        <v>3914</v>
+      </c>
+      <c r="AH212" s="2" t="n">
+        <v>883</v>
+      </c>
+      <c r="AI212" s="2" t="n">
+        <v>1953</v>
+      </c>
+      <c r="AJ212" s="2" t="n">
+        <v>2649</v>
+      </c>
+      <c r="AK212" s="2" t="n"/>
+      <c r="AR212" s="2" t="n"/>
+      <c r="AS212" s="2" t="n"/>
+      <c r="AT212" s="2" t="n"/>
+      <c r="AW212" s="2" t="n"/>
+      <c r="AX212" t="inlineStr"/>
+      <c r="AY212" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ212" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA212" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC212" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="213" ht="40" customHeight="1">
+      <c r="A213" s="1" t="n">
+        <v>648</v>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D213" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E213" t="inlineStr">
+        <is>
+          <t>CXWF 176</t>
+        </is>
+      </c>
+      <c r="F213" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G213" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="n"/>
+      <c r="I213" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K213" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L213" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O213" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P213" s="2" t="n"/>
+      <c r="Q213" s="2" t="n">
+        <v>751.3</v>
+      </c>
+      <c r="R213" s="2" t="n"/>
+      <c r="S213" s="2" t="n"/>
+      <c r="T213" s="2" t="n"/>
+      <c r="U213" s="2" t="n"/>
+      <c r="V213" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W213" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X213" s="2" t="n"/>
+      <c r="Y213" s="2" t="n"/>
+      <c r="Z213" s="2" t="n"/>
+      <c r="AA213" s="2" t="n"/>
+      <c r="AB213" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD213" s="2" t="n"/>
+      <c r="AE213" s="1" t="n"/>
+      <c r="AF213" s="1" t="n"/>
+      <c r="AG213" s="2" t="n">
+        <v>3914</v>
+      </c>
+      <c r="AH213" s="2" t="n">
+        <v>883</v>
+      </c>
+      <c r="AI213" s="2" t="n">
+        <v>1953</v>
+      </c>
+      <c r="AJ213" s="2" t="n">
+        <v>2672</v>
+      </c>
+      <c r="AK213" s="2" t="n"/>
+      <c r="AR213" s="2" t="n"/>
+      <c r="AS213" s="2" t="n"/>
+      <c r="AT213" s="2" t="n"/>
+      <c r="AW213" s="2" t="n"/>
+      <c r="AX213" t="inlineStr"/>
+      <c r="AY213" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ213" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA213" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC213" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="214" ht="40" customHeight="1">
+      <c r="A214" s="1" t="n">
+        <v>649</v>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <t>R410A (R32/R125), R454B</t>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <t>CXWF 192</t>
+        </is>
+      </c>
+      <c r="F214" t="inlineStr">
+        <is>
+          <t>CXWF</t>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="n"/>
+      <c r="I214" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K214" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L214" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O214" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Fernwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P214" s="2" t="n"/>
+      <c r="Q214" s="2" t="n">
+        <v>792.3</v>
+      </c>
+      <c r="R214" s="2" t="n"/>
+      <c r="S214" s="2" t="n"/>
+      <c r="T214" s="2" t="n"/>
+      <c r="U214" s="2" t="n"/>
+      <c r="V214" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="W214" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X214" s="2" t="n"/>
+      <c r="Y214" s="2" t="n"/>
+      <c r="Z214" s="2" t="n"/>
+      <c r="AA214" s="2" t="n"/>
+      <c r="AB214" t="inlineStr">
+        <is>
+          <t>Scrollverdichter</t>
+        </is>
+      </c>
+      <c r="AD214" s="2" t="n"/>
+      <c r="AE214" s="1" t="n"/>
+      <c r="AF214" s="1" t="n"/>
+      <c r="AG214" s="2" t="n">
+        <v>3914</v>
+      </c>
+      <c r="AH214" s="2" t="n">
+        <v>883</v>
+      </c>
+      <c r="AI214" s="2" t="n">
+        <v>1953</v>
+      </c>
+      <c r="AJ214" s="2" t="n">
+        <v>2706</v>
+      </c>
+      <c r="AK214" s="2" t="n"/>
+      <c r="AR214" s="2" t="n"/>
+      <c r="AS214" s="2" t="n"/>
+      <c r="AT214" s="2" t="n"/>
+      <c r="AW214" s="2" t="n"/>
+      <c r="AX214" t="inlineStr"/>
+      <c r="AY214" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ214" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA214" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=221</t>
+        </is>
+      </c>
+      <c r="BC214" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="215" ht="40" customHeight="1">
+      <c r="A215" s="1" t="n">
+        <v>1407</v>
+      </c>
+      <c r="B215" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Serverabwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E215" t="inlineStr">
+        <is>
+          <t>GVWF 116 XSH G</t>
+        </is>
+      </c>
+      <c r="F215" t="inlineStr">
+        <is>
+          <t>GVWF</t>
+        </is>
+      </c>
+      <c r="G215" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H215" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I215" s="1" t="n"/>
+      <c r="K215" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L215" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O215" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P215" s="2" t="n">
+        <v>154</v>
+      </c>
+      <c r="Q215" s="2" t="n">
+        <v>383</v>
+      </c>
+      <c r="R215" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S215" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T215" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U215" s="2" t="n"/>
+      <c r="V215" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="W215" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X215" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y215" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z215" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA215" s="2" t="n"/>
+      <c r="AB215" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC215" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD215" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="AE215" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF215" s="1" t="n"/>
+      <c r="AG215" s="2" t="n">
+        <v>2863</v>
+      </c>
+      <c r="AH215" s="2" t="n">
+        <v>1127</v>
+      </c>
+      <c r="AI215" s="2" t="n">
+        <v>1975</v>
+      </c>
+      <c r="AJ215" s="2" t="n">
+        <v>2037</v>
+      </c>
+      <c r="AK215" s="2" t="n">
+        <v>2247</v>
+      </c>
+      <c r="AL215" t="inlineStr">
+        <is>
+          <t>Transportgewicht / Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AM215" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN215" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO215" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP215" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AQ215" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AR215" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS215" s="2" t="n"/>
+      <c r="AT215" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="AU215" t="inlineStr">
+        <is>
+          <t>Innenaufstellung, Containerlösung möglich</t>
+        </is>
+      </c>
+      <c r="AW215" s="2" t="n"/>
+      <c r="AX215" t="inlineStr"/>
+      <c r="AY215" s="3" t="n">
+        <v>45919</v>
+      </c>
+      <c r="AZ215" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC215" s="3" t="n">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="216" ht="40" customHeight="1">
+      <c r="A216" s="1" t="n">
+        <v>1411</v>
+      </c>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D216" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E216" t="inlineStr">
+        <is>
+          <t>GVWF 116 XSH G</t>
+        </is>
+      </c>
+      <c r="F216" t="inlineStr">
+        <is>
+          <t>GVWF</t>
+        </is>
+      </c>
+      <c r="G216" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H216" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I216" s="1" t="n"/>
+      <c r="K216" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L216" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="O216" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P216" s="2" t="n">
+        <v>154</v>
+      </c>
+      <c r="Q216" s="2" t="n">
+        <v>383</v>
+      </c>
+      <c r="R216" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S216" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T216" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U216" s="2" t="n"/>
+      <c r="V216" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="W216" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X216" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y216" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z216" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA216" s="2" t="n"/>
+      <c r="AB216" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC216" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AD216" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="AE216" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF216" s="1" t="n"/>
+      <c r="AG216" s="2" t="n">
+        <v>2863</v>
+      </c>
+      <c r="AH216" s="2" t="n">
+        <v>1127</v>
+      </c>
+      <c r="AI216" s="2" t="n">
+        <v>1975</v>
+      </c>
+      <c r="AJ216" s="2" t="n">
+        <v>2037</v>
+      </c>
+      <c r="AK216" s="2" t="n">
+        <v>2247</v>
+      </c>
+      <c r="AL216" t="inlineStr">
+        <is>
+          <t>Transportgewicht / Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AM216" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN216" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO216" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP216" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AQ216" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AR216" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="AS216" s="2" t="n"/>
+      <c r="AT216" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="AU216" t="inlineStr">
+        <is>
+          <t>Innenaufstellung, Containerlösung möglich</t>
+        </is>
+      </c>
+      <c r="AW216" s="2" t="n"/>
+      <c r="AX216" t="inlineStr"/>
+      <c r="AY216" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ216" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC216" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="217" ht="40" customHeight="1">
+      <c r="A217" s="1" t="n">
+        <v>1408</v>
+      </c>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C217" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Serverabwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D217" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E217" t="inlineStr">
+        <is>
+          <t>GVWF 226 XSH G</t>
+        </is>
+      </c>
+      <c r="F217" t="inlineStr">
+        <is>
+          <t>GVWF</t>
+        </is>
+      </c>
+      <c r="G217" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H217" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I217" s="1" t="n"/>
+      <c r="K217" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L217" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O217" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P217" s="2" t="n">
+        <v>312</v>
+      </c>
+      <c r="Q217" s="2" t="n">
+        <v>760</v>
+      </c>
+      <c r="R217" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S217" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T217" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U217" s="2" t="n"/>
+      <c r="V217" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="W217" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X217" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y217" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z217" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA217" s="2" t="n"/>
+      <c r="AB217" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC217" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD217" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="AE217" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF217" s="1" t="n"/>
+      <c r="AG217" s="2" t="n">
+        <v>3036</v>
+      </c>
+      <c r="AH217" s="2" t="n">
+        <v>1127</v>
+      </c>
+      <c r="AI217" s="2" t="n">
+        <v>2299</v>
+      </c>
+      <c r="AJ217" s="2" t="n">
+        <v>2168</v>
+      </c>
+      <c r="AK217" s="2" t="n">
+        <v>2505</v>
+      </c>
+      <c r="AL217" t="inlineStr">
+        <is>
+          <t>Transportgewicht / Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AM217" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN217" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO217" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP217" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AQ217" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AR217" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS217" s="2" t="n"/>
+      <c r="AT217" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AU217" t="inlineStr">
+        <is>
+          <t>Innenaufstellung, Containerlösung möglich</t>
+        </is>
+      </c>
+      <c r="AW217" s="2" t="n"/>
+      <c r="AX217" t="inlineStr"/>
+      <c r="AY217" s="3" t="n">
+        <v>45919</v>
+      </c>
+      <c r="AZ217" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC217" s="3" t="n">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="218" ht="40" customHeight="1">
+      <c r="A218" s="1" t="n">
+        <v>1412</v>
+      </c>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C218" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D218" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E218" t="inlineStr">
+        <is>
+          <t>GVWF 226 XSH G</t>
+        </is>
+      </c>
+      <c r="F218" t="inlineStr">
+        <is>
+          <t>GVWF</t>
+        </is>
+      </c>
+      <c r="G218" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H218" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I218" s="1" t="n"/>
+      <c r="K218" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L218" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O218" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P218" s="2" t="n">
+        <v>312</v>
+      </c>
+      <c r="Q218" s="2" t="n">
+        <v>760</v>
+      </c>
+      <c r="R218" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S218" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T218" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U218" s="2" t="n"/>
+      <c r="V218" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="W218" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X218" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y218" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z218" s="2" t="n"/>
+      <c r="AA218" s="2" t="n"/>
+      <c r="AB218" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC218" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD218" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="AE218" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="AF218" s="1" t="n"/>
+      <c r="AG218" s="2" t="n">
+        <v>3036</v>
+      </c>
+      <c r="AH218" s="2" t="n">
+        <v>1127</v>
+      </c>
+      <c r="AI218" s="2" t="n">
+        <v>2299</v>
+      </c>
+      <c r="AJ218" s="2" t="n">
+        <v>2168</v>
+      </c>
+      <c r="AK218" s="2" t="n">
+        <v>2505</v>
+      </c>
+      <c r="AL218" t="inlineStr">
+        <is>
+          <t>Transportgewicht / Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AM218" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AN218" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AO218" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP218" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AQ218" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AR218" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="AS218" s="2" t="n"/>
+      <c r="AT218" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AU218" t="inlineStr">
+        <is>
+          <t>Innenaufstellung, Containerlösung möglich</t>
+        </is>
+      </c>
+      <c r="AW218" s="2" t="n"/>
+      <c r="AX218" t="inlineStr"/>
+      <c r="AY218" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ218" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC218" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="219" ht="40" customHeight="1">
+      <c r="A219" s="1" t="n">
+        <v>1409</v>
+      </c>
+      <c r="B219" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C219" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Serverabwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D219" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E219" t="inlineStr">
+        <is>
+          <t>GVWF 326 XSH G</t>
+        </is>
+      </c>
+      <c r="F219" t="inlineStr">
+        <is>
+          <t>GVWF</t>
+        </is>
+      </c>
+      <c r="G219" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H219" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I219" s="1" t="n"/>
+      <c r="K219" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L219" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O219" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P219" s="2" t="n">
+        <v>452</v>
+      </c>
+      <c r="Q219" s="2" t="n">
+        <v>1129</v>
+      </c>
+      <c r="R219" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S219" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T219" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U219" s="2" t="n"/>
+      <c r="V219" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="W219" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X219" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y219" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z219" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA219" s="2" t="n"/>
+      <c r="AB219" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC219" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AD219" s="2" t="n">
+        <v>292</v>
+      </c>
+      <c r="AE219" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF219" s="1" t="n"/>
+      <c r="AG219" s="2" t="n">
+        <v>4718</v>
+      </c>
+      <c r="AH219" s="2" t="n">
+        <v>1710</v>
+      </c>
+      <c r="AI219" s="2" t="n">
+        <v>2032</v>
+      </c>
+      <c r="AJ219" s="2" t="n">
+        <v>4297</v>
+      </c>
+      <c r="AK219" s="2" t="n">
+        <v>4683</v>
+      </c>
+      <c r="AL219" t="inlineStr">
+        <is>
+          <t>Transportgewicht / Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AM219" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AN219" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AO219" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP219" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ219" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR219" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS219" s="2" t="n"/>
+      <c r="AT219" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AU219" t="inlineStr">
+        <is>
+          <t>Innenaufstellung, Containerlösung möglich</t>
+        </is>
+      </c>
+      <c r="AW219" s="2" t="n"/>
+      <c r="AX219" t="inlineStr"/>
+      <c r="AY219" s="3" t="n">
+        <v>45988</v>
+      </c>
+      <c r="AZ219" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC219" s="3" t="n">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="220" ht="40" customHeight="1">
+      <c r="A220" s="1" t="n">
+        <v>1413</v>
+      </c>
+      <c r="B220" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C220" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Geothermie (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D220" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E220" t="inlineStr">
+        <is>
+          <t>GVWF 326 XSH G</t>
+        </is>
+      </c>
+      <c r="F220" t="inlineStr">
+        <is>
+          <t>GVWF</t>
+        </is>
+      </c>
+      <c r="G220" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H220" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I220" s="1" t="n"/>
+      <c r="K220" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L220" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O220" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P220" s="2" t="n">
+        <v>452</v>
+      </c>
+      <c r="Q220" s="2" t="n">
+        <v>1129</v>
+      </c>
+      <c r="R220" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S220" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T220" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U220" s="2" t="n"/>
+      <c r="V220" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="W220" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X220" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y220" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z220" s="2" t="n"/>
+      <c r="AA220" s="2" t="n"/>
+      <c r="AB220" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC220" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AD220" s="2" t="n">
+        <v>292</v>
+      </c>
+      <c r="AE220" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF220" s="1" t="n"/>
+      <c r="AG220" s="2" t="n">
+        <v>4718</v>
+      </c>
+      <c r="AH220" s="2" t="n">
+        <v>1710</v>
+      </c>
+      <c r="AI220" s="2" t="n">
+        <v>2032</v>
+      </c>
+      <c r="AJ220" s="2" t="n">
+        <v>4297</v>
+      </c>
+      <c r="AK220" s="2" t="n">
+        <v>4683</v>
+      </c>
+      <c r="AL220" t="inlineStr">
+        <is>
+          <t>Transportgewicht / Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AM220" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AN220" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AP220" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AQ220" t="inlineStr">
+        <is>
+          <t>DN125</t>
+        </is>
+      </c>
+      <c r="AR220" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="AS220" s="2" t="n"/>
+      <c r="AT220" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="AU220" t="inlineStr">
+        <is>
+          <t>Innenaufstellung, Containerlösung möglich</t>
+        </is>
+      </c>
+      <c r="AW220" s="2" t="n"/>
+      <c r="AX220" t="inlineStr"/>
+      <c r="AY220" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ220" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC220" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="221" ht="40" customHeight="1">
+      <c r="A221" s="1" t="n">
+        <v>1410</v>
+      </c>
+      <c r="B221" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C221" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Serverabwärme (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D221" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E221" t="inlineStr">
+        <is>
+          <t>GVWF 426 XSH G</t>
+        </is>
+      </c>
+      <c r="F221" t="inlineStr">
+        <is>
+          <t>GVWF</t>
+        </is>
+      </c>
+      <c r="G221" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H221" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I221" s="1" t="n"/>
+      <c r="K221" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L221" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O221" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P221" s="2" t="n">
+        <v>618</v>
+      </c>
+      <c r="Q221" s="2" t="n">
+        <v>1507</v>
+      </c>
+      <c r="R221" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S221" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T221" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U221" s="2" t="n"/>
+      <c r="V221" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="W221" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X221" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y221" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z221" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA221" s="2" t="n"/>
+      <c r="AB221" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC221" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="AD221" s="2" t="n">
+        <v>338</v>
+      </c>
+      <c r="AE221" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="AF221" s="1" t="n"/>
+      <c r="AG221" s="2" t="n">
+        <v>4779</v>
+      </c>
+      <c r="AH221" s="2" t="n">
+        <v>1808</v>
+      </c>
+      <c r="AI221" s="2" t="n">
+        <v>2135</v>
+      </c>
+      <c r="AJ221" s="2" t="n">
+        <v>5211</v>
+      </c>
+      <c r="AK221" s="2" t="n">
+        <v>5758</v>
+      </c>
+      <c r="AL221" t="inlineStr">
+        <is>
+          <t>Transportgewicht / Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AM221" t="inlineStr">
+        <is>
+          <t>DN200</t>
+        </is>
+      </c>
+      <c r="AN221" t="inlineStr">
+        <is>
+          <t>DN200</t>
+        </is>
+      </c>
+      <c r="AO221" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP221" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AQ221" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AR221" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="AS221" s="2" t="n"/>
+      <c r="AT221" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="AU221" t="inlineStr">
+        <is>
+          <t>Werksseitige Schalldämmung</t>
+        </is>
+      </c>
+      <c r="AW221" s="2" t="n"/>
+      <c r="AX221" t="inlineStr"/>
+      <c r="AY221" s="3" t="n">
+        <v>45919</v>
+      </c>
+      <c r="AZ221" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC221" s="3" t="n">
+        <v>45919</v>
+      </c>
+    </row>
+    <row r="222" ht="40" customHeight="1">
+      <c r="A222" s="1" t="n">
+        <v>1414</v>
+      </c>
+      <c r="B222" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C222" t="inlineStr">
+        <is>
+          <t>Abwasser (Brine/Water), Abwärme (Brine/Water), Geothermie (Brine/Water), Gewässer (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D222" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E222" t="inlineStr">
+        <is>
+          <t>GVWF 426 XSH G</t>
+        </is>
+      </c>
+      <c r="F222" t="inlineStr">
+        <is>
+          <t>GVWF</t>
+        </is>
+      </c>
+      <c r="G222" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H222" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I222" s="1" t="n"/>
+      <c r="K222" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="L222" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="O222" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P222" s="2" t="n">
+        <v>618</v>
+      </c>
+      <c r="Q222" s="2" t="n">
+        <v>1507</v>
+      </c>
+      <c r="R222" s="2" t="n">
+        <v>400</v>
+      </c>
+      <c r="S222" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="T222" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="U222" s="2" t="n"/>
+      <c r="V222" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="W222" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X222" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="Y222" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="Z222" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA222" s="2" t="n"/>
+      <c r="AB222" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AC222" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AD222" s="2" t="n">
+        <v>338</v>
+      </c>
+      <c r="AE222" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="AF222" s="1" t="n"/>
+      <c r="AG222" s="2" t="n">
+        <v>4779</v>
+      </c>
+      <c r="AH222" s="2" t="n">
+        <v>1808</v>
+      </c>
+      <c r="AI222" s="2" t="n">
+        <v>2135</v>
+      </c>
+      <c r="AJ222" s="2" t="n">
+        <v>5211</v>
+      </c>
+      <c r="AK222" s="2" t="n">
+        <v>5758</v>
+      </c>
+      <c r="AL222" t="inlineStr">
+        <is>
+          <t>Transportgewicht / Betriebsgewicht</t>
+        </is>
+      </c>
+      <c r="AM222" t="inlineStr">
+        <is>
+          <t>DN200</t>
+        </is>
+      </c>
+      <c r="AN222" t="inlineStr">
+        <is>
+          <t>DN200</t>
+        </is>
+      </c>
+      <c r="AO222" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AP222" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AQ222" t="inlineStr">
+        <is>
+          <t>DN150</t>
+        </is>
+      </c>
+      <c r="AR222" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="AS222" s="2" t="n"/>
+      <c r="AT222" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="AU222" t="inlineStr">
+        <is>
+          <t>Innenaufstellung, Containerlösung möglich</t>
+        </is>
+      </c>
+      <c r="AW222" s="2" t="n"/>
+      <c r="AX222" t="inlineStr"/>
+      <c r="AY222" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ222" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC222" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="223" ht="40" customHeight="1">
+      <c r="A223" s="1" t="n">
+        <v>869</v>
+      </c>
+      <c r="B223" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C223" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D223" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E223" t="inlineStr">
+        <is>
+          <t>RTMG 120 XE R513A</t>
+        </is>
+      </c>
+      <c r="F223" t="inlineStr">
+        <is>
+          <t>RTMG</t>
+        </is>
+      </c>
+      <c r="G223" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H223" s="1" t="n"/>
+      <c r="I223" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K223" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O223" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P223" s="2" t="n"/>
+      <c r="Q223" s="2" t="n">
+        <v>519.7</v>
+      </c>
+      <c r="R223" s="2" t="n"/>
+      <c r="S223" s="2" t="n"/>
+      <c r="T223" s="2" t="n"/>
+      <c r="U223" s="2" t="n"/>
+      <c r="V223" s="2" t="n"/>
+      <c r="W223" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X223" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y223" s="2" t="n"/>
+      <c r="Z223" s="2" t="n"/>
+      <c r="AA223" s="2" t="n"/>
+      <c r="AB223" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD223" s="2" t="n"/>
+      <c r="AE223" s="1" t="n"/>
+      <c r="AF223" s="1" t="n"/>
+      <c r="AG223" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH223" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI223" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ223" s="2" t="n">
+        <v>5870</v>
+      </c>
+      <c r="AK223" s="2" t="n"/>
+      <c r="AR223" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="AS223" s="2" t="n"/>
+      <c r="AT223" s="2" t="n"/>
+      <c r="AW223" s="2" t="n"/>
+      <c r="AX223" t="inlineStr">
+        <is>
+          <t>Duplex-Konfiguration möglich: Doppelte Heizleistung</t>
+        </is>
+      </c>
+      <c r="AY223" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ223" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA223" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=233</t>
+        </is>
+      </c>
+      <c r="BC223" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="224" ht="40" customHeight="1">
+      <c r="A224" s="1" t="n">
+        <v>1098</v>
+      </c>
+      <c r="B224" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C224" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D224" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E224" t="inlineStr">
+        <is>
+          <t>RTMG 140 XE R513A</t>
+        </is>
+      </c>
+      <c r="F224" t="inlineStr">
+        <is>
+          <t>RTMG</t>
+        </is>
+      </c>
+      <c r="G224" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H224" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I224" s="1" t="n"/>
+      <c r="K224" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O224" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P224" s="2" t="n"/>
+      <c r="Q224" s="2" t="n">
+        <v>622.5</v>
+      </c>
+      <c r="R224" s="2" t="n"/>
+      <c r="S224" s="2" t="n"/>
+      <c r="T224" s="2" t="n"/>
+      <c r="U224" s="2" t="n"/>
+      <c r="V224" s="2" t="n"/>
+      <c r="W224" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X224" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y224" s="2" t="n"/>
+      <c r="Z224" s="2" t="n"/>
+      <c r="AA224" s="2" t="n"/>
+      <c r="AB224" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD224" s="2" t="n"/>
+      <c r="AE224" s="1" t="n"/>
+      <c r="AF224" s="1" t="n"/>
+      <c r="AG224" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="AH224" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI224" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ224" s="2" t="n">
+        <v>5990</v>
+      </c>
+      <c r="AK224" s="2" t="n"/>
+      <c r="AR224" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="AS224" s="2" t="n"/>
+      <c r="AT224" s="2" t="n"/>
+      <c r="AW224" s="2" t="n"/>
+      <c r="AX224" t="inlineStr">
+        <is>
+          <t>Duplex-Konfiguration möglich: Doppelte Heizleistung</t>
+        </is>
+      </c>
+      <c r="AY224" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ224" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA224" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=233</t>
+        </is>
+      </c>
+      <c r="BC224" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="225" ht="40" customHeight="1">
+      <c r="A225" s="1" t="n">
+        <v>1099</v>
+      </c>
+      <c r="B225" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C225" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D225" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E225" t="inlineStr">
+        <is>
+          <t>RTMG 170 XE R513A</t>
+        </is>
+      </c>
+      <c r="F225" t="inlineStr">
+        <is>
+          <t>RTMG</t>
+        </is>
+      </c>
+      <c r="G225" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H225" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I225" s="1" t="n"/>
+      <c r="K225" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O225" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P225" s="2" t="n"/>
+      <c r="Q225" s="2" t="n">
+        <v>742.2</v>
+      </c>
+      <c r="R225" s="2" t="n"/>
+      <c r="S225" s="2" t="n"/>
+      <c r="T225" s="2" t="n"/>
+      <c r="U225" s="2" t="n"/>
+      <c r="V225" s="2" t="n"/>
+      <c r="W225" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X225" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y225" s="2" t="n"/>
+      <c r="Z225" s="2" t="n"/>
+      <c r="AA225" s="2" t="n"/>
+      <c r="AB225" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD225" s="2" t="n"/>
+      <c r="AE225" s="1" t="n"/>
+      <c r="AF225" s="1" t="n"/>
+      <c r="AG225" s="2" t="n">
+        <v>6180</v>
+      </c>
+      <c r="AH225" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI225" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ225" s="2" t="n">
+        <v>6450</v>
+      </c>
+      <c r="AK225" s="2" t="n"/>
+      <c r="AR225" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AS225" s="2" t="n"/>
+      <c r="AT225" s="2" t="n"/>
+      <c r="AW225" s="2" t="n"/>
+      <c r="AX225" t="inlineStr">
+        <is>
+          <t>Duplex-Konfiguration möglich: Doppelte Heizleistung</t>
+        </is>
+      </c>
+      <c r="AY225" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ225" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA225" t="inlineStr">
+        <is>
+          <t>https://trane.eu/uk/equipment/product-details.html?prodId=233</t>
+        </is>
+      </c>
+      <c r="BC225" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="226" ht="40" customHeight="1">
+      <c r="A226" s="1" t="n">
+        <v>1100</v>
+      </c>
+      <c r="B226" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C226" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D226" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E226" t="inlineStr">
+        <is>
+          <t>RTMG 200 XE R513A</t>
+        </is>
+      </c>
+      <c r="F226" t="inlineStr">
+        <is>
+          <t>RTMG</t>
+        </is>
+      </c>
+      <c r="G226" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H226" s="1" t="n"/>
+      <c r="I226" s="1" t="n"/>
+      <c r="K226" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O226" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P226" s="2" t="n"/>
+      <c r="Q226" s="2" t="n">
+        <v>869.2</v>
+      </c>
+      <c r="R226" s="2" t="n"/>
+      <c r="S226" s="2" t="n"/>
+      <c r="T226" s="2" t="n"/>
+      <c r="U226" s="2" t="n"/>
+      <c r="V226" s="2" t="n"/>
+      <c r="W226" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X226" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y226" s="2" t="n"/>
+      <c r="Z226" s="2" t="n"/>
+      <c r="AA226" s="2" t="n"/>
+      <c r="AB226" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD226" s="2" t="n"/>
+      <c r="AE226" s="1" t="n"/>
+      <c r="AF226" s="1" t="n"/>
+      <c r="AG226" s="2" t="n">
+        <v>7360</v>
+      </c>
+      <c r="AH226" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI226" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ226" s="2" t="n">
+        <v>7130</v>
+      </c>
+      <c r="AK226" s="2" t="n"/>
+      <c r="AR226" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="AS226" s="2" t="n"/>
+      <c r="AT226" s="2" t="n"/>
+      <c r="AW226" s="2" t="n"/>
+      <c r="AX226" t="inlineStr">
+        <is>
+          <t>Duplex-Konfiguration möglich: Doppelte Heizleistung</t>
+        </is>
+      </c>
+      <c r="AY226" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ226" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA226" t="inlineStr">
+        <is>
+          <t>https://trane.eu/uk/equipment/product-details.html?prodId=233</t>
+        </is>
+      </c>
+      <c r="BC226" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="227" ht="40" customHeight="1">
+      <c r="A227" s="1" t="n">
+        <v>1101</v>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C227" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D227" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E227" t="inlineStr">
+        <is>
+          <t>RTMG 220 XE R513A</t>
+        </is>
+      </c>
+      <c r="F227" t="inlineStr">
+        <is>
+          <t>RTMG</t>
+        </is>
+      </c>
+      <c r="G227" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H227" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I227" s="1" t="n"/>
+      <c r="K227" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="P227" s="2" t="n"/>
+      <c r="Q227" s="2" t="n">
+        <v>967.2</v>
+      </c>
+      <c r="R227" s="2" t="n"/>
+      <c r="S227" s="2" t="n"/>
+      <c r="T227" s="2" t="n"/>
+      <c r="U227" s="2" t="n"/>
+      <c r="V227" s="2" t="n"/>
+      <c r="W227" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="X227" s="2" t="n">
+        <v>-15</v>
+      </c>
+      <c r="Y227" s="2" t="n"/>
+      <c r="Z227" s="2" t="n"/>
+      <c r="AA227" s="2" t="n"/>
+      <c r="AB227" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD227" s="2" t="n"/>
+      <c r="AE227" s="1" t="n"/>
+      <c r="AF227" s="1" t="n"/>
+      <c r="AG227" s="2" t="n">
+        <v>8540</v>
+      </c>
+      <c r="AH227" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI227" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ227" s="2" t="n">
+        <v>7670</v>
+      </c>
+      <c r="AK227" s="2" t="n"/>
+      <c r="AR227" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="AS227" s="2" t="n"/>
+      <c r="AT227" s="2" t="n"/>
+      <c r="AW227" s="2" t="n"/>
+      <c r="AX227" t="inlineStr">
+        <is>
+          <t>Duplex-Konfiguration möglich: Doppelte Heizleistung</t>
+        </is>
+      </c>
+      <c r="AY227" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ227" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA227" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=233</t>
+        </is>
+      </c>
+      <c r="BC227" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="228" ht="40" customHeight="1">
+      <c r="A228" s="1" t="n">
+        <v>1102</v>
+      </c>
+      <c r="B228" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R134a, R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C228" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D228" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E228" t="inlineStr">
+        <is>
+          <t>RTWD</t>
+        </is>
+      </c>
+      <c r="F228" t="inlineStr">
+        <is>
+          <t>RTWD</t>
+        </is>
+      </c>
+      <c r="G228" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H228" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I228" s="1" t="n"/>
+      <c r="K228" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O228" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P228" s="2" t="n">
+        <v>260</v>
+      </c>
+      <c r="Q228" s="2" t="n">
+        <v>1140</v>
+      </c>
+      <c r="R228" s="2" t="n"/>
+      <c r="S228" s="2" t="n"/>
+      <c r="T228" s="2" t="n"/>
+      <c r="U228" s="2" t="n"/>
+      <c r="V228" s="2" t="n"/>
+      <c r="W228" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="X228" s="2" t="n"/>
+      <c r="Y228" s="2" t="n"/>
+      <c r="Z228" s="2" t="n"/>
+      <c r="AA228" s="2" t="n"/>
+      <c r="AB228" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD228" s="2" t="n"/>
+      <c r="AE228" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="AF228" s="1" t="n"/>
+      <c r="AG228" s="2" t="n"/>
+      <c r="AH228" s="2" t="n"/>
+      <c r="AI228" s="2" t="n"/>
+      <c r="AJ228" s="2" t="n"/>
+      <c r="AK228" s="2" t="n"/>
+      <c r="AO228" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR228" s="2" t="n"/>
+      <c r="AS228" s="2" t="n"/>
+      <c r="AT228" s="2" t="n"/>
+      <c r="AU228" t="inlineStr">
+        <is>
+          <t>Kompaktbauweise</t>
+        </is>
+      </c>
+      <c r="AW228" s="2" t="n"/>
+      <c r="AX228" t="inlineStr">
+        <is>
+          <t>3 verschiedene Effizienzklassen</t>
+        </is>
+      </c>
+      <c r="AY228" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ228" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA228" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=124</t>
+        </is>
+      </c>
+      <c r="BC228" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="229" ht="40" customHeight="1">
+      <c r="A229" s="1" t="n">
+        <v>1103</v>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>R1234ze(E), R134a, R513A (R1234yf/R134a), R515B (R1234ze(E)/ 227ea)</t>
+        </is>
+      </c>
+      <c r="C229" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D229" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E229" t="inlineStr">
+        <is>
+          <t>RTWF - SE/HE</t>
+        </is>
+      </c>
+      <c r="F229" t="inlineStr">
+        <is>
+          <t>RTWF</t>
+        </is>
+      </c>
+      <c r="G229" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H229" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="I229" s="1" t="n"/>
+      <c r="K229" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O229" t="inlineStr">
+        <is>
+          <t>Bürogebäuden, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P229" s="2" t="n">
+        <v>385</v>
+      </c>
+      <c r="Q229" s="2" t="n">
+        <v>2020</v>
+      </c>
+      <c r="R229" s="2" t="n"/>
+      <c r="S229" s="2" t="n"/>
+      <c r="T229" s="2" t="n"/>
+      <c r="U229" s="2" t="n"/>
+      <c r="V229" s="2" t="n"/>
+      <c r="W229" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="X229" s="2" t="n"/>
+      <c r="Y229" s="2" t="n"/>
+      <c r="Z229" s="2" t="n"/>
+      <c r="AA229" s="2" t="n"/>
+      <c r="AB229" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD229" s="2" t="n"/>
+      <c r="AE229" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="AF229" s="1" t="n"/>
+      <c r="AG229" s="2" t="n"/>
+      <c r="AH229" s="2" t="n"/>
+      <c r="AI229" s="2" t="n"/>
+      <c r="AJ229" s="2" t="n"/>
+      <c r="AK229" s="2" t="n"/>
+      <c r="AO229" t="inlineStr">
+        <is>
+          <t>Direktantrieb mit niedriger Drehzahl</t>
+        </is>
+      </c>
+      <c r="AR229" s="2" t="n"/>
+      <c r="AS229" s="2" t="n"/>
+      <c r="AT229" s="2" t="n"/>
+      <c r="AW229" s="2" t="n"/>
+      <c r="AX229" t="inlineStr">
+        <is>
+          <t>RTWF bietet 3 Effizienzniveaus:
+Standardeffizienz (SE),
+Hohe Effizienz (HE),
+Hohe saisonale Effizienz (HSE)</t>
+        </is>
+      </c>
+      <c r="AY229" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ229" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA229" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=224</t>
+        </is>
+      </c>
+      <c r="BC229" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="230" ht="40" customHeight="1">
+      <c r="A230" s="1" t="n">
+        <v>840</v>
+      </c>
+      <c r="B230" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C230" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D230" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E230" t="inlineStr">
+        <is>
+          <t>RTXC 110 HSE-EC</t>
+        </is>
+      </c>
+      <c r="F230" t="inlineStr">
+        <is>
+          <t>RTXC HSE EC</t>
+        </is>
+      </c>
+      <c r="G230" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H230" s="1" t="n"/>
+      <c r="I230" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K230" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O230" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P230" s="2" t="n"/>
+      <c r="Q230" s="2" t="n">
+        <v>399.5</v>
+      </c>
+      <c r="R230" s="2" t="n"/>
+      <c r="S230" s="2" t="n"/>
+      <c r="T230" s="2" t="n"/>
+      <c r="U230" s="2" t="n"/>
+      <c r="V230" s="2" t="n"/>
+      <c r="W230" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X230" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y230" s="2" t="n"/>
+      <c r="Z230" s="2" t="n"/>
+      <c r="AA230" s="2" t="n"/>
+      <c r="AB230" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD230" s="2" t="n"/>
+      <c r="AE230" s="1" t="n"/>
+      <c r="AF230" s="1" t="n"/>
+      <c r="AG230" s="2" t="n">
+        <v>4720</v>
+      </c>
+      <c r="AH230" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI230" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ230" s="2" t="n">
+        <v>4344</v>
+      </c>
+      <c r="AK230" s="2" t="n"/>
+      <c r="AR230" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="AS230" s="2" t="n"/>
+      <c r="AT230" s="2" t="n"/>
+      <c r="AW230" s="2" t="n"/>
+      <c r="AX230" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY230" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ230" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA230" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC230" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="231" ht="40" customHeight="1">
+      <c r="A231" s="1" t="n">
+        <v>835</v>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C231" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D231" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr">
+        <is>
+          <t>RTXC 110 XE</t>
+        </is>
+      </c>
+      <c r="F231" t="inlineStr">
+        <is>
+          <t>RTXC XE</t>
+        </is>
+      </c>
+      <c r="G231" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H231" s="1" t="n"/>
+      <c r="I231" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K231" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O231" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P231" s="2" t="n"/>
+      <c r="Q231" s="2" t="n">
+        <v>386.1</v>
+      </c>
+      <c r="R231" s="2" t="n"/>
+      <c r="S231" s="2" t="n"/>
+      <c r="T231" s="2" t="n"/>
+      <c r="U231" s="2" t="n"/>
+      <c r="V231" s="2" t="n"/>
+      <c r="W231" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X231" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y231" s="2" t="n"/>
+      <c r="Z231" s="2" t="n"/>
+      <c r="AA231" s="2" t="n"/>
+      <c r="AB231" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD231" s="2" t="n"/>
+      <c r="AE231" s="1" t="n"/>
+      <c r="AF231" s="1" t="n"/>
+      <c r="AG231" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH231" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI231" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ231" s="2" t="n">
+        <v>4220</v>
+      </c>
+      <c r="AK231" s="2" t="n"/>
+      <c r="AR231" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AS231" s="2" t="n"/>
+      <c r="AT231" s="2" t="n"/>
+      <c r="AW231" s="2" t="n"/>
+      <c r="AX231" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY231" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ231" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA231" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC231" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="232" ht="40" customHeight="1">
+      <c r="A232" s="1" t="n">
+        <v>830</v>
+      </c>
+      <c r="B232" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C232" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D232" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E232" t="inlineStr">
+        <is>
+          <t>RTXC 110 XE-EC</t>
+        </is>
+      </c>
+      <c r="F232" t="inlineStr">
+        <is>
+          <t>RTXC XE EC</t>
+        </is>
+      </c>
+      <c r="G232" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H232" s="1" t="n"/>
+      <c r="I232" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K232" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O232" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P232" s="2" t="n"/>
+      <c r="Q232" s="2" t="n">
+        <v>396.7</v>
+      </c>
+      <c r="R232" s="2" t="n"/>
+      <c r="S232" s="2" t="n"/>
+      <c r="T232" s="2" t="n"/>
+      <c r="U232" s="2" t="n"/>
+      <c r="V232" s="2" t="n"/>
+      <c r="W232" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X232" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y232" s="2" t="n"/>
+      <c r="Z232" s="2" t="n"/>
+      <c r="AA232" s="2" t="n"/>
+      <c r="AB232" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD232" s="2" t="n"/>
+      <c r="AE232" s="1" t="n"/>
+      <c r="AF232" s="1" t="n"/>
+      <c r="AG232" s="2" t="n">
+        <v>4300</v>
+      </c>
+      <c r="AH232" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI232" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ232" s="2" t="n">
+        <v>4220</v>
+      </c>
+      <c r="AK232" s="2" t="n"/>
+      <c r="AR232" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="AS232" s="2" t="n"/>
+      <c r="AT232" s="2" t="n"/>
+      <c r="AW232" s="2" t="n"/>
+      <c r="AX232" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY232" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ232" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA232" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC232" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="233" ht="40" customHeight="1">
+      <c r="A233" s="1" t="n">
+        <v>841</v>
+      </c>
+      <c r="B233" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C233" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D233" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E233" t="inlineStr">
+        <is>
+          <t>RTXC 130 HSE-EC</t>
+        </is>
+      </c>
+      <c r="F233" t="inlineStr">
+        <is>
+          <t>RTXC HSE EC</t>
+        </is>
+      </c>
+      <c r="G233" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H233" s="1" t="n"/>
+      <c r="I233" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K233" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O233" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P233" s="2" t="n"/>
+      <c r="Q233" s="2" t="n">
+        <v>456.3</v>
+      </c>
+      <c r="R233" s="2" t="n"/>
+      <c r="S233" s="2" t="n"/>
+      <c r="T233" s="2" t="n"/>
+      <c r="U233" s="2" t="n"/>
+      <c r="V233" s="2" t="n"/>
+      <c r="W233" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X233" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y233" s="2" t="n"/>
+      <c r="Z233" s="2" t="n"/>
+      <c r="AA233" s="2" t="n"/>
+      <c r="AB233" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD233" s="2" t="n"/>
+      <c r="AE233" s="1" t="n"/>
+      <c r="AF233" s="1" t="n"/>
+      <c r="AG233" s="2" t="n">
+        <v>4720</v>
+      </c>
+      <c r="AH233" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI233" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ233" s="2" t="n">
+        <v>4396</v>
+      </c>
+      <c r="AK233" s="2" t="n"/>
+      <c r="AR233" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="AS233" s="2" t="n"/>
+      <c r="AT233" s="2" t="n"/>
+      <c r="AW233" s="2" t="n"/>
+      <c r="AX233" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY233" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ233" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA233" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC233" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="234" ht="40" customHeight="1">
+      <c r="A234" s="1" t="n">
+        <v>842</v>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C234" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D234" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E234" t="inlineStr">
+        <is>
+          <t>RTXC 140 HSE-EC</t>
+        </is>
+      </c>
+      <c r="F234" t="inlineStr">
+        <is>
+          <t>RTXC HSE EC</t>
+        </is>
+      </c>
+      <c r="G234" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H234" s="1" t="n"/>
+      <c r="I234" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K234" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O234" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P234" s="2" t="n"/>
+      <c r="Q234" s="2" t="n">
+        <v>503.4</v>
+      </c>
+      <c r="R234" s="2" t="n"/>
+      <c r="S234" s="2" t="n"/>
+      <c r="T234" s="2" t="n"/>
+      <c r="U234" s="2" t="n"/>
+      <c r="V234" s="2" t="n"/>
+      <c r="W234" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X234" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y234" s="2" t="n"/>
+      <c r="Z234" s="2" t="n"/>
+      <c r="AA234" s="2" t="n"/>
+      <c r="AB234" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD234" s="2" t="n"/>
+      <c r="AE234" s="1" t="n"/>
+      <c r="AF234" s="1" t="n"/>
+      <c r="AG234" s="2" t="n">
+        <v>4720</v>
+      </c>
+      <c r="AH234" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI234" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ234" s="2" t="n">
+        <v>4396</v>
+      </c>
+      <c r="AK234" s="2" t="n"/>
+      <c r="AR234" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="AS234" s="2" t="n"/>
+      <c r="AT234" s="2" t="n"/>
+      <c r="AW234" s="2" t="n"/>
+      <c r="AX234" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY234" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ234" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA234" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC234" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="235" ht="40" customHeight="1">
+      <c r="A235" s="1" t="n">
+        <v>843</v>
+      </c>
+      <c r="B235" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C235" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D235" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E235" t="inlineStr">
+        <is>
+          <t>RTXC 160 HSE-EC</t>
+        </is>
+      </c>
+      <c r="F235" t="inlineStr">
+        <is>
+          <t>RTXC HSE EC</t>
+        </is>
+      </c>
+      <c r="G235" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H235" s="1" t="n"/>
+      <c r="I235" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K235" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O235" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P235" s="2" t="n"/>
+      <c r="Q235" s="2" t="n">
+        <v>549.1</v>
+      </c>
+      <c r="R235" s="2" t="n"/>
+      <c r="S235" s="2" t="n"/>
+      <c r="T235" s="2" t="n"/>
+      <c r="U235" s="2" t="n"/>
+      <c r="V235" s="2" t="n"/>
+      <c r="W235" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X235" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y235" s="2" t="n"/>
+      <c r="Z235" s="2" t="n"/>
+      <c r="AA235" s="2" t="n"/>
+      <c r="AB235" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD235" s="2" t="n"/>
+      <c r="AE235" s="1" t="n"/>
+      <c r="AF235" s="1" t="n"/>
+      <c r="AG235" s="2" t="n">
+        <v>7900</v>
+      </c>
+      <c r="AH235" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI235" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ235" s="2" t="n">
+        <v>7251</v>
+      </c>
+      <c r="AK235" s="2" t="n"/>
+      <c r="AR235" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="AS235" s="2" t="n"/>
+      <c r="AT235" s="2" t="n"/>
+      <c r="AW235" s="2" t="n"/>
+      <c r="AX235" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY235" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ235" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA235" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC235" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="236" ht="40" customHeight="1">
+      <c r="A236" s="1" t="n">
+        <v>836</v>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C236" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D236" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E236" t="inlineStr">
+        <is>
+          <t>RTXC 160 XE</t>
+        </is>
+      </c>
+      <c r="F236" t="inlineStr">
+        <is>
+          <t>RTXC XE</t>
+        </is>
+      </c>
+      <c r="G236" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H236" s="1" t="n"/>
+      <c r="I236" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K236" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O236" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P236" s="2" t="n"/>
+      <c r="Q236" s="2" t="n">
+        <v>551.7</v>
+      </c>
+      <c r="R236" s="2" t="n"/>
+      <c r="S236" s="2" t="n"/>
+      <c r="T236" s="2" t="n"/>
+      <c r="U236" s="2" t="n"/>
+      <c r="V236" s="2" t="n"/>
+      <c r="W236" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X236" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y236" s="2" t="n"/>
+      <c r="Z236" s="2" t="n"/>
+      <c r="AA236" s="2" t="n"/>
+      <c r="AB236" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD236" s="2" t="n"/>
+      <c r="AE236" s="1" t="n"/>
+      <c r="AF236" s="1" t="n"/>
+      <c r="AG236" s="2" t="n">
+        <v>7700</v>
+      </c>
+      <c r="AH236" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI236" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ236" s="2" t="n">
+        <v>7020</v>
+      </c>
+      <c r="AK236" s="2" t="n"/>
+      <c r="AR236" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="AS236" s="2" t="n"/>
+      <c r="AT236" s="2" t="n"/>
+      <c r="AW236" s="2" t="n"/>
+      <c r="AX236" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY236" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ236" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA236" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC236" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="237" ht="40" customHeight="1">
+      <c r="A237" s="1" t="n">
+        <v>831</v>
+      </c>
+      <c r="B237" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C237" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D237" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E237" t="inlineStr">
+        <is>
+          <t>RTXC 160 XE-EC</t>
+        </is>
+      </c>
+      <c r="F237" t="inlineStr">
+        <is>
+          <t>RTXC XE EC</t>
+        </is>
+      </c>
+      <c r="G237" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H237" s="1" t="n"/>
+      <c r="I237" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K237" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O237" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P237" s="2" t="n"/>
+      <c r="Q237" s="2" t="n">
+        <v>548.7</v>
+      </c>
+      <c r="R237" s="2" t="n"/>
+      <c r="S237" s="2" t="n"/>
+      <c r="T237" s="2" t="n"/>
+      <c r="U237" s="2" t="n"/>
+      <c r="V237" s="2" t="n"/>
+      <c r="W237" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X237" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y237" s="2" t="n"/>
+      <c r="Z237" s="2" t="n"/>
+      <c r="AA237" s="2" t="n"/>
+      <c r="AB237" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD237" s="2" t="n"/>
+      <c r="AE237" s="1" t="n"/>
+      <c r="AF237" s="1" t="n"/>
+      <c r="AG237" s="2" t="n">
+        <v>7700</v>
+      </c>
+      <c r="AH237" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI237" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ237" s="2" t="n">
+        <v>7020</v>
+      </c>
+      <c r="AK237" s="2" t="n"/>
+      <c r="AR237" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="AS237" s="2" t="n"/>
+      <c r="AT237" s="2" t="n"/>
+      <c r="AW237" s="2" t="n"/>
+      <c r="AX237" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY237" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ237" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA237" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC237" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="238" ht="40" customHeight="1">
+      <c r="A238" s="1" t="n">
+        <v>844</v>
+      </c>
+      <c r="B238" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C238" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D238" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E238" t="inlineStr">
+        <is>
+          <t>RTXC 180 HSE-EC</t>
+        </is>
+      </c>
+      <c r="F238" t="inlineStr">
+        <is>
+          <t>RTXC HSE EC</t>
+        </is>
+      </c>
+      <c r="G238" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H238" s="1" t="n"/>
+      <c r="I238" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K238" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O238" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P238" s="2" t="n"/>
+      <c r="Q238" s="2" t="n">
+        <v>618.6</v>
+      </c>
+      <c r="R238" s="2" t="n"/>
+      <c r="S238" s="2" t="n"/>
+      <c r="T238" s="2" t="n"/>
+      <c r="U238" s="2" t="n"/>
+      <c r="V238" s="2" t="n"/>
+      <c r="W238" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X238" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y238" s="2" t="n"/>
+      <c r="Z238" s="2" t="n"/>
+      <c r="AA238" s="2" t="n"/>
+      <c r="AB238" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD238" s="2" t="n"/>
+      <c r="AE238" s="1" t="n"/>
+      <c r="AF238" s="1" t="n"/>
+      <c r="AG238" s="2" t="n">
+        <v>7900</v>
+      </c>
+      <c r="AH238" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI238" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ238" s="2" t="n">
+        <v>7371</v>
+      </c>
+      <c r="AK238" s="2" t="n"/>
+      <c r="AR238" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="AS238" s="2" t="n"/>
+      <c r="AT238" s="2" t="n"/>
+      <c r="AW238" s="2" t="n"/>
+      <c r="AX238" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY238" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ238" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA238" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC238" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="239" ht="40" customHeight="1">
+      <c r="A239" s="1" t="n">
+        <v>837</v>
+      </c>
+      <c r="B239" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C239" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D239" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E239" t="inlineStr">
+        <is>
+          <t>RTXC 180 XE</t>
+        </is>
+      </c>
+      <c r="F239" t="inlineStr">
+        <is>
+          <t>RTXC XE</t>
+        </is>
+      </c>
+      <c r="G239" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H239" s="1" t="n"/>
+      <c r="I239" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K239" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O239" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P239" s="2" t="n"/>
+      <c r="Q239" s="2" t="n">
+        <v>644.6</v>
+      </c>
+      <c r="R239" s="2" t="n"/>
+      <c r="S239" s="2" t="n"/>
+      <c r="T239" s="2" t="n"/>
+      <c r="U239" s="2" t="n"/>
+      <c r="V239" s="2" t="n"/>
+      <c r="W239" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X239" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y239" s="2" t="n"/>
+      <c r="Z239" s="2" t="n"/>
+      <c r="AA239" s="2" t="n"/>
+      <c r="AB239" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD239" s="2" t="n"/>
+      <c r="AE239" s="1" t="n"/>
+      <c r="AF239" s="1" t="n"/>
+      <c r="AG239" s="2" t="n">
+        <v>7700</v>
+      </c>
+      <c r="AH239" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI239" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ239" s="2" t="n">
+        <v>7140</v>
+      </c>
+      <c r="AK239" s="2" t="n"/>
+      <c r="AR239" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="AS239" s="2" t="n"/>
+      <c r="AT239" s="2" t="n"/>
+      <c r="AW239" s="2" t="n"/>
+      <c r="AX239" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY239" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ239" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA239" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC239" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="240" ht="40" customHeight="1">
+      <c r="A240" s="1" t="n">
+        <v>832</v>
+      </c>
+      <c r="B240" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C240" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D240" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E240" t="inlineStr">
+        <is>
+          <t>RTXC 180 XE-EC</t>
+        </is>
+      </c>
+      <c r="F240" t="inlineStr">
+        <is>
+          <t>RTXC XE EC</t>
+        </is>
+      </c>
+      <c r="G240" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H240" s="1" t="n"/>
+      <c r="I240" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K240" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O240" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P240" s="2" t="n"/>
+      <c r="Q240" s="2" t="n">
+        <v>643.9</v>
+      </c>
+      <c r="R240" s="2" t="n"/>
+      <c r="S240" s="2" t="n"/>
+      <c r="T240" s="2" t="n"/>
+      <c r="U240" s="2" t="n"/>
+      <c r="V240" s="2" t="n"/>
+      <c r="W240" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X240" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y240" s="2" t="n"/>
+      <c r="Z240" s="2" t="n"/>
+      <c r="AA240" s="2" t="n"/>
+      <c r="AB240" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD240" s="2" t="n"/>
+      <c r="AE240" s="1" t="n"/>
+      <c r="AF240" s="1" t="n"/>
+      <c r="AG240" s="2" t="n">
+        <v>7700</v>
+      </c>
+      <c r="AH240" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI240" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ240" s="2" t="n">
+        <v>7140</v>
+      </c>
+      <c r="AK240" s="2" t="n"/>
+      <c r="AR240" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="AS240" s="2" t="n"/>
+      <c r="AT240" s="2" t="n"/>
+      <c r="AW240" s="2" t="n"/>
+      <c r="AX240" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY240" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ240" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA240" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC240" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="241" ht="40" customHeight="1">
+      <c r="A241" s="1" t="n">
+        <v>845</v>
+      </c>
+      <c r="B241" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C241" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D241" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E241" t="inlineStr">
+        <is>
+          <t>RTXC 200 HSE-EC</t>
+        </is>
+      </c>
+      <c r="F241" t="inlineStr">
+        <is>
+          <t>RTXC HSE EC</t>
+        </is>
+      </c>
+      <c r="G241" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H241" s="1" t="n"/>
+      <c r="I241" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K241" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O241" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P241" s="2" t="n"/>
+      <c r="Q241" s="2" t="n">
+        <v>699.1</v>
+      </c>
+      <c r="R241" s="2" t="n"/>
+      <c r="S241" s="2" t="n"/>
+      <c r="T241" s="2" t="n"/>
+      <c r="U241" s="2" t="n"/>
+      <c r="V241" s="2" t="n"/>
+      <c r="W241" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X241" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y241" s="2" t="n"/>
+      <c r="Z241" s="2" t="n"/>
+      <c r="AA241" s="2" t="n"/>
+      <c r="AB241" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD241" s="2" t="n"/>
+      <c r="AE241" s="1" t="n"/>
+      <c r="AF241" s="1" t="n"/>
+      <c r="AG241" s="2" t="n">
+        <v>8900</v>
+      </c>
+      <c r="AH241" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI241" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ241" s="2" t="n">
+        <v>7759</v>
+      </c>
+      <c r="AK241" s="2" t="n"/>
+      <c r="AR241" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="AS241" s="2" t="n"/>
+      <c r="AT241" s="2" t="n"/>
+      <c r="AW241" s="2" t="n"/>
+      <c r="AX241" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY241" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ241" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA241" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC241" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="242" ht="40" customHeight="1">
+      <c r="A242" s="1" t="n">
+        <v>838</v>
+      </c>
+      <c r="B242" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C242" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D242" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E242" t="inlineStr">
+        <is>
+          <t>RTXC 200 XE</t>
+        </is>
+      </c>
+      <c r="F242" t="inlineStr">
+        <is>
+          <t>RTXC XE</t>
+        </is>
+      </c>
+      <c r="G242" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H242" s="1" t="n"/>
+      <c r="I242" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K242" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O242" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P242" s="2" t="n"/>
+      <c r="Q242" s="2" t="n">
+        <v>665.4</v>
+      </c>
+      <c r="R242" s="2" t="n"/>
+      <c r="S242" s="2" t="n"/>
+      <c r="T242" s="2" t="n"/>
+      <c r="U242" s="2" t="n"/>
+      <c r="V242" s="2" t="n"/>
+      <c r="W242" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X242" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y242" s="2" t="n"/>
+      <c r="Z242" s="2" t="n"/>
+      <c r="AA242" s="2" t="n"/>
+      <c r="AB242" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD242" s="2" t="n"/>
+      <c r="AE242" s="1" t="n"/>
+      <c r="AF242" s="1" t="n"/>
+      <c r="AG242" s="2" t="n">
+        <v>8700</v>
+      </c>
+      <c r="AH242" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI242" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ242" s="2" t="n">
+        <v>7501</v>
+      </c>
+      <c r="AK242" s="2" t="n"/>
+      <c r="AR242" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="AS242" s="2" t="n"/>
+      <c r="AT242" s="2" t="n"/>
+      <c r="AW242" s="2" t="n"/>
+      <c r="AX242" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY242" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ242" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA242" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC242" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="243" ht="40" customHeight="1">
+      <c r="A243" s="1" t="n">
+        <v>833</v>
+      </c>
+      <c r="B243" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C243" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D243" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E243" t="inlineStr">
+        <is>
+          <t>RTXC 200 XE-EC</t>
+        </is>
+      </c>
+      <c r="F243" t="inlineStr">
+        <is>
+          <t>RTXC XE EC</t>
+        </is>
+      </c>
+      <c r="G243" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H243" s="1" t="n"/>
+      <c r="I243" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K243" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O243" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P243" s="2" t="n"/>
+      <c r="Q243" s="2" t="n">
+        <v>672.7</v>
+      </c>
+      <c r="R243" s="2" t="n"/>
+      <c r="S243" s="2" t="n"/>
+      <c r="T243" s="2" t="n"/>
+      <c r="U243" s="2" t="n"/>
+      <c r="V243" s="2" t="n"/>
+      <c r="W243" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X243" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y243" s="2" t="n"/>
+      <c r="Z243" s="2" t="n"/>
+      <c r="AA243" s="2" t="n"/>
+      <c r="AB243" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD243" s="2" t="n"/>
+      <c r="AE243" s="1" t="n"/>
+      <c r="AF243" s="1" t="n"/>
+      <c r="AG243" s="2" t="n">
+        <v>8700</v>
+      </c>
+      <c r="AH243" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI243" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ243" s="2" t="n">
+        <v>7501</v>
+      </c>
+      <c r="AK243" s="2" t="n"/>
+      <c r="AR243" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="AS243" s="2" t="n"/>
+      <c r="AT243" s="2" t="n"/>
+      <c r="AW243" s="2" t="n"/>
+      <c r="AX243" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY243" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ243" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA243" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC243" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="244" ht="40" customHeight="1">
+      <c r="A244" s="1" t="n">
+        <v>846</v>
+      </c>
+      <c r="B244" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C244" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D244" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E244" t="inlineStr">
+        <is>
+          <t>RTXC 220 HSE-EC</t>
+        </is>
+      </c>
+      <c r="F244" t="inlineStr">
+        <is>
+          <t>RTXC HSE EC</t>
+        </is>
+      </c>
+      <c r="G244" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H244" s="1" t="n"/>
+      <c r="I244" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K244" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O244" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P244" s="2" t="n"/>
+      <c r="Q244" s="2" t="n">
+        <v>802.8</v>
+      </c>
+      <c r="R244" s="2" t="n"/>
+      <c r="S244" s="2" t="n"/>
+      <c r="T244" s="2" t="n"/>
+      <c r="U244" s="2" t="n"/>
+      <c r="V244" s="2" t="n"/>
+      <c r="W244" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X244" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y244" s="2" t="n"/>
+      <c r="Z244" s="2" t="n"/>
+      <c r="AA244" s="2" t="n"/>
+      <c r="AB244" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD244" s="2" t="n"/>
+      <c r="AE244" s="1" t="n"/>
+      <c r="AF244" s="1" t="n"/>
+      <c r="AG244" s="2" t="n">
+        <v>8900</v>
+      </c>
+      <c r="AH244" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI244" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ244" s="2" t="n">
+        <v>7879</v>
+      </c>
+      <c r="AK244" s="2" t="n"/>
+      <c r="AR244" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="AS244" s="2" t="n"/>
+      <c r="AT244" s="2" t="n"/>
+      <c r="AW244" s="2" t="n"/>
+      <c r="AX244" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY244" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ244" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA244" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC244" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="245" ht="40" customHeight="1">
+      <c r="A245" s="1" t="n">
+        <v>839</v>
+      </c>
+      <c r="B245" t="inlineStr">
+        <is>
+          <t>R134a</t>
+        </is>
+      </c>
+      <c r="C245" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D245" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E245" t="inlineStr">
+        <is>
+          <t>RTXC 220 XE</t>
+        </is>
+      </c>
+      <c r="F245" t="inlineStr">
+        <is>
+          <t>RTXC XE</t>
+        </is>
+      </c>
+      <c r="G245" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H245" s="1" t="n"/>
+      <c r="I245" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K245" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O245" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P245" s="2" t="n"/>
+      <c r="Q245" s="2" t="n">
+        <v>765.9</v>
+      </c>
+      <c r="R245" s="2" t="n"/>
+      <c r="S245" s="2" t="n"/>
+      <c r="T245" s="2" t="n"/>
+      <c r="U245" s="2" t="n"/>
+      <c r="V245" s="2" t="n"/>
+      <c r="W245" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X245" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y245" s="2" t="n"/>
+      <c r="Z245" s="2" t="n"/>
+      <c r="AA245" s="2" t="n"/>
+      <c r="AB245" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD245" s="2" t="n"/>
+      <c r="AE245" s="1" t="n"/>
+      <c r="AF245" s="1" t="n"/>
+      <c r="AG245" s="2" t="n">
+        <v>8700</v>
+      </c>
+      <c r="AH245" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI245" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ245" s="2" t="n">
+        <v>7621</v>
+      </c>
+      <c r="AK245" s="2" t="n"/>
+      <c r="AR245" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="AS245" s="2" t="n"/>
+      <c r="AT245" s="2" t="n"/>
+      <c r="AW245" s="2" t="n"/>
+      <c r="AX245" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY245" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ245" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA245" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC245" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="246" ht="40" customHeight="1">
+      <c r="A246" s="1" t="n">
+        <v>834</v>
+      </c>
+      <c r="B246" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C246" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D246" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E246" t="inlineStr">
+        <is>
+          <t>RTXC 220 XE-EC</t>
+        </is>
+      </c>
+      <c r="F246" t="inlineStr">
+        <is>
+          <t>RTXC XE EC</t>
+        </is>
+      </c>
+      <c r="G246" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H246" s="1" t="n"/>
+      <c r="I246" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K246" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O246" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P246" s="2" t="n"/>
+      <c r="Q246" s="2" t="n">
+        <v>798.7</v>
+      </c>
+      <c r="R246" s="2" t="n"/>
+      <c r="S246" s="2" t="n"/>
+      <c r="T246" s="2" t="n"/>
+      <c r="U246" s="2" t="n"/>
+      <c r="V246" s="2" t="n"/>
+      <c r="W246" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X246" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y246" s="2" t="n"/>
+      <c r="Z246" s="2" t="n"/>
+      <c r="AA246" s="2" t="n"/>
+      <c r="AB246" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD246" s="2" t="n"/>
+      <c r="AE246" s="1" t="n"/>
+      <c r="AF246" s="1" t="n"/>
+      <c r="AG246" s="2" t="n">
+        <v>8700</v>
+      </c>
+      <c r="AH246" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI246" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ246" s="2" t="n">
+        <v>7621</v>
+      </c>
+      <c r="AK246" s="2" t="n"/>
+      <c r="AR246" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="AS246" s="2" t="n"/>
+      <c r="AT246" s="2" t="n"/>
+      <c r="AW246" s="2" t="n"/>
+      <c r="AX246" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY246" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ246" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA246" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC246" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="247" ht="40" customHeight="1">
+      <c r="A247" s="1" t="n">
+        <v>847</v>
+      </c>
+      <c r="B247" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C247" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D247" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E247" t="inlineStr">
+        <is>
+          <t>RTXC 250 HSE-EC</t>
+        </is>
+      </c>
+      <c r="F247" t="inlineStr">
+        <is>
+          <t>RTXC HSE EC</t>
+        </is>
+      </c>
+      <c r="G247" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H247" s="1" t="n"/>
+      <c r="I247" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K247" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O247" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P247" s="2" t="n"/>
+      <c r="Q247" s="2" t="n">
+        <v>891.3</v>
+      </c>
+      <c r="R247" s="2" t="n"/>
+      <c r="S247" s="2" t="n"/>
+      <c r="T247" s="2" t="n"/>
+      <c r="U247" s="2" t="n"/>
+      <c r="V247" s="2" t="n"/>
+      <c r="W247" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X247" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y247" s="2" t="n"/>
+      <c r="Z247" s="2" t="n"/>
+      <c r="AA247" s="2" t="n"/>
+      <c r="AB247" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD247" s="2" t="n"/>
+      <c r="AE247" s="1" t="n"/>
+      <c r="AF247" s="1" t="n"/>
+      <c r="AG247" s="2" t="n">
+        <v>8900</v>
+      </c>
+      <c r="AH247" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI247" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ247" s="2" t="n">
+        <v>7965</v>
+      </c>
+      <c r="AK247" s="2" t="n"/>
+      <c r="AR247" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="AS247" s="2" t="n"/>
+      <c r="AT247" s="2" t="n"/>
+      <c r="AW247" s="2" t="n"/>
+      <c r="AX247" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY247" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ247" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA247" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC247" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="248" ht="40" customHeight="1">
+      <c r="A248" s="1" t="n">
+        <v>848</v>
+      </c>
+      <c r="B248" t="inlineStr">
+        <is>
+          <t>R134a, R513A (R1234yf/R134a)</t>
+        </is>
+      </c>
+      <c r="C248" t="inlineStr">
+        <is>
+          <t>Luft (Air)</t>
+        </is>
+      </c>
+      <c r="D248" t="inlineStr">
+        <is>
+          <t>Trane Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="E248" t="inlineStr">
+        <is>
+          <t>RTXC 280 HSE-EC</t>
+        </is>
+      </c>
+      <c r="F248" t="inlineStr">
+        <is>
+          <t>RTXC HSE EC</t>
+        </is>
+      </c>
+      <c r="G248" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H248" s="1" t="n"/>
+      <c r="I248" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K248" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O248" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P248" s="2" t="n"/>
+      <c r="Q248" s="2" t="n">
+        <v>1026.6</v>
+      </c>
+      <c r="R248" s="2" t="n"/>
+      <c r="S248" s="2" t="n"/>
+      <c r="T248" s="2" t="n"/>
+      <c r="U248" s="2" t="n"/>
+      <c r="V248" s="2" t="n"/>
+      <c r="W248" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="X248" s="2" t="n">
+        <v>-12</v>
+      </c>
+      <c r="Y248" s="2" t="n"/>
+      <c r="Z248" s="2" t="n"/>
+      <c r="AA248" s="2" t="n"/>
+      <c r="AB248" t="inlineStr">
+        <is>
+          <t>Schraubenverdichter</t>
+        </is>
+      </c>
+      <c r="AD248" s="2" t="n"/>
+      <c r="AE248" s="1" t="n"/>
+      <c r="AF248" s="1" t="n"/>
+      <c r="AG248" s="2" t="n">
+        <v>8900</v>
+      </c>
+      <c r="AH248" s="2" t="n">
+        <v>2250</v>
+      </c>
+      <c r="AI248" s="2" t="n">
+        <v>2500</v>
+      </c>
+      <c r="AJ248" s="2" t="n">
+        <v>7965</v>
+      </c>
+      <c r="AK248" s="2" t="n"/>
+      <c r="AR248" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="AS248" s="2" t="n"/>
+      <c r="AT248" s="2" t="n"/>
+      <c r="AW248" s="2" t="n"/>
+      <c r="AX248" t="inlineStr">
+        <is>
+          <t>XE: Kompressoren mit fester Drehzahl
+HSE: Inverterbetriebene Kompressoren</t>
+        </is>
+      </c>
+      <c r="AY248" s="3" t="n">
+        <v>45986</v>
+      </c>
+      <c r="AZ248" t="b">
+        <v>1</v>
+      </c>
+      <c r="BA248" t="inlineStr">
+        <is>
+          <t>https://trane.eu/de/equipment/product-details.html?prodId=217</t>
+        </is>
+      </c>
+      <c r="BC248" s="3" t="n">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="249" ht="40" customHeight="1">
+      <c r="A249" s="1" t="n">
+        <v>870</v>
+      </c>
+      <c r="B249" t="inlineStr">
+        <is>
+          <t>HC, HFO</t>
+        </is>
+      </c>
+      <c r="C249" t="inlineStr">
+        <is>
+          <t>Abwärme (Air), Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D249" t="inlineStr">
+        <is>
+          <t>Turboden S.p.A</t>
+        </is>
+      </c>
+      <c r="E249" t="inlineStr">
+        <is>
+          <t>Large Heat Pump</t>
+        </is>
+      </c>
+      <c r="F249" t="inlineStr">
+        <is>
+          <t>Large Heat Pump</t>
+        </is>
+      </c>
+      <c r="G249" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H249" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="I249" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K249" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="M249" t="inlineStr">
+        <is>
+          <t>möglich</t>
+        </is>
+      </c>
+      <c r="P249" s="2" t="n">
+        <v>3000</v>
+      </c>
+      <c r="Q249" s="2" t="n">
+        <v>30000</v>
+      </c>
+      <c r="R249" s="2" t="n"/>
+      <c r="S249" s="2" t="n"/>
+      <c r="T249" s="2" t="n"/>
+      <c r="U249" s="2" t="n"/>
+      <c r="V249" s="2" t="n"/>
+      <c r="W249" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="X249" s="2" t="n"/>
+      <c r="Y249" s="2" t="n"/>
+      <c r="Z249" s="2" t="n"/>
+      <c r="AA249" s="2" t="n"/>
+      <c r="AB249" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD249" s="2" t="n"/>
+      <c r="AE249" s="1" t="n"/>
+      <c r="AF249" s="1" t="n"/>
+      <c r="AG249" s="2" t="n"/>
+      <c r="AH249" s="2" t="n"/>
+      <c r="AI249" s="2" t="n"/>
+      <c r="AJ249" s="2" t="n"/>
+      <c r="AK249" s="2" t="n"/>
+      <c r="AR249" s="2" t="n"/>
+      <c r="AS249" s="2" t="n"/>
+      <c r="AT249" s="2" t="n"/>
+      <c r="AW249" s="2" t="n"/>
+      <c r="AX249" t="inlineStr"/>
+      <c r="AY249" s="3" t="n">
+        <v>45672</v>
+      </c>
+      <c r="AZ249" t="b">
+        <v>1</v>
+      </c>
+      <c r="BC249" s="3" t="n"/>
+    </row>
+    <row r="250" ht="40" customHeight="1">
+      <c r="A250" s="1" t="n">
+        <v>871</v>
+      </c>
+      <c r="B250" t="inlineStr">
+        <is>
+          <t>HFO, HFO/HFKW</t>
+        </is>
+      </c>
+      <c r="C250" t="inlineStr">
+        <is>
+          <t>Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D250" t="inlineStr">
+        <is>
+          <t>Viessmann Climate Solutions SE</t>
+        </is>
+      </c>
+      <c r="E250" t="inlineStr">
+        <is>
+          <t>BW 352.AHT058</t>
+        </is>
+      </c>
+      <c r="F250" t="inlineStr">
+        <is>
+          <t>Vitocal 350-HT PRO</t>
+        </is>
+      </c>
+      <c r="G250" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H250" s="1" t="n"/>
+      <c r="I250" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K250" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O250" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P250" s="2" t="n"/>
+      <c r="Q250" s="2" t="n">
+        <v>133.3</v>
+      </c>
+      <c r="R250" s="2" t="n"/>
+      <c r="S250" s="2" t="n"/>
+      <c r="T250" s="2" t="n"/>
+      <c r="U250" s="2" t="n"/>
+      <c r="V250" s="2" t="n"/>
+      <c r="W250" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X250" s="2" t="n"/>
+      <c r="Y250" s="2" t="n"/>
+      <c r="Z250" s="2" t="n"/>
+      <c r="AA250" s="2" t="n"/>
+      <c r="AB250" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC250" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD250" s="2" t="n"/>
+      <c r="AE250" s="1" t="n">
+        <v>0</v>
+      </c>
+      <c r="AF250" s="1" t="n"/>
+      <c r="AG250" s="2" t="n">
+        <v>2153</v>
+      </c>
+      <c r="AH250" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI250" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AJ250" s="2" t="n">
+        <v>1077</v>
+      </c>
+      <c r="AK250" s="2" t="n"/>
+      <c r="AR250" s="2" t="n"/>
+      <c r="AS250" s="2" t="n"/>
+      <c r="AT250" s="2" t="n"/>
+      <c r="AW250" s="2" t="n"/>
+      <c r="AX250" t="inlineStr"/>
+      <c r="AY250" s="3" t="n">
+        <v>45678</v>
+      </c>
+      <c r="AZ250" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA250" t="inlineStr">
+        <is>
+          <t>https://www.viessmann.de/de/wissen/technik-und-systeme/waermepumpe.html</t>
+        </is>
+      </c>
+      <c r="BC250" s="3" t="n"/>
+    </row>
+    <row r="251" ht="40" customHeight="1">
+      <c r="A251" s="1" t="n">
+        <v>872</v>
+      </c>
+      <c r="B251" t="inlineStr">
+        <is>
+          <t>HFO, HFO/HFKW</t>
+        </is>
+      </c>
+      <c r="C251" t="inlineStr">
+        <is>
+          <t>Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D251" t="inlineStr">
+        <is>
+          <t>Viessmann Climate Solutions SE</t>
+        </is>
+      </c>
+      <c r="E251" t="inlineStr">
+        <is>
+          <t>BW 352.AHT071</t>
+        </is>
+      </c>
+      <c r="F251" t="inlineStr">
+        <is>
+          <t>Vitocal 350-HT PRO</t>
+        </is>
+      </c>
+      <c r="G251" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H251" s="1" t="n"/>
+      <c r="I251" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K251" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O251" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P251" s="2" t="n"/>
+      <c r="Q251" s="2" t="n">
+        <v>174.7</v>
+      </c>
+      <c r="R251" s="2" t="n"/>
+      <c r="S251" s="2" t="n"/>
+      <c r="T251" s="2" t="n"/>
+      <c r="U251" s="2" t="n"/>
+      <c r="V251" s="2" t="n"/>
+      <c r="W251" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X251" s="2" t="n"/>
+      <c r="Y251" s="2" t="n"/>
+      <c r="Z251" s="2" t="n"/>
+      <c r="AA251" s="2" t="n"/>
+      <c r="AB251" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC251" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD251" s="2" t="n"/>
+      <c r="AE251" s="1" t="n"/>
+      <c r="AF251" s="1" t="n"/>
+      <c r="AG251" s="2" t="n">
+        <v>2153</v>
+      </c>
+      <c r="AH251" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI251" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AJ251" s="2" t="n">
+        <v>1195</v>
+      </c>
+      <c r="AK251" s="2" t="n"/>
+      <c r="AR251" s="2" t="n"/>
+      <c r="AS251" s="2" t="n"/>
+      <c r="AT251" s="2" t="n"/>
+      <c r="AW251" s="2" t="n"/>
+      <c r="AX251" t="inlineStr"/>
+      <c r="AY251" s="3" t="n">
+        <v>45678</v>
+      </c>
+      <c r="AZ251" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA251" t="inlineStr">
+        <is>
+          <t>https://www.viessmann.de/de/wissen/technik-und-systeme/waermepumpe.html</t>
+        </is>
+      </c>
+      <c r="BC251" s="3" t="n"/>
+    </row>
+    <row r="252" ht="40" customHeight="1">
+      <c r="A252" s="1" t="n">
+        <v>874</v>
+      </c>
+      <c r="B252" t="inlineStr">
+        <is>
+          <t>HFO, HFO/HFKW</t>
+        </is>
+      </c>
+      <c r="C252" t="inlineStr">
+        <is>
+          <t>Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D252" t="inlineStr">
+        <is>
+          <t>Viessmann Climate Solutions SE</t>
+        </is>
+      </c>
+      <c r="E252" t="inlineStr">
+        <is>
+          <t>BW 352.AHT084</t>
+        </is>
+      </c>
+      <c r="F252" t="inlineStr">
+        <is>
+          <t>Vitocal 350-HT PRO</t>
+        </is>
+      </c>
+      <c r="G252" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H252" s="1" t="n"/>
+      <c r="I252" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K252" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O252" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P252" s="2" t="n"/>
+      <c r="Q252" s="2" t="n">
+        <v>202.2</v>
+      </c>
+      <c r="R252" s="2" t="n"/>
+      <c r="S252" s="2" t="n"/>
+      <c r="T252" s="2" t="n"/>
+      <c r="U252" s="2" t="n"/>
+      <c r="V252" s="2" t="n"/>
+      <c r="W252" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X252" s="2" t="n"/>
+      <c r="Y252" s="2" t="n"/>
+      <c r="Z252" s="2" t="n"/>
+      <c r="AA252" s="2" t="n"/>
+      <c r="AB252" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD252" s="2" t="n"/>
+      <c r="AE252" s="1" t="n"/>
+      <c r="AF252" s="1" t="n"/>
+      <c r="AG252" s="2" t="n">
+        <v>2153</v>
+      </c>
+      <c r="AH252" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI252" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AJ252" s="2" t="n">
+        <v>1251</v>
+      </c>
+      <c r="AK252" s="2" t="n"/>
+      <c r="AR252" s="2" t="n"/>
+      <c r="AS252" s="2" t="n"/>
+      <c r="AT252" s="2" t="n"/>
+      <c r="AW252" s="2" t="n"/>
+      <c r="AX252" t="inlineStr"/>
+      <c r="AY252" s="3" t="n">
+        <v>45678</v>
+      </c>
+      <c r="AZ252" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA252" t="inlineStr">
+        <is>
+          <t>https://www.viessmann.de/de/wissen/technik-und-systeme/waermepumpe.html</t>
+        </is>
+      </c>
+      <c r="BC252" s="3" t="n"/>
+    </row>
+    <row r="253" ht="40" customHeight="1">
+      <c r="A253" s="1" t="n">
+        <v>873</v>
+      </c>
+      <c r="B253" t="inlineStr">
+        <is>
+          <t>HFO, HFO/HFKW</t>
+        </is>
+      </c>
+      <c r="C253" t="inlineStr">
+        <is>
+          <t>Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D253" t="inlineStr">
+        <is>
+          <t>Viessmann Climate Solutions SE</t>
+        </is>
+      </c>
+      <c r="E253" t="inlineStr">
+        <is>
+          <t>BW 352.AHT096</t>
+        </is>
+      </c>
+      <c r="F253" t="inlineStr">
+        <is>
+          <t>Vitocal 350-HT PRO</t>
+        </is>
+      </c>
+      <c r="G253" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H253" s="1" t="n"/>
+      <c r="I253" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K253" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O253" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P253" s="2" t="n"/>
+      <c r="Q253" s="2" t="n">
+        <v>234.4</v>
+      </c>
+      <c r="R253" s="2" t="n"/>
+      <c r="S253" s="2" t="n"/>
+      <c r="T253" s="2" t="n"/>
+      <c r="U253" s="2" t="n"/>
+      <c r="V253" s="2" t="n"/>
+      <c r="W253" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X253" s="2" t="n"/>
+      <c r="Y253" s="2" t="n"/>
+      <c r="Z253" s="2" t="n"/>
+      <c r="AA253" s="2" t="n"/>
+      <c r="AB253" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AD253" s="2" t="n"/>
+      <c r="AE253" s="1" t="n"/>
+      <c r="AF253" s="1" t="n"/>
+      <c r="AG253" s="2" t="n"/>
+      <c r="AH253" s="2" t="n"/>
+      <c r="AI253" s="2" t="n"/>
+      <c r="AJ253" s="2" t="n"/>
+      <c r="AK253" s="2" t="n"/>
+      <c r="AR253" s="2" t="n"/>
+      <c r="AS253" s="2" t="n"/>
+      <c r="AT253" s="2" t="n"/>
+      <c r="AW253" s="2" t="n"/>
+      <c r="AX253" t="inlineStr"/>
+      <c r="AY253" s="3" t="n">
+        <v>45678</v>
+      </c>
+      <c r="AZ253" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA253" t="inlineStr">
+        <is>
+          <t>https://www.viessmann.de/de/wissen/technik-und-systeme/waermepumpe.html</t>
+        </is>
+      </c>
+      <c r="BC253" s="3" t="n"/>
+    </row>
+    <row r="254" ht="40" customHeight="1">
+      <c r="A254" s="1" t="n">
+        <v>1105</v>
+      </c>
+      <c r="B254" t="inlineStr">
+        <is>
+          <t>HFO, HFO/HFKW</t>
+        </is>
+      </c>
+      <c r="C254" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D254" t="inlineStr">
+        <is>
+          <t>Viessmann Climate Solutions SE</t>
+        </is>
+      </c>
+      <c r="E254" t="inlineStr">
+        <is>
+          <t>BW 352.AHT119</t>
+        </is>
+      </c>
+      <c r="F254" t="inlineStr">
+        <is>
+          <t>Vitocal 350-HT PRO</t>
+        </is>
+      </c>
+      <c r="G254" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H254" s="1" t="n"/>
+      <c r="I254" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K254" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O254" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P254" s="2" t="n"/>
+      <c r="Q254" s="2" t="n">
+        <v>262.8</v>
+      </c>
+      <c r="R254" s="2" t="n"/>
+      <c r="S254" s="2" t="n"/>
+      <c r="T254" s="2" t="n"/>
+      <c r="U254" s="2" t="n"/>
+      <c r="V254" s="2" t="n"/>
+      <c r="W254" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X254" s="2" t="n"/>
+      <c r="Y254" s="2" t="n"/>
+      <c r="Z254" s="2" t="n"/>
+      <c r="AA254" s="2" t="n"/>
+      <c r="AB254" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC254" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AD254" s="2" t="n"/>
+      <c r="AE254" s="1" t="n"/>
+      <c r="AF254" s="1" t="n"/>
+      <c r="AG254" s="2" t="n">
+        <v>2153</v>
+      </c>
+      <c r="AH254" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI254" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AJ254" s="2" t="n">
+        <v>1426</v>
+      </c>
+      <c r="AK254" s="2" t="n"/>
+      <c r="AR254" s="2" t="n"/>
+      <c r="AS254" s="2" t="n"/>
+      <c r="AT254" s="2" t="n"/>
+      <c r="AW254" s="2" t="n"/>
+      <c r="AX254" t="inlineStr"/>
+      <c r="AY254" s="3" t="n">
+        <v>45678</v>
+      </c>
+      <c r="AZ254" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA254" t="inlineStr">
+        <is>
+          <t>https://www.viessmann.de/de/wissen/technik-und-systeme/waermepumpe.html</t>
+        </is>
+      </c>
+      <c r="BC254" s="3" t="n"/>
+    </row>
+    <row r="255" ht="40" customHeight="1">
+      <c r="A255" s="1" t="n">
+        <v>1107</v>
+      </c>
+      <c r="B255" t="inlineStr">
+        <is>
+          <t>HFO, HFO/HFKW</t>
+        </is>
+      </c>
+      <c r="C255" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D255" t="inlineStr">
+        <is>
+          <t>Viessmann Climate Solutions SE</t>
+        </is>
+      </c>
+      <c r="E255" t="inlineStr">
+        <is>
+          <t>BW 353.AHT126</t>
+        </is>
+      </c>
+      <c r="F255" t="inlineStr">
+        <is>
+          <t>Vitocal 350-HT PRO</t>
+        </is>
+      </c>
+      <c r="G255" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H255" s="1" t="n"/>
+      <c r="I255" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K255" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O255" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P255" s="2" t="n"/>
+      <c r="Q255" s="2" t="n">
+        <v>303.3</v>
+      </c>
+      <c r="R255" s="2" t="n"/>
+      <c r="S255" s="2" t="n"/>
+      <c r="T255" s="2" t="n"/>
+      <c r="U255" s="2" t="n"/>
+      <c r="V255" s="2" t="n"/>
+      <c r="W255" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X255" s="2" t="n"/>
+      <c r="Y255" s="2" t="n"/>
+      <c r="Z255" s="2" t="n"/>
+      <c r="AA255" s="2" t="n"/>
+      <c r="AB255" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC255" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AD255" s="2" t="n"/>
+      <c r="AE255" s="1" t="n"/>
+      <c r="AF255" s="1" t="n"/>
+      <c r="AG255" s="2" t="n">
+        <v>2816</v>
+      </c>
+      <c r="AH255" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI255" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AJ255" s="2" t="n">
+        <v>1779</v>
+      </c>
+      <c r="AK255" s="2" t="n"/>
+      <c r="AR255" s="2" t="n"/>
+      <c r="AS255" s="2" t="n"/>
+      <c r="AT255" s="2" t="n"/>
+      <c r="AW255" s="2" t="n"/>
+      <c r="AX255" t="inlineStr"/>
+      <c r="AY255" s="3" t="n">
+        <v>45678</v>
+      </c>
+      <c r="AZ255" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA255" t="inlineStr">
+        <is>
+          <t>https://www.viessmann.de/de/wissen/technik-und-systeme/waermepumpe.html</t>
+        </is>
+      </c>
+      <c r="BC255" s="3" t="n"/>
+    </row>
+    <row r="256" ht="40" customHeight="1">
+      <c r="A256" s="1" t="n">
+        <v>1108</v>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>HFO, HFO/HFKW</t>
+        </is>
+      </c>
+      <c r="C256" t="inlineStr">
+        <is>
+          <t>Wasser/Sole (Brine/Water)</t>
+        </is>
+      </c>
+      <c r="D256" t="inlineStr">
+        <is>
+          <t>Viessmann Climate Solutions SE</t>
+        </is>
+      </c>
+      <c r="E256" t="inlineStr">
+        <is>
+          <t>BW 353.AHT147</t>
+        </is>
+      </c>
+      <c r="F256" t="inlineStr">
+        <is>
+          <t>Vitocal 350-HT PRO</t>
+        </is>
+      </c>
+      <c r="G256" t="inlineStr">
+        <is>
+          <t>H&amp;C</t>
+        </is>
+      </c>
+      <c r="H256" s="1" t="n"/>
+      <c r="I256" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K256" t="inlineStr">
+        <is>
+          <t>CLO</t>
+        </is>
+      </c>
+      <c r="O256" t="inlineStr">
+        <is>
+          <t>Gebäudewärme, Nahwärme</t>
+        </is>
+      </c>
+      <c r="P256" s="2" t="n"/>
+      <c r="Q256" s="2" t="n">
+        <v>351.5</v>
+      </c>
+      <c r="R256" s="2" t="n"/>
+      <c r="S256" s="2" t="n"/>
+      <c r="T256" s="2" t="n"/>
+      <c r="U256" s="2" t="n"/>
+      <c r="V256" s="2" t="n"/>
+      <c r="W256" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="X256" s="2" t="n"/>
+      <c r="Y256" s="2" t="n"/>
+      <c r="Z256" s="2" t="n"/>
+      <c r="AA256" s="2" t="n"/>
+      <c r="AB256" t="inlineStr">
+        <is>
+          <t>Kolbenverdichter</t>
+        </is>
+      </c>
+      <c r="AC256" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="AD256" s="2" t="n"/>
+      <c r="AE256" s="1" t="n"/>
+      <c r="AF256" s="1" t="n"/>
+      <c r="AG256" s="2" t="n">
+        <v>2816</v>
+      </c>
+      <c r="AH256" s="2" t="n">
+        <v>911</v>
+      </c>
+      <c r="AI256" s="2" t="n">
+        <v>1650</v>
+      </c>
+      <c r="AJ256" s="2" t="n">
+        <v>1865</v>
+      </c>
+      <c r="AK256" s="2" t="n"/>
+      <c r="AR256" s="2" t="n"/>
+      <c r="AS256" s="2" t="n"/>
+      <c r="AT256" s="2" t="n"/>
+      <c r="AW256" s="2" t="n"/>
+      <c r="AX256" t="inlineStr"/>
+      <c r="AY256" s="3" t="n">
+        <v>45678</v>
+      </c>
+      <c r="AZ256" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA256" t="inlineStr">
+        <is>
+          <t>https://www.viessmann.de/de/wissen/technik-und-systeme/waermepumpe.html</t>
+        </is>
+      </c>
+      <c r="BC256" s="3" t="n"/>
+    </row>
+    <row r="257" ht="40" customHeight="1">
+      <c r="A257" s="1" t="n">
+        <v>875</v>
+      </c>
+      <c r="B257" t="inlineStr">
+        <is>
+          <t>R718 (Wasser)</t>
+        </is>
+      </c>
+      <c r="C257" t="inlineStr">
+        <is>
+          <t>Abwärme (Brine/Water), Abwärme (Steam)</t>
+        </is>
+      </c>
+      <c r="D257" t="inlineStr">
+        <is>
+          <t>Weel &amp; Sandvig - Energy and Process Innovation Aps</t>
+        </is>
+      </c>
+      <c r="E257" t="inlineStr">
+        <is>
+          <t>WS Turbo</t>
+        </is>
+      </c>
+      <c r="F257" t="inlineStr">
+        <is>
+          <t>WS Turbo</t>
+        </is>
+      </c>
+      <c r="G257" t="inlineStr">
+        <is>
+          <t>H</t>
+        </is>
+      </c>
+      <c r="H257" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="I257" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="K257" t="inlineStr">
+        <is>
+          <t>BOT</t>
+        </is>
+      </c>
+      <c r="O257" t="inlineStr">
+        <is>
+          <t>Prozessdampf, Prozesswärme</t>
+        </is>
+      </c>
+      <c r="P257" s="2" t="n">
+        <v>1000</v>
+      </c>
+      <c r="Q257" s="2" t="n">
+        <v>5000</v>
+      </c>
+      <c r="R257" s="2" t="n"/>
+      <c r="S257" s="2" t="n"/>
+      <c r="T257" s="2" t="n"/>
+      <c r="U257" s="2" t="n"/>
+      <c r="V257" s="2" t="n"/>
+      <c r="W257" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="X257" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="Y257" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="Z257" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="AA257" s="2" t="n"/>
+      <c r="AB257" t="inlineStr">
+        <is>
+          <t>Turboverdichter</t>
+        </is>
+      </c>
+      <c r="AD257" s="2" t="n"/>
+      <c r="AE257" s="1" t="n"/>
+      <c r="AF257" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="AG257" s="2" t="n"/>
+      <c r="AH257" s="2" t="n"/>
+      <c r="AI257" s="2" t="n"/>
+      <c r="AJ257" s="2" t="n">
+        <v>700</v>
+      </c>
+      <c r="AK257" s="2" t="n"/>
+      <c r="AL257" t="inlineStr">
+        <is>
+          <t>pro Verdichtermodul inkl. Frequenzumrichter</t>
+        </is>
+      </c>
+      <c r="AO257" t="inlineStr">
+        <is>
+          <t>Drehzahlgeregelt</t>
+        </is>
+      </c>
+      <c r="AR257" s="2" t="n"/>
+      <c r="AS257" s="2" t="n"/>
+      <c r="AT257" s="2" t="n"/>
+      <c r="AV257" t="inlineStr">
+        <is>
+          <t>2 (pro Modul)</t>
+        </is>
+      </c>
+      <c r="AW257" s="2" t="n"/>
+      <c r="AX257" t="inlineStr"/>
+      <c r="AY257" s="3" t="n">
+        <v>45680</v>
+      </c>
+      <c r="AZ257" t="b">
+        <v>0</v>
+      </c>
+      <c r="BA257" t="inlineStr">
+        <is>
+          <t>https://heatpumpingtechnologies.org/annex58/wp-content/uploads/sites/70/2022/07/weel-and-sandvig-wsturbosteam.pdf</t>
+        </is>
+      </c>
+      <c r="BC257" s="3" t="n"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>